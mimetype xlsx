--- v0 (2025-11-27)
+++ v1 (2026-03-19)
@@ -427,53 +427,50 @@
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="F2">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:6">
       <c r="C3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="C4" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="C5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="C6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="C7" t="s">
         <v>11</v>
       </c>