--- v0 (2025-11-18)
+++ v1 (2026-02-15)
@@ -605,51 +605,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9789392819360</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2023</v>
       </c>
       <c r="F2">
-        <v>142.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="C3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="C4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="C5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="C6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="C7" t="s">
         <v>13</v>
@@ -766,51 +766,51 @@
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23">
         <v>2018</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>9789382076506</v>
       </c>
       <c r="B24" t="s">
         <v>33</v>
       </c>
       <c r="C24" t="s">
         <v>34</v>
       </c>
       <c r="D24" t="s">
         <v>35</v>
       </c>
       <c r="E24">
         <v>2013</v>
       </c>
       <c r="F24">
-        <v>54.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>9783132004719</v>
       </c>
       <c r="B25" t="s">
         <v>36</v>
       </c>
       <c r="C25" t="s">
         <v>37</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2018</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>9781626238343</v>
       </c>
       <c r="B26" t="s">
         <v>38</v>
@@ -1024,71 +1024,71 @@
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38">
         <v>2017</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>9788194857099</v>
       </c>
       <c r="B39" t="s">
         <v>63</v>
       </c>
       <c r="C39" t="s">
         <v>64</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39">
         <v>2021</v>
       </c>
       <c r="F39">
-        <v>160.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9789388257664</v>
       </c>
       <c r="B40" t="s">
         <v>65</v>
       </c>
       <c r="C40" t="s">
         <v>66</v>
       </c>
       <c r="D40" t="s">
         <v>35</v>
       </c>
       <c r="E40">
         <v>2020</v>
       </c>
       <c r="F40">
-        <v>79.99</v>
+        <v>74.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">