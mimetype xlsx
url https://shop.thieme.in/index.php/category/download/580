--- v0 (2025-11-27)
+++ v1 (2026-02-04)
@@ -699,51 +699,51 @@
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
         <v>2019</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9781604066517</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10">
         <v>2012</v>
       </c>
       <c r="F10">
-        <v>134.99</v>
+        <v>294.99</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9781588905147</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2008</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9781626233287</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>