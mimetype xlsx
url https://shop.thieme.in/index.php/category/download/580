--- v1 (2026-02-04)
+++ v2 (2026-03-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Valente</t>
   </si>
   <si>
     <t>The Audiology Capstone</t>
   </si>
   <si>
@@ -156,53 +156,50 @@
     <t>Geriatric Audiology</t>
   </si>
   <si>
     <t>Fitzpatrick</t>
   </si>
   <si>
     <t>Pediatric Audiologic Rehabilitation</t>
   </si>
   <si>
     <t>Atlas of Neuroanatomy for Communication Science and Disorders</t>
   </si>
   <si>
     <t>Adult Audiology Casebook</t>
   </si>
   <si>
     <t>Meyer</t>
   </si>
   <si>
     <t>Patient and Family-Centered Speech-Language Pathology and Audiology</t>
   </si>
   <si>
     <t>Kimball</t>
   </si>
   <si>
     <t>Tinnitus and Sound Sensitivity Casebook</t>
-  </si>
-[...1 lines deleted...]
-    <t>Auditory Disorders in School Children</t>
   </si>
   <si>
     <t>Vess</t>
   </si>
   <si>
     <t>Speech Sound Disorders</t>
   </si>
   <si>
     <t>Golper</t>
   </si>
   <si>
     <t>Outcomes in Speech-Language Pathology</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -518,51 +515,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F25"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -699,51 +696,51 @@
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
         <v>2019</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9781604066517</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10">
         <v>2012</v>
       </c>
       <c r="F10">
-        <v>294.99</v>
+        <v>134.99</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9781588905147</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2008</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9781626233287</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
@@ -908,96 +905,79 @@
         <v>8</v>
       </c>
       <c r="E21">
         <v>2019</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>9781684201679</v>
       </c>
       <c r="B22" t="s">
         <v>46</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22">
         <v>2022</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9781588902283</v>
+        <v>9781684200887</v>
       </c>
       <c r="B23" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="C23" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D23" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E23">
-        <v>2004</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9781684200887</v>
+        <v>9781604066425</v>
       </c>
       <c r="B24" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C24" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24">
-        <v>2021</v>
-[...15 lines deleted...]
-      <c r="E25">
         <v>2012</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>