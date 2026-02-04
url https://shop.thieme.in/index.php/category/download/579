--- v0 (2025-11-27)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Timo Krings</t>
   </si>
   <si>
     <t>Case-Based Interventional Neuroradiology</t>
   </si>
   <si>
@@ -185,56 +185,50 @@
   <si>
     <t>Schober</t>
   </si>
   <si>
     <t>PET-CT Hybrid Imaging</t>
   </si>
   <si>
     <t>Gutberlet</t>
   </si>
   <si>
     <t>Diagnostic Imaging of Congenital Heart Defects</t>
   </si>
   <si>
     <t>Fischer</t>
   </si>
   <si>
     <t>Interventional Breast Imaging</t>
   </si>
   <si>
     <t>Freyschmidt</t>
   </si>
   <si>
     <t>Freyschmidt's "Koehler/Zimmer" Borderlands of Normal and Early Pathological Findings in Skeletal Radiography</t>
   </si>
   <si>
-    <t>Iro</t>
-[...4 lines deleted...]
-  <si>
     <t>Barth</t>
   </si>
   <si>
     <t>Diagnosis of Breast Diseases</t>
   </si>
   <si>
     <t>Donohoe</t>
   </si>
   <si>
     <t>Case-Based Nuclear Medicine</t>
   </si>
   <si>
     <t>Paperback/softback</t>
   </si>
   <si>
     <t>Kretschmann</t>
   </si>
   <si>
     <t>Cranial Neuroimaging and Clinical Neuroanatomy</t>
   </si>
   <si>
     <t>Tabar</t>
   </si>
   <si>
     <t>Breast Cancer: Early Detection with Mammography</t>
@@ -813,56 +807,50 @@
     <t>Chest Radiographic Interpretation in Pediatric Cardiac Patients</t>
   </si>
   <si>
     <t>Halpern</t>
   </si>
   <si>
     <t>Clinical Cardiac CT</t>
   </si>
   <si>
     <t>Lackner</t>
   </si>
   <si>
     <t>Avoiding Errors in Radiology</t>
   </si>
   <si>
     <t>Dunnebier</t>
   </si>
   <si>
     <t>Imaging for Otolaryngologists</t>
   </si>
   <si>
     <t>Hollenberg</t>
   </si>
   <si>
     <t>Differential Diagnosis in Musculoskeletal MR</t>
-  </si>
-[...4 lines deleted...]
-    <t>Diagnostic Breast Imaging</t>
   </si>
   <si>
     <t>Choudhri</t>
   </si>
   <si>
     <t>Pediatric Neuroradiology</t>
   </si>
   <si>
     <t>Comstock</t>
   </si>
   <si>
     <t>Abbreviated MRI of the Breast</t>
   </si>
   <si>
     <t>Findeiss</t>
   </si>
   <si>
     <t>Venous Interventional Radiology</t>
   </si>
   <si>
     <t>Imaging of Cerebrovascular Disease</t>
   </si>
   <si>
     <t>Thomas</t>
   </si>
@@ -1241,51 +1229,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F163"/>
+  <dimension ref="A1:F161"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1351,71 +1339,71 @@
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5">
         <v>2024</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9789395390842</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6">
         <v>2023</v>
       </c>
       <c r="F6">
-        <v>47.0</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9789392819261</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7">
         <v>2022</v>
       </c>
       <c r="F7">
-        <v>90.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9781626239845</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8">
         <v>2024</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9781684201402</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
@@ -1616,2337 +1604,2303 @@
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28">
         <v>2010</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>9783132402515</v>
       </c>
       <c r="B29" t="s">
         <v>51</v>
       </c>
       <c r="C29" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
         <v>15</v>
       </c>
       <c r="E29">
         <v>2020</v>
       </c>
       <c r="F29">
-        <v>199.99</v>
+        <v>179.99</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>9783131467010</v>
       </c>
       <c r="B30" t="s">
         <v>53</v>
       </c>
       <c r="C30" t="s">
         <v>54</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30">
         <v>2010</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>9783137841050</v>
       </c>
       <c r="B31" t="s">
         <v>55</v>
       </c>
       <c r="C31" t="s">
         <v>56</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31">
         <v>2003</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9783131603517</v>
+        <v>9783131438317</v>
       </c>
       <c r="B32" t="s">
         <v>57</v>
       </c>
       <c r="C32" t="s">
         <v>58</v>
       </c>
       <c r="D32" t="s">
         <v>15</v>
       </c>
       <c r="E32">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9783131438317</v>
+        <v>9781588906526</v>
       </c>
       <c r="B33" t="s">
         <v>59</v>
       </c>
       <c r="C33" t="s">
         <v>60</v>
       </c>
       <c r="D33" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E33">
         <v>2011</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9781588906526</v>
+        <v>9783136726044</v>
       </c>
       <c r="B34" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C34" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D34" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E34">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9783136726044</v>
+        <v>9783131485311</v>
       </c>
       <c r="B35" t="s">
         <v>64</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9783131485311</v>
+        <v>9783131383631</v>
       </c>
       <c r="B36" t="s">
         <v>66</v>
       </c>
       <c r="C36" t="s">
         <v>67</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E36">
-        <v>2008</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9783131383631</v>
+        <v>9781604068542</v>
       </c>
       <c r="B37" t="s">
         <v>68</v>
       </c>
       <c r="C37" t="s">
         <v>69</v>
       </c>
       <c r="D37" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E37">
         <v>2016</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9781604068542</v>
+        <v>9783131440815</v>
       </c>
       <c r="B38" t="s">
         <v>70</v>
       </c>
       <c r="C38" t="s">
         <v>71</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E38">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9783131440815</v>
+        <v>9783131440716</v>
       </c>
       <c r="B39" t="s">
         <v>72</v>
       </c>
       <c r="C39" t="s">
         <v>73</v>
       </c>
       <c r="D39" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E39">
         <v>2007</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9783131440716</v>
+        <v>9783131451019</v>
       </c>
       <c r="B40" t="s">
         <v>74</v>
       </c>
       <c r="C40" t="s">
         <v>75</v>
       </c>
       <c r="D40" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E40">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9783131451019</v>
+        <v>9781626233560</v>
       </c>
       <c r="B41" t="s">
         <v>76</v>
       </c>
       <c r="C41" t="s">
         <v>77</v>
       </c>
       <c r="D41" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E41">
-        <v>2008</v>
+        <v>2019</v>
+      </c>
+      <c r="F41">
+        <v>69.99</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9781626233560</v>
+        <v>9783131451316</v>
       </c>
       <c r="B42" t="s">
         <v>78</v>
       </c>
       <c r="C42" t="s">
         <v>79</v>
       </c>
       <c r="D42" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E42">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9783131451316</v>
+        <v>9783131672711</v>
       </c>
       <c r="B43" t="s">
         <v>80</v>
       </c>
       <c r="C43" t="s">
         <v>81</v>
       </c>
       <c r="D43" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E43">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9783131672711</v>
+        <v>9783131451613</v>
       </c>
       <c r="B44" t="s">
         <v>82</v>
       </c>
       <c r="C44" t="s">
         <v>83</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E44">
-        <v>2014</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9783131451613</v>
+        <v>9783131451811</v>
       </c>
       <c r="B45" t="s">
         <v>84</v>
       </c>
       <c r="C45" t="s">
         <v>85</v>
       </c>
       <c r="D45" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E45">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>9783131451811</v>
+        <v>9781604063240</v>
       </c>
       <c r="B46" t="s">
         <v>86</v>
       </c>
       <c r="C46" t="s">
         <v>87</v>
       </c>
       <c r="D46" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E46">
-        <v>2009</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>9781604063240</v>
+        <v>9783131398017</v>
       </c>
       <c r="B47" t="s">
         <v>88</v>
       </c>
       <c r="C47" t="s">
         <v>89</v>
       </c>
       <c r="D47" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E47">
-        <v>2012</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>9783131398017</v>
+        <v>9783132004214</v>
       </c>
       <c r="B48" t="s">
         <v>90</v>
       </c>
       <c r="C48" t="s">
         <v>91</v>
       </c>
       <c r="D48" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E48">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>9783132004214</v>
+        <v>9789382076506</v>
       </c>
       <c r="B49" t="s">
         <v>92</v>
       </c>
       <c r="C49" t="s">
         <v>93</v>
       </c>
       <c r="D49" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E49">
-        <v>2015</v>
+        <v>2013</v>
+      </c>
+      <c r="F49">
+        <v>44.99</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>9789382076506</v>
+        <v>9783131255044</v>
       </c>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50" t="s">
         <v>95</v>
       </c>
       <c r="D50" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E50">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>54.99</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>9783131255044</v>
+        <v>9783131987617</v>
       </c>
       <c r="B51" t="s">
         <v>96</v>
       </c>
       <c r="C51" t="s">
         <v>97</v>
       </c>
       <c r="D51" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E51">
         <v>2014</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>9783131987617</v>
+        <v>9781626239883</v>
       </c>
       <c r="B52" t="s">
         <v>98</v>
       </c>
       <c r="C52" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E52">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>9781626239883</v>
+        <v>9783131699213</v>
       </c>
       <c r="B53" t="s">
         <v>100</v>
       </c>
       <c r="C53" t="s">
         <v>101</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
       <c r="E53">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>9783131699213</v>
+        <v>9783131442116</v>
       </c>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" t="s">
         <v>103</v>
       </c>
       <c r="D54" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E54">
-        <v>2013</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>9783131442116</v>
+        <v>9783131165213</v>
       </c>
       <c r="B55" t="s">
+        <v>92</v>
+      </c>
+      <c r="C55" t="s">
         <v>104</v>
       </c>
-      <c r="C55" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D55" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E55">
-        <v>2007</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>9783131165213</v>
+        <v>9783132004719</v>
       </c>
       <c r="B56" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="C56" t="s">
         <v>106</v>
       </c>
       <c r="D56" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E56">
-        <v>1999</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9783132004719</v>
+        <v>9781604065909</v>
       </c>
       <c r="B57" t="s">
         <v>107</v>
       </c>
       <c r="C57" t="s">
         <v>108</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9781604065909</v>
+        <v>9781604063110</v>
       </c>
       <c r="B58" t="s">
         <v>109</v>
       </c>
       <c r="C58" t="s">
         <v>110</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9781604063110</v>
+        <v>9781626237773</v>
       </c>
       <c r="B59" t="s">
         <v>111</v>
       </c>
       <c r="C59" t="s">
         <v>112</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9781626237773</v>
+        <v>9781626233270</v>
       </c>
       <c r="B60" t="s">
         <v>113</v>
       </c>
       <c r="C60" t="s">
         <v>114</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9781626233270</v>
+        <v>9783131318824</v>
       </c>
       <c r="B61" t="s">
         <v>115</v>
       </c>
       <c r="C61" t="s">
         <v>116</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61">
-        <v>2017</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9783131318824</v>
+        <v>9783132054110</v>
       </c>
       <c r="B62" t="s">
         <v>117</v>
       </c>
       <c r="C62" t="s">
         <v>118</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62">
-        <v>2004</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9783132054110</v>
+        <v>9783132019317</v>
       </c>
       <c r="B63" t="s">
+        <v>53</v>
+      </c>
+      <c r="C63" t="s">
         <v>119</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9783132019317</v>
+        <v>9781604068061</v>
       </c>
       <c r="B64" t="s">
-        <v>53</v>
+        <v>120</v>
       </c>
       <c r="C64" t="s">
         <v>121</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9781604068061</v>
+        <v>9781604068528</v>
       </c>
       <c r="B65" t="s">
         <v>122</v>
       </c>
       <c r="C65" t="s">
         <v>123</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9781604068528</v>
+        <v>9783131358417</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66" t="s">
         <v>125</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66">
-        <v>2015</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9783131358417</v>
+        <v>9781626233744</v>
       </c>
       <c r="B67" t="s">
         <v>126</v>
       </c>
       <c r="C67" t="s">
         <v>127</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67">
-        <v>2009</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9781626233744</v>
+        <v>9783131472618</v>
       </c>
       <c r="B68" t="s">
         <v>128</v>
       </c>
       <c r="C68" t="s">
         <v>129</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9783131472618</v>
+        <v>9781626232969</v>
       </c>
       <c r="B69" t="s">
         <v>130</v>
       </c>
       <c r="C69" t="s">
         <v>131</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9781626232969</v>
+        <v>9781604067286</v>
       </c>
       <c r="B70" t="s">
         <v>132</v>
       </c>
       <c r="C70" t="s">
         <v>133</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9781604067286</v>
+        <v>9783132431935</v>
       </c>
       <c r="B71" t="s">
+        <v>53</v>
+      </c>
+      <c r="C71" t="s">
         <v>134</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71">
-        <v>2015</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9783132431935</v>
+        <v>9781604065732</v>
       </c>
       <c r="B72" t="s">
-        <v>53</v>
+        <v>135</v>
       </c>
       <c r="C72" t="s">
         <v>136</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E72">
-        <v>2012</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9781604065732</v>
+        <v>9781604061932</v>
       </c>
       <c r="B73" t="s">
         <v>137</v>
       </c>
       <c r="C73" t="s">
         <v>138</v>
       </c>
       <c r="D73" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E73">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9781604061932</v>
+        <v>9783132422049</v>
       </c>
       <c r="B74" t="s">
+        <v>66</v>
+      </c>
+      <c r="C74" t="s">
         <v>139</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E74">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9783132422049</v>
+        <v>9783131450616</v>
       </c>
       <c r="B75" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="C75" t="s">
         <v>141</v>
       </c>
       <c r="D75" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E75">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9783131450616</v>
+        <v>9783131708212</v>
       </c>
       <c r="B76" t="s">
         <v>142</v>
       </c>
       <c r="C76" t="s">
         <v>143</v>
       </c>
       <c r="D76" t="s">
         <v>15</v>
       </c>
       <c r="E76">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9783131708212</v>
+        <v>9781626238282</v>
       </c>
       <c r="B77" t="s">
         <v>144</v>
       </c>
       <c r="C77" t="s">
         <v>145</v>
       </c>
       <c r="D77" t="s">
         <v>15</v>
       </c>
       <c r="E77">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9781626238282</v>
+        <v>9781626234772</v>
       </c>
       <c r="B78" t="s">
         <v>146</v>
       </c>
       <c r="C78" t="s">
         <v>147</v>
       </c>
       <c r="D78" t="s">
         <v>15</v>
       </c>
       <c r="E78">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9781626234772</v>
+        <v>9783132415652</v>
       </c>
       <c r="B79" t="s">
         <v>148</v>
       </c>
       <c r="C79" t="s">
         <v>149</v>
       </c>
       <c r="D79" t="s">
         <v>15</v>
       </c>
       <c r="E79">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9783132415652</v>
+        <v>9783131692719</v>
       </c>
       <c r="B80" t="s">
         <v>150</v>
       </c>
       <c r="C80" t="s">
         <v>151</v>
       </c>
       <c r="D80" t="s">
         <v>15</v>
       </c>
       <c r="E80">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9783131692719</v>
+        <v>9783131697516</v>
       </c>
       <c r="B81" t="s">
         <v>152</v>
       </c>
       <c r="C81" t="s">
         <v>153</v>
       </c>
       <c r="D81" t="s">
         <v>15</v>
       </c>
       <c r="E81">
-        <v>2014</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9783131697516</v>
+        <v>9781604068399</v>
       </c>
       <c r="B82" t="s">
         <v>154</v>
       </c>
       <c r="C82" t="s">
         <v>155</v>
       </c>
       <c r="D82" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E82">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9781604068399</v>
+        <v>9781626232716</v>
       </c>
       <c r="B83" t="s">
+        <v>122</v>
+      </c>
+      <c r="C83" t="s">
         <v>156</v>
       </c>
-      <c r="C83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E83">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9781626232716</v>
+        <v>9781626232822</v>
       </c>
       <c r="B84" t="s">
-        <v>124</v>
+        <v>157</v>
       </c>
       <c r="C84" t="s">
         <v>158</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E84">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9781626232822</v>
+        <v>9783131662910</v>
       </c>
       <c r="B85" t="s">
         <v>159</v>
       </c>
       <c r="C85" t="s">
         <v>160</v>
       </c>
       <c r="D85" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E85">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9783131662910</v>
+        <v>9783131074423</v>
       </c>
       <c r="B86" t="s">
+        <v>92</v>
+      </c>
+      <c r="C86" t="s">
         <v>161</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E86">
-        <v>2013</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9783131074423</v>
+        <v>9781626239234</v>
       </c>
       <c r="B87" t="s">
-        <v>94</v>
+        <v>162</v>
       </c>
       <c r="C87" t="s">
         <v>163</v>
       </c>
       <c r="D87" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E87">
-        <v>2009</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9781626239234</v>
+        <v>9783131538710</v>
       </c>
       <c r="B88" t="s">
         <v>164</v>
       </c>
       <c r="C88" t="s">
         <v>165</v>
       </c>
       <c r="D88" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E88">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9783131538710</v>
+        <v>9783132026810</v>
       </c>
       <c r="B89" t="s">
         <v>166</v>
       </c>
       <c r="C89" t="s">
         <v>167</v>
       </c>
       <c r="D89" t="s">
         <v>15</v>
       </c>
       <c r="E89">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9783132026810</v>
+        <v>9781604067002</v>
       </c>
       <c r="B90" t="s">
+        <v>146</v>
+      </c>
+      <c r="C90" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="D90" t="s">
         <v>15</v>
       </c>
       <c r="E90">
         <v>2017</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9781604067002</v>
+        <v>9781626232754</v>
       </c>
       <c r="B91" t="s">
-        <v>148</v>
+        <v>169</v>
       </c>
       <c r="C91" t="s">
         <v>170</v>
       </c>
       <c r="D91" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E91">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9781626232754</v>
+        <v>9781626234093</v>
       </c>
       <c r="B92" t="s">
         <v>171</v>
       </c>
       <c r="C92" t="s">
         <v>172</v>
       </c>
       <c r="D92" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E92">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9781626234093</v>
+        <v>9781604067231</v>
       </c>
       <c r="B93" t="s">
+        <v>76</v>
+      </c>
+      <c r="C93" t="s">
         <v>173</v>
       </c>
-      <c r="C93" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D93" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E93">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9781604067231</v>
+        <v>9781684200078</v>
       </c>
       <c r="B94" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="C94" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D94" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E94">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9781684200078</v>
+        <v>9781626232785</v>
       </c>
       <c r="B95" t="s">
-        <v>113</v>
+        <v>76</v>
       </c>
       <c r="C95" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D95" t="s">
         <v>15</v>
       </c>
       <c r="E95">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781626232785</v>
+        <v>9781588904027</v>
       </c>
       <c r="B96" t="s">
-        <v>78</v>
+        <v>176</v>
       </c>
       <c r="C96" t="s">
         <v>177</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E96">
-        <v>2017</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9781588904027</v>
+        <v>9781604067422</v>
       </c>
       <c r="B97" t="s">
         <v>178</v>
       </c>
       <c r="C97" t="s">
         <v>179</v>
       </c>
       <c r="D97" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E97">
-        <v>2010</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9781604067422</v>
+        <v>9781626232563</v>
       </c>
       <c r="B98" t="s">
         <v>180</v>
       </c>
       <c r="C98" t="s">
         <v>181</v>
       </c>
       <c r="D98" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E98">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9781626232563</v>
+        <v>9781626233447</v>
       </c>
       <c r="B99" t="s">
+        <v>76</v>
+      </c>
+      <c r="C99" t="s">
         <v>182</v>
       </c>
-      <c r="C99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E99">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9781626233447</v>
+        <v>9781626231511</v>
       </c>
       <c r="B100" t="s">
-        <v>78</v>
+        <v>183</v>
       </c>
       <c r="C100" t="s">
         <v>184</v>
       </c>
       <c r="D100" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E100">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781626231511</v>
+        <v>9781604068269</v>
       </c>
       <c r="B101" t="s">
         <v>185</v>
       </c>
       <c r="C101" t="s">
         <v>186</v>
       </c>
       <c r="D101" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E101">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781604068269</v>
+        <v>9783132412873</v>
       </c>
       <c r="B102" t="s">
         <v>187</v>
       </c>
       <c r="C102" t="s">
         <v>188</v>
       </c>
       <c r="D102" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E102">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9783132412873</v>
+        <v>9783131353917</v>
       </c>
       <c r="B103" t="s">
+        <v>64</v>
+      </c>
+      <c r="C103" t="s">
         <v>189</v>
       </c>
-      <c r="C103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" t="s">
         <v>15</v>
       </c>
       <c r="E103">
-        <v>2019</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9783131353917</v>
+        <v>9781626238145</v>
       </c>
       <c r="B104" t="s">
-        <v>66</v>
+        <v>190</v>
       </c>
       <c r="C104" t="s">
         <v>191</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E104">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781626238145</v>
+        <v>9781626231382</v>
       </c>
       <c r="B105" t="s">
         <v>192</v>
       </c>
       <c r="C105" t="s">
         <v>193</v>
       </c>
       <c r="D105" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E105">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781626231382</v>
+        <v>9783131455918</v>
       </c>
       <c r="B106" t="s">
         <v>194</v>
       </c>
       <c r="C106" t="s">
         <v>195</v>
       </c>
       <c r="D106" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E106">
-        <v>2018</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9783131455918</v>
+        <v>9781626239821</v>
       </c>
       <c r="B107" t="s">
-        <v>196</v>
+        <v>98</v>
       </c>
       <c r="C107" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="D107" t="s">
         <v>15</v>
       </c>
       <c r="E107">
-        <v>2010</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781626239821</v>
+        <v>9781626230811</v>
       </c>
       <c r="B108" t="s">
-        <v>100</v>
+        <v>196</v>
       </c>
       <c r="C108" t="s">
-        <v>101</v>
+        <v>197</v>
       </c>
       <c r="D108" t="s">
         <v>15</v>
       </c>
       <c r="E108">
-        <v>2023</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781626230811</v>
+        <v>9781626234710</v>
       </c>
       <c r="B109" t="s">
         <v>198</v>
       </c>
       <c r="C109" t="s">
         <v>199</v>
       </c>
       <c r="D109" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E109">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781626234710</v>
+        <v>9781626233485</v>
       </c>
       <c r="B110" t="s">
         <v>200</v>
       </c>
       <c r="C110" t="s">
         <v>201</v>
       </c>
       <c r="D110" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E110">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781626233485</v>
+        <v>9781604061918</v>
       </c>
       <c r="B111" t="s">
         <v>202</v>
       </c>
       <c r="C111" t="s">
         <v>203</v>
       </c>
       <c r="D111" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E111">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9781604061918</v>
+        <v>9781604060577</v>
       </c>
       <c r="B112" t="s">
         <v>204</v>
       </c>
       <c r="C112" t="s">
         <v>205</v>
       </c>
       <c r="D112" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E112">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9781604060577</v>
+        <v>9783131500519</v>
       </c>
       <c r="B113" t="s">
         <v>206</v>
       </c>
       <c r="C113" t="s">
         <v>207</v>
       </c>
       <c r="D113" t="s">
         <v>15</v>
       </c>
       <c r="E113">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9783131500519</v>
+        <v>9781626232686</v>
       </c>
       <c r="B114" t="s">
         <v>208</v>
       </c>
       <c r="C114" t="s">
         <v>209</v>
       </c>
       <c r="D114" t="s">
         <v>15</v>
       </c>
       <c r="E114">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9781626232686</v>
+        <v>9781684200535</v>
       </c>
       <c r="B115" t="s">
         <v>210</v>
       </c>
       <c r="C115" t="s">
         <v>211</v>
       </c>
       <c r="D115" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E115">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9781684200535</v>
+        <v>9781588905253</v>
       </c>
       <c r="B116" t="s">
         <v>212</v>
       </c>
       <c r="C116" t="s">
         <v>213</v>
       </c>
       <c r="D116" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E116">
-        <v>2020</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9781588905253</v>
+        <v>9781626230217</v>
       </c>
       <c r="B117" t="s">
         <v>214</v>
       </c>
       <c r="C117" t="s">
         <v>215</v>
       </c>
       <c r="D117" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E117">
-        <v>2009</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9781626230217</v>
+        <v>9781626230125</v>
       </c>
       <c r="B118" t="s">
         <v>216</v>
       </c>
       <c r="C118" t="s">
         <v>217</v>
       </c>
       <c r="D118" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E118">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9781626230125</v>
+        <v>9781604068320</v>
       </c>
       <c r="B119" t="s">
+        <v>130</v>
+      </c>
+      <c r="C119" t="s">
         <v>218</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E119">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9781604068320</v>
+        <v>9781684205592</v>
       </c>
       <c r="B120" t="s">
-        <v>132</v>
+        <v>219</v>
       </c>
       <c r="C120" t="s">
         <v>220</v>
       </c>
       <c r="D120" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E120">
-        <v>2015</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9781684205592</v>
+        <v>9781626234857</v>
       </c>
       <c r="B121" t="s">
         <v>221</v>
       </c>
       <c r="C121" t="s">
         <v>222</v>
       </c>
       <c r="D121" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E121">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9781626234857</v>
+        <v>9781626231344</v>
       </c>
       <c r="B122" t="s">
         <v>223</v>
       </c>
       <c r="C122" t="s">
         <v>224</v>
       </c>
       <c r="D122" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E122">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>9781626231344</v>
+        <v>9781626232372</v>
       </c>
       <c r="B123" t="s">
         <v>225</v>
       </c>
       <c r="C123" t="s">
         <v>226</v>
       </c>
       <c r="D123" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E123">
         <v>2019</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>9781626232372</v>
+        <v>9781626235199</v>
       </c>
       <c r="B124" t="s">
+        <v>135</v>
+      </c>
+      <c r="C124" t="s">
         <v>227</v>
       </c>
-      <c r="C124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D124" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E124">
         <v>2019</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>9781626235199</v>
+        <v>9781626232440</v>
       </c>
       <c r="B125" t="s">
-        <v>137</v>
+        <v>228</v>
       </c>
       <c r="C125" t="s">
         <v>229</v>
       </c>
       <c r="D125" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E125">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>9781626232440</v>
+        <v>9781684205561</v>
       </c>
       <c r="B126" t="s">
         <v>230</v>
       </c>
       <c r="C126" t="s">
         <v>231</v>
       </c>
       <c r="D126" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E126">
-        <v>2018</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>9781684205561</v>
+        <v>9781626234673</v>
       </c>
       <c r="B127" t="s">
         <v>232</v>
       </c>
       <c r="C127" t="s">
         <v>233</v>
       </c>
       <c r="D127" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E127">
-        <v>2023</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>9781626234673</v>
+        <v>9781604060591</v>
       </c>
       <c r="B128" t="s">
         <v>234</v>
       </c>
       <c r="C128" t="s">
         <v>235</v>
       </c>
       <c r="D128" t="s">
         <v>15</v>
       </c>
       <c r="E128">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>9781604060591</v>
+        <v>9781684201532</v>
       </c>
       <c r="B129" t="s">
         <v>236</v>
       </c>
       <c r="C129" t="s">
         <v>237</v>
       </c>
       <c r="D129" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E129">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>9781684201532</v>
+        <v>9781626233584</v>
       </c>
       <c r="B130" t="s">
         <v>238</v>
       </c>
       <c r="C130" t="s">
         <v>239</v>
       </c>
       <c r="D130" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E130">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>9781626233584</v>
+        <v>9781626232082</v>
       </c>
       <c r="B131" t="s">
+        <v>202</v>
+      </c>
+      <c r="C131" t="s">
         <v>240</v>
       </c>
-      <c r="C131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E131">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9781626232082</v>
+        <v>9781684201518</v>
       </c>
       <c r="B132" t="s">
-        <v>204</v>
+        <v>241</v>
       </c>
       <c r="C132" t="s">
         <v>242</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E132">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781684201518</v>
+        <v>9781626233706</v>
       </c>
       <c r="B133" t="s">
         <v>243</v>
       </c>
       <c r="C133" t="s">
         <v>244</v>
       </c>
       <c r="D133" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E133">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781626233706</v>
+        <v>9781588904010</v>
       </c>
       <c r="B134" t="s">
         <v>245</v>
       </c>
       <c r="C134" t="s">
         <v>246</v>
       </c>
       <c r="D134" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E134">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9781588904010</v>
+        <v>9781626239678</v>
       </c>
       <c r="B135" t="s">
         <v>247</v>
       </c>
       <c r="C135" t="s">
         <v>248</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E135">
-        <v>2008</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9781626239678</v>
+        <v>9783131427113</v>
       </c>
       <c r="B136" t="s">
         <v>249</v>
       </c>
       <c r="C136" t="s">
         <v>250</v>
       </c>
       <c r="D136" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E136">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9783131427113</v>
+        <v>9783131697318</v>
       </c>
       <c r="B137" t="s">
         <v>251</v>
       </c>
       <c r="C137" t="s">
         <v>252</v>
       </c>
       <c r="D137" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E137">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9783131697318</v>
+        <v>9783137407034</v>
       </c>
       <c r="B138" t="s">
         <v>253</v>
       </c>
       <c r="C138" t="s">
         <v>254</v>
       </c>
       <c r="D138" t="s">
         <v>15</v>
       </c>
       <c r="E138">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9783137407034</v>
+        <v>9781604060362</v>
       </c>
       <c r="B139" t="s">
         <v>255</v>
       </c>
       <c r="C139" t="s">
         <v>256</v>
       </c>
       <c r="D139" t="s">
         <v>15</v>
       </c>
       <c r="E139">
-        <v>2007</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9781604060362</v>
+        <v>9781604063752</v>
       </c>
       <c r="B140" t="s">
         <v>257</v>
       </c>
       <c r="C140" t="s">
         <v>258</v>
       </c>
       <c r="D140" t="s">
         <v>15</v>
       </c>
       <c r="E140">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>9781604063752</v>
+        <v>9783131538819</v>
       </c>
       <c r="B141" t="s">
         <v>259</v>
       </c>
       <c r="C141" t="s">
         <v>260</v>
       </c>
       <c r="D141" t="s">
         <v>15</v>
       </c>
       <c r="E141">
         <v>2011</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>9783131538819</v>
+        <v>9783131076120</v>
       </c>
       <c r="B142" t="s">
-        <v>261</v>
+        <v>39</v>
       </c>
       <c r="C142" t="s">
-        <v>262</v>
+        <v>103</v>
       </c>
       <c r="D142" t="s">
         <v>15</v>
       </c>
       <c r="E142">
-        <v>2011</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>9783131076120</v>
+        <v>9783131463319</v>
       </c>
       <c r="B143" t="s">
-        <v>39</v>
+        <v>261</v>
       </c>
       <c r="C143" t="s">
-        <v>105</v>
+        <v>262</v>
       </c>
       <c r="D143" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E143">
-        <v>2006</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>9783131463319</v>
+        <v>9781604066838</v>
       </c>
       <c r="B144" t="s">
         <v>263</v>
       </c>
       <c r="C144" t="s">
         <v>264</v>
       </c>
       <c r="D144" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E144">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>9781604066838</v>
+        <v>9781626230965</v>
       </c>
       <c r="B145" t="s">
         <v>265</v>
       </c>
       <c r="C145" t="s">
         <v>266</v>
       </c>
       <c r="D145" t="s">
         <v>15</v>
       </c>
       <c r="E145">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>9783132431928</v>
+        <v>9781626231931</v>
       </c>
       <c r="B146" t="s">
         <v>267</v>
       </c>
       <c r="C146" t="s">
         <v>268</v>
       </c>
       <c r="D146" t="s">
         <v>15</v>
       </c>
       <c r="E146">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>9781626230965</v>
+        <v>9781626232730</v>
       </c>
       <c r="B147" t="s">
         <v>269</v>
       </c>
       <c r="C147" t="s">
         <v>270</v>
       </c>
       <c r="D147" t="s">
         <v>15</v>
       </c>
       <c r="E147">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>9781626231931</v>
+        <v>9781626232488</v>
       </c>
       <c r="B148" t="s">
+        <v>236</v>
+      </c>
+      <c r="C148" t="s">
         <v>271</v>
       </c>
-      <c r="C148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E148">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>9781626232730</v>
+        <v>9781626238688</v>
       </c>
       <c r="B149" t="s">
+        <v>272</v>
+      </c>
+      <c r="C149" t="s">
         <v>273</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E149">
         <v>2020</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>9781626232488</v>
+        <v>9781626235137</v>
       </c>
       <c r="B150" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="C150" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D150" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E150">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>9781626238688</v>
+        <v>9783132031616</v>
       </c>
       <c r="B151" t="s">
+        <v>275</v>
+      </c>
+      <c r="C151" t="s">
         <v>276</v>
       </c>
-      <c r="C151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E151">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>9781626235137</v>
+        <v>9783131758316</v>
       </c>
       <c r="B152" t="s">
-        <v>109</v>
+        <v>187</v>
       </c>
       <c r="C152" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D152" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E152">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9783132031616</v>
+        <v>9781604063226</v>
       </c>
       <c r="B153" t="s">
+        <v>278</v>
+      </c>
+      <c r="C153" t="s">
         <v>279</v>
       </c>
-      <c r="C153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E153">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>9783131758316</v>
+        <v>9783131165312</v>
       </c>
       <c r="B154" t="s">
-        <v>189</v>
+        <v>92</v>
       </c>
       <c r="C154" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="D154" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E154">
-        <v>2016</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>9781604063226</v>
+        <v>9781626234598</v>
       </c>
       <c r="B155" t="s">
-        <v>282</v>
+        <v>171</v>
       </c>
       <c r="C155" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="D155" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E155">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>9783131165312</v>
+        <v>9789388257947</v>
       </c>
       <c r="B156" t="s">
-        <v>94</v>
+        <v>282</v>
       </c>
       <c r="C156" t="s">
-        <v>284</v>
+        <v>283</v>
       </c>
       <c r="D156" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E156">
-        <v>1999</v>
+        <v>2020</v>
+      </c>
+      <c r="F156">
+        <v>48.0</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>9781626234598</v>
+        <v>9783136561034</v>
       </c>
       <c r="B157" t="s">
-        <v>173</v>
+        <v>39</v>
       </c>
       <c r="C157" t="s">
-        <v>285</v>
+        <v>284</v>
       </c>
       <c r="D157" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="E157">
-        <v>2017</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>9789388257947</v>
+        <v>9783131275936</v>
       </c>
       <c r="B158" t="s">
-        <v>286</v>
+        <v>102</v>
       </c>
       <c r="C158" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="D158" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E158">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>9783136561034</v>
+        <v>9783132417229</v>
       </c>
       <c r="B159" t="s">
-        <v>39</v>
+        <v>286</v>
       </c>
       <c r="C159" t="s">
-        <v>288</v>
+        <v>287</v>
       </c>
       <c r="D159" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E159">
-        <v>2008</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>9783131275936</v>
+        <v>9783132442634</v>
       </c>
       <c r="B160" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C160" t="s">
-        <v>289</v>
+        <v>288</v>
       </c>
       <c r="D160" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E160">
-        <v>2010</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>9783132417229</v>
+        <v>9783132437609</v>
       </c>
       <c r="B161" t="s">
-        <v>290</v>
+        <v>102</v>
       </c>
       <c r="C161" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="D161" t="s">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="E161">
-        <v>2017</v>
-[...32 lines deleted...]
-      <c r="E163">
         <v>2021</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>