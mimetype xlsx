--- v1 (2026-02-04)
+++ v2 (2026-02-27)
@@ -1339,71 +1339,71 @@
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5">
         <v>2024</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9789395390842</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>15</v>
       </c>
       <c r="E6">
         <v>2023</v>
       </c>
       <c r="F6">
-        <v>42.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9789392819261</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>15</v>
       </c>
       <c r="E7">
         <v>2022</v>
       </c>
       <c r="F7">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9781626239845</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8">
         <v>2024</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9781684201402</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
@@ -1604,51 +1604,51 @@
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28">
         <v>2010</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>9783132402515</v>
       </c>
       <c r="B29" t="s">
         <v>51</v>
       </c>
       <c r="C29" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
         <v>15</v>
       </c>
       <c r="E29">
         <v>2020</v>
       </c>
       <c r="F29">
-        <v>179.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>9783131467010</v>
       </c>
       <c r="B30" t="s">
         <v>53</v>
       </c>
       <c r="C30" t="s">
         <v>54</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30">
         <v>2010</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>9783137841050</v>
       </c>
       <c r="B31" t="s">
         <v>55</v>
@@ -1811,51 +1811,51 @@
       </c>
       <c r="D40" t="s">
         <v>61</v>
       </c>
       <c r="E40">
         <v>2008</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9781626233560</v>
       </c>
       <c r="B41" t="s">
         <v>76</v>
       </c>
       <c r="C41" t="s">
         <v>77</v>
       </c>
       <c r="D41" t="s">
         <v>61</v>
       </c>
       <c r="E41">
         <v>2019</v>
       </c>
       <c r="F41">
-        <v>69.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9783131451316</v>
       </c>
       <c r="B42" t="s">
         <v>78</v>
       </c>
       <c r="C42" t="s">
         <v>79</v>
       </c>
       <c r="D42" t="s">
         <v>61</v>
       </c>
       <c r="E42">
         <v>2010</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>9783131672711</v>
       </c>
       <c r="B43" t="s">
         <v>80</v>
@@ -1950,51 +1950,51 @@
       </c>
       <c r="D48" t="s">
         <v>15</v>
       </c>
       <c r="E48">
         <v>2015</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
         <v>9789382076506</v>
       </c>
       <c r="B49" t="s">
         <v>92</v>
       </c>
       <c r="C49" t="s">
         <v>93</v>
       </c>
       <c r="D49" t="s">
         <v>61</v>
       </c>
       <c r="E49">
         <v>2013</v>
       </c>
       <c r="F49">
-        <v>44.99</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
         <v>9783131255044</v>
       </c>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50" t="s">
         <v>95</v>
       </c>
       <c r="D50" t="s">
         <v>61</v>
       </c>
       <c r="E50">
         <v>2014</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
         <v>9783131987617</v>
       </c>
       <c r="B51" t="s">
         <v>96</v>
@@ -3772,51 +3772,51 @@
       </c>
       <c r="D155" t="s">
         <v>61</v>
       </c>
       <c r="E155">
         <v>2017</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
         <v>9789388257947</v>
       </c>
       <c r="B156" t="s">
         <v>282</v>
       </c>
       <c r="C156" t="s">
         <v>283</v>
       </c>
       <c r="D156" t="s">
         <v>61</v>
       </c>
       <c r="E156">
         <v>2020</v>
       </c>
       <c r="F156">
-        <v>48.0</v>
+        <v>53.0</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
         <v>9783136561034</v>
       </c>
       <c r="B157" t="s">
         <v>39</v>
       </c>
       <c r="C157" t="s">
         <v>284</v>
       </c>
       <c r="D157" t="s">
         <v>15</v>
       </c>
       <c r="E157">
         <v>2008</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
         <v>9783131275936</v>
       </c>
       <c r="B158" t="s">
         <v>102</v>