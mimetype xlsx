--- v2 (2026-02-27)
+++ v3 (2026-03-21)
@@ -12,77 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="292">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
+    <t>Diana L. Lam</t>
+  </si>
+  <si>
+    <t>Breast Imaging Q&amp;A for the Radiology Boards</t>
+  </si>
+  <si>
+    <t>Paperback</t>
+  </si>
+  <si>
     <t>Timo Krings</t>
   </si>
   <si>
     <t>Case-Based Interventional Neuroradiology</t>
-  </si>
-[...1 lines deleted...]
-    <t>Paperback</t>
   </si>
   <si>
     <t>Elizabeth McFarland</t>
   </si>
   <si>
     <t>CT Colonography Video Case Review</t>
   </si>
   <si>
     <t>Steven Weiner</t>
   </si>
   <si>
     <t>Atlas of Ultrasound and Anatomy</t>
   </si>
   <si>
     <t>Jeffrey Weinstein</t>
   </si>
   <si>
     <t>Venous Thromboembolism</t>
   </si>
   <si>
     <t>Hardback</t>
   </si>
   <si>
     <t>Suri</t>
   </si>
@@ -1229,2678 +1235,2695 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F161"/>
+  <dimension ref="A1:F162"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781684200702</v>
+        <v>9781684207282</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9781626230224</v>
+        <v>9781684200702</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
       <c r="E3">
-        <v>2015</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9781684204960</v>
+        <v>9781626230224</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4">
-        <v>2024</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9781626236042</v>
+        <v>9781684204960</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5">
         <v>2024</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9789395390842</v>
+        <v>9781626236042</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="C6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E6">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>47.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9789392819261</v>
+        <v>9789395390842</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E7">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F7">
-        <v>90.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9781626239845</v>
+        <v>9789392819261</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E8">
-        <v>2024</v>
+        <v>2022</v>
+      </c>
+      <c r="F8">
+        <v>90.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9781684201402</v>
+        <v>9781626239845</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E9">
         <v>2024</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9783132405431</v>
+        <v>9781684201402</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E10">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>9783132405431</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>17</v>
+      </c>
+      <c r="E11">
         <v>2023</v>
-      </c>
-[...3 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="C12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="C13" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="C14" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="C15" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="C16" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="C17" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="C18" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="C19" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="C20" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="C21" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22">
-[...4 lines deleted...]
-      </c>
       <c r="C22" t="s">
         <v>38</v>
       </c>
-      <c r="D22" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9783131025425</v>
+        <v>9783131318923</v>
       </c>
       <c r="B23" t="s">
         <v>39</v>
       </c>
       <c r="C23" t="s">
         <v>40</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E23">
-        <v>2012</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9783131165725</v>
+        <v>9783131025425</v>
       </c>
       <c r="B24" t="s">
         <v>41</v>
       </c>
       <c r="C24" t="s">
         <v>42</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E24">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9783132406476</v>
+        <v>9783131165725</v>
       </c>
       <c r="B25" t="s">
         <v>43</v>
       </c>
       <c r="C25" t="s">
         <v>44</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E25">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9783131764614</v>
+        <v>9783132406476</v>
       </c>
       <c r="B26" t="s">
         <v>45</v>
       </c>
       <c r="C26" t="s">
         <v>46</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E26">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9783131243423</v>
+        <v>9783131764614</v>
       </c>
       <c r="B27" t="s">
         <v>47</v>
       </c>
       <c r="C27" t="s">
         <v>48</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E27">
-        <v>2008</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9783131488619</v>
+        <v>9783131243423</v>
       </c>
       <c r="B28" t="s">
         <v>49</v>
       </c>
       <c r="C28" t="s">
         <v>50</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E28">
-        <v>2010</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9783132402515</v>
+        <v>9783131488619</v>
       </c>
       <c r="B29" t="s">
         <v>51</v>
       </c>
       <c r="C29" t="s">
         <v>52</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E29">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9783131467010</v>
+        <v>9783132402515</v>
       </c>
       <c r="B30" t="s">
         <v>53</v>
       </c>
       <c r="C30" t="s">
         <v>54</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E30">
-        <v>2010</v>
+        <v>2020</v>
+      </c>
+      <c r="F30">
+        <v>199.99</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9783137841050</v>
+        <v>9783131467010</v>
       </c>
       <c r="B31" t="s">
         <v>55</v>
       </c>
       <c r="C31" t="s">
         <v>56</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E31">
-        <v>2003</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9783131438317</v>
+        <v>9783137841050</v>
       </c>
       <c r="B32" t="s">
         <v>57</v>
       </c>
       <c r="C32" t="s">
         <v>58</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E32">
-        <v>2011</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9781588906526</v>
+        <v>9783131438317</v>
       </c>
       <c r="B33" t="s">
         <v>59</v>
       </c>
       <c r="C33" t="s">
         <v>60</v>
       </c>
       <c r="D33" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E33">
         <v>2011</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9783136726044</v>
+        <v>9781588906526</v>
       </c>
       <c r="B34" t="s">
+        <v>61</v>
+      </c>
+      <c r="C34" t="s">
         <v>62</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E34">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9783131485311</v>
+        <v>9783136726044</v>
       </c>
       <c r="B35" t="s">
         <v>64</v>
       </c>
       <c r="C35" t="s">
         <v>65</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E35">
-        <v>2008</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9783131383631</v>
+        <v>9783131485311</v>
       </c>
       <c r="B36" t="s">
         <v>66</v>
       </c>
       <c r="C36" t="s">
         <v>67</v>
       </c>
       <c r="D36" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E36">
-        <v>2016</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9781604068542</v>
+        <v>9783131383631</v>
       </c>
       <c r="B37" t="s">
         <v>68</v>
       </c>
       <c r="C37" t="s">
         <v>69</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E37">
         <v>2016</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9783131440815</v>
+        <v>9781604068542</v>
       </c>
       <c r="B38" t="s">
         <v>70</v>
       </c>
       <c r="C38" t="s">
         <v>71</v>
       </c>
       <c r="D38" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E38">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9783131440716</v>
+        <v>9783131440815</v>
       </c>
       <c r="B39" t="s">
         <v>72</v>
       </c>
       <c r="C39" t="s">
         <v>73</v>
       </c>
       <c r="D39" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E39">
         <v>2007</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9783131451019</v>
+        <v>9783131440716</v>
       </c>
       <c r="B40" t="s">
         <v>74</v>
       </c>
       <c r="C40" t="s">
         <v>75</v>
       </c>
       <c r="D40" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E40">
-        <v>2008</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9781626233560</v>
+        <v>9783131451019</v>
       </c>
       <c r="B41" t="s">
         <v>76</v>
       </c>
       <c r="C41" t="s">
         <v>77</v>
       </c>
       <c r="D41" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E41">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9783131451316</v>
+        <v>9781626233560</v>
       </c>
       <c r="B42" t="s">
         <v>78</v>
       </c>
       <c r="C42" t="s">
         <v>79</v>
       </c>
       <c r="D42" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E42">
-        <v>2010</v>
+        <v>2019</v>
+      </c>
+      <c r="F42">
+        <v>79.99</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9783131672711</v>
+        <v>9783131451316</v>
       </c>
       <c r="B43" t="s">
         <v>80</v>
       </c>
       <c r="C43" t="s">
         <v>81</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E43">
-        <v>2014</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9783131451613</v>
+        <v>9783131672711</v>
       </c>
       <c r="B44" t="s">
         <v>82</v>
       </c>
       <c r="C44" t="s">
         <v>83</v>
       </c>
       <c r="D44" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E44">
-        <v>2008</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9783131451811</v>
+        <v>9783131451613</v>
       </c>
       <c r="B45" t="s">
         <v>84</v>
       </c>
       <c r="C45" t="s">
         <v>85</v>
       </c>
       <c r="D45" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E45">
-        <v>2009</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>9781604063240</v>
+        <v>9783131451811</v>
       </c>
       <c r="B46" t="s">
         <v>86</v>
       </c>
       <c r="C46" t="s">
         <v>87</v>
       </c>
       <c r="D46" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E46">
-        <v>2012</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>9783131398017</v>
+        <v>9781604063240</v>
       </c>
       <c r="B47" t="s">
         <v>88</v>
       </c>
       <c r="C47" t="s">
         <v>89</v>
       </c>
       <c r="D47" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E47">
-        <v>2007</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>9783132004214</v>
+        <v>9783131398017</v>
       </c>
       <c r="B48" t="s">
         <v>90</v>
       </c>
       <c r="C48" t="s">
         <v>91</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E48">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>9789382076506</v>
+        <v>9783132004214</v>
       </c>
       <c r="B49" t="s">
         <v>92</v>
       </c>
       <c r="C49" t="s">
         <v>93</v>
       </c>
       <c r="D49" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E49">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>54.99</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>9783131255044</v>
+        <v>9789382076506</v>
       </c>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50" t="s">
         <v>95</v>
       </c>
       <c r="D50" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E50">
-        <v>2014</v>
+        <v>2013</v>
+      </c>
+      <c r="F50">
+        <v>54.99</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>9783131987617</v>
+        <v>9783131255044</v>
       </c>
       <c r="B51" t="s">
         <v>96</v>
       </c>
       <c r="C51" t="s">
         <v>97</v>
       </c>
       <c r="D51" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E51">
         <v>2014</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>9781626239883</v>
+        <v>9783131987617</v>
       </c>
       <c r="B52" t="s">
         <v>98</v>
       </c>
       <c r="C52" t="s">
         <v>99</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E52">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>9783131699213</v>
+        <v>9781626239883</v>
       </c>
       <c r="B53" t="s">
         <v>100</v>
       </c>
       <c r="C53" t="s">
         <v>101</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E53">
-        <v>2013</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>9783131442116</v>
+        <v>9783131699213</v>
       </c>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" t="s">
         <v>103</v>
       </c>
       <c r="D54" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E54">
-        <v>2007</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>9783131165213</v>
+        <v>9783131442116</v>
       </c>
       <c r="B55" t="s">
-        <v>92</v>
+        <v>104</v>
       </c>
       <c r="C55" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D55" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E55">
-        <v>1999</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>9783132004719</v>
+        <v>9783131165213</v>
       </c>
       <c r="B56" t="s">
-        <v>105</v>
+        <v>94</v>
       </c>
       <c r="C56" t="s">
         <v>106</v>
       </c>
       <c r="D56" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E56">
-        <v>2018</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9781604065909</v>
+        <v>9783132004719</v>
       </c>
       <c r="B57" t="s">
         <v>107</v>
       </c>
       <c r="C57" t="s">
         <v>108</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E57">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9781604063110</v>
+        <v>9781604065909</v>
       </c>
       <c r="B58" t="s">
         <v>109</v>
       </c>
       <c r="C58" t="s">
         <v>110</v>
       </c>
       <c r="D58" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E58">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9781626237773</v>
+        <v>9781604063110</v>
       </c>
       <c r="B59" t="s">
         <v>111</v>
       </c>
       <c r="C59" t="s">
         <v>112</v>
       </c>
       <c r="D59" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E59">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9781626233270</v>
+        <v>9781626237773</v>
       </c>
       <c r="B60" t="s">
         <v>113</v>
       </c>
       <c r="C60" t="s">
         <v>114</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E60">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9783131318824</v>
+        <v>9781626233270</v>
       </c>
       <c r="B61" t="s">
         <v>115</v>
       </c>
       <c r="C61" t="s">
         <v>116</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E61">
-        <v>2004</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9783132054110</v>
+        <v>9783131318824</v>
       </c>
       <c r="B62" t="s">
         <v>117</v>
       </c>
       <c r="C62" t="s">
         <v>118</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E62">
-        <v>2019</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9783132019317</v>
+        <v>9783132054110</v>
       </c>
       <c r="B63" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="C63" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E63">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9781604068061</v>
+        <v>9783132019317</v>
       </c>
       <c r="B64" t="s">
-        <v>120</v>
+        <v>55</v>
       </c>
       <c r="C64" t="s">
         <v>121</v>
       </c>
       <c r="D64" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E64">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9781604068528</v>
+        <v>9781604068061</v>
       </c>
       <c r="B65" t="s">
         <v>122</v>
       </c>
       <c r="C65" t="s">
         <v>123</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E65">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9783131358417</v>
+        <v>9781604068528</v>
       </c>
       <c r="B66" t="s">
         <v>124</v>
       </c>
       <c r="C66" t="s">
         <v>125</v>
       </c>
       <c r="D66" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E66">
-        <v>2009</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9781626233744</v>
+        <v>9783131358417</v>
       </c>
       <c r="B67" t="s">
         <v>126</v>
       </c>
       <c r="C67" t="s">
         <v>127</v>
       </c>
       <c r="D67" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E67">
-        <v>2018</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9783131472618</v>
+        <v>9781626233744</v>
       </c>
       <c r="B68" t="s">
         <v>128</v>
       </c>
       <c r="C68" t="s">
         <v>129</v>
       </c>
       <c r="D68" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E68">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9781626232969</v>
+        <v>9783131472618</v>
       </c>
       <c r="B69" t="s">
         <v>130</v>
       </c>
       <c r="C69" t="s">
         <v>131</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E69">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9781604067286</v>
+        <v>9781626232969</v>
       </c>
       <c r="B70" t="s">
         <v>132</v>
       </c>
       <c r="C70" t="s">
         <v>133</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E70">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9783132431935</v>
+        <v>9781604067286</v>
       </c>
       <c r="B71" t="s">
-        <v>53</v>
+        <v>134</v>
       </c>
       <c r="C71" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E71">
-        <v>2012</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9781604065732</v>
+        <v>9783132431935</v>
       </c>
       <c r="B72" t="s">
-        <v>135</v>
+        <v>55</v>
       </c>
       <c r="C72" t="s">
         <v>136</v>
       </c>
       <c r="D72" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E72">
-        <v>2014</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9781604061932</v>
+        <v>9781604065732</v>
       </c>
       <c r="B73" t="s">
         <v>137</v>
       </c>
       <c r="C73" t="s">
         <v>138</v>
       </c>
       <c r="D73" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E73">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9783132422049</v>
+        <v>9781604061932</v>
       </c>
       <c r="B74" t="s">
-        <v>66</v>
+        <v>139</v>
       </c>
       <c r="C74" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D74" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E74">
-        <v>2022</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9783131450616</v>
+        <v>9783132422049</v>
       </c>
       <c r="B75" t="s">
-        <v>140</v>
+        <v>68</v>
       </c>
       <c r="C75" t="s">
         <v>141</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E75">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9783131708212</v>
+        <v>9783131450616</v>
       </c>
       <c r="B76" t="s">
         <v>142</v>
       </c>
       <c r="C76" t="s">
         <v>143</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E76">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9781626238282</v>
+        <v>9783131708212</v>
       </c>
       <c r="B77" t="s">
         <v>144</v>
       </c>
       <c r="C77" t="s">
         <v>145</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E77">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9781626234772</v>
+        <v>9781626238282</v>
       </c>
       <c r="B78" t="s">
         <v>146</v>
       </c>
       <c r="C78" t="s">
         <v>147</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E78">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9783132415652</v>
+        <v>9781626234772</v>
       </c>
       <c r="B79" t="s">
         <v>148</v>
       </c>
       <c r="C79" t="s">
         <v>149</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E79">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9783131692719</v>
+        <v>9783132415652</v>
       </c>
       <c r="B80" t="s">
         <v>150</v>
       </c>
       <c r="C80" t="s">
         <v>151</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E80">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9783131697516</v>
+        <v>9783131692719</v>
       </c>
       <c r="B81" t="s">
         <v>152</v>
       </c>
       <c r="C81" t="s">
         <v>153</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E81">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9781604068399</v>
+        <v>9783131697516</v>
       </c>
       <c r="B82" t="s">
         <v>154</v>
       </c>
       <c r="C82" t="s">
         <v>155</v>
       </c>
       <c r="D82" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E82">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9781626232716</v>
+        <v>9781604068399</v>
       </c>
       <c r="B83" t="s">
-        <v>122</v>
+        <v>156</v>
       </c>
       <c r="C83" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E83">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9781626232822</v>
+        <v>9781626232716</v>
       </c>
       <c r="B84" t="s">
-        <v>157</v>
+        <v>124</v>
       </c>
       <c r="C84" t="s">
         <v>158</v>
       </c>
       <c r="D84" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E84">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9783131662910</v>
+        <v>9781626232822</v>
       </c>
       <c r="B85" t="s">
         <v>159</v>
       </c>
       <c r="C85" t="s">
         <v>160</v>
       </c>
       <c r="D85" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E85">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9783131074423</v>
+        <v>9783131662910</v>
       </c>
       <c r="B86" t="s">
-        <v>92</v>
+        <v>161</v>
       </c>
       <c r="C86" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D86" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E86">
-        <v>2009</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9781626239234</v>
+        <v>9783131074423</v>
       </c>
       <c r="B87" t="s">
-        <v>162</v>
+        <v>94</v>
       </c>
       <c r="C87" t="s">
         <v>163</v>
       </c>
       <c r="D87" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E87">
-        <v>2019</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9783131538710</v>
+        <v>9781626239234</v>
       </c>
       <c r="B88" t="s">
         <v>164</v>
       </c>
       <c r="C88" t="s">
         <v>165</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E88">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9783132026810</v>
+        <v>9783131538710</v>
       </c>
       <c r="B89" t="s">
         <v>166</v>
       </c>
       <c r="C89" t="s">
         <v>167</v>
       </c>
       <c r="D89" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E89">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9781604067002</v>
+        <v>9783132026810</v>
       </c>
       <c r="B90" t="s">
-        <v>146</v>
+        <v>168</v>
       </c>
       <c r="C90" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D90" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E90">
         <v>2017</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9781626232754</v>
+        <v>9781604067002</v>
       </c>
       <c r="B91" t="s">
-        <v>169</v>
+        <v>148</v>
       </c>
       <c r="C91" t="s">
         <v>170</v>
       </c>
       <c r="D91" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E91">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9781626234093</v>
+        <v>9781626232754</v>
       </c>
       <c r="B92" t="s">
         <v>171</v>
       </c>
       <c r="C92" t="s">
         <v>172</v>
       </c>
       <c r="D92" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E92">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9781604067231</v>
+        <v>9781626234093</v>
       </c>
       <c r="B93" t="s">
-        <v>76</v>
+        <v>173</v>
       </c>
       <c r="C93" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D93" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E93">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9781684200078</v>
+        <v>9781604067231</v>
       </c>
       <c r="B94" t="s">
-        <v>111</v>
+        <v>78</v>
       </c>
       <c r="C94" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E94">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9781626232785</v>
+        <v>9781684200078</v>
       </c>
       <c r="B95" t="s">
-        <v>76</v>
+        <v>113</v>
       </c>
       <c r="C95" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E95">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781588904027</v>
+        <v>9781626232785</v>
       </c>
       <c r="B96" t="s">
-        <v>176</v>
+        <v>78</v>
       </c>
       <c r="C96" t="s">
         <v>177</v>
       </c>
       <c r="D96" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E96">
-        <v>2010</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9781604067422</v>
+        <v>9781588904027</v>
       </c>
       <c r="B97" t="s">
         <v>178</v>
       </c>
       <c r="C97" t="s">
         <v>179</v>
       </c>
       <c r="D97" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E97">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9781626232563</v>
+        <v>9781604067422</v>
       </c>
       <c r="B98" t="s">
         <v>180</v>
       </c>
       <c r="C98" t="s">
         <v>181</v>
       </c>
       <c r="D98" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E98">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9781626233447</v>
+        <v>9781626232563</v>
       </c>
       <c r="B99" t="s">
-        <v>76</v>
+        <v>182</v>
       </c>
       <c r="C99" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D99" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E99">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9781626231511</v>
+        <v>9781626233447</v>
       </c>
       <c r="B100" t="s">
-        <v>183</v>
+        <v>78</v>
       </c>
       <c r="C100" t="s">
         <v>184</v>
       </c>
       <c r="D100" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E100">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781604068269</v>
+        <v>9781626231511</v>
       </c>
       <c r="B101" t="s">
         <v>185</v>
       </c>
       <c r="C101" t="s">
         <v>186</v>
       </c>
       <c r="D101" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E101">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9783132412873</v>
+        <v>9781604068269</v>
       </c>
       <c r="B102" t="s">
         <v>187</v>
       </c>
       <c r="C102" t="s">
         <v>188</v>
       </c>
       <c r="D102" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E102">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9783131353917</v>
+        <v>9783132412873</v>
       </c>
       <c r="B103" t="s">
-        <v>64</v>
+        <v>189</v>
       </c>
       <c r="C103" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D103" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E103">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781626238145</v>
+        <v>9783131353917</v>
       </c>
       <c r="B104" t="s">
-        <v>190</v>
+        <v>66</v>
       </c>
       <c r="C104" t="s">
         <v>191</v>
       </c>
       <c r="D104" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E104">
-        <v>2019</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781626231382</v>
+        <v>9781626238145</v>
       </c>
       <c r="B105" t="s">
         <v>192</v>
       </c>
       <c r="C105" t="s">
         <v>193</v>
       </c>
       <c r="D105" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E105">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9783131455918</v>
+        <v>9781626231382</v>
       </c>
       <c r="B106" t="s">
         <v>194</v>
       </c>
       <c r="C106" t="s">
         <v>195</v>
       </c>
       <c r="D106" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E106">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781626239821</v>
+        <v>9783131455918</v>
       </c>
       <c r="B107" t="s">
-        <v>98</v>
+        <v>196</v>
       </c>
       <c r="C107" t="s">
-        <v>99</v>
+        <v>197</v>
       </c>
       <c r="D107" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E107">
-        <v>2023</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781626230811</v>
+        <v>9781626239821</v>
       </c>
       <c r="B108" t="s">
-        <v>196</v>
+        <v>100</v>
       </c>
       <c r="C108" t="s">
-        <v>197</v>
+        <v>101</v>
       </c>
       <c r="D108" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E108">
-        <v>2016</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781626234710</v>
+        <v>9781626230811</v>
       </c>
       <c r="B109" t="s">
         <v>198</v>
       </c>
       <c r="C109" t="s">
         <v>199</v>
       </c>
       <c r="D109" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E109">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781626233485</v>
+        <v>9781626234710</v>
       </c>
       <c r="B110" t="s">
         <v>200</v>
       </c>
       <c r="C110" t="s">
         <v>201</v>
       </c>
       <c r="D110" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E110">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781604061918</v>
+        <v>9781626233485</v>
       </c>
       <c r="B111" t="s">
         <v>202</v>
       </c>
       <c r="C111" t="s">
         <v>203</v>
       </c>
       <c r="D111" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E111">
-        <v>2014</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9781604060577</v>
+        <v>9781604061918</v>
       </c>
       <c r="B112" t="s">
         <v>204</v>
       </c>
       <c r="C112" t="s">
         <v>205</v>
       </c>
       <c r="D112" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E112">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9783131500519</v>
+        <v>9781604060577</v>
       </c>
       <c r="B113" t="s">
         <v>206</v>
       </c>
       <c r="C113" t="s">
         <v>207</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E113">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9781626232686</v>
+        <v>9783131500519</v>
       </c>
       <c r="B114" t="s">
         <v>208</v>
       </c>
       <c r="C114" t="s">
         <v>209</v>
       </c>
       <c r="D114" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E114">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9781684200535</v>
+        <v>9781626232686</v>
       </c>
       <c r="B115" t="s">
         <v>210</v>
       </c>
       <c r="C115" t="s">
         <v>211</v>
       </c>
       <c r="D115" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E115">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9781588905253</v>
+        <v>9781684200535</v>
       </c>
       <c r="B116" t="s">
         <v>212</v>
       </c>
       <c r="C116" t="s">
         <v>213</v>
       </c>
       <c r="D116" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E116">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9781626230217</v>
+        <v>9781588905253</v>
       </c>
       <c r="B117" t="s">
         <v>214</v>
       </c>
       <c r="C117" t="s">
         <v>215</v>
       </c>
       <c r="D117" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E117">
-        <v>2016</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9781626230125</v>
+        <v>9781626230217</v>
       </c>
       <c r="B118" t="s">
         <v>216</v>
       </c>
       <c r="C118" t="s">
         <v>217</v>
       </c>
       <c r="D118" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E118">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9781604068320</v>
+        <v>9781626230125</v>
       </c>
       <c r="B119" t="s">
-        <v>130</v>
+        <v>218</v>
       </c>
       <c r="C119" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D119" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E119">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9781684205592</v>
+        <v>9781604068320</v>
       </c>
       <c r="B120" t="s">
-        <v>219</v>
+        <v>132</v>
       </c>
       <c r="C120" t="s">
         <v>220</v>
       </c>
       <c r="D120" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E120">
-        <v>2023</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9781626234857</v>
+        <v>9781684205592</v>
       </c>
       <c r="B121" t="s">
         <v>221</v>
       </c>
       <c r="C121" t="s">
         <v>222</v>
       </c>
       <c r="D121" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E121">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9781626231344</v>
+        <v>9781626234857</v>
       </c>
       <c r="B122" t="s">
         <v>223</v>
       </c>
       <c r="C122" t="s">
         <v>224</v>
       </c>
       <c r="D122" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E122">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>9781626232372</v>
+        <v>9781626231344</v>
       </c>
       <c r="B123" t="s">
         <v>225</v>
       </c>
       <c r="C123" t="s">
         <v>226</v>
       </c>
       <c r="D123" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E123">
         <v>2019</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>9781626235199</v>
+        <v>9781626232372</v>
       </c>
       <c r="B124" t="s">
-        <v>135</v>
+        <v>227</v>
       </c>
       <c r="C124" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D124" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E124">
         <v>2019</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>9781626232440</v>
+        <v>9781626235199</v>
       </c>
       <c r="B125" t="s">
-        <v>228</v>
+        <v>137</v>
       </c>
       <c r="C125" t="s">
         <v>229</v>
       </c>
       <c r="D125" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E125">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>9781684205561</v>
+        <v>9781626232440</v>
       </c>
       <c r="B126" t="s">
         <v>230</v>
       </c>
       <c r="C126" t="s">
         <v>231</v>
       </c>
       <c r="D126" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E126">
-        <v>2023</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>9781626234673</v>
+        <v>9781684205561</v>
       </c>
       <c r="B127" t="s">
         <v>232</v>
       </c>
       <c r="C127" t="s">
         <v>233</v>
       </c>
       <c r="D127" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E127">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>9781604060591</v>
+        <v>9781626234673</v>
       </c>
       <c r="B128" t="s">
         <v>234</v>
       </c>
       <c r="C128" t="s">
         <v>235</v>
       </c>
       <c r="D128" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E128">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>9781684201532</v>
+        <v>9781604060591</v>
       </c>
       <c r="B129" t="s">
         <v>236</v>
       </c>
       <c r="C129" t="s">
         <v>237</v>
       </c>
       <c r="D129" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E129">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>9781626233584</v>
+        <v>9781684201532</v>
       </c>
       <c r="B130" t="s">
         <v>238</v>
       </c>
       <c r="C130" t="s">
         <v>239</v>
       </c>
       <c r="D130" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E130">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>9781626232082</v>
+        <v>9781626233584</v>
       </c>
       <c r="B131" t="s">
-        <v>202</v>
+        <v>240</v>
       </c>
       <c r="C131" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D131" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E131">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9781684201518</v>
+        <v>9781626232082</v>
       </c>
       <c r="B132" t="s">
-        <v>241</v>
+        <v>204</v>
       </c>
       <c r="C132" t="s">
         <v>242</v>
       </c>
       <c r="D132" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E132">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781626233706</v>
+        <v>9781684201518</v>
       </c>
       <c r="B133" t="s">
         <v>243</v>
       </c>
       <c r="C133" t="s">
         <v>244</v>
       </c>
       <c r="D133" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E133">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781588904010</v>
+        <v>9781626233706</v>
       </c>
       <c r="B134" t="s">
         <v>245</v>
       </c>
       <c r="C134" t="s">
         <v>246</v>
       </c>
       <c r="D134" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E134">
-        <v>2008</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9781626239678</v>
+        <v>9781588904010</v>
       </c>
       <c r="B135" t="s">
         <v>247</v>
       </c>
       <c r="C135" t="s">
         <v>248</v>
       </c>
       <c r="D135" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E135">
-        <v>2020</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9783131427113</v>
+        <v>9781626239678</v>
       </c>
       <c r="B136" t="s">
         <v>249</v>
       </c>
       <c r="C136" t="s">
         <v>250</v>
       </c>
       <c r="D136" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E136">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9783131697318</v>
+        <v>9783131427113</v>
       </c>
       <c r="B137" t="s">
         <v>251</v>
       </c>
       <c r="C137" t="s">
         <v>252</v>
       </c>
       <c r="D137" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E137">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9783137407034</v>
+        <v>9783131697318</v>
       </c>
       <c r="B138" t="s">
         <v>253</v>
       </c>
       <c r="C138" t="s">
         <v>254</v>
       </c>
       <c r="D138" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E138">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9781604060362</v>
+        <v>9783137407034</v>
       </c>
       <c r="B139" t="s">
         <v>255</v>
       </c>
       <c r="C139" t="s">
         <v>256</v>
       </c>
       <c r="D139" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E139">
-        <v>2010</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9781604063752</v>
+        <v>9781604060362</v>
       </c>
       <c r="B140" t="s">
         <v>257</v>
       </c>
       <c r="C140" t="s">
         <v>258</v>
       </c>
       <c r="D140" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E140">
-        <v>2011</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>9783131538819</v>
+        <v>9781604063752</v>
       </c>
       <c r="B141" t="s">
         <v>259</v>
       </c>
       <c r="C141" t="s">
         <v>260</v>
       </c>
       <c r="D141" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E141">
         <v>2011</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>9783131076120</v>
+        <v>9783131538819</v>
       </c>
       <c r="B142" t="s">
-        <v>39</v>
+        <v>261</v>
       </c>
       <c r="C142" t="s">
-        <v>103</v>
+        <v>262</v>
       </c>
       <c r="D142" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E142">
-        <v>2006</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>9783131463319</v>
+        <v>9783131076120</v>
       </c>
       <c r="B143" t="s">
-        <v>261</v>
+        <v>41</v>
       </c>
       <c r="C143" t="s">
-        <v>262</v>
+        <v>105</v>
       </c>
       <c r="D143" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E143">
-        <v>2011</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>9781604066838</v>
+        <v>9783131463319</v>
       </c>
       <c r="B144" t="s">
         <v>263</v>
       </c>
       <c r="C144" t="s">
         <v>264</v>
       </c>
       <c r="D144" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E144">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>9781626230965</v>
+        <v>9781604066838</v>
       </c>
       <c r="B145" t="s">
         <v>265</v>
       </c>
       <c r="C145" t="s">
         <v>266</v>
       </c>
       <c r="D145" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E145">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>9781626231931</v>
+        <v>9781626230965</v>
       </c>
       <c r="B146" t="s">
         <v>267</v>
       </c>
       <c r="C146" t="s">
         <v>268</v>
       </c>
       <c r="D146" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E146">
         <v>2017</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>9781626232730</v>
+        <v>9781626231931</v>
       </c>
       <c r="B147" t="s">
         <v>269</v>
       </c>
       <c r="C147" t="s">
         <v>270</v>
       </c>
       <c r="D147" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E147">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>9781626232488</v>
+        <v>9781626232730</v>
       </c>
       <c r="B148" t="s">
-        <v>236</v>
+        <v>271</v>
       </c>
       <c r="C148" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="D148" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E148">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>9781626238688</v>
+        <v>9781626232488</v>
       </c>
       <c r="B149" t="s">
-        <v>272</v>
+        <v>238</v>
       </c>
       <c r="C149" t="s">
         <v>273</v>
       </c>
       <c r="D149" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E149">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>9781626235137</v>
+        <v>9781626238688</v>
       </c>
       <c r="B150" t="s">
-        <v>107</v>
+        <v>274</v>
       </c>
       <c r="C150" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="D150" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E150">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>9783132031616</v>
+        <v>9781626235137</v>
       </c>
       <c r="B151" t="s">
-        <v>275</v>
+        <v>109</v>
       </c>
       <c r="C151" t="s">
         <v>276</v>
       </c>
       <c r="D151" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E151">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>9783131758316</v>
+        <v>9783132031616</v>
       </c>
       <c r="B152" t="s">
-        <v>187</v>
+        <v>277</v>
       </c>
       <c r="C152" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D152" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E152">
         <v>2016</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9781604063226</v>
+        <v>9783131758316</v>
       </c>
       <c r="B153" t="s">
-        <v>278</v>
+        <v>189</v>
       </c>
       <c r="C153" t="s">
         <v>279</v>
       </c>
       <c r="D153" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E153">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>9783131165312</v>
+        <v>9781604063226</v>
       </c>
       <c r="B154" t="s">
-        <v>92</v>
+        <v>280</v>
       </c>
       <c r="C154" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D154" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E154">
-        <v>1999</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>9781626234598</v>
+        <v>9783131165312</v>
       </c>
       <c r="B155" t="s">
-        <v>171</v>
+        <v>94</v>
       </c>
       <c r="C155" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D155" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E155">
-        <v>2017</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>9789388257947</v>
+        <v>9781626234598</v>
       </c>
       <c r="B156" t="s">
-        <v>282</v>
+        <v>173</v>
       </c>
       <c r="C156" t="s">
         <v>283</v>
       </c>
       <c r="D156" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E156">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>9783136561034</v>
+        <v>9789388257947</v>
       </c>
       <c r="B157" t="s">
-        <v>39</v>
+        <v>284</v>
       </c>
       <c r="C157" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E157">
-        <v>2008</v>
+        <v>2020</v>
+      </c>
+      <c r="F157">
+        <v>53.0</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>9783131275936</v>
+        <v>9783136561034</v>
       </c>
       <c r="B158" t="s">
-        <v>102</v>
+        <v>41</v>
       </c>
       <c r="C158" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="D158" t="s">
-        <v>61</v>
+        <v>17</v>
       </c>
       <c r="E158">
-        <v>2010</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>9783132417229</v>
+        <v>9783131275936</v>
       </c>
       <c r="B159" t="s">
-        <v>286</v>
+        <v>104</v>
       </c>
       <c r="C159" t="s">
         <v>287</v>
       </c>
       <c r="D159" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E159">
-        <v>2017</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>9783132442634</v>
+        <v>9783132417229</v>
       </c>
       <c r="B160" t="s">
-        <v>102</v>
+        <v>288</v>
       </c>
       <c r="C160" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="D160" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="E160">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
+        <v>9783132442634</v>
+      </c>
+      <c r="B161" t="s">
+        <v>104</v>
+      </c>
+      <c r="C161" t="s">
+        <v>290</v>
+      </c>
+      <c r="D161" t="s">
+        <v>63</v>
+      </c>
+      <c r="E161">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="A162">
         <v>9783132437609</v>
       </c>
-      <c r="B161" t="s">
-[...8 lines deleted...]
-      <c r="E161">
+      <c r="B162" t="s">
+        <v>104</v>
+      </c>
+      <c r="C162" t="s">
+        <v>291</v>
+      </c>
+      <c r="D162" t="s">
+        <v>63</v>
+      </c>
+      <c r="E162">
         <v>2021</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>