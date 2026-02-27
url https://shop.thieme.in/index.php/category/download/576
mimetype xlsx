--- v0 (2025-11-27)
+++ v1 (2026-02-27)
@@ -634,51 +634,51 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2015</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9783132423985</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3">
         <v>2024</v>
       </c>
       <c r="F3">
-        <v>49.99</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9783132429871</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4">
         <v>2021</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9783131714312</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
@@ -688,51 +688,51 @@
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5">
         <v>2014</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9783131252425</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6">
         <v>2017</v>
       </c>
       <c r="F6">
-        <v>69.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9783131547217</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7">
         <v>2012</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9783131543011</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>