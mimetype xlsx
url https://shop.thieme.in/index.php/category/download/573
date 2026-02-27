--- v0 (2026-02-05)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Muhammad M. Abd-El-Barr</t>
   </si>
   <si>
     <t>Awake Spine Surgery</t>
   </si>
   <si>
@@ -446,56 +446,50 @@
   <si>
     <t>Jallo</t>
   </si>
   <si>
     <t>Neurotrauma and Critical Care of the Spine</t>
   </si>
   <si>
     <t>Reiser</t>
   </si>
   <si>
     <t>Musculoskeletal Imaging</t>
   </si>
   <si>
     <t>AO Foundation</t>
   </si>
   <si>
     <t>Orthopedic and Trauma Surgeons: CPD in Community Hospitals</t>
   </si>
   <si>
     <t>Fleisher</t>
   </si>
   <si>
     <t>Antiresorptive Drug-Related Osteonecrosis of the Jaw (ARONJ) - A Guide to Research</t>
   </si>
   <si>
-    <t>Wang</t>
-[...4 lines deleted...]
-  <si>
     <t>Saremi</t>
   </si>
   <si>
     <t>Imaging Anatomy</t>
   </si>
   <si>
     <t>AOSpine Masters Series, Volume 7</t>
   </si>
   <si>
     <t>Reimer</t>
   </si>
   <si>
     <t>MR Imaging of the Body</t>
   </si>
   <si>
     <t>An</t>
   </si>
   <si>
     <t>Video Atlas of Spine Surgery</t>
   </si>
   <si>
     <t>Hofstetter</t>
   </si>
   <si>
     <t>Atlas of Full-Endoscopic Spine Surgery</t>
@@ -867,56 +861,50 @@
     <t>Buckup</t>
   </si>
   <si>
     <t>Clinical Tests for the Musculoskeletal System</t>
   </si>
   <si>
     <t>Beredjiklian</t>
   </si>
   <si>
     <t>Hand Surgery</t>
   </si>
   <si>
     <t>Jhurani</t>
   </si>
   <si>
     <t>Computer Navigated and Handheld Robotic Knee Arthroplasty</t>
   </si>
   <si>
     <t>Dynamic Reconstruction of the Spine</t>
   </si>
   <si>
     <t>LaPorte</t>
   </si>
   <si>
     <t>Synopsis of Hand Surgery</t>
-  </si>
-[...4 lines deleted...]
-    <t>Management of Complications in Common Hand and Wrist Procedures</t>
   </si>
   <si>
     <t>Rudrappa</t>
   </si>
   <si>
     <t>Lumbar Interbody Fusion</t>
   </si>
   <si>
     <t>Gupta</t>
   </si>
   <si>
     <t>The Grasping Hand</t>
   </si>
   <si>
     <t>Pocket Atlas of Spine Surgery</t>
   </si>
   <si>
     <t>Meyer</t>
   </si>
   <si>
     <t>Encyclopedia of Football Medicine, Vol.3</t>
   </si>
   <si>
     <t>Rex</t>
   </si>
@@ -1280,51 +1268,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F174"/>
+  <dimension ref="A1:F172"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2653,1667 +2641,1633 @@
         <v>64.99</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
         <v>9783132412705</v>
       </c>
       <c r="B80" t="s">
         <v>142</v>
       </c>
       <c r="C80" t="s">
         <v>143</v>
       </c>
       <c r="D80" t="s">
         <v>119</v>
       </c>
       <c r="E80">
         <v>2017</v>
       </c>
       <c r="F80">
         <v>54.99</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9781626235885</v>
+        <v>9781626239883</v>
       </c>
       <c r="B81" t="s">
         <v>144</v>
       </c>
       <c r="C81" t="s">
         <v>145</v>
       </c>
       <c r="D81" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E81">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9781626239883</v>
+        <v>9781626232273</v>
       </c>
       <c r="B82" t="s">
+        <v>128</v>
+      </c>
+      <c r="C82" t="s">
         <v>146</v>
       </c>
-      <c r="C82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9781626232273</v>
+        <v>9783131358417</v>
       </c>
       <c r="B83" t="s">
-        <v>128</v>
+        <v>147</v>
       </c>
       <c r="C83" t="s">
         <v>148</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83">
-        <v>2017</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9783131358417</v>
+        <v>9781684200054</v>
       </c>
       <c r="B84" t="s">
         <v>149</v>
       </c>
       <c r="C84" t="s">
         <v>150</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9781684200054</v>
+        <v>9781684200238</v>
       </c>
       <c r="B85" t="s">
         <v>151</v>
       </c>
       <c r="C85" t="s">
         <v>152</v>
       </c>
       <c r="D85" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E85">
         <v>2020</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9781684200238</v>
+        <v>9781684200313</v>
       </c>
       <c r="B86" t="s">
         <v>153</v>
       </c>
       <c r="C86" t="s">
         <v>154</v>
       </c>
       <c r="D86" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E86">
         <v>2020</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9781684200313</v>
+        <v>9781626238084</v>
       </c>
       <c r="B87" t="s">
         <v>155</v>
       </c>
       <c r="C87" t="s">
         <v>156</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9781626238084</v>
+        <v>9783132409552</v>
       </c>
       <c r="B88" t="s">
         <v>157</v>
       </c>
       <c r="C88" t="s">
         <v>158</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9783132409552</v>
+        <v>9781626234772</v>
       </c>
       <c r="B89" t="s">
         <v>159</v>
       </c>
       <c r="C89" t="s">
         <v>160</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
       <c r="E89">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9781626234772</v>
+        <v>9783132038110</v>
       </c>
       <c r="B90" t="s">
         <v>161</v>
       </c>
       <c r="C90" t="s">
         <v>162</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90">
         <v>2017</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9783132038110</v>
+        <v>9783132429109</v>
       </c>
       <c r="B91" t="s">
         <v>163</v>
       </c>
       <c r="C91" t="s">
         <v>164</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
       <c r="E91">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9783132429109</v>
+        <v>9781626238534</v>
       </c>
       <c r="B92" t="s">
         <v>165</v>
       </c>
       <c r="C92" t="s">
         <v>166</v>
       </c>
       <c r="D92" t="s">
         <v>8</v>
       </c>
       <c r="E92">
         <v>2019</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9781626238534</v>
+        <v>9783132442214</v>
       </c>
       <c r="B93" t="s">
         <v>167</v>
       </c>
       <c r="C93" t="s">
         <v>168</v>
       </c>
       <c r="D93" t="s">
         <v>8</v>
       </c>
       <c r="E93">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9783132442214</v>
+        <v>9783132423794</v>
       </c>
       <c r="B94" t="s">
         <v>169</v>
       </c>
       <c r="C94" t="s">
         <v>170</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9783132423794</v>
+        <v>9781626230477</v>
       </c>
       <c r="B95" t="s">
+        <v>128</v>
+      </c>
+      <c r="C95" t="s">
         <v>171</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781626230477</v>
+        <v>9783131439314</v>
       </c>
       <c r="B96" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C96" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D96" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E96">
-        <v>2015</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9783131439314</v>
+        <v>9781684200801</v>
       </c>
       <c r="B97" t="s">
-        <v>134</v>
+        <v>173</v>
       </c>
       <c r="C97" t="s">
         <v>174</v>
       </c>
       <c r="D97" t="s">
         <v>119</v>
       </c>
       <c r="E97">
-        <v>2009</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9781684200801</v>
+        <v>9783131510815</v>
       </c>
       <c r="B98" t="s">
         <v>175</v>
       </c>
       <c r="C98" t="s">
         <v>176</v>
       </c>
       <c r="D98" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E98">
-        <v>2021</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9783131510815</v>
+        <v>9783132053410</v>
       </c>
       <c r="B99" t="s">
         <v>177</v>
       </c>
       <c r="C99" t="s">
         <v>178</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
-        <v>2010</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9783132053410</v>
+        <v>9781626230385</v>
       </c>
       <c r="B100" t="s">
         <v>179</v>
       </c>
       <c r="C100" t="s">
         <v>180</v>
       </c>
       <c r="D100" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E100">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781626230385</v>
+        <v>9781626234536</v>
       </c>
       <c r="B101" t="s">
+        <v>128</v>
+      </c>
+      <c r="C101" t="s">
         <v>181</v>
       </c>
-      <c r="C101" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D101" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E101">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781626234536</v>
+        <v>9781626232600</v>
       </c>
       <c r="B102" t="s">
-        <v>128</v>
+        <v>182</v>
       </c>
       <c r="C102" t="s">
         <v>183</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102">
         <v>2018</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9781626232600</v>
+        <v>9781626230545</v>
       </c>
       <c r="B103" t="s">
         <v>184</v>
       </c>
       <c r="C103" t="s">
         <v>185</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781626230545</v>
+        <v>9783132414471</v>
       </c>
       <c r="B104" t="s">
         <v>186</v>
       </c>
       <c r="C104" t="s">
         <v>187</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9783132414471</v>
+        <v>9783131726612</v>
       </c>
       <c r="B105" t="s">
         <v>188</v>
       </c>
       <c r="C105" t="s">
         <v>189</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9783131726612</v>
+        <v>9783132037915</v>
       </c>
       <c r="B106" t="s">
         <v>190</v>
       </c>
       <c r="C106" t="s">
         <v>191</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
       <c r="E106">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9783132037915</v>
+        <v>9781626230507</v>
       </c>
       <c r="B107" t="s">
+        <v>128</v>
+      </c>
+      <c r="C107" t="s">
         <v>192</v>
       </c>
-      <c r="C107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781626230507</v>
+        <v>9783131750617</v>
       </c>
       <c r="B108" t="s">
-        <v>128</v>
+        <v>193</v>
       </c>
       <c r="C108" t="s">
         <v>194</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
       <c r="E108">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9783131750617</v>
+        <v>9783131658111</v>
       </c>
       <c r="B109" t="s">
+        <v>134</v>
+      </c>
+      <c r="C109" t="s">
         <v>195</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E109">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9783131658111</v>
+        <v>9781626236790</v>
       </c>
       <c r="B110" t="s">
-        <v>134</v>
+        <v>196</v>
       </c>
       <c r="C110" t="s">
         <v>197</v>
       </c>
       <c r="D110" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E110">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781626236790</v>
+        <v>9781626232181</v>
       </c>
       <c r="B111" t="s">
         <v>198</v>
       </c>
       <c r="C111" t="s">
         <v>199</v>
       </c>
       <c r="D111" t="s">
         <v>8</v>
       </c>
       <c r="E111">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9781626232181</v>
+        <v>9781626231009</v>
       </c>
       <c r="B112" t="s">
+        <v>128</v>
+      </c>
+      <c r="C112" t="s">
         <v>200</v>
       </c>
-      <c r="C112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
       <c r="E112">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9781626231009</v>
+        <v>9781604064179</v>
       </c>
       <c r="B113" t="s">
-        <v>128</v>
+        <v>201</v>
       </c>
       <c r="C113" t="s">
         <v>202</v>
       </c>
       <c r="D113" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E113">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9781604064179</v>
+        <v>9781626230309</v>
       </c>
       <c r="B114" t="s">
+        <v>149</v>
+      </c>
+      <c r="C114" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
       <c r="D114" t="s">
         <v>119</v>
       </c>
       <c r="E114">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9781626230309</v>
+        <v>9781626237124</v>
       </c>
       <c r="B115" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="C115" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D115" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E115">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9781626237124</v>
+        <v>9781626234314</v>
       </c>
       <c r="B116" t="s">
-        <v>175</v>
+        <v>205</v>
       </c>
       <c r="C116" t="s">
         <v>206</v>
       </c>
       <c r="D116" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E116">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9781626234314</v>
+        <v>9783131444813</v>
       </c>
       <c r="B117" t="s">
         <v>207</v>
       </c>
       <c r="C117" t="s">
         <v>208</v>
       </c>
       <c r="D117" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E117">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9783131444813</v>
+        <v>9781626236431</v>
       </c>
       <c r="B118" t="s">
         <v>209</v>
       </c>
       <c r="C118" t="s">
         <v>210</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9781626236431</v>
+        <v>9781626239821</v>
       </c>
       <c r="B119" t="s">
-        <v>211</v>
+        <v>144</v>
       </c>
       <c r="C119" t="s">
-        <v>212</v>
+        <v>145</v>
       </c>
       <c r="D119" t="s">
         <v>8</v>
       </c>
       <c r="E119">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9781626239821</v>
+        <v>9781626233539</v>
       </c>
       <c r="B120" t="s">
-        <v>146</v>
+        <v>211</v>
       </c>
       <c r="C120" t="s">
-        <v>147</v>
+        <v>212</v>
       </c>
       <c r="D120" t="s">
         <v>8</v>
       </c>
       <c r="E120">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9781626233539</v>
+        <v>9781626232877</v>
       </c>
       <c r="B121" t="s">
         <v>213</v>
       </c>
       <c r="C121" t="s">
         <v>214</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
       <c r="E121">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9781626232877</v>
+        <v>9781604064117</v>
       </c>
       <c r="B122" t="s">
-        <v>215</v>
+        <v>165</v>
       </c>
       <c r="C122" t="s">
-        <v>216</v>
+        <v>74</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>9781604064117</v>
+        <v>9781626237322</v>
       </c>
       <c r="B123" t="s">
-        <v>167</v>
+        <v>215</v>
       </c>
       <c r="C123" t="s">
-        <v>74</v>
+        <v>216</v>
       </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
       <c r="E123">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>9781626237322</v>
+        <v>9781604069044</v>
       </c>
       <c r="B124" t="s">
         <v>217</v>
       </c>
       <c r="C124" t="s">
         <v>218</v>
       </c>
       <c r="D124" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E124">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>9781604069044</v>
+        <v>9781626238060</v>
       </c>
       <c r="B125" t="s">
         <v>219</v>
       </c>
       <c r="C125" t="s">
         <v>220</v>
       </c>
       <c r="D125" t="s">
         <v>119</v>
       </c>
       <c r="E125">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>9781626238060</v>
+        <v>9783132215818</v>
       </c>
       <c r="B126" t="s">
         <v>221</v>
       </c>
       <c r="C126" t="s">
         <v>222</v>
       </c>
       <c r="D126" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E126">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>9783132215818</v>
+        <v>9783132417205</v>
       </c>
       <c r="B127" t="s">
         <v>223</v>
       </c>
       <c r="C127" t="s">
         <v>224</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>9783132417205</v>
+        <v>9781626232235</v>
       </c>
       <c r="B128" t="s">
+        <v>128</v>
+      </c>
+      <c r="C128" t="s">
         <v>225</v>
       </c>
-      <c r="C128" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>9781626232235</v>
+        <v>9781604060423</v>
       </c>
       <c r="B129" t="s">
-        <v>128</v>
+        <v>226</v>
       </c>
       <c r="C129" t="s">
         <v>227</v>
       </c>
       <c r="D129" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E129">
-        <v>2015</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>9781604060423</v>
+        <v>9781626232020</v>
       </c>
       <c r="B130" t="s">
         <v>228</v>
       </c>
       <c r="C130" t="s">
         <v>229</v>
       </c>
       <c r="D130" t="s">
         <v>119</v>
       </c>
       <c r="E130">
-        <v>2009</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>9781626232020</v>
+        <v>9789385062612</v>
       </c>
       <c r="B131" t="s">
+        <v>153</v>
+      </c>
+      <c r="C131" t="s">
         <v>230</v>
       </c>
-      <c r="C131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E131">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F131">
+        <v>204.99</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9789385062612</v>
+        <v>9781684200092</v>
       </c>
       <c r="B132" t="s">
-        <v>155</v>
+        <v>231</v>
       </c>
       <c r="C132" t="s">
         <v>232</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
       <c r="E132">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>204.99</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781684200092</v>
+        <v>9781626235168</v>
       </c>
       <c r="B133" t="s">
         <v>233</v>
       </c>
       <c r="C133" t="s">
         <v>234</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
       <c r="E133">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781626235168</v>
+        <v>9783132427518</v>
       </c>
       <c r="B134" t="s">
         <v>235</v>
       </c>
       <c r="C134" t="s">
         <v>236</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134">
         <v>2019</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9783132427518</v>
+        <v>9783131624710</v>
       </c>
       <c r="B135" t="s">
         <v>237</v>
       </c>
       <c r="C135" t="s">
         <v>238</v>
       </c>
       <c r="D135" t="s">
         <v>8</v>
       </c>
       <c r="E135">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9783131624710</v>
+        <v>9781684202300</v>
       </c>
       <c r="B136" t="s">
         <v>239</v>
       </c>
       <c r="C136" t="s">
         <v>240</v>
       </c>
       <c r="D136" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E136">
-        <v>2013</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9781684202300</v>
+        <v>9781626235076</v>
       </c>
       <c r="B137" t="s">
+        <v>228</v>
+      </c>
+      <c r="C137" t="s">
         <v>241</v>
-      </c>
-[...1 lines deleted...]
-        <v>242</v>
       </c>
       <c r="D137" t="s">
         <v>119</v>
       </c>
       <c r="E137">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9781626235076</v>
+        <v>9781626232440</v>
       </c>
       <c r="B138" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="C138" t="s">
         <v>243</v>
       </c>
       <c r="D138" t="s">
         <v>119</v>
       </c>
       <c r="E138">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9781626232440</v>
+        <v>9783131658517</v>
       </c>
       <c r="B139" t="s">
+        <v>72</v>
+      </c>
+      <c r="C139" t="s">
         <v>244</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E139">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9783131658517</v>
+        <v>9781626238558</v>
       </c>
       <c r="B140" t="s">
-        <v>72</v>
+        <v>245</v>
       </c>
       <c r="C140" t="s">
         <v>246</v>
       </c>
       <c r="D140" t="s">
         <v>8</v>
       </c>
       <c r="E140">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>9781626238558</v>
+        <v>9781626239180</v>
       </c>
       <c r="B141" t="s">
         <v>247</v>
       </c>
       <c r="C141" t="s">
         <v>248</v>
       </c>
       <c r="D141" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E141">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>9781626239180</v>
+        <v>9781626233201</v>
       </c>
       <c r="B142" t="s">
         <v>249</v>
       </c>
       <c r="C142" t="s">
         <v>250</v>
       </c>
       <c r="D142" t="s">
-        <v>119</v>
+        <v>17</v>
       </c>
       <c r="E142">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>9781626233201</v>
+        <v>9783131731111</v>
       </c>
       <c r="B143" t="s">
         <v>251</v>
       </c>
       <c r="C143" t="s">
         <v>252</v>
       </c>
       <c r="D143" t="s">
-        <v>17</v>
+        <v>119</v>
       </c>
       <c r="E143">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>9783131731111</v>
+        <v>9783137055020</v>
       </c>
       <c r="B144" t="s">
         <v>253</v>
       </c>
       <c r="C144" t="s">
         <v>254</v>
       </c>
       <c r="D144" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E144">
         <v>2015</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>9783137055020</v>
+        <v>9781626236011</v>
       </c>
       <c r="B145" t="s">
         <v>255</v>
       </c>
       <c r="C145" t="s">
         <v>256</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
       <c r="E145">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>9781626236011</v>
+        <v>9783132431744</v>
       </c>
       <c r="B146" t="s">
         <v>257</v>
       </c>
       <c r="C146" t="s">
         <v>258</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
       <c r="E146">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>9783132431744</v>
+        <v>9783131492715</v>
       </c>
       <c r="B147" t="s">
+        <v>221</v>
+      </c>
+      <c r="C147" t="s">
         <v>259</v>
       </c>
-      <c r="C147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" t="s">
         <v>8</v>
       </c>
       <c r="E147">
-        <v>2021</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>9783131492715</v>
+        <v>9783131746412</v>
       </c>
       <c r="B148" t="s">
-        <v>223</v>
+        <v>260</v>
       </c>
       <c r="C148" t="s">
         <v>261</v>
       </c>
       <c r="D148" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E148">
-        <v>2009</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>9783131746412</v>
+        <v>9783132428416</v>
       </c>
       <c r="B149" t="s">
+        <v>221</v>
+      </c>
+      <c r="C149" t="s">
         <v>262</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E149">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>9783132428416</v>
+        <v>9781626233607</v>
       </c>
       <c r="B150" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="C150" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>9781626233607</v>
+        <v>9781626232501</v>
       </c>
       <c r="B151" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="C151" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D151" t="s">
         <v>8</v>
       </c>
       <c r="E151">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>9781626232501</v>
+        <v>9783132415607</v>
       </c>
       <c r="B152" t="s">
-        <v>233</v>
+        <v>265</v>
       </c>
       <c r="C152" t="s">
         <v>266</v>
       </c>
       <c r="D152" t="s">
         <v>8</v>
       </c>
       <c r="E152">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9783132415607</v>
+        <v>9781604066838</v>
       </c>
       <c r="B153" t="s">
         <v>267</v>
       </c>
       <c r="C153" t="s">
         <v>268</v>
       </c>
       <c r="D153" t="s">
         <v>8</v>
       </c>
       <c r="E153">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>9781604066838</v>
+        <v>9781626235410</v>
       </c>
       <c r="B154" t="s">
+        <v>75</v>
+      </c>
+      <c r="C154" t="s">
         <v>269</v>
       </c>
-      <c r="C154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>9781626235410</v>
+        <v>9783131528810</v>
       </c>
       <c r="B155" t="s">
-        <v>75</v>
+        <v>270</v>
       </c>
       <c r="C155" t="s">
         <v>271</v>
       </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="E155">
-        <v>2022</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>9783131528810</v>
+        <v>9783131746214</v>
       </c>
       <c r="B156" t="s">
         <v>272</v>
       </c>
       <c r="C156" t="s">
         <v>273</v>
       </c>
       <c r="D156" t="s">
         <v>8</v>
       </c>
       <c r="E156">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>9783131746214</v>
+        <v>9783131367938</v>
       </c>
       <c r="B157" t="s">
         <v>274</v>
       </c>
       <c r="C157" t="s">
         <v>275</v>
       </c>
       <c r="D157" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E157">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>9783131367938</v>
+        <v>9781626234796</v>
       </c>
       <c r="B158" t="s">
         <v>276</v>
       </c>
       <c r="C158" t="s">
         <v>277</v>
       </c>
       <c r="D158" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E158">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>9781626234796</v>
+        <v>9789390553402</v>
       </c>
       <c r="B159" t="s">
         <v>278</v>
       </c>
       <c r="C159" t="s">
         <v>279</v>
       </c>
       <c r="D159" t="s">
         <v>8</v>
       </c>
       <c r="E159">
-        <v>2020</v>
+        <v>2022</v>
+      </c>
+      <c r="F159">
+        <v>142.0</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>9789390553402</v>
+        <v>9781604068733</v>
       </c>
       <c r="B160" t="s">
+        <v>107</v>
+      </c>
+      <c r="C160" t="s">
         <v>280</v>
       </c>
-      <c r="C160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D160" t="s">
         <v>8</v>
       </c>
       <c r="E160">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>9781604068733</v>
+        <v>9781684200764</v>
       </c>
       <c r="B161" t="s">
-        <v>107</v>
+        <v>281</v>
       </c>
       <c r="C161" t="s">
         <v>282</v>
       </c>
       <c r="D161" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E161">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>9781684200764</v>
+        <v>9789388257541</v>
       </c>
       <c r="B162" t="s">
         <v>283</v>
       </c>
       <c r="C162" t="s">
         <v>284</v>
       </c>
       <c r="D162" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E162">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F162">
+        <v>142.0</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>9783132436039</v>
+        <v>9781604068160</v>
       </c>
       <c r="B163" t="s">
         <v>285</v>
       </c>
       <c r="C163" t="s">
         <v>286</v>
       </c>
       <c r="D163" t="s">
         <v>8</v>
       </c>
       <c r="E163">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>9789388257541</v>
+        <v>9781626236233</v>
       </c>
       <c r="B164" t="s">
+        <v>228</v>
+      </c>
+      <c r="C164" t="s">
         <v>287</v>
       </c>
-      <c r="C164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D164" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E164">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>9781604068160</v>
+        <v>9783132408722</v>
       </c>
       <c r="B165" t="s">
+        <v>288</v>
+      </c>
+      <c r="C165" t="s">
         <v>289</v>
       </c>
-      <c r="C165" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D165" t="s">
         <v>8</v>
       </c>
       <c r="E165">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>9781626236233</v>
+        <v>9789390553624</v>
       </c>
       <c r="B166" t="s">
-        <v>230</v>
+        <v>290</v>
       </c>
       <c r="C166" t="s">
         <v>291</v>
       </c>
       <c r="D166" t="s">
-        <v>119</v>
+        <v>8</v>
       </c>
       <c r="E166">
-        <v>2018</v>
+        <v>2022</v>
+      </c>
+      <c r="F166">
+        <v>136.0</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>9783132408722</v>
+        <v>9788194857099</v>
       </c>
       <c r="B167" t="s">
         <v>292</v>
       </c>
       <c r="C167" t="s">
         <v>293</v>
       </c>
       <c r="D167" t="s">
         <v>8</v>
       </c>
       <c r="E167">
-        <v>2017</v>
+        <v>2021</v>
+      </c>
+      <c r="F167">
+        <v>160.0</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>9789390553624</v>
+        <v>9789386293091</v>
       </c>
       <c r="B168" t="s">
         <v>294</v>
       </c>
       <c r="C168" t="s">
         <v>295</v>
       </c>
       <c r="D168" t="s">
         <v>8</v>
       </c>
       <c r="E168">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F168">
-        <v>136.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>9788194857099</v>
+        <v>9789390553334</v>
       </c>
       <c r="B169" t="s">
         <v>296</v>
       </c>
       <c r="C169" t="s">
         <v>297</v>
       </c>
       <c r="D169" t="s">
         <v>8</v>
       </c>
       <c r="E169">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F169">
-        <v>160.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>9789386293091</v>
+        <v>9781604068818</v>
       </c>
       <c r="B170" t="s">
+        <v>153</v>
+      </c>
+      <c r="C170" t="s">
         <v>298</v>
       </c>
-      <c r="C170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" t="s">
         <v>8</v>
       </c>
       <c r="E170">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>9789390553334</v>
+        <v>9781684201334</v>
       </c>
       <c r="B171" t="s">
+        <v>299</v>
+      </c>
+      <c r="C171" t="s">
         <v>300</v>
       </c>
-      <c r="C171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D171" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E171">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>9781604068818</v>
+        <v>9789385062230</v>
       </c>
       <c r="B172" t="s">
-        <v>155</v>
+        <v>301</v>
       </c>
       <c r="C172" t="s">
         <v>302</v>
       </c>
       <c r="D172" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E172">
-        <v>2018</v>
-[...32 lines deleted...]
-      <c r="E174">
         <v>2016</v>
       </c>
-      <c r="F174">
+      <c r="F172">
         <v>64.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>