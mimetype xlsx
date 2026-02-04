--- v0 (2025-11-27)
+++ v1 (2026-02-04)
@@ -631,71 +631,71 @@
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5">
         <v>2023</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9789386293688</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6">
         <v>2018</v>
       </c>
       <c r="F6">
-        <v>419.99</v>
+        <v>499.99</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9789380378879</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7">
         <v>2006</v>
       </c>
       <c r="F7">
-        <v>449.99</v>
+        <v>369.99</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9783131486714</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8">
         <v>2008</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9783131392718</v>
       </c>
       <c r="B9" t="s">
         <v>20</v>
@@ -705,148 +705,148 @@
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9">
         <v>2004</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9788194558699</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
       </c>
       <c r="C10" t="s">
         <v>23</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10">
         <v>2020</v>
       </c>
       <c r="F10">
-        <v>199.99</v>
+        <v>179.99</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9789388257978</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11">
         <v>2020</v>
       </c>
       <c r="F11">
-        <v>174.99</v>
+        <v>159.99</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9789385062384</v>
       </c>
       <c r="B12" t="s">
         <v>26</v>
       </c>
       <c r="C12" t="s">
         <v>27</v>
       </c>
       <c r="D12" t="s">
         <v>28</v>
       </c>
       <c r="E12">
         <v>2010</v>
       </c>
       <c r="F12">
-        <v>109.99</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9789385062162</v>
       </c>
       <c r="B13" t="s">
         <v>29</v>
       </c>
       <c r="C13" t="s">
         <v>30</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13">
         <v>2015</v>
       </c>
       <c r="F13">
-        <v>99.99</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9783131715111</v>
       </c>
       <c r="B14" t="s">
         <v>31</v>
       </c>
       <c r="C14" t="s">
         <v>32</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
         <v>2014</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9783131987914</v>
       </c>
       <c r="B15" t="s">
         <v>33</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>28</v>
       </c>
       <c r="E15">
         <v>2014</v>
       </c>
       <c r="F15">
-        <v>64.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9781626232273</v>
       </c>
       <c r="B16" t="s">
         <v>29</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16">
         <v>2017</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9781626230477</v>
       </c>
       <c r="B17" t="s">
         <v>29</v>