--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -12,68 +12,4763 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1571">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
+  </si>
+  <si>
+    <t>Muhammad M. Abd-El-Barr</t>
+  </si>
+  <si>
+    <t>Awake Spine Surgery</t>
+  </si>
+  <si>
+    <t>Hardback</t>
+  </si>
+  <si>
+    <t>Andrew J. Kobets</t>
+  </si>
+  <si>
+    <t>Neurosurgical Operative Atlas</t>
+  </si>
+  <si>
+    <t>Uma Srikumaran</t>
+  </si>
+  <si>
+    <t>MRI in Orthopaedics and Sports Medicine</t>
+  </si>
+  <si>
+    <t>Susan E. Mackinnon</t>
+  </si>
+  <si>
+    <t>Nerve Surgery</t>
+  </si>
+  <si>
+    <t>Abigail G. Crum</t>
+  </si>
+  <si>
+    <t>Neurosurgery Fundamentals for Advanced Practice Providers</t>
+  </si>
+  <si>
+    <t>Paperback</t>
+  </si>
+  <si>
+    <t>Preetha Kamath Agarwal</t>
+  </si>
+  <si>
+    <t>Dermatology Fundamentals</t>
+  </si>
+  <si>
+    <t>Michael T. Lawton</t>
+  </si>
+  <si>
+    <t>Seven Carvernomas</t>
+  </si>
+  <si>
+    <t>Timo Krings</t>
+  </si>
+  <si>
+    <t>Case-Based Interventional Neuroradiology</t>
+  </si>
+  <si>
+    <t>Peter Fischer</t>
+  </si>
+  <si>
+    <t>Tests and Exercises for the Spine</t>
+  </si>
+  <si>
+    <t>Elizabeth McFarland</t>
+  </si>
+  <si>
+    <t>CT Colonography Video Case Review</t>
+  </si>
+  <si>
+    <t>Shokei Yamada</t>
+  </si>
+  <si>
+    <t>Tethered Cord Syndrome in Children and Adults</t>
+  </si>
+  <si>
+    <t>Mark R Shaya</t>
+  </si>
+  <si>
+    <t>Neurosurgery Practice Questions and Answers</t>
+  </si>
+  <si>
+    <t>Priya Narang</t>
+  </si>
+  <si>
+    <t>Optimizing Suboptimal Results Following Cataract Surgery</t>
+  </si>
+  <si>
+    <t>Ali A. Baaj</t>
+  </si>
+  <si>
+    <t>Cervical Spine Surgery</t>
+  </si>
+  <si>
+    <t>Indumathy Santhanam</t>
+  </si>
+  <si>
+    <t>Paediatric Emergency Medication Book</t>
+  </si>
+  <si>
+    <t>Spiral</t>
+  </si>
+  <si>
+    <t>Samuel Atcherson</t>
+  </si>
+  <si>
+    <t>Audiology Diagnosis 3rd Ed.</t>
+  </si>
+  <si>
+    <t>Hans Behrbohm</t>
+  </si>
+  <si>
+    <t>Ear, Nose, and Throat Diseases</t>
+  </si>
+  <si>
+    <t>Jason Pui Yin Cheung</t>
+  </si>
+  <si>
+    <t>Insights and Innovations from AO Spine Asia Pacific Ossification Disorders</t>
+  </si>
+  <si>
+    <t>Lisa Feldman</t>
+  </si>
+  <si>
+    <t>Neurosurgical Operative Atlas: Neuro-Oncology</t>
+  </si>
+  <si>
+    <t>Nitin Agarwal</t>
+  </si>
+  <si>
+    <t>Neurosurgery Fundamentals</t>
+  </si>
+  <si>
+    <t>Gerhard Breves</t>
+  </si>
+  <si>
+    <t>Veterinary Physiology</t>
+  </si>
+  <si>
+    <t>Andrew Fanous</t>
+  </si>
+  <si>
+    <t>Spine and Spinal Cord Tumors</t>
+  </si>
+  <si>
+    <t>Sachin Anil Borkar</t>
+  </si>
+  <si>
+    <t>AIIMS Neurosurgery Casebook</t>
+  </si>
+  <si>
+    <t>Robert H True</t>
+  </si>
+  <si>
+    <t>Practical Guide to Hair Transplantation</t>
+  </si>
+  <si>
+    <t>Michael Godin</t>
+  </si>
+  <si>
+    <t>Rhinoplasty</t>
+  </si>
+  <si>
+    <t>Mark R. Shaya</t>
+  </si>
+  <si>
+    <t>Neurosurgery Rounds: Questions and Answers</t>
+  </si>
+  <si>
+    <t>Sanjeev Kumar Mittal</t>
+  </si>
+  <si>
+    <t>Textbook of Ophthalmology</t>
+  </si>
+  <si>
+    <t>Simone Lee</t>
+  </si>
+  <si>
+    <t>Synopsis of Foot and Ankle Surgery</t>
+  </si>
+  <si>
+    <t>A. K. Khurana</t>
+  </si>
+  <si>
+    <t>Management Protocols in Ophthalmology</t>
+  </si>
+  <si>
+    <t>Maxwell Boakye</t>
+  </si>
+  <si>
+    <t>Biomechanics of Spine Stabilization</t>
+  </si>
+  <si>
+    <t>Peter H. Hwang</t>
+  </si>
+  <si>
+    <t>Rhinology</t>
+  </si>
+  <si>
+    <t>Mark S Greenberg</t>
+  </si>
+  <si>
+    <t>Handbook of Neurosurgery (9th Edition)</t>
+  </si>
+  <si>
+    <t>Journal of Peripheral Nerve Surgery ISPNS</t>
+  </si>
+  <si>
+    <t>International Journal Of Health Environment And Research</t>
+  </si>
+  <si>
+    <t>Christopher DeWald</t>
+  </si>
+  <si>
+    <t>Spinal Deformities The Comprehensive Text</t>
+  </si>
+  <si>
+    <t>Peter Nakaji</t>
+  </si>
+  <si>
+    <t>Colloid Cysts of the Third Ventricle</t>
+  </si>
+  <si>
+    <t>Handbook of Spine Surgery</t>
+  </si>
+  <si>
+    <t>Shehzad Safdar Tarar</t>
+  </si>
+  <si>
+    <t>Top Score for the Neurosurgery Board Examination Q &amp; A</t>
+  </si>
+  <si>
+    <t>Jeffrey Janis</t>
+  </si>
+  <si>
+    <t>Essentials of Aesthetic Surgery Q+A Companion</t>
+  </si>
+  <si>
+    <t>Paperback (Perfect Binding)</t>
+  </si>
+  <si>
+    <t>James Duncavage</t>
+  </si>
+  <si>
+    <t>The Maxillary Sinus</t>
+  </si>
+  <si>
+    <t>Mixed media product</t>
+  </si>
+  <si>
+    <t>Eric Baker</t>
+  </si>
+  <si>
+    <t>Anatomy for Dental Medicine 2</t>
+  </si>
+  <si>
+    <t>ASSI-BOX-SET</t>
+  </si>
+  <si>
+    <t>Zaveri</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs - 8 Volume Set</t>
+  </si>
+  <si>
+    <t>Case</t>
+  </si>
+  <si>
+    <t>Clark</t>
+  </si>
+  <si>
+    <t>Bullet Points in ENT</t>
+  </si>
+  <si>
+    <t>Paperback/softback</t>
+  </si>
+  <si>
+    <t>Dresing</t>
+  </si>
+  <si>
+    <t>Casts, Splints, and Support Bandages</t>
+  </si>
+  <si>
+    <t>Alexander Ropper</t>
+  </si>
+  <si>
+    <t>Spinoplastic Reconstruction</t>
+  </si>
+  <si>
+    <t>American Journal of Perinatology Reports</t>
+  </si>
+  <si>
+    <t>Bernard Bendok</t>
+  </si>
+  <si>
+    <t>Hemorrhagic and Ischemic Stroke</t>
+  </si>
+  <si>
+    <t>Atcherson</t>
+  </si>
+  <si>
+    <t>Auditory Electrophysiology</t>
+  </si>
+  <si>
+    <t>Steven Weiner</t>
+  </si>
+  <si>
+    <t>Atlas of Ultrasound and Anatomy</t>
+  </si>
+  <si>
+    <t>David Chiu</t>
+  </si>
+  <si>
+    <t>Reconstruction of the Thumb and Finger</t>
+  </si>
+  <si>
+    <t>Nicholas Theodore</t>
+  </si>
+  <si>
+    <t>The Brain, Spine and Nerves in Sports</t>
+  </si>
+  <si>
+    <t>Jeffrey Weinstein</t>
+  </si>
+  <si>
+    <t>Venous Thromboembolism</t>
+  </si>
+  <si>
+    <t>Kodeeswaran M</t>
+  </si>
+  <si>
+    <t>A Practical Manual for Cisternostomy</t>
+  </si>
+  <si>
+    <t>Neligan</t>
+  </si>
+  <si>
+    <t>Jackson's Local Flaps in Head and Neck Reconstruction</t>
+  </si>
+  <si>
+    <t>Lin</t>
+  </si>
+  <si>
+    <t>Neck Rejuvenation- Lin</t>
+  </si>
+  <si>
+    <t>Rohrich</t>
+  </si>
+  <si>
+    <t>Dallas Rhinoplasty</t>
+  </si>
+  <si>
+    <t>Herdman</t>
+  </si>
+  <si>
+    <t>NANDA-I International Nursing Diagnoses</t>
+  </si>
+  <si>
+    <t>Zileli</t>
+  </si>
+  <si>
+    <t>Correction Techniques for Spine Deformity</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs-Complications in Spine Surgery</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs-Ankylosing Spondylitis</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs-Lumbar Spinal Stenosis</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs—Lumbar Disc Herniation</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs—Early Onset Scoliosis</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs—Spinal Tuberculosis</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs—Craniovertebral Junction</t>
+  </si>
+  <si>
+    <t>Singh</t>
+  </si>
+  <si>
+    <t>The Clinical Guide for Plastic and Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Kochar</t>
+  </si>
+  <si>
+    <t>Practical Approach to Pediatric and Adolescent Endocrinology</t>
+  </si>
+  <si>
+    <t>Santhanam</t>
+  </si>
+  <si>
+    <t>Paediatric Resuscitation and Emergency Medicine (PREM) for Low- and Middle- Income</t>
+  </si>
+  <si>
+    <t>Hardbound</t>
+  </si>
+  <si>
+    <t>Kirtane</t>
+  </si>
+  <si>
+    <t>Pediatric Otorhinolaryngology</t>
+  </si>
+  <si>
+    <t>Rhinology and Endoscopic Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Narendra kumar</t>
+  </si>
+  <si>
+    <t>100 Complications of Otorhinolaryngology &amp; Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Suri</t>
+  </si>
+  <si>
+    <t>Imaging Handbook on Anatomy of Cochlea</t>
+  </si>
+  <si>
+    <t>Gupta</t>
+  </si>
+  <si>
+    <t>An Approach to Successful Tympanoplasty</t>
+  </si>
+  <si>
+    <t>Babhulkar</t>
+  </si>
+  <si>
+    <t>Guidelines in Fracture Management</t>
+  </si>
+  <si>
+    <t>Goel</t>
+  </si>
+  <si>
+    <t>Sushrut Babhulkar</t>
+  </si>
+  <si>
+    <t>Kulkarni</t>
+  </si>
+  <si>
+    <t>Jerome</t>
+  </si>
+  <si>
+    <t>An Evidence-Based Approach To The Fingertip Diseases</t>
+  </si>
+  <si>
+    <t>The ASSI Monographs - Osteoporosis and Spine</t>
+  </si>
+  <si>
+    <t>Cheung</t>
+  </si>
+  <si>
+    <t>Insights and Innovations from AO Spine Asia Pacific</t>
+  </si>
+  <si>
+    <t>Insights and Innovations from AO Spine Asia Pacific: TB Spine</t>
+  </si>
+  <si>
+    <t>B Gupta</t>
+  </si>
+  <si>
+    <t>An Approach to Successful Stapedectomy</t>
+  </si>
+  <si>
+    <t>Ramanjit Sihota</t>
+  </si>
+  <si>
+    <t>Practical Approach to Glaucoma</t>
+  </si>
+  <si>
+    <t>Joseph Varon</t>
+  </si>
+  <si>
+    <t>Challenges in the Pandemic</t>
+  </si>
+  <si>
+    <t>Mohnish Grover</t>
+  </si>
+  <si>
+    <t>Textbook of Radiology for Cochlear Implants</t>
+  </si>
+  <si>
+    <t>Vikas Dhikav</t>
+  </si>
+  <si>
+    <t>Principles and Practice of Neuropsychopharmacology</t>
+  </si>
+  <si>
+    <t>Anirban Ghosh</t>
+  </si>
+  <si>
+    <t>Color Atlas of Otology</t>
+  </si>
+  <si>
+    <t>Jack Fisher</t>
+  </si>
+  <si>
+    <t>Problems in Breast Surgery</t>
+  </si>
+  <si>
+    <t>Richard Buckley</t>
+  </si>
+  <si>
+    <t>AO Principles of Fracture Management</t>
+  </si>
+  <si>
+    <t>Sarkar</t>
+  </si>
+  <si>
+    <t>Essentials of Diagnostic Surgical Neuropathology</t>
+  </si>
+  <si>
+    <t>Surgical Nuances of Head Injury</t>
+  </si>
+  <si>
+    <t>Mehta</t>
+  </si>
+  <si>
+    <t>Atlas of Facial Nerve Surgeries and Reanimation Procedures</t>
+  </si>
+  <si>
+    <t>Panigrahi</t>
+  </si>
+  <si>
+    <t>Neurosurgery Updates, Vol. 3</t>
+  </si>
+  <si>
+    <t>Janakiram</t>
+  </si>
+  <si>
+    <t>Invasive Skull Base Mucormycosis</t>
+  </si>
+  <si>
+    <t>Kapoor</t>
+  </si>
+  <si>
+    <t>Textbook of Cardiac Critical Care</t>
+  </si>
+  <si>
+    <t>Farhood Saremi</t>
+  </si>
+  <si>
+    <t>Imaging Anatomy: Text and Atlas Volume 3</t>
+  </si>
+  <si>
+    <t>Essentials of Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Stanley A. Gelfand</t>
+  </si>
+  <si>
+    <t>Essentials of Audiology</t>
+  </si>
+  <si>
+    <t>Ashkan Ghavami</t>
+  </si>
+  <si>
+    <t>Global Rhinoplasty</t>
+  </si>
+  <si>
+    <t>Joel Thomas</t>
+  </si>
+  <si>
+    <t>Pre-Medicine</t>
+  </si>
+  <si>
+    <t>Cary Alberstone</t>
+  </si>
+  <si>
+    <t>Anatomic Basis of Neurologic Diagnosis</t>
+  </si>
+  <si>
+    <t>John Prologo</t>
+  </si>
+  <si>
+    <t>Advanced Pain Management in Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Phillip Blondeel</t>
+  </si>
+  <si>
+    <t>Perforator Flaps</t>
+  </si>
+  <si>
+    <t>Al Aly, Fabio Nahas</t>
+  </si>
+  <si>
+    <t>The Art of Body Contouring</t>
+  </si>
+  <si>
+    <t>Mark S. Greenberg</t>
+  </si>
+  <si>
+    <t>Greenberg’s Handbook of Neurosurgery</t>
+  </si>
+  <si>
+    <t>T. Heather Herdman</t>
+  </si>
+  <si>
+    <t>Supplement to NANDA International Nursing Diagnoses</t>
+  </si>
+  <si>
+    <t>Leon Kaplan</t>
+  </si>
+  <si>
+    <t>Corrective Osteotomies for Rigid Spinal Deformities</t>
+  </si>
+  <si>
+    <t>David H. Ciocon</t>
+  </si>
+  <si>
+    <t>Procedural Dermatology Volume I: Reconstruction</t>
+  </si>
+  <si>
+    <t>Yoon-Soo Cindy Bae</t>
+  </si>
+  <si>
+    <t>Procedural Dermatology Volume II</t>
+  </si>
+  <si>
+    <t>Suthorn Bavonratanavech</t>
+  </si>
+  <si>
+    <t>Minimally Invasive Plate Osteosynthesis</t>
+  </si>
+  <si>
+    <t>Yves Harder</t>
+  </si>
+  <si>
+    <t>Modern Surgical Management of Chronic Lymphedema</t>
+  </si>
+  <si>
+    <t>Beate Carrière</t>
+  </si>
+  <si>
+    <t>Fitness for the Pelvic Floor</t>
+  </si>
+  <si>
+    <t>Reinhard Kubale</t>
+  </si>
+  <si>
+    <t>Vascular Ultrasound</t>
+  </si>
+  <si>
+    <t>Fernando Corella</t>
+  </si>
+  <si>
+    <t>Carpal Ligament Injuries and Instability</t>
+  </si>
+  <si>
+    <t>Jeremy A. Brauer</t>
+  </si>
+  <si>
+    <t>Men's Aesthetics</t>
+  </si>
+  <si>
+    <t>Volker Fintelmann</t>
+  </si>
+  <si>
+    <t>Herbal Medicine</t>
+  </si>
+  <si>
+    <t>Digestive Disease Interventions</t>
+  </si>
+  <si>
+    <t>Libyan International Medical University Journal</t>
+  </si>
+  <si>
+    <t>Journal of Health and Allied Sciences</t>
+  </si>
+  <si>
+    <t>Ibnosina Journal of Medicine and Biomedical Sciences</t>
+  </si>
+  <si>
+    <t>Avicenna Journal of Medicine</t>
+  </si>
+  <si>
+    <t>Seminars in Reproductive Medicine</t>
+  </si>
+  <si>
+    <t>Journal of Fetal Medicine</t>
+  </si>
+  <si>
+    <t>American Journal of Perinatology</t>
+  </si>
+  <si>
+    <t>World Journal of Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Ultrasound International Open</t>
+  </si>
+  <si>
+    <t>Ultraschall in der Medizin - European Journal of Ultrasound</t>
+  </si>
+  <si>
+    <t>The Arab Journal of Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Seminars in Musculoskeletal Radiology</t>
+  </si>
+  <si>
+    <t>Seminars in Interventional Radiology</t>
+  </si>
+  <si>
+    <t>RöFo</t>
+  </si>
+  <si>
+    <t>Journal of Clinical Interventional Radiology ISVIR</t>
+  </si>
+  <si>
+    <t>Indographics</t>
+  </si>
+  <si>
+    <t>Indian Journal of Radiology and Imaging</t>
+  </si>
+  <si>
+    <t>Archives of Plastic Surgery</t>
+  </si>
+  <si>
+    <t>International Journal of Practical Otolaryngology</t>
+  </si>
+  <si>
+    <t>Sports Medicine International Open</t>
+  </si>
+  <si>
+    <t>International Journal of Sports Medicine</t>
+  </si>
+  <si>
+    <t>Facial Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Ibero-American Journal of Hand Surgery</t>
+  </si>
+  <si>
+    <t>Indian Journal of Plastic Surgery</t>
+  </si>
+  <si>
+    <t>European Journal of Pediatric Surgery Reports</t>
+  </si>
+  <si>
+    <t>European Journal of Pediatric Surgery</t>
+  </si>
+  <si>
+    <t>Chilean Journal of Orthopaedics and Traumatology / Revista Chilena de Ortopedia y Traumatología</t>
+  </si>
+  <si>
+    <t>Journal of Academic Ophthalmology</t>
+  </si>
+  <si>
+    <t>South Asian Journal of Cancer</t>
+  </si>
+  <si>
+    <t>Indian Journal of Medical and Paediatric Oncology</t>
+  </si>
+  <si>
+    <t>Journal of Neurological Surgery Part B</t>
+  </si>
+  <si>
+    <t>Journal of Neurological Surgery Part A</t>
+  </si>
+  <si>
+    <t>Journal of Neurological Surgery Reports</t>
+  </si>
+  <si>
+    <t>Indian Journal of Neurotrauma</t>
+  </si>
+  <si>
+    <t>Journal of Reconstructive Microsurgery</t>
+  </si>
+  <si>
+    <t>Indian Journal of Neurosurgery</t>
+  </si>
+  <si>
+    <t>Asian Journal of Neurosurgery</t>
+  </si>
+  <si>
+    <t>Sleep Science</t>
+  </si>
+  <si>
+    <t>Seminars in Neurology</t>
+  </si>
+  <si>
+    <t>Neuropediatrics</t>
+  </si>
+  <si>
+    <t>Journal of Brachial Plexus and Peripheral Nerve Injury</t>
+  </si>
+  <si>
+    <t>International Journal of Epilepsy</t>
+  </si>
+  <si>
+    <t>Journal of Reconstructive Microsurgery Open</t>
+  </si>
+  <si>
+    <t>Arquivos de Neuro-Psiquiatria</t>
+  </si>
+  <si>
+    <t>Journal of Wrist Surgery</t>
+  </si>
+  <si>
+    <t>Revista Brasileira de Ortopedia / Brazilian Journal of Orthopaedics</t>
+  </si>
+  <si>
+    <t>Seminars in Plastic Surgery</t>
+  </si>
+  <si>
+    <t>The Journal of Knee Surgery</t>
+  </si>
+  <si>
+    <t>The Surgery Journal</t>
+  </si>
+  <si>
+    <t>WFNS Journal</t>
+  </si>
+  <si>
+    <t>Hämostaseologie</t>
+  </si>
+  <si>
+    <t>Seminars in Thrombosis and Hemostasis</t>
+  </si>
+  <si>
+    <t>TH Open</t>
+  </si>
+  <si>
+    <t>Seminars in Liver Disease</t>
+  </si>
+  <si>
+    <t>Thrombosis and Haemostasis</t>
+  </si>
+  <si>
+    <t>Journal of Gastrointestinal Infections</t>
+  </si>
+  <si>
+    <t>VCOT Open</t>
+  </si>
+  <si>
+    <t>Journal of Gastrointestinal and Abdominal Radiology</t>
+  </si>
+  <si>
+    <t>Veterinary and Comparative Orthopaedics and Traumatology</t>
+  </si>
+  <si>
+    <t>Journal of Digestive Endoscopy</t>
+  </si>
+  <si>
+    <t>Journal of Coloproctology</t>
+  </si>
+  <si>
+    <t>Endoscopy International Open</t>
+  </si>
+  <si>
+    <t>Endoscopy</t>
+  </si>
+  <si>
+    <t>Clinics in Colon and Rectal Surgery</t>
+  </si>
+  <si>
+    <t>Journal of Diabetes and Endocrine Practice</t>
+  </si>
+  <si>
+    <t>Hormone and Metabolic Research</t>
+  </si>
+  <si>
+    <t>Experimental and Clinical Endocrinology &amp; Diabetes</t>
+  </si>
+  <si>
+    <t>European Journal of General Dentistry</t>
+  </si>
+  <si>
+    <t>European Journal of Dentistry</t>
+  </si>
+  <si>
+    <t>European Dental Research and Biomaterials Journal</t>
+  </si>
+  <si>
+    <t>Seminars in Respiratory and Critical Care Medicine</t>
+  </si>
+  <si>
+    <t>Journal of Neuroanaesthesiology and Critical Care</t>
+  </si>
+  <si>
+    <t>Homeopathic Links</t>
+  </si>
+  <si>
+    <t>Homeopathy</t>
+  </si>
+  <si>
+    <t>Chinese Medicine and Natural Products</t>
+  </si>
+  <si>
+    <t>Seminars in Speech and Language</t>
+  </si>
+  <si>
+    <t>Yearbook of Medical Informatics</t>
+  </si>
+  <si>
+    <t>Methods of Information in Medicine</t>
+  </si>
+  <si>
+    <t>ACI Open</t>
+  </si>
+  <si>
+    <t>ACI - Applied Clinical Informatics</t>
+  </si>
+  <si>
+    <t>Synthesis</t>
+  </si>
+  <si>
+    <t>SynOpen</t>
+  </si>
+  <si>
+    <t>Synlett</t>
+  </si>
+  <si>
+    <t>Synfacts</t>
+  </si>
+  <si>
+    <t>Sustainability &amp; Circularity NOW</t>
+  </si>
+  <si>
+    <t>Planta Medica</t>
+  </si>
+  <si>
+    <t>Pharmacopsychiatry</t>
+  </si>
+  <si>
+    <t>Pharmaceutical Fronts</t>
+  </si>
+  <si>
+    <t>Organic Materials</t>
+  </si>
+  <si>
+    <t>Drug Research</t>
+  </si>
+  <si>
+    <t>The Thoracic and Cardiovascular Surgeon Reports</t>
+  </si>
+  <si>
+    <t>The Thoracic and Cardiovascular Surgeon</t>
+  </si>
+  <si>
+    <t>International Journal of Angiology</t>
+  </si>
+  <si>
+    <t>AORTA</t>
+  </si>
+  <si>
+    <t>Seminars in Hearing</t>
+  </si>
+  <si>
+    <t>Puffer</t>
+  </si>
+  <si>
+    <t>Neurosurgery Primary Board Review</t>
+  </si>
+  <si>
+    <t>Losee</t>
+  </si>
+  <si>
+    <t>Comprehensive Cleft Care</t>
+  </si>
+  <si>
+    <t>Zenn</t>
+  </si>
+  <si>
+    <t>Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Pu</t>
+  </si>
+  <si>
+    <t>Reconstructive Surgery of the Lower Extremity</t>
+  </si>
+  <si>
+    <t>Wagner</t>
+  </si>
+  <si>
+    <t>AO Manual of Fracture Management</t>
+  </si>
+  <si>
+    <t>Koos</t>
+  </si>
+  <si>
+    <t>Color Atlas of Microneurosurgery</t>
+  </si>
+  <si>
+    <t>Marti</t>
+  </si>
+  <si>
+    <t>Osteotomies for Posttraumatic Deformities</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>The Angiosome Concept and Tissue Transfer</t>
+  </si>
+  <si>
+    <t>Aesthetic Plastic Surgery in Asians</t>
+  </si>
+  <si>
+    <t>Sekhar</t>
+  </si>
+  <si>
+    <t>Atlas of Neurosurgical Techniques</t>
+  </si>
+  <si>
+    <t>Bentz</t>
+  </si>
+  <si>
+    <t>Principles and Practice of Pediatric Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Spetzler</t>
+  </si>
+  <si>
+    <t>Neurovascular Surgery</t>
+  </si>
+  <si>
+    <t>Cohen</t>
+  </si>
+  <si>
+    <t>The Unfavorable Result in Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Microsurgical Reconstruction of the Head and Neck</t>
+  </si>
+  <si>
+    <t>Hall-Findlay</t>
+  </si>
+  <si>
+    <t>Aesthetic Breast Surgery</t>
+  </si>
+  <si>
+    <t>Cacciola</t>
+  </si>
+  <si>
+    <t>The Craniovertebral Junction</t>
+  </si>
+  <si>
+    <t>Yasargil</t>
+  </si>
+  <si>
+    <t>Microneurosurgery, Volume III A</t>
+  </si>
+  <si>
+    <t>Ehrenfeld</t>
+  </si>
+  <si>
+    <t>Complete Craniomaxillofacial Surgery 2 Volume Set</t>
+  </si>
+  <si>
+    <t>Losken</t>
+  </si>
+  <si>
+    <t>Advances in Abdominal Wall Reconstruction</t>
+  </si>
+  <si>
+    <t>Spinal Deformities</t>
+  </si>
+  <si>
+    <t>Mendieta</t>
+  </si>
+  <si>
+    <t>The Art of Gluteal Sculpting</t>
+  </si>
+  <si>
+    <t>Pessa</t>
+  </si>
+  <si>
+    <t>Facial Topography</t>
+  </si>
+  <si>
+    <t>Stannard</t>
+  </si>
+  <si>
+    <t>Surgical Treatment of Orthopaedic Trauma</t>
+  </si>
+  <si>
+    <t>Saltz</t>
+  </si>
+  <si>
+    <t>Cosmetic Medicine and Aesthetic Surgery</t>
+  </si>
+  <si>
+    <t>Nahai</t>
+  </si>
+  <si>
+    <t>Endoscopic Plastic Surgery</t>
+  </si>
+  <si>
+    <t>König</t>
+  </si>
+  <si>
+    <t>Veterinary Anatomy of Domestic Animals</t>
+  </si>
+  <si>
+    <t>Pediatric Neurosurgery</t>
+  </si>
+  <si>
+    <t>Color Atlas of Brainstem Surgery</t>
+  </si>
+  <si>
+    <t>Ullman</t>
+  </si>
+  <si>
+    <t>Atlas of Emergency Neurosurgery</t>
+  </si>
+  <si>
+    <t>Greiner</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Ultrasound Imaging</t>
+  </si>
+  <si>
+    <t>Steinbrech</t>
+  </si>
+  <si>
+    <t>Male Aesthetic Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Tonnard</t>
+  </si>
+  <si>
+    <t>The MACS-Lift</t>
+  </si>
+  <si>
+    <t>Firmin</t>
+  </si>
+  <si>
+    <t>Auricular Reconstruction</t>
+  </si>
+  <si>
+    <t>Centrofacial Rejuvenation</t>
+  </si>
+  <si>
+    <t>Gross</t>
+  </si>
+  <si>
+    <t>Burgener</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Computed Tomography</t>
+  </si>
+  <si>
+    <t>Marsh</t>
+  </si>
+  <si>
+    <t>Decision Making in Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Weber</t>
+  </si>
+  <si>
+    <t>Minimax Fracture Fixation</t>
+  </si>
+  <si>
+    <t>Beck</t>
+  </si>
+  <si>
+    <t>Gordon and Nivatvongs' Principles and Practice of Surgery for the Colon, Rectum, and Anus</t>
+  </si>
+  <si>
+    <t>Peris-Celda</t>
+  </si>
+  <si>
+    <t>Rhoton's Atlas of Head, Neck, and Brain</t>
+  </si>
+  <si>
+    <t>Dickson</t>
+  </si>
+  <si>
+    <t>Modern Management of Spinal Deformities</t>
+  </si>
+  <si>
+    <t>Keating</t>
+  </si>
+  <si>
+    <t>Tumors of the Pediatric Central Nervous System</t>
+  </si>
+  <si>
+    <t>Teo</t>
+  </si>
+  <si>
+    <t>Principles and Practice of Keyhole Brain Surgery</t>
+  </si>
+  <si>
+    <t>Lawton</t>
+  </si>
+  <si>
+    <t>Seven Bypasses</t>
+  </si>
+  <si>
+    <t>Greene</t>
+  </si>
+  <si>
+    <t>Operative Management of Vascular Anomalies</t>
+  </si>
+  <si>
+    <t>Tos</t>
+  </si>
+  <si>
+    <t>Cartilage Tympanoplasty</t>
+  </si>
+  <si>
+    <t>Vahlensieck</t>
+  </si>
+  <si>
+    <t>MRI of the Musculoskeletal System</t>
+  </si>
+  <si>
+    <t>Eickhoff</t>
+  </si>
+  <si>
+    <t>Atlas of Dentistry in Cats and Dogs</t>
+  </si>
+  <si>
+    <t>Schnettler</t>
+  </si>
+  <si>
+    <t>Septic Bone and Joint Surgery</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>Idiopathic Scoliosis</t>
+  </si>
+  <si>
+    <t>Bohndorf</t>
+  </si>
+  <si>
+    <t>Imaging of Bones and Joints</t>
+  </si>
+  <si>
+    <t>Agrawal</t>
+  </si>
+  <si>
+    <t>Textbook of Plastic, Reconstructive and Aesthetic Surgery, Vol 1</t>
+  </si>
+  <si>
+    <t>Kates</t>
+  </si>
+  <si>
+    <t>Principles of Orthopedic Infection Management</t>
+  </si>
+  <si>
+    <t>Raikin</t>
+  </si>
+  <si>
+    <t>Foot and Ankle Surgery</t>
+  </si>
+  <si>
+    <t>Dietrich</t>
+  </si>
+  <si>
+    <t>Endoscopic Ultrasound</t>
+  </si>
+  <si>
+    <t>Chapman</t>
+  </si>
+  <si>
+    <t>Measurements in Spine Care</t>
+  </si>
+  <si>
+    <t>Szeimies</t>
+  </si>
+  <si>
+    <t>Diagnostic Imaging of the Foot and Ankle</t>
+  </si>
+  <si>
+    <t>Moeller</t>
+  </si>
+  <si>
+    <t>Atlas of Sectional Anatomy</t>
+  </si>
+  <si>
+    <t>Nader</t>
+  </si>
+  <si>
+    <t>Neurosurgery Tricks of the Trade - Cranial</t>
+  </si>
+  <si>
+    <t>Madjar</t>
+  </si>
+  <si>
+    <t>The Practice of Breast Ultrasound</t>
+  </si>
+  <si>
+    <t>Kraemer</t>
+  </si>
+  <si>
+    <t>Intervertebral Disk Diseases</t>
+  </si>
+  <si>
+    <t>Quirico</t>
+  </si>
+  <si>
+    <t>Teaching Atlas of Acupuncture</t>
+  </si>
+  <si>
+    <t>Wormald</t>
+  </si>
+  <si>
+    <t>Endoscopic Sinus Surgery</t>
+  </si>
+  <si>
+    <t>Girardi</t>
+  </si>
+  <si>
+    <t>Burghardt's Colposcopy and Cervical Pathology</t>
+  </si>
+  <si>
+    <t>Wallace</t>
+  </si>
+  <si>
+    <t>Gastroenterological Endoscopy</t>
+  </si>
+  <si>
+    <t>Cataltepe</t>
+  </si>
+  <si>
+    <t>Pediatric Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>Schober</t>
+  </si>
+  <si>
+    <t>PET-CT Hybrid Imaging</t>
+  </si>
+  <si>
+    <t>McFarland</t>
+  </si>
+  <si>
+    <t>Examination of the Shoulder</t>
+  </si>
+  <si>
+    <t>Rammelt</t>
+  </si>
+  <si>
+    <t>Manual of Fracture Management - Foot and Ankle</t>
+  </si>
+  <si>
+    <t>Zhang</t>
+  </si>
+  <si>
+    <t>Clinical Epidemiology of Orthopaedic Trauma</t>
+  </si>
+  <si>
+    <t>Gutberlet</t>
+  </si>
+  <si>
+    <t>Diagnostic Imaging of Congenital Heart Defects</t>
+  </si>
+  <si>
+    <t>Guyuron</t>
+  </si>
+  <si>
+    <t>Migraine Surgery</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Spinal Instrumentation</t>
+  </si>
+  <si>
+    <t>Cohen-Gadol</t>
+  </si>
+  <si>
+    <t>The Legacy of Harvey Cushing</t>
+  </si>
+  <si>
+    <t>Fischer</t>
+  </si>
+  <si>
+    <t>Interventional Breast Imaging</t>
+  </si>
+  <si>
+    <t>Controversies in Neurological Surgery</t>
+  </si>
+  <si>
+    <t>Freyschmidt</t>
+  </si>
+  <si>
+    <t>Freyschmidt's "Koehler/Zimmer" Borderlands of Normal and Early Pathological Findings in Skeletal Radiography</t>
+  </si>
+  <si>
+    <t>Truswell</t>
+  </si>
+  <si>
+    <t>Lasers and Light, Peels and Abrasions</t>
+  </si>
+  <si>
+    <t>Har-El</t>
+  </si>
+  <si>
+    <t>Head &amp; Neck Surgery</t>
+  </si>
+  <si>
+    <t>Otology and Neurotology</t>
+  </si>
+  <si>
+    <t>Wildemann</t>
+  </si>
+  <si>
+    <t>Laboratory Diagnosis in Neurology</t>
+  </si>
+  <si>
+    <t>Iro</t>
+  </si>
+  <si>
+    <t>Atlas of Head and Neck Ultrasound</t>
+  </si>
+  <si>
+    <t>Neumeister</t>
+  </si>
+  <si>
+    <t>Problems in Hand Surgery</t>
+  </si>
+  <si>
+    <t>Videla Cés</t>
+  </si>
+  <si>
+    <t>Learning From Failures in Orthopedic Trauma</t>
+  </si>
+  <si>
+    <t>Bister</t>
+  </si>
+  <si>
+    <t>Self-ligating Brackets in Orthodontics</t>
+  </si>
+  <si>
+    <t>Citow</t>
+  </si>
+  <si>
+    <t>Comprehensive Neurosurgery Board Review</t>
+  </si>
+  <si>
+    <t>Heimann</t>
+  </si>
+  <si>
+    <t>Atlas of Fundus Angiography</t>
+  </si>
+  <si>
+    <t>Barth</t>
+  </si>
+  <si>
+    <t>Diagnosis of Breast Diseases</t>
+  </si>
+  <si>
+    <t>A Multidisciplinary Approach to Head and Neck Neoplasms</t>
+  </si>
+  <si>
+    <t>Bhattacharyya</t>
+  </si>
+  <si>
+    <t>Laryngology</t>
+  </si>
+  <si>
+    <t>Theodorou</t>
+  </si>
+  <si>
+    <t>Emerging Technologies in Face and Body Contouring</t>
+  </si>
+  <si>
+    <t>Beall</t>
+  </si>
+  <si>
+    <t>Vertebral Augmentation</t>
+  </si>
+  <si>
+    <t>Pinheiro-Neto</t>
+  </si>
+  <si>
+    <t>Techniques and Key Points for Endoscopic Cranial Base Reconstruction</t>
+  </si>
+  <si>
+    <t>Weerda</t>
+  </si>
+  <si>
+    <t>Surgery of the Auricle</t>
+  </si>
+  <si>
+    <t>Waltzman</t>
+  </si>
+  <si>
+    <t>Cochlear Implants</t>
+  </si>
+  <si>
+    <t>Rangel-Castilla</t>
+  </si>
+  <si>
+    <t>Video Atlas of Neuroendovascular Procedures</t>
+  </si>
+  <si>
+    <t>Lund</t>
+  </si>
+  <si>
+    <t>Tumors of the Nose, Sinuses and Nasopharynx</t>
+  </si>
+  <si>
+    <t>de Boer</t>
+  </si>
+  <si>
+    <t>AO Handbook: Orthopedic Trauma Care</t>
+  </si>
+  <si>
+    <t>Donohoe</t>
+  </si>
+  <si>
+    <t>Case-Based Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Nho</t>
+  </si>
+  <si>
+    <t>Synopsis of Hip Surgery</t>
+  </si>
+  <si>
+    <t>Sell</t>
+  </si>
+  <si>
+    <t>Surgery for Rheumatic Diseases</t>
+  </si>
+  <si>
+    <t>Fowler</t>
+  </si>
+  <si>
+    <t>Ultrasound of the Hand and Upper Extremity</t>
+  </si>
+  <si>
+    <t>Hammer</t>
+  </si>
+  <si>
+    <t>Chinese Herbal Medicine</t>
+  </si>
+  <si>
+    <t>Marmor</t>
+  </si>
+  <si>
+    <t>Decision Making in Orthopaedic Trauma</t>
+  </si>
+  <si>
+    <t>Probst</t>
+  </si>
+  <si>
+    <t>Basic Otorhinolaryngology</t>
+  </si>
+  <si>
+    <t>Vialle</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series Volume 1</t>
+  </si>
+  <si>
+    <t>Sclafani</t>
+  </si>
+  <si>
+    <t>Total Otolaryngology-Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Behari</t>
+  </si>
+  <si>
+    <t>Practical Neurosurgery</t>
+  </si>
+  <si>
+    <t>Goldenberg</t>
+  </si>
+  <si>
+    <t>Handbook of Otolaryngology</t>
+  </si>
+  <si>
+    <t>Kretschmann</t>
+  </si>
+  <si>
+    <t>Cranial Neuroimaging and Clinical Neuroanatomy</t>
+  </si>
+  <si>
+    <t>Desmond</t>
+  </si>
+  <si>
+    <t>Vestibular Function</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Temporal Bone Dissection Guide</t>
+  </si>
+  <si>
+    <t>Birch</t>
+  </si>
+  <si>
+    <t>Shonishin: Japanese Pediatric Acupuncture</t>
+  </si>
+  <si>
+    <t>Reichert</t>
+  </si>
+  <si>
+    <t>Palpation Techniques</t>
+  </si>
+  <si>
+    <t>Valente</t>
+  </si>
+  <si>
+    <t>The Audiology Capstone</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Vitreoretinal Disease</t>
+  </si>
+  <si>
+    <t>Schütz</t>
+  </si>
+  <si>
+    <t>Periprosthetic Fracture Management</t>
+  </si>
+  <si>
+    <t>Tabar</t>
+  </si>
+  <si>
+    <t>Breast Cancer: Early Detection with Mammography</t>
+  </si>
+  <si>
+    <t>Block</t>
+  </si>
+  <si>
+    <t>Abdominal Ultrasound</t>
+  </si>
+  <si>
+    <t>Vascular Anomalies</t>
+  </si>
+  <si>
+    <t>Kanekar</t>
+  </si>
+  <si>
+    <t>Imaging of Neurodegenerative Disorders</t>
+  </si>
+  <si>
+    <t>Baratz</t>
+  </si>
+  <si>
+    <t>Wrist Surgery</t>
+  </si>
+  <si>
+    <t>Marcus</t>
+  </si>
+  <si>
+    <t>Essentials of Craniomaxillofacial Trauma</t>
+  </si>
+  <si>
+    <t>Bhandari</t>
+  </si>
+  <si>
+    <t>The Coordination of Clinical Research</t>
+  </si>
+  <si>
+    <t>Zebrowski</t>
+  </si>
+  <si>
+    <t>Stuttering and Related Disorders of Fluency</t>
+  </si>
+  <si>
+    <t>Branski</t>
+  </si>
+  <si>
+    <t>Speech-Language Pathology Casebook</t>
+  </si>
+  <si>
+    <t>Schiffter</t>
+  </si>
+  <si>
+    <t>Connective Tissue Massage</t>
+  </si>
+  <si>
+    <t>Bullocks</t>
+  </si>
+  <si>
+    <t>Plastic Surgery Emergencies</t>
+  </si>
+  <si>
+    <t>Moedder</t>
+  </si>
+  <si>
+    <t>Head and Neck Imaging</t>
+  </si>
+  <si>
+    <t>Laskaris</t>
+  </si>
+  <si>
+    <t>Color Atlas of Oral Diseases</t>
+  </si>
+  <si>
+    <t>Imhof</t>
+  </si>
+  <si>
+    <t>Spinal Imaging</t>
+  </si>
+  <si>
+    <t>Brambs</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Imaging</t>
+  </si>
+  <si>
+    <t>Jallo</t>
+  </si>
+  <si>
+    <t>Neurotrauma and Critical Care of the Spine</t>
+  </si>
+  <si>
+    <t>Kastner</t>
+  </si>
+  <si>
+    <t>Chinese Nutrition Therapy</t>
+  </si>
+  <si>
+    <t>O'Brien</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Vascular and Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Kuchenbecker</t>
+  </si>
+  <si>
+    <t>Plates for Color Vision Testing</t>
+  </si>
+  <si>
+    <t>Marquardt</t>
+  </si>
+  <si>
+    <t>Reflexotherapy of the Feet</t>
+  </si>
+  <si>
+    <t>Galanski</t>
+  </si>
+  <si>
+    <t>Thoracic Imaging</t>
+  </si>
+  <si>
+    <t>Gries</t>
+  </si>
+  <si>
+    <t>Textbook of Diabetic Neuropathy</t>
+  </si>
+  <si>
+    <t>Lapp</t>
+  </si>
+  <si>
+    <t>The Cardiac Catheter Book</t>
+  </si>
+  <si>
+    <t>Reiser</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Imaging</t>
+  </si>
+  <si>
+    <t>Braz</t>
+  </si>
+  <si>
+    <t>Dermal Fillers</t>
+  </si>
+  <si>
+    <t>Wolf</t>
+  </si>
+  <si>
+    <t>Vascular Imaging</t>
+  </si>
+  <si>
+    <t>AO Foundation</t>
+  </si>
+  <si>
+    <t>Orthopedic and Trauma Surgeons: CPD in Community Hospitals</t>
+  </si>
+  <si>
+    <t>Chopra</t>
+  </si>
+  <si>
+    <t>Radcases Genitourinary Imaging</t>
+  </si>
+  <si>
+    <t>Family Larsson-Rosenquist Foundation</t>
+  </si>
+  <si>
+    <t>Breastfeeding and Breast Milk - From Biochemistry to Impact</t>
+  </si>
+  <si>
+    <t>Levine</t>
+  </si>
+  <si>
+    <t>Perforator Flaps for Breast Reconstruction</t>
+  </si>
+  <si>
+    <t>Neurosurgery Oral Board Review</t>
+  </si>
+  <si>
+    <t>Pasler</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Dental Radiology</t>
+  </si>
+  <si>
+    <t>Fuhrmann</t>
+  </si>
+  <si>
+    <t>Dental Radiology</t>
+  </si>
+  <si>
+    <t>Rohkamm</t>
+  </si>
+  <si>
+    <t>Color Atlas of Neurology</t>
+  </si>
+  <si>
+    <t>Nogier</t>
+  </si>
+  <si>
+    <t>Auriculotherapy</t>
+  </si>
+  <si>
+    <t>Fleisher</t>
+  </si>
+  <si>
+    <t>Antiresorptive Drug-Related Osteonecrosis of the Jaw (ARONJ) - A Guide to Research</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Sectional Anatomy, Vol. II: Thorax, Heart, Abdomen and Pelvis</t>
+  </si>
+  <si>
+    <t>Möller</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Sectional Anatomy, Volume I: Head and Neck</t>
+  </si>
+  <si>
+    <t>Lake</t>
+  </si>
+  <si>
+    <t>Textbook of Integrative Mental Health Care</t>
+  </si>
+  <si>
+    <t>Wang</t>
+  </si>
+  <si>
+    <t>Handbook of Minimally Invasive and Percutaneous Spine Surgery</t>
+  </si>
+  <si>
+    <t>Hoschander</t>
+  </si>
+  <si>
+    <t>Operative Procedures in Plastic, Aesthetic and Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Moore</t>
+  </si>
+  <si>
+    <t>Passing the FRCR Part 1</t>
+  </si>
+  <si>
+    <t>Schlote</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Ophthalmology</t>
+  </si>
+  <si>
+    <t>Beer</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Endodontics</t>
+  </si>
+  <si>
+    <t>Behrbohm</t>
+  </si>
+  <si>
+    <t>Essentials of Septorhinoplasty</t>
+  </si>
+  <si>
+    <t>Terris</t>
+  </si>
+  <si>
+    <t>Thyroid and Parathyroid Diseases</t>
+  </si>
+  <si>
+    <t>Saremi</t>
+  </si>
+  <si>
+    <t>Imaging Anatomy</t>
+  </si>
+  <si>
+    <t>Jansen</t>
+  </si>
+  <si>
+    <t>Interventional Stroke Therapy</t>
+  </si>
+  <si>
+    <t>Kaneshwaran</t>
+  </si>
+  <si>
+    <t>Essential Med Notes Clinical Handbook 2021</t>
+  </si>
+  <si>
+    <t>Wilhelmi de Toledo</t>
+  </si>
+  <si>
+    <t>Therapeutic Fasting</t>
+  </si>
+  <si>
+    <t>Seven Aneurysms</t>
+  </si>
+  <si>
+    <t>Hofer</t>
+  </si>
+  <si>
+    <t>The Chest X-Ray</t>
+  </si>
+  <si>
+    <t>Patel</t>
+  </si>
+  <si>
+    <t>Cosmetic Breast Surgery</t>
+  </si>
+  <si>
+    <t>Normal Findings in CT and MRI, A1, print</t>
+  </si>
+  <si>
+    <t>Loftus</t>
+  </si>
+  <si>
+    <t>Neurosurgical Emergencies</t>
+  </si>
+  <si>
+    <t>Dumont</t>
+  </si>
+  <si>
+    <t>Brain Arteriovenous Malformations and Arteriovenous Fistulas</t>
+  </si>
+  <si>
+    <t>Bernal-Sprekelsen</t>
+  </si>
+  <si>
+    <t>Endoscopic Approaches to the Paranasal Sinuses and Skull Base</t>
+  </si>
+  <si>
+    <t>Wacker</t>
+  </si>
+  <si>
+    <t>Arterial Variations in Humans</t>
+  </si>
+  <si>
+    <t>Al-Mefty</t>
+  </si>
+  <si>
+    <t>Controversies in Neurosurgery II</t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>Chest Imaging Case Atlas</t>
+  </si>
+  <si>
+    <t>Complications in Otolaryngology - Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Tisnado</t>
+  </si>
+  <si>
+    <t>Interventional Radiology in Trauma</t>
+  </si>
+  <si>
+    <t>Secondary Rhinoplasty by the Global Masters</t>
+  </si>
+  <si>
+    <t>Controversies in Pediatric Neurosurgery</t>
+  </si>
+  <si>
+    <t>Park</t>
+  </si>
+  <si>
+    <t>Flow Diversion of Cerebral Aneurysms</t>
+  </si>
+  <si>
+    <t>Papel</t>
+  </si>
+  <si>
+    <t>Facial Plastic and Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Saad</t>
+  </si>
+  <si>
+    <t>Portal Hypertension</t>
+  </si>
+  <si>
+    <t>Merz</t>
+  </si>
+  <si>
+    <t>Ultrasound in Obstetrics &amp; Gynecology</t>
+  </si>
+  <si>
+    <t>Surgery of the Brainstem</t>
+  </si>
+  <si>
+    <t>Sanna</t>
+  </si>
+  <si>
+    <t>Atlas of Acoustic Neurinoma Microsurgery</t>
+  </si>
+  <si>
+    <t>Krombach</t>
+  </si>
+  <si>
+    <t>Body Imaging</t>
+  </si>
+  <si>
+    <t>Burchiel</t>
+  </si>
+  <si>
+    <t>Surgical Management of Pain</t>
+  </si>
+  <si>
+    <t>Adams Jr.</t>
+  </si>
+  <si>
+    <t>Breast Augmentation Video Atlas</t>
+  </si>
+  <si>
+    <t>Wanebo</t>
+  </si>
+  <si>
+    <t>Moyamoya Disease</t>
+  </si>
+  <si>
+    <t>Fishkind</t>
+  </si>
+  <si>
+    <t>Phacoemulsification and Intraocular Lens Implantation</t>
+  </si>
+  <si>
+    <t>Connell</t>
+  </si>
+  <si>
+    <t>Aesthetic Rejuvenation of the Face and Neck</t>
+  </si>
+  <si>
+    <t>Schwartz</t>
+  </si>
+  <si>
+    <t>Endoscopic Pituitary Surgery</t>
+  </si>
+  <si>
+    <t>Bradley</t>
+  </si>
+  <si>
+    <t>Salivary Gland Disorders and Diseases</t>
+  </si>
+  <si>
+    <t>Surgery for Cochlear and Other Auditory Implants</t>
+  </si>
+  <si>
+    <t>Breast Cancer</t>
+  </si>
+  <si>
+    <t>Larrabee</t>
+  </si>
+  <si>
+    <t>Principles of Facial Reconstruction</t>
+  </si>
+  <si>
+    <t>Jain</t>
+  </si>
+  <si>
+    <t>Brain Tumor Imaging</t>
+  </si>
+  <si>
+    <t>Fehlings</t>
+  </si>
+  <si>
+    <t>Essentials of Spinal Cord Injury</t>
+  </si>
+  <si>
+    <t>Barr</t>
+  </si>
+  <si>
+    <t>Breast Elastography</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series, Volume 7</t>
+  </si>
+  <si>
+    <t>Reimer</t>
+  </si>
+  <si>
+    <t>MR Imaging of the Body</t>
+  </si>
+  <si>
+    <t>An</t>
+  </si>
+  <si>
+    <t>Video Atlas of Spine Surgery</t>
+  </si>
+  <si>
+    <t>Stack, Jr.</t>
+  </si>
+  <si>
+    <t>Neck Dissection</t>
+  </si>
+  <si>
+    <t>Mang</t>
+  </si>
+  <si>
+    <t>CT Colonography</t>
+  </si>
+  <si>
+    <t>Blitzer</t>
+  </si>
+  <si>
+    <t>Botulinum Neurotoxin for Head and Neck Disorders</t>
+  </si>
+  <si>
+    <t>Yu</t>
+  </si>
+  <si>
+    <t>Skull Base Cancer Imaging</t>
+  </si>
+  <si>
+    <t>Casiano</t>
+  </si>
+  <si>
+    <t>Endoscopic Sinonasal Dissection Guide</t>
+  </si>
+  <si>
+    <t>Roeser</t>
+  </si>
+  <si>
+    <t>Roeser's Audiology Desk Reference</t>
+  </si>
+  <si>
+    <t>Mahapatra</t>
+  </si>
+  <si>
+    <t>Surgery of Brachial Plexus</t>
+  </si>
+  <si>
+    <t>Anzai</t>
+  </si>
+  <si>
+    <t>Imaging of Traumatic Brain Injury</t>
+  </si>
+  <si>
+    <t>Wallwiener</t>
+  </si>
+  <si>
+    <t>Atlas of Breast Surgery</t>
+  </si>
+  <si>
+    <t>Raabe</t>
+  </si>
+  <si>
+    <t>The Craniotomy Atlas</t>
+  </si>
+  <si>
+    <t>Mehrholz</t>
+  </si>
+  <si>
+    <t>Physical Therapy for the Stroke Patient</t>
+  </si>
+  <si>
+    <t>Practical MR Mammography</t>
+  </si>
+  <si>
+    <t>Atlas of Injection Therapy in Pain Management</t>
+  </si>
+  <si>
+    <t>Agarwal</t>
+  </si>
+  <si>
+    <t>Color Atlas of Ophthalmology</t>
+  </si>
+  <si>
+    <t>Mast</t>
+  </si>
+  <si>
+    <t>Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Hofstetter</t>
+  </si>
+  <si>
+    <t>Atlas of Full-Endoscopic Spine Surgery</t>
+  </si>
+  <si>
+    <t>Sun</t>
+  </si>
+  <si>
+    <t>Tuina Therapy</t>
+  </si>
+  <si>
+    <t>Handbook of Pain Surgery</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Functional Neurosurgery</t>
+  </si>
+  <si>
+    <t>Gunderman</t>
+  </si>
+  <si>
+    <t>Essential Radiology</t>
+  </si>
+  <si>
+    <t>Gardner</t>
+  </si>
+  <si>
+    <t>Vascular Challenges in Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Handbook of Neuroscience Nursing</t>
+  </si>
+  <si>
+    <t>Zeplin</t>
+  </si>
+  <si>
+    <t>Reconstructive and Aesthetic Genital Surgery</t>
+  </si>
+  <si>
+    <t>Shah</t>
+  </si>
+  <si>
+    <t>RadCases Head and Neck Imaging</t>
+  </si>
+  <si>
+    <t>Color Atlas of Ultrasound Anatomy</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>The Big Back Book</t>
+  </si>
+  <si>
+    <t>Smaldino</t>
+  </si>
+  <si>
+    <t>Handbook of Acoustic Accessibility</t>
+  </si>
+  <si>
+    <t>Vajkoczy</t>
+  </si>
+  <si>
+    <t>Surgical Techniques in Moyamoya Vasculopathy</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Bostwick's Plastic and Reconstructive Breast Surgery - Two Volume Set</t>
+  </si>
+  <si>
+    <t>Friedman</t>
+  </si>
+  <si>
+    <t>Lateral Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Hall</t>
+  </si>
+  <si>
+    <t>Neurosurgical Infectious Disease</t>
+  </si>
+  <si>
+    <t>Coleman</t>
+  </si>
+  <si>
+    <t>Fat Injection</t>
+  </si>
+  <si>
+    <t>Orthodontic Therapy</t>
+  </si>
+  <si>
+    <t>Decision Making in Neurovascular Disease</t>
+  </si>
+  <si>
+    <t>Fedok</t>
+  </si>
+  <si>
+    <t>Minimally Invasive and Office-Based Procedures in Facial Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Interventional Ultrasound</t>
+  </si>
+  <si>
+    <t>Hoyos</t>
+  </si>
+  <si>
+    <t>Total Definer</t>
+  </si>
+  <si>
+    <t>Jean</t>
+  </si>
+  <si>
+    <t>Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Reconstructive Facial Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Tot</t>
+  </si>
+  <si>
+    <t>Practical Breast Pathology</t>
+  </si>
+  <si>
+    <t>Benzel</t>
+  </si>
+  <si>
+    <t>Slattery</t>
+  </si>
+  <si>
+    <t>The Facial Nerve</t>
+  </si>
+  <si>
+    <t>Westmark</t>
+  </si>
+  <si>
+    <t>Incidental Findings in Neuroimaging and Their Management</t>
+  </si>
+  <si>
+    <t>Microsurgical Management of Middle Ear and Petrous Bone Cholesteatoma</t>
+  </si>
+  <si>
+    <t>Grand</t>
+  </si>
+  <si>
+    <t>Vasculature of the Brain and Cranial Base</t>
+  </si>
+  <si>
+    <t>Seven AVMs</t>
+  </si>
+  <si>
+    <t>Vaccaro</t>
+  </si>
+  <si>
+    <t>Navigation and Robotics in Spine Surgery</t>
+  </si>
+  <si>
+    <t>Rousseau</t>
+  </si>
+  <si>
+    <t>Anatomy and Physiology of Speech and Hearing</t>
+  </si>
+  <si>
+    <t>Hong</t>
+  </si>
+  <si>
+    <t>Lower Extremity Reconstruction</t>
+  </si>
+  <si>
+    <t>Barop</t>
+  </si>
+  <si>
+    <t>Textbook and Atlas of Neural Therapy</t>
+  </si>
+  <si>
+    <t>Socolovsky</t>
+  </si>
+  <si>
+    <t>Manual of Peripheral Nerve Surgery</t>
+  </si>
+  <si>
+    <t>Magnuson</t>
+  </si>
+  <si>
+    <t>Robotic Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Meyers</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Neuroimaging: Spine</t>
+  </si>
+  <si>
+    <t>Wormanns</t>
+  </si>
+  <si>
+    <t>Diagnostic Imaging of the Chest</t>
+  </si>
+  <si>
+    <t>Förstner</t>
+  </si>
+  <si>
+    <t>Osteosynthesis of the Hand</t>
+  </si>
+  <si>
+    <t>Meier</t>
+  </si>
+  <si>
+    <t>Atlas of Peripheral Regional Anesthesia</t>
+  </si>
+  <si>
+    <t>Mathoulin</t>
+  </si>
+  <si>
+    <t>Wrist Arthroscopy Techniques</t>
+  </si>
+  <si>
+    <t>Waldt</t>
+  </si>
+  <si>
+    <t>Measurements and Classifications in Musculoskeletal Radiology</t>
+  </si>
+  <si>
+    <t>Heary</t>
+  </si>
+  <si>
+    <t>Cervical Trauma</t>
+  </si>
+  <si>
+    <t>Pinal</t>
+  </si>
+  <si>
+    <t>Distal Radius Fractures and Carpal Instabilities</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series Volume 2</t>
+  </si>
+  <si>
+    <t>Schroeder</t>
+  </si>
+  <si>
+    <t>Peripheral Vascular Interventions</t>
+  </si>
+  <si>
+    <t>Clinical Research for Surgeons</t>
+  </si>
+  <si>
+    <t>Jutta Hochschild</t>
+  </si>
+  <si>
+    <t>Functional Anatomy for Physical Therapists</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Clinical Pathways in Neuro-Ophthalmology</t>
+  </si>
+  <si>
+    <t>Lamb</t>
+  </si>
+  <si>
+    <t>Facial Volumization</t>
+  </si>
+  <si>
+    <t>Spiotta</t>
+  </si>
+  <si>
+    <t>Ischemic Stroke Management</t>
+  </si>
+  <si>
+    <t>Bleier</t>
+  </si>
+  <si>
+    <t>Endoscopic Surgery of the Orbit</t>
+  </si>
+  <si>
+    <t>The Temporal Bone</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>Pelvic Pain and Dysfunction</t>
+  </si>
+  <si>
+    <t>Srikumaran</t>
+  </si>
+  <si>
+    <t>Synopsis of Shoulder Surgery</t>
+  </si>
+  <si>
+    <t>Kontis</t>
+  </si>
+  <si>
+    <t>Cosmetic Injection Techniques</t>
+  </si>
+  <si>
+    <t>Porteous</t>
+  </si>
+  <si>
+    <t>Techniques and Principles for the Operating Room</t>
+  </si>
+  <si>
+    <t>Huizing</t>
+  </si>
+  <si>
+    <t>Functional Reconstructive Nasal Surgery</t>
+  </si>
+  <si>
+    <t>Kersschot</t>
+  </si>
+  <si>
+    <t>Biopuncture</t>
+  </si>
+  <si>
+    <t>Krings</t>
+  </si>
+  <si>
+    <t>Neurovascular Anatomy in Interventional Neuroradiology</t>
+  </si>
+  <si>
+    <t>Brinckmann</t>
+  </si>
+  <si>
+    <t>Orthopedic Biomechanics</t>
+  </si>
+  <si>
+    <t>Alleyne</t>
+  </si>
+  <si>
+    <t>Neurosurgery Board Review</t>
+  </si>
+  <si>
+    <t>Elastography</t>
+  </si>
+  <si>
+    <t>Verse</t>
+  </si>
+  <si>
+    <t>Current Concepts of Sleep Apnea Surgery</t>
+  </si>
+  <si>
+    <t>Yoshioka</t>
+  </si>
+  <si>
+    <t>Atlas of the Facial Nerve and Related Structures</t>
+  </si>
+  <si>
+    <t>Hamilton</t>
+  </si>
+  <si>
+    <t>Handbook of Bleeding and Coagulation for Neurosurgery</t>
+  </si>
+  <si>
+    <t>Bassoe Gjelsvik</t>
+  </si>
+  <si>
+    <t>The Bobath Concept in Adult Neurology</t>
+  </si>
+  <si>
+    <t>Hirt</t>
+  </si>
+  <si>
+    <t>Hand and Wrist Anatomy and Biomechanics</t>
+  </si>
+  <si>
+    <t>Belykh</t>
+  </si>
+  <si>
+    <t>Microsurgical Basics and Bypass Techniques</t>
+  </si>
+  <si>
+    <t>Rehman</t>
+  </si>
+  <si>
+    <t>Encyclopedia of Remedy Relationships in Homoeopathy</t>
+  </si>
+  <si>
+    <t>Ferral</t>
+  </si>
+  <si>
+    <t>RadCases Q&amp;A Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Tyler</t>
+  </si>
+  <si>
+    <t>Tinnitus Treatment</t>
+  </si>
+  <si>
+    <t>Lamprecht</t>
+  </si>
+  <si>
+    <t>Training in Neurorehabilitation</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Examination of Peripheral Nerve Injuries</t>
+  </si>
+  <si>
+    <t>Sidhu</t>
+  </si>
+  <si>
+    <t>FRCR 2B Viva</t>
+  </si>
+  <si>
+    <t>Rocken</t>
+  </si>
+  <si>
+    <t>Color Atlas of Dermatology</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series, Volume 9</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Radiographic Positioning</t>
+  </si>
+  <si>
+    <t>Warhadpande</t>
+  </si>
+  <si>
+    <t>Pocketbook of Clinical IR</t>
+  </si>
+  <si>
+    <t>Samdani</t>
+  </si>
+  <si>
+    <t>Neuromuscular Spine Deformity</t>
+  </si>
+  <si>
+    <t>Fessler</t>
+  </si>
+  <si>
+    <t>Shokrollahi</t>
+  </si>
+  <si>
+    <t>Flaps</t>
+  </si>
+  <si>
+    <t>Kirchner</t>
+  </si>
+  <si>
+    <t>Chest Radiology</t>
+  </si>
+  <si>
+    <t>Microsurgery of Skull Base Paragangliomas</t>
+  </si>
+  <si>
+    <t>Wetmore</t>
+  </si>
+  <si>
+    <t>Pediatric Otolaryngology</t>
+  </si>
+  <si>
+    <t>Forsting</t>
+  </si>
+  <si>
+    <t>MR Neuroimaging</t>
+  </si>
+  <si>
+    <t>Hanasono</t>
+  </si>
+  <si>
+    <t>Reconstructive Plastic Surgery of the Head and Neck</t>
+  </si>
+  <si>
+    <t>Mehanna</t>
+  </si>
+  <si>
+    <t>Head and Neck Cancer Recurrence</t>
+  </si>
+  <si>
+    <t>Transoral Laser Microsurgery of Benign and Malignant Lesions</t>
+  </si>
+  <si>
+    <t>Edelstein</t>
+  </si>
+  <si>
+    <t>Revision Surgery in Otolaryngology</t>
+  </si>
+  <si>
+    <t>Randleman</t>
+  </si>
+  <si>
+    <t>Intraocular Lens Surgery</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Neuroimaging: Head and Neck</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Neuroimaging: Brain and Meninges</t>
+  </si>
+  <si>
+    <t>Medical Speech-Language Pathology</t>
+  </si>
+  <si>
+    <t>Watanabe</t>
+  </si>
+  <si>
+    <t>Anatomy for Plastic Surgery of the Face, Head, and Neck</t>
+  </si>
+  <si>
+    <t>Pereira</t>
+  </si>
+  <si>
+    <t>Endovascular Management of Ischemic Stroke</t>
+  </si>
+  <si>
+    <t>Thornton</t>
+  </si>
+  <si>
+    <t>Facial Reconstruction After Mohs Surgery</t>
+  </si>
+  <si>
+    <t>Theodoridis</t>
+  </si>
+  <si>
+    <t>Spinal Injection Techniques</t>
+  </si>
+  <si>
+    <t>Advanced Craniomaxillofacial Surgery</t>
+  </si>
+  <si>
+    <t>Nnadi</t>
+  </si>
+  <si>
+    <t>Early Onset Scoliosis</t>
+  </si>
+  <si>
+    <t>Nicolai</t>
+  </si>
+  <si>
+    <t>Endoscopic Transnasal Anatomy of the Skull Base and Adjacent Areas</t>
+  </si>
+  <si>
+    <t>Draf</t>
+  </si>
+  <si>
+    <t>Endonasal Endoscopic Surgery of Skull Base Tumors</t>
+  </si>
+  <si>
+    <t>Blanco Moreno</t>
+  </si>
+  <si>
+    <t>Atlas of Arthroscopic Anatomy of the Major Joints</t>
+  </si>
+  <si>
+    <t>Kendall</t>
+  </si>
+  <si>
+    <t>Laryngeal Evaluation</t>
+  </si>
+  <si>
+    <t>Weissman</t>
+  </si>
+  <si>
+    <t>Top Score for the Radiology Boards</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Neuroradiology</t>
+  </si>
+  <si>
+    <t>Quinones-Hinojosa</t>
+  </si>
+  <si>
+    <t>Brain Mapping</t>
+  </si>
+  <si>
+    <t>Gagliardi</t>
+  </si>
+  <si>
+    <t>Operative Cranial Neurosurgical Anatomy</t>
+  </si>
+  <si>
+    <t>Ames</t>
+  </si>
+  <si>
+    <t>Cervical Spine Deformity Surgery</t>
+  </si>
+  <si>
+    <t>Neurointerventional Surgery</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Radiology</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series Volume 3</t>
+  </si>
+  <si>
+    <t>Video Atlas of Anterior Segment Repair and Reconstruction</t>
+  </si>
+  <si>
+    <t>Norvell</t>
+  </si>
+  <si>
+    <t>SMART Approach to Spine Clinical Research</t>
+  </si>
+  <si>
+    <t>Color Atlas of Endo-Otoscopy</t>
+  </si>
+  <si>
+    <t>Binder</t>
+  </si>
+  <si>
+    <t>Cranial Nerves</t>
+  </si>
+  <si>
+    <t>Zerris</t>
+  </si>
+  <si>
+    <t>Neurosurgical Review</t>
+  </si>
+  <si>
+    <t>Levin</t>
+  </si>
+  <si>
+    <t>Wills Eye Handbook of Ocular Genetics</t>
+  </si>
+  <si>
+    <t>Watts</t>
+  </si>
+  <si>
+    <t>Laryngeal Function and Voice Disorders</t>
+  </si>
+  <si>
+    <t>Borsody</t>
+  </si>
+  <si>
+    <t>Comprehensive Board Review in Neurology</t>
+  </si>
+  <si>
+    <t>Baxter</t>
+  </si>
+  <si>
+    <t>Emergency Imaging</t>
+  </si>
+  <si>
+    <t>Hausauer</t>
+  </si>
+  <si>
+    <t>PRP and Microneedling in Aesthetic Medicine</t>
+  </si>
+  <si>
+    <t>Brötz</t>
+  </si>
+  <si>
+    <t>Physical Therapy for Intervertebral Disk Disease</t>
+  </si>
+  <si>
+    <t>Schomacher</t>
+  </si>
+  <si>
+    <t>Orthopedic Manual Therapy</t>
+  </si>
+  <si>
+    <t>Appelbaum</t>
+  </si>
+  <si>
+    <t>RadCases Plus Q&amp;A Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Higdon</t>
+  </si>
+  <si>
+    <t>An Evidence-Based Approach to Vitamins and Minerals</t>
+  </si>
+  <si>
+    <t>Advanced Concepts in Surgical Research</t>
+  </si>
+  <si>
+    <t>Garn-Nunn</t>
+  </si>
+  <si>
+    <t>Calvert's Descriptive Phonetics</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Schnorrenberger</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Tongue Diagnosis</t>
+  </si>
+  <si>
+    <t>Boehm</t>
+  </si>
+  <si>
+    <t>Guide to Periodontal Treatment Solutions for General Dentistry</t>
+  </si>
+  <si>
+    <t>SPECT and SPECT/CT</t>
+  </si>
+  <si>
+    <t>Oeding</t>
+  </si>
+  <si>
+    <t>The Audiogram Workbook</t>
+  </si>
+  <si>
+    <t>McCusker</t>
+  </si>
+  <si>
+    <t>Mastering Medical Photography of the Head and Neck</t>
+  </si>
+  <si>
+    <t>Heinemann</t>
+  </si>
+  <si>
+    <t>How NOT to Review a Medical Paper</t>
+  </si>
+  <si>
+    <t>Microneurosurgery</t>
+  </si>
+  <si>
+    <t>Atlas of Gynecologic Surgery</t>
+  </si>
+  <si>
+    <t>AAO-HNSF</t>
+  </si>
+  <si>
+    <t>Otolaryngology Lifelong Learning Manual</t>
+  </si>
+  <si>
+    <t>Murphy</t>
+  </si>
+  <si>
+    <t>Reconstructive Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Del Pinal</t>
+  </si>
+  <si>
+    <t>Atlas of Distal Radius Fractures</t>
+  </si>
+  <si>
+    <t>Lunsford</t>
+  </si>
+  <si>
+    <t>Intracranial Stereotactic Radiosurgery</t>
+  </si>
+  <si>
+    <t>Tumialan</t>
+  </si>
+  <si>
+    <t>Minimally Invasive Spine Surgery</t>
+  </si>
+  <si>
+    <t>Pensak</t>
+  </si>
+  <si>
+    <t>Otolaryngology Cases</t>
+  </si>
+  <si>
+    <t>Mokin</t>
+  </si>
+  <si>
+    <t>Video Atlas of Acute Ischemic Stroke Intervention</t>
+  </si>
+  <si>
+    <t>Neurosurgery Case Review</t>
+  </si>
+  <si>
+    <t>Vertigo and Disequilibrium</t>
+  </si>
+  <si>
+    <t>Gentile</t>
+  </si>
+  <si>
+    <t>Neck Rejuvenation-Gentile</t>
+  </si>
+  <si>
+    <t>Alobid</t>
+  </si>
+  <si>
+    <t>Nasoseptal Perforations</t>
+  </si>
+  <si>
+    <t>Handbook of Pediatric Neurosurgery</t>
+  </si>
+  <si>
+    <t>Doria</t>
+  </si>
+  <si>
+    <t>Research Methods in Radiology</t>
+  </si>
+  <si>
+    <t>Birinyi</t>
+  </si>
+  <si>
+    <t>The Comprehensive Neurosurgery Board Preparation Book</t>
+  </si>
+  <si>
+    <t>Rosdahl</t>
+  </si>
+  <si>
+    <t>Optical Coherence Tomography in Glaucoma</t>
+  </si>
+  <si>
+    <t>Rawool</t>
+  </si>
+  <si>
+    <t>Auditory Processing Deficits</t>
+  </si>
+  <si>
+    <t>AOSpine Master Series, Vol. 4</t>
+  </si>
+  <si>
+    <t>Biousse</t>
+  </si>
+  <si>
+    <t>Neuro-Ophthalmology Illustrated</t>
+  </si>
+  <si>
+    <t>Janis</t>
+  </si>
+  <si>
+    <t>Essentials of Aesthetic Surgery</t>
+  </si>
+  <si>
+    <t>Müller-Hülsbeck</t>
+  </si>
+  <si>
+    <t>Complications in Non-vascular Interventional Therapy and Interventional Oncology</t>
+  </si>
+  <si>
+    <t>Ophthalmology Review</t>
+  </si>
+  <si>
+    <t>Anderson</t>
+  </si>
+  <si>
+    <t>Decision Making in Spinal Care</t>
+  </si>
+  <si>
+    <t>Madell</t>
+  </si>
+  <si>
+    <t>Pediatric Audiology</t>
+  </si>
+  <si>
+    <t>Roland</t>
+  </si>
+  <si>
+    <t>Key Topics in Otolaryngology</t>
+  </si>
+  <si>
+    <t>Synopsis of Spine Surgery</t>
+  </si>
+  <si>
+    <t>Casting-Type Calcifications</t>
+  </si>
+  <si>
+    <t>Wilding</t>
+  </si>
+  <si>
+    <t>Case Guides to Complete and Partial Denture Prosthodontics</t>
+  </si>
+  <si>
+    <t>Video Atlas of Arthroscopic Rotator Cuff Repair</t>
+  </si>
+  <si>
+    <t>Dover</t>
+  </si>
+  <si>
+    <t>The Business of Dermatology</t>
+  </si>
+  <si>
+    <t>Becker</t>
+  </si>
+  <si>
+    <t>Plastic Surgery Oral Board Prep</t>
+  </si>
+  <si>
+    <t>Tubbs</t>
+  </si>
+  <si>
+    <t>Surgical Anatomy of the Lumbar Plexus</t>
+  </si>
+  <si>
+    <t>Restrepo</t>
+  </si>
+  <si>
+    <t>RadCases Plus Q&amp;A Thoracic Imaging</t>
+  </si>
+  <si>
+    <t>Coldwell</t>
+  </si>
+  <si>
+    <t>Manual of Interventional Oncology</t>
+  </si>
+  <si>
+    <t>Strittmatter</t>
+  </si>
+  <si>
+    <t>Ear Acupuncture</t>
+  </si>
+  <si>
+    <t>Ergil</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Chinese Medicine</t>
+  </si>
+  <si>
+    <t>Sponseller</t>
+  </si>
+  <si>
+    <t>Handbook of Pediatric Orthopaedics</t>
+  </si>
+  <si>
+    <t>Kranzler</t>
+  </si>
+  <si>
+    <t>The Greenberg Rapid Review</t>
+  </si>
+  <si>
+    <t>Sabel</t>
+  </si>
+  <si>
+    <t>Getting Ready for Brain Tumor Surgery</t>
+  </si>
+  <si>
+    <t>Aebi</t>
+  </si>
+  <si>
+    <t>AO Spine Manual</t>
+  </si>
+  <si>
+    <t>Wolfla</t>
+  </si>
+  <si>
+    <t>Neurotrauma and Critical Care of the Brain</t>
+  </si>
+  <si>
+    <t>Perez-Cruet</t>
+  </si>
+  <si>
+    <t>An Anatomic Approach to Minimally Invasive Spine Surgery</t>
+  </si>
+  <si>
+    <t>Hamm</t>
+  </si>
+  <si>
+    <t>MR Imaging of the Abdomen and Pelvis</t>
+  </si>
+  <si>
+    <t>Dailey</t>
+  </si>
+  <si>
+    <t>Laryngeal Dissection and Surgery Guide</t>
+  </si>
+  <si>
+    <t>Reich</t>
+  </si>
+  <si>
+    <t>Burghardt's Primary Care Colposcopy</t>
+  </si>
+  <si>
+    <t>Stamm</t>
+  </si>
+  <si>
+    <t>Transnasal Endoscopic Skull Base and Brain Surgery</t>
+  </si>
+  <si>
+    <t>Meyer-Lueckel</t>
+  </si>
+  <si>
+    <t>Caries Management - Science and Clinical Practice</t>
+  </si>
+  <si>
+    <t>Harmon</t>
+  </si>
+  <si>
+    <t>Mohs Micrographic Surgery</t>
+  </si>
+  <si>
+    <t>Carlson</t>
+  </si>
+  <si>
+    <t>Comprehensive Management of Vestibular Schwannoma</t>
+  </si>
+  <si>
+    <t>Little</t>
+  </si>
+  <si>
+    <t>Controversies in Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Tumors of the Spinal Canal</t>
+  </si>
+  <si>
+    <t>Nakaji</t>
+  </si>
+  <si>
+    <t>Controversies in Neuroendoscopy</t>
+  </si>
+  <si>
+    <t>di Ieva</t>
+  </si>
+  <si>
+    <t>Handbook of Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Stern</t>
+  </si>
+  <si>
+    <t>Key Techniques in Orthopaedic Surgery</t>
+  </si>
+  <si>
+    <t>Roussouly</t>
+  </si>
+  <si>
+    <t>Sagittal Balance of the Spine</t>
+  </si>
+  <si>
+    <t>Welge-Lüssen</t>
+  </si>
+  <si>
+    <t>Management of Smell and Taste Disorders</t>
+  </si>
+  <si>
+    <t>Juvenile Nasopharyngeal Angiofibroma</t>
+  </si>
+  <si>
+    <t>Faintuch</t>
+  </si>
+  <si>
+    <t>Interventional Oncology</t>
+  </si>
+  <si>
+    <t>Narang</t>
+  </si>
+  <si>
+    <t>Ludwig</t>
+  </si>
+  <si>
+    <t>Strabismus Surgery</t>
+  </si>
+  <si>
+    <t>Zuther</t>
+  </si>
+  <si>
+    <t>Lymphedema Management</t>
+  </si>
+  <si>
+    <t>McNeil</t>
+  </si>
+  <si>
+    <t>Clinical Management of Sensorimotor Speech Disorders</t>
+  </si>
+  <si>
+    <t>Handbook of Reconstructive Flaps</t>
+  </si>
+  <si>
+    <t>de Vries</t>
+  </si>
+  <si>
+    <t>Drug-Induced Sleep Endoscopy</t>
+  </si>
+  <si>
+    <t>Galster</t>
+  </si>
+  <si>
+    <t>Audiology Treatment</t>
+  </si>
+  <si>
+    <t>Kamal</t>
+  </si>
+  <si>
+    <t>Comprehensive Board Review in Orthopaedic Surgery</t>
+  </si>
+  <si>
+    <t>From Listening to Language</t>
+  </si>
+  <si>
+    <t>Suiter</t>
+  </si>
+  <si>
+    <t>Assessing and Treating Dysphagia</t>
+  </si>
+  <si>
+    <t>Woo</t>
+  </si>
+  <si>
+    <t>Plastic Surgery Case Review</t>
+  </si>
+  <si>
+    <t>Goldfarb</t>
+  </si>
+  <si>
+    <t>Nuclear Medicine Board Review</t>
+  </si>
+  <si>
+    <t>Bindra</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Musculoskeletal Imaging</t>
+  </si>
+  <si>
+    <t>The Jefferson Manual for Neurocritical Care</t>
+  </si>
+  <si>
+    <t>Pseudophakic Monovision</t>
+  </si>
+  <si>
+    <t>Salkowski</t>
+  </si>
+  <si>
+    <t>Radcases Breast Imaging</t>
+  </si>
+  <si>
+    <t>Ariana</t>
+  </si>
+  <si>
+    <t>Neurological Diseases</t>
+  </si>
+  <si>
+    <t>Weaver</t>
+  </si>
+  <si>
+    <t>Surgical Care of the Painful Degenerative Lumbar Spine</t>
+  </si>
+  <si>
+    <t>Rauch</t>
+  </si>
+  <si>
+    <t>Health Through Inner Body Cleansing</t>
+  </si>
+  <si>
+    <t>Moreno</t>
+  </si>
+  <si>
+    <t>Patient-Centered Communication</t>
+  </si>
+  <si>
+    <t>LaPointe</t>
+  </si>
+  <si>
+    <t>Aphasia and Related Neurogenic Language Disorders</t>
+  </si>
+  <si>
+    <t>Siegenthaler</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Internal Medicine</t>
+  </si>
+  <si>
+    <t>Weinstein</t>
+  </si>
+  <si>
+    <t>Geriatric Audiology</t>
+  </si>
+  <si>
+    <t>Prestigiacomo</t>
+  </si>
+  <si>
+    <t>Endovascular Surgical Neuroradiology</t>
+  </si>
+  <si>
+    <t>Macdonald</t>
+  </si>
+  <si>
+    <t>Valdueza</t>
+  </si>
+  <si>
+    <t>Neurosonology and Neuroimaging of Stroke</t>
+  </si>
+  <si>
+    <t>Pediatric Plastic and Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Jupiter</t>
+  </si>
+  <si>
+    <t>Manual of Fracture Management - Hand</t>
+  </si>
+  <si>
+    <t>Clinical Otology</t>
+  </si>
+  <si>
+    <t>Constantinescu</t>
+  </si>
+  <si>
+    <t>Illustrated Veterinary Anatomical Nomenclature</t>
+  </si>
+  <si>
+    <t>Fakhry</t>
+  </si>
+  <si>
+    <t>Oral Cancer</t>
+  </si>
+  <si>
+    <t>Brooks</t>
+  </si>
+  <si>
+    <t>Video Atlas of Ophthalmic Suturing</t>
+  </si>
+  <si>
+    <t>Schaefer-Prokop</t>
+  </si>
+  <si>
+    <t>Critical Care Radiology</t>
+  </si>
+  <si>
+    <t>Boeckstyns</t>
+  </si>
+  <si>
+    <t>Fractures of the Hand and Carpus</t>
+  </si>
+  <si>
+    <t>Carniol</t>
+  </si>
+  <si>
+    <t>Complications in Minimally Invasive Facial Rejuvenation</t>
+  </si>
+  <si>
+    <t>Rosenkrantz</t>
+  </si>
+  <si>
+    <t>MRI of the Prostate</t>
+  </si>
+  <si>
+    <t>Fitzpatrick</t>
+  </si>
+  <si>
+    <t>Pediatric Audiologic Rehabilitation</t>
+  </si>
+  <si>
+    <t>Facial Danger Zones</t>
+  </si>
+  <si>
+    <t>Gautschi</t>
+  </si>
+  <si>
+    <t>Manual Trigger Point Therapy</t>
+  </si>
+  <si>
+    <t>Brinjikji</t>
+  </si>
+  <si>
+    <t>Imaging in Neurovascular Disease</t>
+  </si>
+  <si>
+    <t>Endothelial Keratoplasty</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series, Volume 5</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series, Volume 10</t>
+  </si>
+  <si>
+    <t>Marre</t>
+  </si>
+  <si>
+    <t>Fundamental Topics in Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Resteghini</t>
+  </si>
+  <si>
+    <t>Diagnostic Musculoskeletal Ultrasound and Guided Injection</t>
+  </si>
+  <si>
+    <t>Orrison</t>
+  </si>
+  <si>
+    <t>Atlas of Brain Function</t>
+  </si>
+  <si>
+    <t>Gavilan</t>
+  </si>
+  <si>
+    <t>Functional and Selective Neck Dissection</t>
+  </si>
+  <si>
+    <t>Leite</t>
+  </si>
+  <si>
+    <t>Diffusion Weighted and Diffusion Tensor Imaging</t>
+  </si>
+  <si>
+    <t>Hebgen</t>
+  </si>
+  <si>
+    <t>Visceral Manipulation in Osteopathy</t>
+  </si>
+  <si>
+    <t>Korman</t>
+  </si>
+  <si>
+    <t>The Business of Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Collares</t>
+  </si>
+  <si>
+    <t>Varicose Veins</t>
+  </si>
+  <si>
+    <t>Deep Brain Stimulation</t>
+  </si>
+  <si>
+    <t>Audiology Practice Management</t>
+  </si>
+  <si>
+    <t>Müller</t>
+  </si>
+  <si>
+    <t>Periodontology</t>
+  </si>
+  <si>
+    <t>Radcases Emergency Radiology</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Oral Diseases</t>
+  </si>
+  <si>
+    <t>Sokolowski</t>
+  </si>
+  <si>
+    <t>Orthopaedic Surgery Review</t>
+  </si>
+  <si>
+    <t>Iv</t>
+  </si>
+  <si>
+    <t>Neuroradiology Q&amp;A for the Radiology Boards</t>
+  </si>
+  <si>
+    <t>Tsementzis</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Neurology and Neurosurgery</t>
+  </si>
+  <si>
+    <t>Dawkins</t>
+  </si>
+  <si>
+    <t>Ultrasound Q&amp;A Review for the Boards</t>
+  </si>
+  <si>
+    <t>Instrumentation for Minimally Invasive Spine Surgery</t>
+  </si>
+  <si>
+    <t>Leatherbarrow</t>
+  </si>
+  <si>
+    <t>Oculoplastic Surgery</t>
+  </si>
+  <si>
+    <t>PET and PET/CT</t>
+  </si>
+  <si>
+    <t>Problems in Periorbital Surgery</t>
+  </si>
+  <si>
+    <t>Spine Surgery</t>
+  </si>
+  <si>
+    <t>Atlas of Neuroanatomy for Communication Science and Disorders</t>
+  </si>
+  <si>
+    <t>Haas</t>
+  </si>
+  <si>
+    <t>Pediatric Cardiology</t>
+  </si>
+  <si>
+    <t>Hartl</t>
+  </si>
+  <si>
+    <t>Essential Step-by-Step Techniques for Minimally Invasive Spinal Surgery</t>
+  </si>
+  <si>
+    <t>Dines</t>
+  </si>
+  <si>
+    <t>Shoulder Surgery</t>
+  </si>
+  <si>
+    <t>Blauth</t>
+  </si>
+  <si>
+    <t>Osteoporotic Fracture Care</t>
+  </si>
+  <si>
+    <t>Müller-Wohlfahrt</t>
+  </si>
+  <si>
+    <t>Muscle Injuries in Sports</t>
+  </si>
+  <si>
+    <t>The Nose - Revision and Reconstruction</t>
+  </si>
+  <si>
+    <t>Haertl</t>
+  </si>
+  <si>
+    <t>Minimally Invasive Spine Surgery - Techniques, Evidence, and Controversies</t>
+  </si>
+  <si>
+    <t>Nikkhah</t>
+  </si>
+  <si>
+    <t>Hand Trauma</t>
+  </si>
+  <si>
+    <t>Gombotz</t>
+  </si>
+  <si>
+    <t>Patient Blood Management</t>
+  </si>
+  <si>
+    <t>Lalonde</t>
+  </si>
+  <si>
+    <t>Wide Awake Hand Surgery and Therapy Tips</t>
+  </si>
+  <si>
+    <t>Gulani</t>
+  </si>
+  <si>
+    <t>The Art of Pterygium Surgery</t>
+  </si>
+  <si>
+    <t>Tenets of Craniosynostosis</t>
+  </si>
+  <si>
+    <t>Chow</t>
+  </si>
+  <si>
+    <t>OCT Angiography</t>
+  </si>
+  <si>
+    <t>Morwani</t>
+  </si>
+  <si>
+    <t>Atlas of Neurotology and Lateral Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Richter</t>
+  </si>
+  <si>
+    <t>Trigger Points and Muscle Chains</t>
+  </si>
+  <si>
+    <t>Krishnan</t>
+  </si>
+  <si>
+    <t>An Illustrated Handbook of Flap-Raising Techniques</t>
+  </si>
+  <si>
+    <t>Spine Essentials Handbook</t>
+  </si>
+  <si>
+    <t>Riascos-Castaneda</t>
+  </si>
+  <si>
+    <t>RadCases Plus Q&amp;A Neuro Imaging</t>
+  </si>
+  <si>
+    <t>RadCases Plus Q&amp;A Pediatric Imaging</t>
+  </si>
+  <si>
+    <t>Garcia</t>
+  </si>
+  <si>
+    <t>RadCases Q&amp;A Musculoskeletal Radiology</t>
+  </si>
+  <si>
+    <t>Steffers</t>
+  </si>
+  <si>
+    <t>General Pathology and Internal Medicine for Physical Therapists</t>
+  </si>
+  <si>
+    <t>Bähr</t>
+  </si>
+  <si>
+    <t>Topical Diagnosis in Neurology</t>
+  </si>
+  <si>
+    <t>Chaudhry</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Imaging Q&amp;A for the Radiology Boards</t>
+  </si>
+  <si>
+    <t>Shaya</t>
+  </si>
+  <si>
+    <t>Neurosurgery Rounds</t>
+  </si>
+  <si>
+    <t>Manz</t>
+  </si>
+  <si>
+    <t>The Art of Cupping</t>
+  </si>
+  <si>
+    <t>Krischak</t>
+  </si>
+  <si>
+    <t>Traumatology for the Physical Therapist</t>
+  </si>
+  <si>
+    <t>Concepts and Cases in Nonunion Treatment</t>
+  </si>
+  <si>
+    <t>Godin</t>
+  </si>
+  <si>
+    <t>Rhinoplasty - Cases and Techniques</t>
+  </si>
+  <si>
+    <t>Baaj</t>
+  </si>
+  <si>
+    <t>Surgery of the Thoracic Spine</t>
+  </si>
+  <si>
+    <t>Ulug</t>
+  </si>
+  <si>
+    <t>Atlas of Temporal Bone Surgery</t>
+  </si>
+  <si>
+    <t>Genden</t>
+  </si>
+  <si>
+    <t>Reconstruction of the Head and Neck</t>
+  </si>
+  <si>
+    <t>Ellenbecker</t>
+  </si>
+  <si>
+    <t>Shoulder Rehabilitation</t>
+  </si>
+  <si>
+    <t>Essentials of OCT in Ocular Disease</t>
+  </si>
+  <si>
+    <t>Newstead</t>
+  </si>
+  <si>
+    <t>Breast MRI Interpretation</t>
+  </si>
+  <si>
+    <t>Wittlinger</t>
+  </si>
+  <si>
+    <t>Dr. Vodder's Manual Lymph Drainage</t>
+  </si>
+  <si>
+    <t>Mullis</t>
+  </si>
+  <si>
+    <t>Synopsis of Orthopaedic Trauma Management</t>
+  </si>
+  <si>
+    <t>Hadjipanayis</t>
+  </si>
+  <si>
+    <t>Fluorescence-Guided Neurosurgery</t>
+  </si>
+  <si>
+    <t>Stewart</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Otolaryngology</t>
+  </si>
+  <si>
+    <t>Siddiqi</t>
+  </si>
+  <si>
+    <t>Neurosurgical Intensive Care</t>
+  </si>
+  <si>
+    <t>Persky</t>
+  </si>
+  <si>
+    <t>Vascular Lesions of the Head and Neck</t>
+  </si>
+  <si>
+    <t>Runge</t>
+  </si>
+  <si>
+    <t>Neuroradiology</t>
+  </si>
+  <si>
+    <t>Babu</t>
+  </si>
+  <si>
+    <t>Cost-Effective Evaluation and Management of Cranial Neuropathy</t>
+  </si>
+  <si>
+    <t>Lang</t>
+  </si>
+  <si>
+    <t>Ophthalmology</t>
+  </si>
+  <si>
+    <t>Hanna</t>
+  </si>
+  <si>
+    <t>Neurosurgery Primary Examination Review</t>
+  </si>
+  <si>
+    <t>Adult Audiology Casebook</t>
+  </si>
+  <si>
+    <t>Gustowski</t>
+  </si>
+  <si>
+    <t>Osteopathic Techniques</t>
+  </si>
+  <si>
+    <t>Albert</t>
+  </si>
+  <si>
+    <t>Physical Examination of the Spine</t>
+  </si>
+  <si>
+    <t>Meyer</t>
+  </si>
+  <si>
+    <t>Patient and Family-Centered Speech-Language Pathology and Audiology</t>
+  </si>
+  <si>
+    <t>Saenz</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Gastrointestinal Imaging</t>
+  </si>
+  <si>
+    <t>Unger</t>
+  </si>
+  <si>
+    <t>Hair Transplantation</t>
+  </si>
+  <si>
+    <t>Theissing</t>
+  </si>
+  <si>
+    <t>ENT Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Fritsch</t>
+  </si>
+  <si>
+    <t>NPH - Normal Pressure Hydrocephalus</t>
+  </si>
+  <si>
+    <t>Clinical Breast Tomosynthesis</t>
+  </si>
+  <si>
+    <t>Simpson</t>
+  </si>
+  <si>
+    <t>Experimental Research Methods in Orthopedics and Trauma</t>
+  </si>
+  <si>
+    <t>Kerschbaumer</t>
+  </si>
+  <si>
+    <t>Operative Approaches in Orthopedic Surgery and Traumatology</t>
+  </si>
+  <si>
+    <t>Sheridan</t>
+  </si>
+  <si>
+    <t>Burns</t>
+  </si>
+  <si>
+    <t>Brook</t>
+  </si>
+  <si>
+    <t>Radiology Structured Reporting Handbook</t>
+  </si>
+  <si>
+    <t>Stein-Wexler</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Pediatric Radiology</t>
+  </si>
+  <si>
+    <t>Hoeffner</t>
+  </si>
+  <si>
+    <t>Temporal Bone Imaging</t>
+  </si>
+  <si>
+    <t>Wieben</t>
+  </si>
+  <si>
+    <t>Muscle Function Testing - A Visual Guide</t>
+  </si>
+  <si>
+    <t>Kimball</t>
+  </si>
+  <si>
+    <t>Tinnitus and Sound Sensitivity Casebook</t>
+  </si>
+  <si>
+    <t>Keuchel</t>
+  </si>
+  <si>
+    <t>Aesthetic Medicine</t>
+  </si>
+  <si>
+    <t>Nye</t>
+  </si>
+  <si>
+    <t>Radiologic Physics Taught Through Cases</t>
+  </si>
+  <si>
+    <t>McCollough</t>
+  </si>
+  <si>
+    <t>The Elite Facial Surgery Practice</t>
+  </si>
+  <si>
+    <t>Largiadèr</t>
+  </si>
+  <si>
+    <t>Thieme Clinical Companions Ultrasound</t>
+  </si>
+  <si>
+    <t>Beek</t>
+  </si>
+  <si>
+    <t>Diagnostic Pediatric Ultrasound</t>
+  </si>
+  <si>
+    <t>Germann</t>
+  </si>
+  <si>
+    <t>Reconstructive Surgery of the Hand and Upper Extremity</t>
+  </si>
+  <si>
+    <t>Lange</t>
+  </si>
+  <si>
+    <t>Radiology of Chest Diseases</t>
+  </si>
+  <si>
+    <t>Otolaryngology--Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Schindele</t>
+  </si>
+  <si>
+    <t>Arthroplasty in Hand Surgery</t>
+  </si>
+  <si>
+    <t>Ehlers</t>
+  </si>
+  <si>
+    <t>The Retina Illustrated</t>
+  </si>
+  <si>
+    <t>ESCOP. Publishing Ltd.</t>
+  </si>
+  <si>
+    <t>ESCOP Monographs. Second Edition Supplement 2009</t>
+  </si>
+  <si>
+    <t>AO Manual of Fracture Management - Elbow &amp; Forearm</t>
+  </si>
+  <si>
+    <t>Freitag</t>
+  </si>
+  <si>
+    <t>Eyelid Reconstruction</t>
+  </si>
+  <si>
+    <t>Kreckmann</t>
+  </si>
+  <si>
+    <t>Pediatrics</t>
+  </si>
+  <si>
+    <t>Potsic</t>
+  </si>
+  <si>
+    <t>Surgical Pediatric Otolaryngology</t>
+  </si>
+  <si>
+    <t>Masters of Cosmetic Surgery - The Video Atlas</t>
+  </si>
+  <si>
+    <t>Microsurgery</t>
+  </si>
+  <si>
+    <t>Yoo</t>
+  </si>
+  <si>
+    <t>Chest Radiographic Interpretation in Pediatric Cardiac Patients</t>
+  </si>
+  <si>
+    <t>Step-By-Step Approach to Endoscopic Cadaveric Dissection, ed 1</t>
+  </si>
+  <si>
+    <t>Biological and Chemical Terrorism</t>
+  </si>
+  <si>
+    <t>Head &amp; Neck Endocrine Surgery</t>
+  </si>
+  <si>
+    <t>Hamori</t>
+  </si>
+  <si>
+    <t>Female Cosmetic Genital Surgery</t>
+  </si>
+  <si>
+    <t>Comprehensive Management of Skull Base Tumors</t>
+  </si>
+  <si>
+    <t>Halpern</t>
+  </si>
+  <si>
+    <t>Clinical Cardiac CT</t>
+  </si>
+  <si>
+    <t>Doelken</t>
+  </si>
+  <si>
+    <t>Physical Therapy Examination and Assessment</t>
+  </si>
+  <si>
+    <t>Manual of Fracture Management - Wrist</t>
+  </si>
+  <si>
+    <t>Reverse Shoulder Arthroplasty</t>
+  </si>
+  <si>
+    <t>Biological Approaches to Spinal Disc Repair and Regeneration for Clinicians</t>
+  </si>
+  <si>
+    <t>Lackner</t>
+  </si>
+  <si>
+    <t>Avoiding Errors in Radiology</t>
+  </si>
+  <si>
+    <t>Davis</t>
+  </si>
+  <si>
+    <t>Surgical Decision Making in Acute Care Surgery</t>
+  </si>
+  <si>
+    <t>Minimally Invasive Glaucoma Surgery</t>
+  </si>
+  <si>
+    <t>Dunnebier</t>
+  </si>
+  <si>
+    <t>Imaging for Otolaryngologists</t>
+  </si>
+  <si>
+    <t>Gänsslen</t>
+  </si>
+  <si>
+    <t>Acetabular Fractures</t>
+  </si>
+  <si>
+    <t>Hollenberg</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Musculoskeletal MR</t>
+  </si>
+  <si>
+    <t>Pamir</t>
+  </si>
+  <si>
+    <t>Chordomas</t>
+  </si>
+  <si>
+    <t>Few, Jr.</t>
+  </si>
+  <si>
+    <t>The Art of Combining Surgical and Nonsurgical Techniques in Aesthetic Medicine</t>
+  </si>
+  <si>
+    <t>Knee Surgery</t>
+  </si>
+  <si>
+    <t>Marchioni</t>
+  </si>
+  <si>
+    <t>Endoscopic Lateral Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Stengel</t>
+  </si>
+  <si>
+    <t>AO Trauma - Statistics and Data Management</t>
+  </si>
+  <si>
+    <t>Heywang-Köbrunner</t>
+  </si>
+  <si>
+    <t>Diagnostic Breast Imaging</t>
+  </si>
+  <si>
+    <t>Gastman</t>
+  </si>
+  <si>
+    <t>Cutaneous Malignancies</t>
+  </si>
+  <si>
+    <t>Dick</t>
+  </si>
+  <si>
+    <t>Femtosecond Laser Surgery in Ophthalmology</t>
+  </si>
+  <si>
+    <t>Georgalas</t>
+  </si>
+  <si>
+    <t>The Frontal Sinus</t>
+  </si>
+  <si>
+    <t>Choudhri</t>
+  </si>
+  <si>
+    <t>Pediatric Neuroradiology</t>
+  </si>
+  <si>
+    <t>Comstock</t>
+  </si>
+  <si>
+    <t>Abbreviated MRI of the Breast</t>
+  </si>
+  <si>
+    <t>Findeiss</t>
+  </si>
+  <si>
+    <t>Venous Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Mattle</t>
+  </si>
+  <si>
+    <t>Fundamentals of Neurology</t>
+  </si>
+  <si>
+    <t>Imaging of Cerebrovascular Disease</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>RadCases Plus Q&amp;A Gastrointestinal Imaging</t>
+  </si>
+  <si>
+    <t>Lung Cancer Screening</t>
+  </si>
+  <si>
+    <t>Audiology Answers for Otolaryngologists</t>
+  </si>
+  <si>
+    <t>Schumpelick</t>
+  </si>
+  <si>
+    <t>Hernia Surgery</t>
+  </si>
+  <si>
+    <t>Salgado</t>
+  </si>
+  <si>
+    <t>Gender Affirmation</t>
+  </si>
+  <si>
+    <t>Garcia-Elias</t>
+  </si>
+  <si>
+    <t>Articular Injury of the Wrist</t>
+  </si>
+  <si>
+    <t>Cappabianca</t>
+  </si>
+  <si>
+    <t>Meningiomas of the Skull Base</t>
+  </si>
+  <si>
+    <t>Clarke</t>
+  </si>
+  <si>
+    <t>Goudy</t>
+  </si>
+  <si>
+    <t>Complete Cleft Care</t>
+  </si>
+  <si>
+    <t>Ophthalmic Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Guntinas-Lichius</t>
+  </si>
+  <si>
+    <t>Facial Nerve Disorders and Diseases</t>
+  </si>
+  <si>
+    <t>Jandial</t>
+  </si>
+  <si>
+    <t>Code Blue</t>
+  </si>
+  <si>
+    <t>Dedivitis</t>
+  </si>
+  <si>
+    <t>Laryngeal Cancer</t>
+  </si>
+  <si>
+    <t>Atlas of Cavityless Cholesteatoma Surgery, Vol 1</t>
+  </si>
+  <si>
+    <t>Karsy</t>
+  </si>
+  <si>
+    <t>The Surgical Handbook</t>
+  </si>
+  <si>
+    <t>Buckup</t>
+  </si>
+  <si>
+    <t>Clinical Tests for the Musculoskeletal System</t>
+  </si>
+  <si>
+    <t>Roth</t>
+  </si>
+  <si>
+    <t>The Essential Burn Unit Handbook</t>
+  </si>
+  <si>
+    <t>Rateitschak</t>
+  </si>
+  <si>
+    <t>Endodontology</t>
+  </si>
+  <si>
+    <t>Burnstine</t>
+  </si>
+  <si>
+    <t>Ophthalmic Plastic Surgery of the Upper Face</t>
+  </si>
+  <si>
+    <t>Aly</t>
+  </si>
+  <si>
+    <t>Partial Breast Reconstruction</t>
+  </si>
+  <si>
+    <t>Beredjiklian</t>
+  </si>
+  <si>
+    <t>Hand Surgery</t>
+  </si>
+  <si>
+    <t>Dornhoffer</t>
+  </si>
+  <si>
+    <t>The Chronic Ear</t>
+  </si>
+  <si>
+    <t>Head and Neck Cancer</t>
+  </si>
+  <si>
+    <t>Barkhausen</t>
+  </si>
+  <si>
+    <t>Digital Breast Tomosynthesis</t>
+  </si>
+  <si>
+    <t>Jhurani</t>
+  </si>
+  <si>
+    <t>Computer Navigated and Handheld Robotic Knee Arthroplasty</t>
+  </si>
+  <si>
+    <t>Complications in Vascular Interventional Therapy: Case-Based Solutions</t>
+  </si>
+  <si>
+    <t>Rubach</t>
+  </si>
+  <si>
+    <t>Principles of Ear Acupuncture</t>
+  </si>
+  <si>
+    <t>Neuro ICU Procedure Atlas</t>
+  </si>
+  <si>
+    <t>Silbernagl</t>
+  </si>
+  <si>
+    <t>Color Atlas of Pathophysiology</t>
+  </si>
+  <si>
+    <t>Treatment of Oral Diseases</t>
+  </si>
+  <si>
+    <t>Dynamic Reconstruction of the Spine</t>
+  </si>
+  <si>
+    <t>Comprehensive Cleft Care: Family Edition</t>
+  </si>
+  <si>
+    <t>Kesting</t>
+  </si>
+  <si>
+    <t>Oral Cancer Surgery</t>
+  </si>
+  <si>
+    <t>Atlas of Cavityless Cholesteatoma Surgery, Vol 2</t>
+  </si>
+  <si>
+    <t>Klein</t>
+  </si>
+  <si>
+    <t>Yoga and Anatomy</t>
+  </si>
+  <si>
+    <t>LaPorte</t>
+  </si>
+  <si>
+    <t>Synopsis of Hand Surgery</t>
+  </si>
+  <si>
+    <t>Jayashankar</t>
+  </si>
+  <si>
+    <t>Atlas of 360 Degree Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Koch</t>
+  </si>
+  <si>
+    <t>Diagnosing Canine Lameness</t>
+  </si>
+  <si>
+    <t>The Patient-Practitioner Relationship in Acupuncture</t>
+  </si>
+  <si>
+    <t>Azar</t>
+  </si>
+  <si>
+    <t>Radcases Ultrasound Imaging</t>
+  </si>
+  <si>
+    <t>Normal Findings in Radiography</t>
+  </si>
+  <si>
+    <t>Fliss</t>
+  </si>
+  <si>
+    <t>Atlas of Pediatric Head and Neck and Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Noninterpretive Skills in Radiology</t>
+  </si>
+  <si>
+    <t>Auditory Disorders in School Children</t>
+  </si>
+  <si>
+    <t>Felisati</t>
+  </si>
+  <si>
+    <t>Sinonasal Complications of Dental Disease and Treatment</t>
+  </si>
+  <si>
+    <t>Pediatric Endoscopic Endonasal Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Neurosurgery Updates, Vol. I</t>
+  </si>
+  <si>
+    <t>Neurosurgery Updates, Vol. 2</t>
+  </si>
+  <si>
+    <t>Wilkinson</t>
+  </si>
+  <si>
+    <t>Auditory Brainstem Implants</t>
+  </si>
+  <si>
+    <t>Welkoborsky</t>
+  </si>
+  <si>
+    <t>Interdisciplinary Management of Orbital Diseases</t>
+  </si>
+  <si>
+    <t>van der Heijden</t>
+  </si>
+  <si>
+    <t>Management of Complications in Common Hand and Wrist Procedures</t>
+  </si>
+  <si>
+    <t>Rudrappa</t>
+  </si>
+  <si>
+    <t>Lumbar Interbody Fusion</t>
+  </si>
+  <si>
+    <t>The Grasping Hand</t>
+  </si>
+  <si>
+    <t>Atlas of Sellar, Suprasellar, and Parasellar Lesions</t>
+  </si>
+  <si>
+    <t>Bahadur</t>
+  </si>
+  <si>
+    <t>Robotic Gynecologic Surgery</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Spine Surgery</t>
+  </si>
+  <si>
+    <t>Pediatric Ophthalmology Surgery and Procedures</t>
+  </si>
+  <si>
+    <t>Noll</t>
+  </si>
+  <si>
+    <t>Chinese Medicine in Fertility Disorders</t>
+  </si>
+  <si>
+    <t>Jin</t>
+  </si>
+  <si>
+    <t>Aesthetic Plastic Surgery of the East Asian Face</t>
+  </si>
+  <si>
+    <t>Borba</t>
+  </si>
+  <si>
+    <t>Microsurgical and Endoscopic Approaches to the Skull Base</t>
+  </si>
+  <si>
+    <t>Wegner</t>
+  </si>
+  <si>
+    <t>Breast Cancer Mimics</t>
+  </si>
+  <si>
+    <t>Differential Diagnosis in Conventional Radiology</t>
+  </si>
+  <si>
+    <t>The Art of Refractive Cataract Surgery</t>
+  </si>
+  <si>
+    <t>Krukemeyer</t>
+  </si>
+  <si>
+    <t>Introductory Guide to Medical Training</t>
+  </si>
+  <si>
+    <t>Presutti</t>
+  </si>
+  <si>
+    <t>Endoscopic Ear Surgery</t>
+  </si>
+  <si>
+    <t>Lai</t>
+  </si>
+  <si>
+    <t>Neurosurgical Diseases</t>
+  </si>
+  <si>
+    <t>Gurung</t>
+  </si>
+  <si>
+    <t>Thieme Review for the USMLE®: A WIN for Step 2 and 3 CK</t>
+  </si>
+  <si>
+    <t>Encyclopedia of Football Medicine, Vol.3</t>
+  </si>
+  <si>
+    <t>Hecker</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Acupuncture and Trigger Points</t>
+  </si>
+  <si>
+    <t>Cervical Spondylotic Myelopathy and Ossification of Posterior Longitudinal Ligament</t>
+  </si>
+  <si>
+    <t>Rex</t>
+  </si>
+  <si>
+    <t>K-Wiring</t>
+  </si>
+  <si>
+    <t>The Operative Atlas of Neurosurgery, Vol II</t>
+  </si>
+  <si>
+    <t>Teaching Manual of Color Duplex Sonography</t>
+  </si>
+  <si>
+    <t>Böhmeke</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Echocardiography</t>
+  </si>
+  <si>
+    <t>The Operative Atlas of Neurosurgery, Vol I</t>
+  </si>
+  <si>
+    <t>Waite</t>
+  </si>
+  <si>
+    <t>Thieme Test Prep for the USMLE®: Medical Physiology Q&amp;A</t>
+  </si>
+  <si>
+    <t>Split Cord Malformations</t>
+  </si>
+  <si>
+    <t>Vess</t>
+  </si>
+  <si>
+    <t>Speech Sound Disorders</t>
+  </si>
+  <si>
+    <t>Jackler</t>
+  </si>
+  <si>
+    <t>Ear Surgery Illustrated</t>
+  </si>
+  <si>
+    <t>Chandrasekharam</t>
+  </si>
+  <si>
+    <t>Hypospadias Surgery</t>
+  </si>
+  <si>
+    <t>Kemp</t>
+  </si>
+  <si>
+    <t>Thieme Test Prep for the USMLE®: Pathology Q&amp;A</t>
+  </si>
+  <si>
+    <t>Eul-Matern</t>
+  </si>
+  <si>
+    <t>Acupuncture for Dogs and Cats</t>
+  </si>
+  <si>
+    <t>Golper</t>
+  </si>
+  <si>
+    <t>Outcomes in Speech-Language Pathology</t>
+  </si>
+  <si>
+    <t>Maltby</t>
+  </si>
+  <si>
+    <t>A Dictionary of Hearing</t>
+  </si>
+  <si>
+    <t>Textbook of Plastic, Reconstructive, and Aesthetic Surgery, Vol 4</t>
+  </si>
+  <si>
+    <t>Zeller</t>
+  </si>
+  <si>
+    <t>Vascular Medicine</t>
+  </si>
+  <si>
+    <t>Textbook of Plastic, Reconstructive, and Aesthetic Surgery, Vol 6</t>
+  </si>
+  <si>
+    <t>Elawdy</t>
+  </si>
+  <si>
+    <t>Thieme Review for the USMLE® Step 2: CS for IMGs</t>
+  </si>
+  <si>
+    <t>Das</t>
+  </si>
+  <si>
+    <t>Thieme Test Prep for the USMLE®: Medical Neuroscience Q&amp;A</t>
+  </si>
+  <si>
+    <t>Eliades</t>
+  </si>
+  <si>
+    <t>Orthodontic Postgraduate Education: A Global Perspective</t>
+  </si>
+  <si>
+    <t>Video Atlas of Neurophysiological Monitoring in Surgery of Infiltrating Brain Tumors</t>
+  </si>
+  <si>
+    <t>CT Teaching Manual</t>
+  </si>
+  <si>
+    <t>Ultrasound Teaching Manual</t>
+  </si>
+  <si>
+    <t>Kharbanda</t>
+  </si>
+  <si>
+    <t>Cleft Orthodontics</t>
+  </si>
+  <si>
+    <t>Marya</t>
+  </si>
+  <si>
+    <t>Complex Primary Total Knee Arthroplasty</t>
+  </si>
+  <si>
+    <t>Textbook of Plastic, Reconstructive and Aesthetic Surgery, Vol 2</t>
+  </si>
+  <si>
+    <t>Textbook of Plastic, Reconstructive, and Aesthetic Surgery, Vol 3</t>
+  </si>
+  <si>
+    <t>Textbook of Plastic, Reconstructive, and Aesthetic Surgery, Vol 5</t>
+  </si>
+  <si>
+    <t>Endoscopic Transsphenoidal Surgery</t>
+  </si>
+  <si>
+    <t>Peev</t>
+  </si>
+  <si>
+    <t>Spinal Deformity Surgery</t>
+  </si>
+  <si>
+    <t>Azad</t>
+  </si>
+  <si>
+    <t>Basics of Vitrectomy</t>
+  </si>
+  <si>
+    <t>Controversies in Spine Surgery, MIS versus OPEN</t>
+  </si>
+  <si>
+    <t>Rohidas</t>
+  </si>
+  <si>
+    <t>Endoscopic Spine Surgery</t>
+  </si>
+  <si>
+    <t>Chen</t>
+  </si>
+  <si>
+    <t>Management of Orthopaedic Infections</t>
+  </si>
+  <si>
+    <t>Khokhar</t>
+  </si>
+  <si>
+    <t>The Art of Refractive Surgery</t>
+  </si>
+  <si>
+    <t>Handbook of Foot and Ankle Orthopedics</t>
+  </si>
+  <si>
+    <t>Courtney</t>
+  </si>
+  <si>
+    <t>Clinical Handbook of Pediatric Endocrinology</t>
+  </si>
+  <si>
+    <t>Bhatoe</t>
+  </si>
+  <si>
+    <t>Missile Injuries of the Brain, Spine, and Peripheral Nerves</t>
+  </si>
+  <si>
+    <t>Franzese</t>
+  </si>
+  <si>
+    <t>Handbook of Otolaryngic Allergy</t>
+  </si>
+  <si>
+    <t>How NOT to Write a Medical Paper</t>
+  </si>
+  <si>
+    <t>Maio</t>
+  </si>
+  <si>
+    <t>Essays in Medical Ethics</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -377,76 +5072,14996 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1"/>
+  <dimension ref="A1:F927"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2">
+        <v>9781684206735</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>9781626231061</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>8</v>
+      </c>
+      <c r="E3">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>9781626233942</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>9781684204700</v>
+      </c>
+      <c r="B5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" t="s">
+        <v>8</v>
+      </c>
+      <c r="E5">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>9781684206698</v>
+      </c>
+      <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E6">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>9781684205691</v>
+      </c>
+      <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>17</v>
+      </c>
+      <c r="E7">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>9781684204946</v>
+      </c>
+      <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>9781684200702</v>
+      </c>
+      <c r="B9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>9783131760012</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>9781626230224</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="E11">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>9781604062410</v>
+      </c>
+      <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
+        <v>29</v>
+      </c>
+      <c r="D12" t="s">
+        <v>8</v>
+      </c>
+      <c r="E12">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>9781626233478</v>
+      </c>
+      <c r="B13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" t="s">
+        <v>31</v>
+      </c>
+      <c r="D13" t="s">
+        <v>17</v>
+      </c>
+      <c r="E13">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>9781626238954</v>
+      </c>
+      <c r="B14" t="s">
+        <v>32</v>
+      </c>
+      <c r="C14" t="s">
+        <v>33</v>
+      </c>
+      <c r="D14" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>9781684206261</v>
+      </c>
+      <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" t="s">
+        <v>35</v>
+      </c>
+      <c r="D15" t="s">
+        <v>8</v>
+      </c>
+      <c r="E15">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>9789349433564</v>
+      </c>
+      <c r="B16" t="s">
+        <v>36</v>
+      </c>
+      <c r="C16" t="s">
+        <v>37</v>
+      </c>
+      <c r="D16" t="s">
+        <v>38</v>
+      </c>
+      <c r="E16">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>9781684201440</v>
+      </c>
+      <c r="B17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
+        <v>8</v>
+      </c>
+      <c r="E17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>9783136712047</v>
+      </c>
+      <c r="B18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>17</v>
+      </c>
+      <c r="E18">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>9788198126542</v>
+      </c>
+      <c r="B19" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>8</v>
+      </c>
+      <c r="E19">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>9781626231085</v>
+      </c>
+      <c r="B20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>8</v>
+      </c>
+      <c r="E20">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>9781684204984</v>
+      </c>
+      <c r="B21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>9783132451704</v>
+      </c>
+      <c r="B22" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>8</v>
+      </c>
+      <c r="E22">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>9781684201631</v>
+      </c>
+      <c r="B23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>8</v>
+      </c>
+      <c r="E23">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>9788198109491</v>
+      </c>
+      <c r="B24" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25">
+        <v>9788197299032</v>
+      </c>
+      <c r="B25" t="s">
+        <v>55</v>
+      </c>
+      <c r="C25" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" t="s">
+        <v>8</v>
+      </c>
+      <c r="E25">
+        <v>2025</v>
+      </c>
+      <c r="F25">
+        <v>219.99</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6">
+      <c r="A26">
+        <v>9781684200603</v>
+      </c>
+      <c r="B26" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" t="s">
+        <v>58</v>
+      </c>
+      <c r="D26" t="s">
+        <v>8</v>
+      </c>
+      <c r="E26">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6">
+      <c r="A27">
+        <v>9781684206308</v>
+      </c>
+      <c r="B27" t="s">
+        <v>59</v>
+      </c>
+      <c r="C27" t="s">
+        <v>60</v>
+      </c>
+      <c r="D27" t="s">
+        <v>17</v>
+      </c>
+      <c r="E27">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6">
+      <c r="A28">
+        <v>9788198109484</v>
+      </c>
+      <c r="B28" t="s">
+        <v>61</v>
+      </c>
+      <c r="C28" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28">
+        <v>2025</v>
+      </c>
+      <c r="F28">
+        <v>50.99</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6">
+      <c r="A29">
+        <v>9781626237247</v>
+      </c>
+      <c r="B29" t="s">
+        <v>63</v>
+      </c>
+      <c r="C29" t="s">
+        <v>64</v>
+      </c>
+      <c r="D29" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6">
+      <c r="A30">
+        <v>9788196736781</v>
+      </c>
+      <c r="B30" t="s">
+        <v>65</v>
+      </c>
+      <c r="C30" t="s">
+        <v>66</v>
+      </c>
+      <c r="D30" t="s">
+        <v>8</v>
+      </c>
+      <c r="E30">
+        <v>2024</v>
+      </c>
+      <c r="F30">
+        <v>132.0</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6">
+      <c r="A31">
+        <v>9781684205790</v>
+      </c>
+      <c r="B31" t="s">
+        <v>67</v>
+      </c>
+      <c r="C31" t="s">
+        <v>68</v>
+      </c>
+      <c r="E31">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6">
+      <c r="A32">
+        <v>9781626233768</v>
+      </c>
+      <c r="B32" t="s">
+        <v>69</v>
+      </c>
+      <c r="C32" t="s">
+        <v>70</v>
+      </c>
+      <c r="D32" t="s">
+        <v>8</v>
+      </c>
+      <c r="E32">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6">
+      <c r="A33">
+        <v>9781684201372</v>
+      </c>
+      <c r="B33" t="s">
+        <v>71</v>
+      </c>
+      <c r="C33" t="s">
+        <v>72</v>
+      </c>
+      <c r="E33">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6">
+      <c r="C34" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="C35" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36">
+        <v>9781626233720</v>
+      </c>
+      <c r="B36" t="s">
+        <v>75</v>
+      </c>
+      <c r="C36" t="s">
+        <v>76</v>
+      </c>
+      <c r="D36" t="s">
+        <v>8</v>
+      </c>
+      <c r="E36">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37">
+        <v>9781684201563</v>
+      </c>
+      <c r="B37" t="s">
+        <v>77</v>
+      </c>
+      <c r="C37" t="s">
+        <v>78</v>
+      </c>
+      <c r="D37" t="s">
+        <v>8</v>
+      </c>
+      <c r="E37">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38">
+        <v>9781684205547</v>
+      </c>
+      <c r="B38" t="s">
+        <v>34</v>
+      </c>
+      <c r="C38" t="s">
+        <v>79</v>
+      </c>
+      <c r="D38" t="s">
+        <v>17</v>
+      </c>
+      <c r="E38">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6">
+      <c r="A39">
+        <v>9781684206612</v>
+      </c>
+      <c r="B39" t="s">
+        <v>80</v>
+      </c>
+      <c r="C39" t="s">
+        <v>81</v>
+      </c>
+      <c r="D39" t="s">
+        <v>17</v>
+      </c>
+      <c r="E39">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40">
+        <v>9781684201358</v>
+      </c>
+      <c r="B40" t="s">
+        <v>82</v>
+      </c>
+      <c r="C40" t="s">
+        <v>83</v>
+      </c>
+      <c r="D40" t="s">
+        <v>84</v>
+      </c>
+      <c r="E40">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41">
+        <v>9781604062809</v>
+      </c>
+      <c r="B41" t="s">
+        <v>85</v>
+      </c>
+      <c r="C41" t="s">
+        <v>86</v>
+      </c>
+      <c r="D41" t="s">
+        <v>87</v>
+      </c>
+      <c r="E41">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42">
+        <v>9789385062209</v>
+      </c>
+      <c r="B42" t="s">
+        <v>88</v>
+      </c>
+      <c r="C42" t="s">
+        <v>89</v>
+      </c>
+      <c r="E42">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>90</v>
+      </c>
+      <c r="B43" t="s">
+        <v>91</v>
+      </c>
+      <c r="C43" t="s">
+        <v>92</v>
+      </c>
+      <c r="D43" t="s">
+        <v>93</v>
+      </c>
+      <c r="E43">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44">
+        <v>9789382076940</v>
+      </c>
+      <c r="B44" t="s">
+        <v>94</v>
+      </c>
+      <c r="C44" t="s">
+        <v>95</v>
+      </c>
+      <c r="D44" t="s">
+        <v>96</v>
+      </c>
+      <c r="E44">
+        <v>2014</v>
+      </c>
+      <c r="F44">
+        <v>74.99</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45">
+        <v>9783132444720</v>
+      </c>
+      <c r="B45" t="s">
+        <v>97</v>
+      </c>
+      <c r="C45" t="s">
+        <v>98</v>
+      </c>
+      <c r="D45" t="s">
+        <v>8</v>
+      </c>
+      <c r="E45">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46">
+        <v>9781684205011</v>
+      </c>
+      <c r="B46" t="s">
+        <v>99</v>
+      </c>
+      <c r="C46" t="s">
+        <v>100</v>
+      </c>
+      <c r="D46" t="s">
+        <v>8</v>
+      </c>
+      <c r="E46">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="C47" t="s">
+        <v>101</v>
+      </c>
+      <c r="F47">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48">
+        <v>9781684200436</v>
+      </c>
+      <c r="B48" t="s">
+        <v>102</v>
+      </c>
+      <c r="C48" t="s">
+        <v>103</v>
+      </c>
+      <c r="D48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E48">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49">
+        <v>9781684201167</v>
+      </c>
+      <c r="B49" t="s">
+        <v>104</v>
+      </c>
+      <c r="C49" t="s">
+        <v>105</v>
+      </c>
+      <c r="D49" t="s">
+        <v>17</v>
+      </c>
+      <c r="E49">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50">
+        <v>9781684204960</v>
+      </c>
+      <c r="B50" t="s">
+        <v>106</v>
+      </c>
+      <c r="C50" t="s">
+        <v>107</v>
+      </c>
+      <c r="D50" t="s">
+        <v>17</v>
+      </c>
+      <c r="E50">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51">
+        <v>9781626235748</v>
+      </c>
+      <c r="B51" t="s">
+        <v>108</v>
+      </c>
+      <c r="C51" t="s">
+        <v>109</v>
+      </c>
+      <c r="D51" t="s">
+        <v>8</v>
+      </c>
+      <c r="E51">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52">
+        <v>9781684201143</v>
+      </c>
+      <c r="B52" t="s">
+        <v>110</v>
+      </c>
+      <c r="C52" t="s">
+        <v>111</v>
+      </c>
+      <c r="D52" t="s">
+        <v>8</v>
+      </c>
+      <c r="E52">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53">
+        <v>9781626236042</v>
+      </c>
+      <c r="B53" t="s">
+        <v>112</v>
+      </c>
+      <c r="C53" t="s">
+        <v>113</v>
+      </c>
+      <c r="D53" t="s">
+        <v>8</v>
+      </c>
+      <c r="E53">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54">
+        <v>9788197475887</v>
+      </c>
+      <c r="B54" t="s">
+        <v>114</v>
+      </c>
+      <c r="C54" t="s">
+        <v>115</v>
+      </c>
+      <c r="D54" t="s">
+        <v>8</v>
+      </c>
+      <c r="E54">
+        <v>2024</v>
+      </c>
+      <c r="F54">
+        <v>64.0</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55">
+        <v>9781626238107</v>
+      </c>
+      <c r="B55" t="s">
+        <v>116</v>
+      </c>
+      <c r="C55" t="s">
+        <v>117</v>
+      </c>
+      <c r="D55" t="s">
+        <v>8</v>
+      </c>
+      <c r="E55">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56">
+        <v>9781626239630</v>
+      </c>
+      <c r="B56" t="s">
+        <v>118</v>
+      </c>
+      <c r="C56" t="s">
+        <v>119</v>
+      </c>
+      <c r="D56" t="s">
+        <v>8</v>
+      </c>
+      <c r="E56">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57">
+        <v>9781684205226</v>
+      </c>
+      <c r="B57" t="s">
+        <v>120</v>
+      </c>
+      <c r="C57" t="s">
+        <v>121</v>
+      </c>
+      <c r="D57" t="s">
+        <v>8</v>
+      </c>
+      <c r="E57">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58">
+        <v>9781684206018</v>
+      </c>
+      <c r="B58" t="s">
+        <v>122</v>
+      </c>
+      <c r="C58" t="s">
+        <v>123</v>
+      </c>
+      <c r="D58" t="s">
+        <v>96</v>
+      </c>
+      <c r="E58">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59">
+        <v>9789395390101</v>
+      </c>
+      <c r="B59" t="s">
+        <v>124</v>
+      </c>
+      <c r="C59" t="s">
+        <v>125</v>
+      </c>
+      <c r="D59" t="s">
+        <v>8</v>
+      </c>
+      <c r="E59">
+        <v>2023</v>
+      </c>
+      <c r="F59">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6">
+      <c r="A60">
+        <v>9789386293534</v>
+      </c>
+      <c r="B60" t="s">
+        <v>91</v>
+      </c>
+      <c r="C60" t="s">
+        <v>126</v>
+      </c>
+      <c r="D60" t="s">
+        <v>8</v>
+      </c>
+      <c r="E60">
+        <v>2018</v>
+      </c>
+      <c r="F60">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6">
+      <c r="A61">
+        <v>9789386293497</v>
+      </c>
+      <c r="B61" t="s">
+        <v>91</v>
+      </c>
+      <c r="C61" t="s">
+        <v>127</v>
+      </c>
+      <c r="D61" t="s">
+        <v>8</v>
+      </c>
+      <c r="E61">
+        <v>2018</v>
+      </c>
+      <c r="F61">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6">
+      <c r="A62">
+        <v>9789386293510</v>
+      </c>
+      <c r="B62" t="s">
+        <v>91</v>
+      </c>
+      <c r="C62" t="s">
+        <v>128</v>
+      </c>
+      <c r="D62" t="s">
+        <v>8</v>
+      </c>
+      <c r="E62">
+        <v>2018</v>
+      </c>
+      <c r="F62">
+        <v>75.0</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6">
+      <c r="A63">
+        <v>9789386293985</v>
+      </c>
+      <c r="B63" t="s">
+        <v>91</v>
+      </c>
+      <c r="C63" t="s">
+        <v>129</v>
+      </c>
+      <c r="D63" t="s">
+        <v>8</v>
+      </c>
+      <c r="E63">
+        <v>2018</v>
+      </c>
+      <c r="F63">
+        <v>104.99</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6">
+      <c r="A64">
+        <v>9789386293923</v>
+      </c>
+      <c r="B64" t="s">
+        <v>91</v>
+      </c>
+      <c r="C64" t="s">
+        <v>130</v>
+      </c>
+      <c r="D64" t="s">
+        <v>8</v>
+      </c>
+      <c r="E64">
+        <v>2018</v>
+      </c>
+      <c r="F64">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6">
+      <c r="A65">
+        <v>9789388257329</v>
+      </c>
+      <c r="B65" t="s">
+        <v>91</v>
+      </c>
+      <c r="C65" t="s">
+        <v>131</v>
+      </c>
+      <c r="D65" t="s">
+        <v>8</v>
+      </c>
+      <c r="E65">
+        <v>2019</v>
+      </c>
+      <c r="F65">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6">
+      <c r="A66">
+        <v>9789388257305</v>
+      </c>
+      <c r="B66" t="s">
+        <v>91</v>
+      </c>
+      <c r="C66" t="s">
+        <v>132</v>
+      </c>
+      <c r="D66" t="s">
+        <v>8</v>
+      </c>
+      <c r="E66">
+        <v>2019</v>
+      </c>
+      <c r="F66">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6">
+      <c r="A67">
+        <v>9788196691493</v>
+      </c>
+      <c r="B67" t="s">
+        <v>133</v>
+      </c>
+      <c r="C67" t="s">
+        <v>134</v>
+      </c>
+      <c r="D67" t="s">
+        <v>8</v>
+      </c>
+      <c r="E67">
+        <v>2023</v>
+      </c>
+      <c r="F67">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6">
+      <c r="A68">
+        <v>9789390553068</v>
+      </c>
+      <c r="B68" t="s">
+        <v>135</v>
+      </c>
+      <c r="C68" t="s">
+        <v>136</v>
+      </c>
+      <c r="D68" t="s">
+        <v>8</v>
+      </c>
+      <c r="E68">
+        <v>2021</v>
+      </c>
+      <c r="F68">
+        <v>49.99</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6">
+      <c r="A69">
+        <v>9789390553174</v>
+      </c>
+      <c r="B69" t="s">
+        <v>137</v>
+      </c>
+      <c r="C69" t="s">
+        <v>138</v>
+      </c>
+      <c r="D69" t="s">
+        <v>139</v>
+      </c>
+      <c r="E69">
+        <v>2023</v>
+      </c>
+      <c r="F69">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6">
+      <c r="A70">
+        <v>9789382076049</v>
+      </c>
+      <c r="B70" t="s">
+        <v>140</v>
+      </c>
+      <c r="C70" t="s">
+        <v>141</v>
+      </c>
+      <c r="D70" t="s">
+        <v>8</v>
+      </c>
+      <c r="E70">
+        <v>2012</v>
+      </c>
+      <c r="F70">
+        <v>124.99</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6">
+      <c r="A71">
+        <v>9789382076070</v>
+      </c>
+      <c r="B71" t="s">
+        <v>140</v>
+      </c>
+      <c r="C71" t="s">
+        <v>142</v>
+      </c>
+      <c r="D71" t="s">
+        <v>8</v>
+      </c>
+      <c r="E71">
+        <v>2013</v>
+      </c>
+      <c r="F71">
+        <v>149.99</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6">
+      <c r="A72">
+        <v>9789395390576</v>
+      </c>
+      <c r="B72" t="s">
+        <v>143</v>
+      </c>
+      <c r="C72" t="s">
+        <v>144</v>
+      </c>
+      <c r="D72" t="s">
+        <v>8</v>
+      </c>
+      <c r="E72">
+        <v>2023</v>
+      </c>
+      <c r="F72">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6">
+      <c r="A73">
+        <v>9789395390842</v>
+      </c>
+      <c r="B73" t="s">
+        <v>145</v>
+      </c>
+      <c r="C73" t="s">
+        <v>146</v>
+      </c>
+      <c r="D73" t="s">
+        <v>8</v>
+      </c>
+      <c r="E73">
+        <v>2023</v>
+      </c>
+      <c r="F73">
+        <v>47.0</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6">
+      <c r="A74">
+        <v>9789395390934</v>
+      </c>
+      <c r="B74" t="s">
+        <v>147</v>
+      </c>
+      <c r="C74" t="s">
+        <v>148</v>
+      </c>
+      <c r="D74" t="s">
+        <v>8</v>
+      </c>
+      <c r="E74">
+        <v>2023</v>
+      </c>
+      <c r="F74">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6">
+      <c r="A75">
+        <v>9789382076674</v>
+      </c>
+      <c r="B75" t="s">
+        <v>149</v>
+      </c>
+      <c r="C75" t="s">
+        <v>150</v>
+      </c>
+      <c r="D75" t="s">
+        <v>8</v>
+      </c>
+      <c r="E75">
+        <v>2014</v>
+      </c>
+      <c r="F75">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6">
+      <c r="A76">
+        <v>9789385062094</v>
+      </c>
+      <c r="B76" t="s">
+        <v>151</v>
+      </c>
+      <c r="C76" t="s">
+        <v>150</v>
+      </c>
+      <c r="D76" t="s">
+        <v>8</v>
+      </c>
+      <c r="E76">
+        <v>2015</v>
+      </c>
+      <c r="F76">
+        <v>94.99</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6">
+      <c r="A77">
+        <v>9789385062001</v>
+      </c>
+      <c r="B77" t="s">
+        <v>152</v>
+      </c>
+      <c r="C77" t="s">
+        <v>150</v>
+      </c>
+      <c r="D77" t="s">
+        <v>8</v>
+      </c>
+      <c r="E77">
+        <v>2015</v>
+      </c>
+      <c r="F77">
+        <v>168.0</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6">
+      <c r="A78">
+        <v>9789385062735</v>
+      </c>
+      <c r="B78" t="s">
+        <v>153</v>
+      </c>
+      <c r="C78" t="s">
+        <v>150</v>
+      </c>
+      <c r="D78" t="s">
+        <v>8</v>
+      </c>
+      <c r="E78">
+        <v>2016</v>
+      </c>
+      <c r="F78">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6">
+      <c r="A79">
+        <v>9789385062742</v>
+      </c>
+      <c r="B79" t="s">
+        <v>153</v>
+      </c>
+      <c r="C79" t="s">
+        <v>150</v>
+      </c>
+      <c r="D79" t="s">
+        <v>8</v>
+      </c>
+      <c r="E79">
+        <v>2016</v>
+      </c>
+      <c r="F79">
+        <v>168.0</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6">
+      <c r="A80">
+        <v>9789382076681</v>
+      </c>
+      <c r="B80" t="s">
+        <v>153</v>
+      </c>
+      <c r="C80" t="s">
+        <v>150</v>
+      </c>
+      <c r="D80" t="s">
+        <v>8</v>
+      </c>
+      <c r="E80">
+        <v>2014</v>
+      </c>
+      <c r="F80">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6">
+      <c r="A81">
+        <v>9789392819360</v>
+      </c>
+      <c r="B81" t="s">
+        <v>154</v>
+      </c>
+      <c r="C81" t="s">
+        <v>155</v>
+      </c>
+      <c r="D81" t="s">
+        <v>8</v>
+      </c>
+      <c r="E81">
+        <v>2023</v>
+      </c>
+      <c r="F81">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6">
+      <c r="A82">
+        <v>9789388257602</v>
+      </c>
+      <c r="B82" t="s">
+        <v>91</v>
+      </c>
+      <c r="C82" t="s">
+        <v>156</v>
+      </c>
+      <c r="D82" t="s">
+        <v>8</v>
+      </c>
+      <c r="E82">
+        <v>2019</v>
+      </c>
+      <c r="F82">
+        <v>72.0</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6">
+      <c r="A83">
+        <v>9789395390620</v>
+      </c>
+      <c r="B83" t="s">
+        <v>157</v>
+      </c>
+      <c r="C83" t="s">
+        <v>158</v>
+      </c>
+      <c r="D83" t="s">
+        <v>8</v>
+      </c>
+      <c r="E83">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6">
+      <c r="A84">
+        <v>9789395390613</v>
+      </c>
+      <c r="B84" t="s">
+        <v>157</v>
+      </c>
+      <c r="C84" t="s">
+        <v>159</v>
+      </c>
+      <c r="D84" t="s">
+        <v>8</v>
+      </c>
+      <c r="E84">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6">
+      <c r="A85">
+        <v>9789390553105</v>
+      </c>
+      <c r="B85" t="s">
+        <v>160</v>
+      </c>
+      <c r="C85" t="s">
+        <v>161</v>
+      </c>
+      <c r="D85" t="s">
+        <v>8</v>
+      </c>
+      <c r="E85">
+        <v>2022</v>
+      </c>
+      <c r="F85">
+        <v>125.0</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6">
+      <c r="A86">
+        <v>9788194857013</v>
+      </c>
+      <c r="B86" t="s">
+        <v>162</v>
+      </c>
+      <c r="C86" t="s">
+        <v>163</v>
+      </c>
+      <c r="D86" t="s">
+        <v>8</v>
+      </c>
+      <c r="E86">
+        <v>2021</v>
+      </c>
+      <c r="F86">
+        <v>79.99</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6">
+      <c r="A87">
+        <v>9789390553426</v>
+      </c>
+      <c r="B87" t="s">
+        <v>164</v>
+      </c>
+      <c r="C87" t="s">
+        <v>165</v>
+      </c>
+      <c r="D87" t="s">
+        <v>8</v>
+      </c>
+      <c r="E87">
+        <v>2022</v>
+      </c>
+      <c r="F87">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6">
+      <c r="A88">
+        <v>9789392819261</v>
+      </c>
+      <c r="B88" t="s">
+        <v>166</v>
+      </c>
+      <c r="C88" t="s">
+        <v>167</v>
+      </c>
+      <c r="D88" t="s">
+        <v>8</v>
+      </c>
+      <c r="E88">
+        <v>2022</v>
+      </c>
+      <c r="F88">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6">
+      <c r="A89">
+        <v>9789390553075</v>
+      </c>
+      <c r="B89" t="s">
+        <v>168</v>
+      </c>
+      <c r="C89" t="s">
+        <v>169</v>
+      </c>
+      <c r="D89" t="s">
+        <v>8</v>
+      </c>
+      <c r="E89">
+        <v>2022</v>
+      </c>
+      <c r="F89">
+        <v>72.0</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6">
+      <c r="A90">
+        <v>9789390553761</v>
+      </c>
+      <c r="B90" t="s">
+        <v>170</v>
+      </c>
+      <c r="C90" t="s">
+        <v>171</v>
+      </c>
+      <c r="D90" t="s">
+        <v>8</v>
+      </c>
+      <c r="E90">
+        <v>2021</v>
+      </c>
+      <c r="F90">
+        <v>51.0</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6">
+      <c r="A91">
+        <v>9781626236875</v>
+      </c>
+      <c r="B91" t="s">
+        <v>172</v>
+      </c>
+      <c r="C91" t="s">
+        <v>173</v>
+      </c>
+      <c r="D91" t="s">
+        <v>8</v>
+      </c>
+      <c r="E91">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6">
+      <c r="A92">
+        <v>9789386293688</v>
+      </c>
+      <c r="B92" t="s">
+        <v>174</v>
+      </c>
+      <c r="C92" t="s">
+        <v>175</v>
+      </c>
+      <c r="D92" t="s">
+        <v>8</v>
+      </c>
+      <c r="E92">
+        <v>2018</v>
+      </c>
+      <c r="F92">
+        <v>419.99</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6">
+      <c r="A93">
+        <v>9789395390057</v>
+      </c>
+      <c r="B93" t="s">
+        <v>176</v>
+      </c>
+      <c r="C93" t="s">
+        <v>177</v>
+      </c>
+      <c r="D93" t="s">
+        <v>8</v>
+      </c>
+      <c r="E93">
+        <v>2023</v>
+      </c>
+      <c r="F93">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6">
+      <c r="A94">
+        <v>9789395390248</v>
+      </c>
+      <c r="B94" t="s">
+        <v>133</v>
+      </c>
+      <c r="C94" t="s">
+        <v>178</v>
+      </c>
+      <c r="D94" t="s">
+        <v>8</v>
+      </c>
+      <c r="E94">
+        <v>2023</v>
+      </c>
+      <c r="F94">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6">
+      <c r="A95">
+        <v>9789392819131</v>
+      </c>
+      <c r="B95" t="s">
+        <v>179</v>
+      </c>
+      <c r="C95" t="s">
+        <v>180</v>
+      </c>
+      <c r="D95" t="s">
+        <v>8</v>
+      </c>
+      <c r="E95">
+        <v>2023</v>
+      </c>
+      <c r="F95">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6">
+      <c r="A96">
+        <v>9789392819957</v>
+      </c>
+      <c r="B96" t="s">
+        <v>181</v>
+      </c>
+      <c r="C96" t="s">
+        <v>182</v>
+      </c>
+      <c r="D96" t="s">
+        <v>8</v>
+      </c>
+      <c r="E96">
+        <v>2023</v>
+      </c>
+      <c r="F96">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6">
+      <c r="A97">
+        <v>9789395390316</v>
+      </c>
+      <c r="B97" t="s">
+        <v>183</v>
+      </c>
+      <c r="C97" t="s">
+        <v>184</v>
+      </c>
+      <c r="D97" t="s">
+        <v>8</v>
+      </c>
+      <c r="E97">
+        <v>2023</v>
+      </c>
+      <c r="F97">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6">
+      <c r="A98">
+        <v>9789392819100</v>
+      </c>
+      <c r="B98" t="s">
+        <v>185</v>
+      </c>
+      <c r="C98" t="s">
+        <v>186</v>
+      </c>
+      <c r="D98" t="s">
+        <v>8</v>
+      </c>
+      <c r="E98">
+        <v>2023</v>
+      </c>
+      <c r="F98">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6">
+      <c r="A99">
+        <v>9781626239845</v>
+      </c>
+      <c r="B99" t="s">
+        <v>187</v>
+      </c>
+      <c r="C99" t="s">
+        <v>188</v>
+      </c>
+      <c r="D99" t="s">
+        <v>8</v>
+      </c>
+      <c r="E99">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6">
+      <c r="A100">
+        <v>9781626238473</v>
+      </c>
+      <c r="B100" t="s">
+        <v>82</v>
+      </c>
+      <c r="C100" t="s">
+        <v>189</v>
+      </c>
+      <c r="D100" t="s">
+        <v>17</v>
+      </c>
+      <c r="E100">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6">
+      <c r="A101">
+        <v>9781684203987</v>
+      </c>
+      <c r="B101" t="s">
+        <v>190</v>
+      </c>
+      <c r="C101" t="s">
+        <v>191</v>
+      </c>
+      <c r="D101" t="s">
+        <v>8</v>
+      </c>
+      <c r="E101">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6">
+      <c r="A102">
+        <v>9781626238916</v>
+      </c>
+      <c r="B102" t="s">
+        <v>192</v>
+      </c>
+      <c r="C102" t="s">
+        <v>193</v>
+      </c>
+      <c r="D102" t="s">
+        <v>8</v>
+      </c>
+      <c r="E102">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6">
+      <c r="A103">
+        <v>9781684205073</v>
+      </c>
+      <c r="B103" t="s">
+        <v>194</v>
+      </c>
+      <c r="C103" t="s">
+        <v>195</v>
+      </c>
+      <c r="D103" t="s">
+        <v>17</v>
+      </c>
+      <c r="E103">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6">
+      <c r="A104">
+        <v>9781626237858</v>
+      </c>
+      <c r="B104" t="s">
+        <v>196</v>
+      </c>
+      <c r="C104" t="s">
+        <v>197</v>
+      </c>
+      <c r="D104" t="s">
+        <v>8</v>
+      </c>
+      <c r="E104">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6">
+      <c r="A105">
+        <v>9781684200900</v>
+      </c>
+      <c r="B105" t="s">
+        <v>82</v>
+      </c>
+      <c r="C105" t="s">
+        <v>189</v>
+      </c>
+      <c r="D105" t="s">
+        <v>17</v>
+      </c>
+      <c r="E105">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6">
+      <c r="A106">
+        <v>9781684201402</v>
+      </c>
+      <c r="B106" t="s">
+        <v>198</v>
+      </c>
+      <c r="C106" t="s">
+        <v>199</v>
+      </c>
+      <c r="D106" t="s">
+        <v>8</v>
+      </c>
+      <c r="E106">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6">
+      <c r="A107">
+        <v>9781684200726</v>
+      </c>
+      <c r="B107" t="s">
+        <v>200</v>
+      </c>
+      <c r="C107" t="s">
+        <v>201</v>
+      </c>
+      <c r="D107" t="s">
+        <v>8</v>
+      </c>
+      <c r="E107">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6">
+      <c r="A108">
+        <v>9781626236585</v>
+      </c>
+      <c r="B108" t="s">
+        <v>202</v>
+      </c>
+      <c r="C108" t="s">
+        <v>203</v>
+      </c>
+      <c r="D108" t="s">
+        <v>8</v>
+      </c>
+      <c r="E108">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6">
+      <c r="A109">
+        <v>9781684205042</v>
+      </c>
+      <c r="B109" t="s">
+        <v>204</v>
+      </c>
+      <c r="C109" t="s">
+        <v>205</v>
+      </c>
+      <c r="D109" t="s">
+        <v>17</v>
+      </c>
+      <c r="E109">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6">
+      <c r="A110">
+        <v>9781684205837</v>
+      </c>
+      <c r="B110" t="s">
+        <v>206</v>
+      </c>
+      <c r="C110" t="s">
+        <v>207</v>
+      </c>
+      <c r="D110" t="s">
+        <v>17</v>
+      </c>
+      <c r="E110">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6">
+      <c r="A111">
+        <v>9783131730817</v>
+      </c>
+      <c r="B111" t="s">
+        <v>208</v>
+      </c>
+      <c r="C111" t="s">
+        <v>209</v>
+      </c>
+      <c r="D111" t="s">
+        <v>8</v>
+      </c>
+      <c r="E111">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6">
+      <c r="A112">
+        <v>9783132424050</v>
+      </c>
+      <c r="B112" t="s">
+        <v>210</v>
+      </c>
+      <c r="C112" t="s">
+        <v>211</v>
+      </c>
+      <c r="D112" t="s">
+        <v>8</v>
+      </c>
+      <c r="E112">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6">
+      <c r="A113">
+        <v>9783132424074</v>
+      </c>
+      <c r="B113" t="s">
+        <v>212</v>
+      </c>
+      <c r="C113" t="s">
+        <v>213</v>
+      </c>
+      <c r="D113" t="s">
+        <v>8</v>
+      </c>
+      <c r="E113">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6">
+      <c r="A114">
+        <v>9789395390958</v>
+      </c>
+      <c r="B114" t="s">
+        <v>214</v>
+      </c>
+      <c r="C114" t="s">
+        <v>215</v>
+      </c>
+      <c r="D114" t="s">
+        <v>8</v>
+      </c>
+      <c r="E114">
+        <v>2023</v>
+      </c>
+      <c r="F114">
+        <v>299.99</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6">
+      <c r="A115">
+        <v>9783132414280</v>
+      </c>
+      <c r="B115" t="s">
+        <v>216</v>
+      </c>
+      <c r="C115" t="s">
+        <v>217</v>
+      </c>
+      <c r="D115" t="s">
+        <v>8</v>
+      </c>
+      <c r="E115">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6">
+      <c r="A116">
+        <v>9783132423985</v>
+      </c>
+      <c r="B116" t="s">
+        <v>218</v>
+      </c>
+      <c r="C116" t="s">
+        <v>219</v>
+      </c>
+      <c r="D116" t="s">
+        <v>17</v>
+      </c>
+      <c r="E116">
+        <v>2024</v>
+      </c>
+      <c r="F116">
+        <v>49.99</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6">
+      <c r="A117">
+        <v>9783132405431</v>
+      </c>
+      <c r="B117" t="s">
+        <v>220</v>
+      </c>
+      <c r="C117" t="s">
+        <v>221</v>
+      </c>
+      <c r="D117" t="s">
+        <v>8</v>
+      </c>
+      <c r="E117">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6">
+      <c r="A118">
+        <v>9783132451896</v>
+      </c>
+      <c r="B118" t="s">
+        <v>222</v>
+      </c>
+      <c r="C118" t="s">
+        <v>223</v>
+      </c>
+      <c r="D118" t="s">
+        <v>8</v>
+      </c>
+      <c r="E118">
+        <v>2023</v>
+      </c>
+      <c r="F118">
+        <v>129.99</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6">
+      <c r="A119">
+        <v>9783132428379</v>
+      </c>
+      <c r="B119" t="s">
+        <v>224</v>
+      </c>
+      <c r="C119" t="s">
+        <v>225</v>
+      </c>
+      <c r="D119" t="s">
+        <v>8</v>
+      </c>
+      <c r="E119">
+        <v>2024</v>
+      </c>
+      <c r="F119">
+        <v>144.99</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6">
+      <c r="A120">
+        <v>9783132414235</v>
+      </c>
+      <c r="B120" t="s">
+        <v>226</v>
+      </c>
+      <c r="C120" t="s">
+        <v>227</v>
+      </c>
+      <c r="D120" t="s">
+        <v>8</v>
+      </c>
+      <c r="E120">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="C121" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="C122" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6">
+      <c r="C123" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="C124" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="C125" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="C126" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="C127" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="C128" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="C129" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="C130" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="C131" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6">
+      <c r="C132" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6">
+      <c r="C133" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="C134" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="C135" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6">
+      <c r="C136" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6">
+      <c r="C137" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6">
+      <c r="C138" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6">
+      <c r="C139" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6">
+      <c r="C140" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="C141" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="C142" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="C143" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="C144" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="C145" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="C146" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6">
+      <c r="C147" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6">
+      <c r="C148" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6">
+      <c r="C149" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6">
+      <c r="C150" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6">
+      <c r="C151" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6">
+      <c r="C152" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6">
+      <c r="C153" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6">
+      <c r="C154" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6">
+      <c r="C155" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6">
+      <c r="C156" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6">
+      <c r="C157" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6">
+      <c r="C158" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6">
+      <c r="C159" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6">
+      <c r="C160" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6">
+      <c r="C161" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6">
+      <c r="C162" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6">
+      <c r="C163" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6">
+      <c r="C164" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6">
+      <c r="C165" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6">
+      <c r="C166" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6">
+      <c r="C167" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6">
+      <c r="C168" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6">
+      <c r="C169" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6">
+      <c r="C170" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6">
+      <c r="C171" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6">
+      <c r="C172" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6">
+      <c r="C173" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6">
+      <c r="C174" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6">
+      <c r="C175" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6">
+      <c r="C176" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6">
+      <c r="C177" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6">
+      <c r="C178" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6">
+      <c r="C179" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6">
+      <c r="C180" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6">
+      <c r="C181" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6">
+      <c r="C182" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6">
+      <c r="C183" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6">
+      <c r="C184" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6">
+      <c r="C185" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6">
+      <c r="C186" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6">
+      <c r="C187" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6">
+      <c r="C188" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6">
+      <c r="C189" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6">
+      <c r="C190" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6">
+      <c r="C191" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6">
+      <c r="C192" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6">
+      <c r="C193" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6">
+      <c r="C194" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6">
+      <c r="C195" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6">
+      <c r="C196" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6">
+      <c r="C197" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6">
+      <c r="C198" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6">
+      <c r="C199" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6">
+      <c r="C200" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6">
+      <c r="C201" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6">
+      <c r="C202" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6">
+      <c r="C203" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6">
+      <c r="C204" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6">
+      <c r="C205" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6">
+      <c r="C206" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6">
+      <c r="C207" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6">
+      <c r="C208" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6">
+      <c r="C209" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6">
+      <c r="C210" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6">
+      <c r="C211" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6">
+      <c r="C212" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6">
+      <c r="C213" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6">
+      <c r="C214" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="C215" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="C216" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217">
+        <v>9781626239272</v>
+      </c>
+      <c r="B217" t="s">
+        <v>324</v>
+      </c>
+      <c r="C217" t="s">
+        <v>325</v>
+      </c>
+      <c r="D217" t="s">
+        <v>96</v>
+      </c>
+      <c r="E217">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6">
+      <c r="A218">
+        <v>9781626236639</v>
+      </c>
+      <c r="B218" t="s">
+        <v>326</v>
+      </c>
+      <c r="C218" t="s">
+        <v>327</v>
+      </c>
+      <c r="D218" t="s">
+        <v>8</v>
+      </c>
+      <c r="E218">
+        <v>2016</v>
+      </c>
+      <c r="F218">
+        <v>374.99</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6">
+      <c r="A219">
+        <v>9781626236349</v>
+      </c>
+      <c r="B219" t="s">
+        <v>328</v>
+      </c>
+      <c r="C219" t="s">
+        <v>329</v>
+      </c>
+      <c r="D219" t="s">
+        <v>8</v>
+      </c>
+      <c r="E219">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6">
+      <c r="A220">
+        <v>9781626236400</v>
+      </c>
+      <c r="B220" t="s">
+        <v>330</v>
+      </c>
+      <c r="C220" t="s">
+        <v>331</v>
+      </c>
+      <c r="D220" t="s">
+        <v>8</v>
+      </c>
+      <c r="E220">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6">
+      <c r="A221">
+        <v>9789380378879</v>
+      </c>
+      <c r="B221" t="s">
+        <v>332</v>
+      </c>
+      <c r="C221" t="s">
+        <v>333</v>
+      </c>
+      <c r="D221" t="s">
+        <v>8</v>
+      </c>
+      <c r="E221">
+        <v>2006</v>
+      </c>
+      <c r="F221">
+        <v>449.99</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6">
+      <c r="A222">
+        <v>9783131111029</v>
+      </c>
+      <c r="B222" t="s">
+        <v>334</v>
+      </c>
+      <c r="C222" t="s">
+        <v>335</v>
+      </c>
+      <c r="D222" t="s">
+        <v>8</v>
+      </c>
+      <c r="E222">
+        <v>1996</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6">
+      <c r="A223">
+        <v>9783131486714</v>
+      </c>
+      <c r="B223" t="s">
+        <v>336</v>
+      </c>
+      <c r="C223" t="s">
+        <v>337</v>
+      </c>
+      <c r="D223" t="s">
+        <v>8</v>
+      </c>
+      <c r="E223">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6">
+      <c r="A224">
+        <v>9781626236318</v>
+      </c>
+      <c r="B224" t="s">
+        <v>338</v>
+      </c>
+      <c r="C224" t="s">
+        <v>339</v>
+      </c>
+      <c r="D224" t="s">
+        <v>8</v>
+      </c>
+      <c r="E224">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6">
+      <c r="A225">
+        <v>9781626236769</v>
+      </c>
+      <c r="B225" t="s">
+        <v>330</v>
+      </c>
+      <c r="C225" t="s">
+        <v>340</v>
+      </c>
+      <c r="D225" t="s">
+        <v>8</v>
+      </c>
+      <c r="E225">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6">
+      <c r="A226">
+        <v>9789385062629</v>
+      </c>
+      <c r="B226" t="s">
+        <v>341</v>
+      </c>
+      <c r="C226" t="s">
+        <v>342</v>
+      </c>
+      <c r="D226" t="s">
+        <v>8</v>
+      </c>
+      <c r="E226">
+        <v>2016</v>
+      </c>
+      <c r="F226">
+        <v>464.99</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6">
+      <c r="A227">
+        <v>9781626237001</v>
+      </c>
+      <c r="B227" t="s">
+        <v>343</v>
+      </c>
+      <c r="C227" t="s">
+        <v>344</v>
+      </c>
+      <c r="D227" t="s">
+        <v>8</v>
+      </c>
+      <c r="E227">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6">
+      <c r="A228">
+        <v>9781604067590</v>
+      </c>
+      <c r="B228" t="s">
+        <v>345</v>
+      </c>
+      <c r="C228" t="s">
+        <v>346</v>
+      </c>
+      <c r="D228" t="s">
+        <v>8</v>
+      </c>
+      <c r="E228">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6">
+      <c r="A229">
+        <v>9781626236745</v>
+      </c>
+      <c r="B229" t="s">
+        <v>347</v>
+      </c>
+      <c r="C229" t="s">
+        <v>348</v>
+      </c>
+      <c r="D229" t="s">
+        <v>8</v>
+      </c>
+      <c r="E229">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6">
+      <c r="A230">
+        <v>9781626236738</v>
+      </c>
+      <c r="B230" t="s">
+        <v>116</v>
+      </c>
+      <c r="C230" t="s">
+        <v>349</v>
+      </c>
+      <c r="D230" t="s">
+        <v>8</v>
+      </c>
+      <c r="E230">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6">
+      <c r="A231">
+        <v>9781626236141</v>
+      </c>
+      <c r="B231" t="s">
+        <v>350</v>
+      </c>
+      <c r="C231" t="s">
+        <v>351</v>
+      </c>
+      <c r="D231" t="s">
+        <v>8</v>
+      </c>
+      <c r="E231">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6">
+      <c r="A232">
+        <v>9783131455819</v>
+      </c>
+      <c r="B232" t="s">
+        <v>352</v>
+      </c>
+      <c r="C232" t="s">
+        <v>353</v>
+      </c>
+      <c r="D232" t="s">
+        <v>8</v>
+      </c>
+      <c r="E232">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6">
+      <c r="A233">
+        <v>9783136450017</v>
+      </c>
+      <c r="B233" t="s">
+        <v>354</v>
+      </c>
+      <c r="C233" t="s">
+        <v>355</v>
+      </c>
+      <c r="D233" t="s">
+        <v>8</v>
+      </c>
+      <c r="E233">
+        <v>1987</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6">
+      <c r="A234">
+        <v>9783132442566</v>
+      </c>
+      <c r="B234" t="s">
+        <v>356</v>
+      </c>
+      <c r="C234" t="s">
+        <v>357</v>
+      </c>
+      <c r="D234" t="s">
+        <v>8</v>
+      </c>
+      <c r="E234">
+        <v>2021</v>
+      </c>
+      <c r="F234">
+        <v>311.99</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6">
+      <c r="A235">
+        <v>9781626236189</v>
+      </c>
+      <c r="B235" t="s">
+        <v>358</v>
+      </c>
+      <c r="C235" t="s">
+        <v>359</v>
+      </c>
+      <c r="D235" t="s">
+        <v>8</v>
+      </c>
+      <c r="E235">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6">
+      <c r="A236">
+        <v>9781588900890</v>
+      </c>
+      <c r="C236" t="s">
+        <v>360</v>
+      </c>
+      <c r="D236" t="s">
+        <v>8</v>
+      </c>
+      <c r="E236">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6">
+      <c r="A237">
+        <v>9781626236486</v>
+      </c>
+      <c r="B237" t="s">
+        <v>361</v>
+      </c>
+      <c r="C237" t="s">
+        <v>362</v>
+      </c>
+      <c r="D237" t="s">
+        <v>8</v>
+      </c>
+      <c r="E237">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6">
+      <c r="A238">
+        <v>9781626236202</v>
+      </c>
+      <c r="B238" t="s">
+        <v>363</v>
+      </c>
+      <c r="C238" t="s">
+        <v>364</v>
+      </c>
+      <c r="D238" t="s">
+        <v>8</v>
+      </c>
+      <c r="E238">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6">
+      <c r="A239">
+        <v>9789385062889</v>
+      </c>
+      <c r="B239" t="s">
+        <v>365</v>
+      </c>
+      <c r="C239" t="s">
+        <v>366</v>
+      </c>
+      <c r="D239" t="s">
+        <v>8</v>
+      </c>
+      <c r="E239">
+        <v>2016</v>
+      </c>
+      <c r="F239">
+        <v>299.99</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6">
+      <c r="A240">
+        <v>9781626236295</v>
+      </c>
+      <c r="B240" t="s">
+        <v>367</v>
+      </c>
+      <c r="C240" t="s">
+        <v>368</v>
+      </c>
+      <c r="D240" t="s">
+        <v>8</v>
+      </c>
+      <c r="E240">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6">
+      <c r="A241">
+        <v>9781626236196</v>
+      </c>
+      <c r="B241" t="s">
+        <v>369</v>
+      </c>
+      <c r="C241" t="s">
+        <v>370</v>
+      </c>
+      <c r="D241" t="s">
+        <v>8</v>
+      </c>
+      <c r="E241">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6">
+      <c r="A242">
+        <v>9783132429338</v>
+      </c>
+      <c r="B242" t="s">
+        <v>371</v>
+      </c>
+      <c r="C242" t="s">
+        <v>372</v>
+      </c>
+      <c r="D242" t="s">
+        <v>8</v>
+      </c>
+      <c r="E242">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243">
+        <v>9781604068696</v>
+      </c>
+      <c r="B243" t="s">
+        <v>347</v>
+      </c>
+      <c r="C243" t="s">
+        <v>373</v>
+      </c>
+      <c r="D243" t="s">
+        <v>8</v>
+      </c>
+      <c r="E243">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244">
+        <v>9781626230279</v>
+      </c>
+      <c r="B244" t="s">
+        <v>345</v>
+      </c>
+      <c r="C244" t="s">
+        <v>374</v>
+      </c>
+      <c r="D244" t="s">
+        <v>8</v>
+      </c>
+      <c r="E244">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6">
+      <c r="A245">
+        <v>9781604063684</v>
+      </c>
+      <c r="B245" t="s">
+        <v>375</v>
+      </c>
+      <c r="C245" t="s">
+        <v>376</v>
+      </c>
+      <c r="D245" t="s">
+        <v>8</v>
+      </c>
+      <c r="E245">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6">
+      <c r="A246">
+        <v>9783131318923</v>
+      </c>
+      <c r="B246" t="s">
+        <v>377</v>
+      </c>
+      <c r="C246" t="s">
+        <v>378</v>
+      </c>
+      <c r="D246" t="s">
+        <v>8</v>
+      </c>
+      <c r="E246">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6">
+      <c r="A247">
+        <v>9781626236851</v>
+      </c>
+      <c r="B247" t="s">
+        <v>379</v>
+      </c>
+      <c r="C247" t="s">
+        <v>380</v>
+      </c>
+      <c r="D247" t="s">
+        <v>8</v>
+      </c>
+      <c r="E247">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6">
+      <c r="A248">
+        <v>9781626236332</v>
+      </c>
+      <c r="B248" t="s">
+        <v>381</v>
+      </c>
+      <c r="C248" t="s">
+        <v>382</v>
+      </c>
+      <c r="D248" t="s">
+        <v>8</v>
+      </c>
+      <c r="E248">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6">
+      <c r="A249">
+        <v>9781626236844</v>
+      </c>
+      <c r="B249" t="s">
+        <v>383</v>
+      </c>
+      <c r="C249" t="s">
+        <v>384</v>
+      </c>
+      <c r="D249" t="s">
+        <v>8</v>
+      </c>
+      <c r="E249">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6">
+      <c r="A250">
+        <v>9781626236868</v>
+      </c>
+      <c r="B250" t="s">
+        <v>381</v>
+      </c>
+      <c r="C250" t="s">
+        <v>385</v>
+      </c>
+      <c r="D250" t="s">
+        <v>8</v>
+      </c>
+      <c r="E250">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6">
+      <c r="A251">
+        <v>9781626231115</v>
+      </c>
+      <c r="B251" t="s">
+        <v>386</v>
+      </c>
+      <c r="C251" t="s">
+        <v>10</v>
+      </c>
+      <c r="D251" t="s">
+        <v>8</v>
+      </c>
+      <c r="E251">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6">
+      <c r="A252">
+        <v>9783131025425</v>
+      </c>
+      <c r="B252" t="s">
+        <v>387</v>
+      </c>
+      <c r="C252" t="s">
+        <v>388</v>
+      </c>
+      <c r="D252" t="s">
+        <v>8</v>
+      </c>
+      <c r="E252">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6">
+      <c r="A253">
+        <v>9781626235601</v>
+      </c>
+      <c r="B253" t="s">
+        <v>389</v>
+      </c>
+      <c r="C253" t="s">
+        <v>390</v>
+      </c>
+      <c r="D253" t="s">
+        <v>8</v>
+      </c>
+      <c r="E253">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6">
+      <c r="A254">
+        <v>9783131392718</v>
+      </c>
+      <c r="B254" t="s">
+        <v>391</v>
+      </c>
+      <c r="C254" t="s">
+        <v>392</v>
+      </c>
+      <c r="D254" t="s">
+        <v>8</v>
+      </c>
+      <c r="E254">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6">
+      <c r="A255">
+        <v>9781626234291</v>
+      </c>
+      <c r="B255" t="s">
+        <v>393</v>
+      </c>
+      <c r="C255" t="s">
+        <v>394</v>
+      </c>
+      <c r="D255" t="s">
+        <v>8</v>
+      </c>
+      <c r="E255">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6">
+      <c r="A256">
+        <v>9781604069006</v>
+      </c>
+      <c r="B256" t="s">
+        <v>395</v>
+      </c>
+      <c r="C256" t="s">
+        <v>396</v>
+      </c>
+      <c r="D256" t="s">
+        <v>8</v>
+      </c>
+      <c r="E256">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6">
+      <c r="A257">
+        <v>9783132431867</v>
+      </c>
+      <c r="B257" t="s">
+        <v>397</v>
+      </c>
+      <c r="C257" t="s">
+        <v>398</v>
+      </c>
+      <c r="D257" t="s">
+        <v>8</v>
+      </c>
+      <c r="E257">
+        <v>2018</v>
+      </c>
+      <c r="F257">
+        <v>224.99</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6">
+      <c r="A258">
+        <v>9781604065466</v>
+      </c>
+      <c r="B258" t="s">
+        <v>399</v>
+      </c>
+      <c r="C258" t="s">
+        <v>400</v>
+      </c>
+      <c r="D258" t="s">
+        <v>8</v>
+      </c>
+      <c r="E258">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6">
+      <c r="A259">
+        <v>9789385062438</v>
+      </c>
+      <c r="B259" t="s">
+        <v>401</v>
+      </c>
+      <c r="C259" t="s">
+        <v>402</v>
+      </c>
+      <c r="D259" t="s">
+        <v>8</v>
+      </c>
+      <c r="E259">
+        <v>2015</v>
+      </c>
+      <c r="F259">
+        <v>219.99</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6">
+      <c r="A260">
+        <v>9781626234833</v>
+      </c>
+      <c r="B260" t="s">
+        <v>403</v>
+      </c>
+      <c r="C260" t="s">
+        <v>404</v>
+      </c>
+      <c r="D260" t="s">
+        <v>8</v>
+      </c>
+      <c r="E260">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6">
+      <c r="A261">
+        <v>9781626236905</v>
+      </c>
+      <c r="B261" t="s">
+        <v>405</v>
+      </c>
+      <c r="C261" t="s">
+        <v>406</v>
+      </c>
+      <c r="D261" t="s">
+        <v>8</v>
+      </c>
+      <c r="E261">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6">
+      <c r="A262">
+        <v>9783131450913</v>
+      </c>
+      <c r="B262" t="s">
+        <v>407</v>
+      </c>
+      <c r="C262" t="s">
+        <v>408</v>
+      </c>
+      <c r="D262" t="s">
+        <v>8</v>
+      </c>
+      <c r="E262">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6">
+      <c r="A263">
+        <v>9783131165725</v>
+      </c>
+      <c r="B263" t="s">
+        <v>409</v>
+      </c>
+      <c r="C263" t="s">
+        <v>410</v>
+      </c>
+      <c r="D263" t="s">
+        <v>8</v>
+      </c>
+      <c r="E263">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6">
+      <c r="A264">
+        <v>9783132432826</v>
+      </c>
+      <c r="B264" t="s">
+        <v>411</v>
+      </c>
+      <c r="C264" t="s">
+        <v>412</v>
+      </c>
+      <c r="D264" t="s">
+        <v>8</v>
+      </c>
+      <c r="E264">
+        <v>2020</v>
+      </c>
+      <c r="F264">
+        <v>219.99</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6">
+      <c r="A265">
+        <v>9783131490315</v>
+      </c>
+      <c r="B265" t="s">
+        <v>413</v>
+      </c>
+      <c r="C265" t="s">
+        <v>414</v>
+      </c>
+      <c r="D265" t="s">
+        <v>8</v>
+      </c>
+      <c r="E265">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6">
+      <c r="A266">
+        <v>9781684200559</v>
+      </c>
+      <c r="B266" t="s">
+        <v>415</v>
+      </c>
+      <c r="C266" t="s">
+        <v>416</v>
+      </c>
+      <c r="D266" t="s">
+        <v>8</v>
+      </c>
+      <c r="E266">
+        <v>2022</v>
+      </c>
+      <c r="F266">
+        <v>249.99</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6">
+      <c r="A267">
+        <v>9783132406476</v>
+      </c>
+      <c r="B267" t="s">
+        <v>417</v>
+      </c>
+      <c r="C267" t="s">
+        <v>418</v>
+      </c>
+      <c r="D267" t="s">
+        <v>8</v>
+      </c>
+      <c r="E267">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6">
+      <c r="A268">
+        <v>9789385062759</v>
+      </c>
+      <c r="B268" t="s">
+        <v>419</v>
+      </c>
+      <c r="C268" t="s">
+        <v>420</v>
+      </c>
+      <c r="D268" t="s">
+        <v>8</v>
+      </c>
+      <c r="E268">
+        <v>2017</v>
+      </c>
+      <c r="F268">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6">
+      <c r="A269">
+        <v>9783132410756</v>
+      </c>
+      <c r="B269" t="s">
+        <v>421</v>
+      </c>
+      <c r="C269" t="s">
+        <v>422</v>
+      </c>
+      <c r="D269" t="s">
+        <v>8</v>
+      </c>
+      <c r="E269">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6">
+      <c r="A270">
+        <v>9781626234918</v>
+      </c>
+      <c r="B270" t="s">
+        <v>423</v>
+      </c>
+      <c r="C270" t="s">
+        <v>424</v>
+      </c>
+      <c r="D270" t="s">
+        <v>8</v>
+      </c>
+      <c r="E270">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6">
+      <c r="A271">
+        <v>9783131431523</v>
+      </c>
+      <c r="B271" t="s">
+        <v>425</v>
+      </c>
+      <c r="C271" t="s">
+        <v>426</v>
+      </c>
+      <c r="D271" t="s">
+        <v>8</v>
+      </c>
+      <c r="E271">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6">
+      <c r="A272">
+        <v>9783131711915</v>
+      </c>
+      <c r="B272" t="s">
+        <v>427</v>
+      </c>
+      <c r="C272" t="s">
+        <v>428</v>
+      </c>
+      <c r="D272" t="s">
+        <v>8</v>
+      </c>
+      <c r="E272">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6">
+      <c r="A273">
+        <v>9783131764614</v>
+      </c>
+      <c r="B273" t="s">
+        <v>429</v>
+      </c>
+      <c r="C273" t="s">
+        <v>430</v>
+      </c>
+      <c r="D273" t="s">
+        <v>8</v>
+      </c>
+      <c r="E273">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6">
+      <c r="A274">
+        <v>9783131465412</v>
+      </c>
+      <c r="B274" t="s">
+        <v>431</v>
+      </c>
+      <c r="C274" t="s">
+        <v>432</v>
+      </c>
+      <c r="D274" t="s">
+        <v>8</v>
+      </c>
+      <c r="E274">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6">
+      <c r="A275">
+        <v>9781604063349</v>
+      </c>
+      <c r="B275" t="s">
+        <v>433</v>
+      </c>
+      <c r="C275" t="s">
+        <v>434</v>
+      </c>
+      <c r="D275" t="s">
+        <v>8</v>
+      </c>
+      <c r="E275">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6">
+      <c r="A276">
+        <v>9783131243423</v>
+      </c>
+      <c r="B276" t="s">
+        <v>435</v>
+      </c>
+      <c r="C276" t="s">
+        <v>436</v>
+      </c>
+      <c r="D276" t="s">
+        <v>8</v>
+      </c>
+      <c r="E276">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6">
+      <c r="A277">
+        <v>9783135824031</v>
+      </c>
+      <c r="B277" t="s">
+        <v>437</v>
+      </c>
+      <c r="C277" t="s">
+        <v>438</v>
+      </c>
+      <c r="D277" t="s">
+        <v>8</v>
+      </c>
+      <c r="E277">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6">
+      <c r="A278">
+        <v>9783131412515</v>
+      </c>
+      <c r="B278" t="s">
+        <v>439</v>
+      </c>
+      <c r="C278" t="s">
+        <v>440</v>
+      </c>
+      <c r="D278" t="s">
+        <v>8</v>
+      </c>
+      <c r="E278">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6">
+      <c r="A279">
+        <v>9789386293381</v>
+      </c>
+      <c r="B279" t="s">
+        <v>441</v>
+      </c>
+      <c r="C279" t="s">
+        <v>442</v>
+      </c>
+      <c r="D279" t="s">
+        <v>8</v>
+      </c>
+      <c r="E279">
+        <v>2018</v>
+      </c>
+      <c r="F279">
+        <v>179.99</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6">
+      <c r="A280">
+        <v>9783136599044</v>
+      </c>
+      <c r="B280" t="s">
+        <v>443</v>
+      </c>
+      <c r="C280" t="s">
+        <v>444</v>
+      </c>
+      <c r="D280" t="s">
+        <v>8</v>
+      </c>
+      <c r="E280">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6">
+      <c r="A281">
+        <v>9781626236660</v>
+      </c>
+      <c r="B281" t="s">
+        <v>326</v>
+      </c>
+      <c r="C281" t="s">
+        <v>327</v>
+      </c>
+      <c r="D281" t="s">
+        <v>8</v>
+      </c>
+      <c r="E281">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6">
+      <c r="A282">
+        <v>9783131258533</v>
+      </c>
+      <c r="B282" t="s">
+        <v>445</v>
+      </c>
+      <c r="C282" t="s">
+        <v>446</v>
+      </c>
+      <c r="D282" t="s">
+        <v>8</v>
+      </c>
+      <c r="E282">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6">
+      <c r="A283">
+        <v>9781626238169</v>
+      </c>
+      <c r="B283" t="s">
+        <v>447</v>
+      </c>
+      <c r="C283" t="s">
+        <v>448</v>
+      </c>
+      <c r="D283" t="s">
+        <v>8</v>
+      </c>
+      <c r="E283">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6">
+      <c r="A284">
+        <v>9781626236646</v>
+      </c>
+      <c r="B284" t="s">
+        <v>326</v>
+      </c>
+      <c r="C284" t="s">
+        <v>327</v>
+      </c>
+      <c r="D284" t="s">
+        <v>8</v>
+      </c>
+      <c r="E284">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6">
+      <c r="A285">
+        <v>9783131488619</v>
+      </c>
+      <c r="B285" t="s">
+        <v>449</v>
+      </c>
+      <c r="C285" t="s">
+        <v>450</v>
+      </c>
+      <c r="D285" t="s">
+        <v>8</v>
+      </c>
+      <c r="E285">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6">
+      <c r="A286">
+        <v>9781588903716</v>
+      </c>
+      <c r="B286" t="s">
+        <v>451</v>
+      </c>
+      <c r="C286" t="s">
+        <v>452</v>
+      </c>
+      <c r="D286" t="s">
+        <v>8</v>
+      </c>
+      <c r="E286">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6">
+      <c r="A287">
+        <v>9788194558699</v>
+      </c>
+      <c r="B287" t="s">
+        <v>453</v>
+      </c>
+      <c r="C287" t="s">
+        <v>454</v>
+      </c>
+      <c r="D287" t="s">
+        <v>8</v>
+      </c>
+      <c r="E287">
+        <v>2020</v>
+      </c>
+      <c r="F287">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6">
+      <c r="A288">
+        <v>9783132434240</v>
+      </c>
+      <c r="B288" t="s">
+        <v>455</v>
+      </c>
+      <c r="C288" t="s">
+        <v>456</v>
+      </c>
+      <c r="D288" t="s">
+        <v>8</v>
+      </c>
+      <c r="E288">
+        <v>2021</v>
+      </c>
+      <c r="F288">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6">
+      <c r="A289">
+        <v>9783132402515</v>
+      </c>
+      <c r="B289" t="s">
+        <v>457</v>
+      </c>
+      <c r="C289" t="s">
+        <v>458</v>
+      </c>
+      <c r="D289" t="s">
+        <v>8</v>
+      </c>
+      <c r="E289">
+        <v>2020</v>
+      </c>
+      <c r="F289">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6">
+      <c r="A290">
+        <v>9781626236929</v>
+      </c>
+      <c r="B290" t="s">
+        <v>459</v>
+      </c>
+      <c r="C290" t="s">
+        <v>460</v>
+      </c>
+      <c r="D290" t="s">
+        <v>8</v>
+      </c>
+      <c r="E290">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6">
+      <c r="A291">
+        <v>9781604068955</v>
+      </c>
+      <c r="B291" t="s">
+        <v>461</v>
+      </c>
+      <c r="C291" t="s">
+        <v>462</v>
+      </c>
+      <c r="D291" t="s">
+        <v>8</v>
+      </c>
+      <c r="E291">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6">
+      <c r="A292">
+        <v>9781588903891</v>
+      </c>
+      <c r="B292" t="s">
+        <v>463</v>
+      </c>
+      <c r="C292" t="s">
+        <v>464</v>
+      </c>
+      <c r="D292" t="s">
+        <v>8</v>
+      </c>
+      <c r="E292">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6">
+      <c r="A293">
+        <v>9783131467010</v>
+      </c>
+      <c r="B293" t="s">
+        <v>465</v>
+      </c>
+      <c r="C293" t="s">
+        <v>466</v>
+      </c>
+      <c r="D293" t="s">
+        <v>8</v>
+      </c>
+      <c r="E293">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6">
+      <c r="A294">
+        <v>9781588903440</v>
+      </c>
+      <c r="B294" t="s">
+        <v>403</v>
+      </c>
+      <c r="C294" t="s">
+        <v>467</v>
+      </c>
+      <c r="D294" t="s">
+        <v>8</v>
+      </c>
+      <c r="E294">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6">
+      <c r="A295">
+        <v>9783137841050</v>
+      </c>
+      <c r="B295" t="s">
+        <v>468</v>
+      </c>
+      <c r="C295" t="s">
+        <v>469</v>
+      </c>
+      <c r="D295" t="s">
+        <v>8</v>
+      </c>
+      <c r="E295">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6">
+      <c r="A296">
+        <v>9781626230019</v>
+      </c>
+      <c r="B296" t="s">
+        <v>470</v>
+      </c>
+      <c r="C296" t="s">
+        <v>471</v>
+      </c>
+      <c r="D296" t="s">
+        <v>8</v>
+      </c>
+      <c r="E296">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6">
+      <c r="A297">
+        <v>9789382076032</v>
+      </c>
+      <c r="B297" t="s">
+        <v>472</v>
+      </c>
+      <c r="C297" t="s">
+        <v>473</v>
+      </c>
+      <c r="D297" t="s">
+        <v>8</v>
+      </c>
+      <c r="E297">
+        <v>2013</v>
+      </c>
+      <c r="F297">
+        <v>149.99</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6">
+      <c r="A298">
+        <v>9789382076001</v>
+      </c>
+      <c r="B298" t="s">
+        <v>140</v>
+      </c>
+      <c r="C298" t="s">
+        <v>474</v>
+      </c>
+      <c r="D298" t="s">
+        <v>8</v>
+      </c>
+      <c r="E298">
+        <v>2013</v>
+      </c>
+      <c r="F298">
+        <v>149.99</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6">
+      <c r="A299">
+        <v>9783131441010</v>
+      </c>
+      <c r="B299" t="s">
+        <v>475</v>
+      </c>
+      <c r="C299" t="s">
+        <v>476</v>
+      </c>
+      <c r="D299" t="s">
+        <v>8</v>
+      </c>
+      <c r="E299">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6">
+      <c r="A300">
+        <v>9783131603517</v>
+      </c>
+      <c r="B300" t="s">
+        <v>477</v>
+      </c>
+      <c r="C300" t="s">
+        <v>478</v>
+      </c>
+      <c r="D300" t="s">
+        <v>8</v>
+      </c>
+      <c r="E300">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6">
+      <c r="A301">
+        <v>9781626237094</v>
+      </c>
+      <c r="B301" t="s">
+        <v>479</v>
+      </c>
+      <c r="C301" t="s">
+        <v>480</v>
+      </c>
+      <c r="D301" t="s">
+        <v>8</v>
+      </c>
+      <c r="E301">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6">
+      <c r="A302">
+        <v>9789388257978</v>
+      </c>
+      <c r="B302" t="s">
+        <v>481</v>
+      </c>
+      <c r="C302" t="s">
+        <v>482</v>
+      </c>
+      <c r="D302" t="s">
+        <v>8</v>
+      </c>
+      <c r="E302">
+        <v>2020</v>
+      </c>
+      <c r="F302">
+        <v>174.99</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6">
+      <c r="A303">
+        <v>9783131547019</v>
+      </c>
+      <c r="B303" t="s">
+        <v>483</v>
+      </c>
+      <c r="C303" t="s">
+        <v>484</v>
+      </c>
+      <c r="D303" t="s">
+        <v>8</v>
+      </c>
+      <c r="E303">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6">
+      <c r="A304">
+        <v>9781626231023</v>
+      </c>
+      <c r="B304" t="s">
+        <v>485</v>
+      </c>
+      <c r="C304" t="s">
+        <v>486</v>
+      </c>
+      <c r="D304" t="s">
+        <v>96</v>
+      </c>
+      <c r="E304">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6">
+      <c r="A305">
+        <v>9783131405517</v>
+      </c>
+      <c r="B305" t="s">
+        <v>487</v>
+      </c>
+      <c r="C305" t="s">
+        <v>488</v>
+      </c>
+      <c r="D305" t="s">
+        <v>8</v>
+      </c>
+      <c r="E305">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6">
+      <c r="A306">
+        <v>9783131438317</v>
+      </c>
+      <c r="B306" t="s">
+        <v>489</v>
+      </c>
+      <c r="C306" t="s">
+        <v>490</v>
+      </c>
+      <c r="D306" t="s">
+        <v>8</v>
+      </c>
+      <c r="E306">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6">
+      <c r="A307">
+        <v>9789382076056</v>
+      </c>
+      <c r="B307" t="s">
+        <v>140</v>
+      </c>
+      <c r="C307" t="s">
+        <v>491</v>
+      </c>
+      <c r="D307" t="s">
+        <v>8</v>
+      </c>
+      <c r="E307">
+        <v>2013</v>
+      </c>
+      <c r="F307">
+        <v>129.99</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6">
+      <c r="A308">
+        <v>9789382076025</v>
+      </c>
+      <c r="B308" t="s">
+        <v>492</v>
+      </c>
+      <c r="C308" t="s">
+        <v>493</v>
+      </c>
+      <c r="D308" t="s">
+        <v>96</v>
+      </c>
+      <c r="E308">
+        <v>2014</v>
+      </c>
+      <c r="F308">
+        <v>129.99</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6">
+      <c r="A309">
+        <v>9781626236677</v>
+      </c>
+      <c r="B309" t="s">
+        <v>494</v>
+      </c>
+      <c r="C309" t="s">
+        <v>495</v>
+      </c>
+      <c r="D309" t="s">
+        <v>8</v>
+      </c>
+      <c r="E309">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6">
+      <c r="A310">
+        <v>9781684200153</v>
+      </c>
+      <c r="B310" t="s">
+        <v>496</v>
+      </c>
+      <c r="C310" t="s">
+        <v>497</v>
+      </c>
+      <c r="D310" t="s">
+        <v>8</v>
+      </c>
+      <c r="E310">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6">
+      <c r="A311">
+        <v>9781684202324</v>
+      </c>
+      <c r="B311" t="s">
+        <v>498</v>
+      </c>
+      <c r="C311" t="s">
+        <v>499</v>
+      </c>
+      <c r="D311" t="s">
+        <v>8</v>
+      </c>
+      <c r="E311">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6">
+      <c r="A312">
+        <v>9783131394118</v>
+      </c>
+      <c r="B312" t="s">
+        <v>500</v>
+      </c>
+      <c r="C312" t="s">
+        <v>501</v>
+      </c>
+      <c r="D312" t="s">
+        <v>8</v>
+      </c>
+      <c r="E312">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6">
+      <c r="A313">
+        <v>9781604069037</v>
+      </c>
+      <c r="B313" t="s">
+        <v>502</v>
+      </c>
+      <c r="C313" t="s">
+        <v>503</v>
+      </c>
+      <c r="D313" t="s">
+        <v>8</v>
+      </c>
+      <c r="E313">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6">
+      <c r="A314">
+        <v>9781684201181</v>
+      </c>
+      <c r="B314" t="s">
+        <v>504</v>
+      </c>
+      <c r="C314" t="s">
+        <v>505</v>
+      </c>
+      <c r="D314" t="s">
+        <v>8</v>
+      </c>
+      <c r="E314">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6">
+      <c r="A315">
+        <v>9783131471918</v>
+      </c>
+      <c r="B315" t="s">
+        <v>506</v>
+      </c>
+      <c r="C315" t="s">
+        <v>507</v>
+      </c>
+      <c r="D315" t="s">
+        <v>8</v>
+      </c>
+      <c r="E315">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6">
+      <c r="A316">
+        <v>9789385062384</v>
+      </c>
+      <c r="B316" t="s">
+        <v>508</v>
+      </c>
+      <c r="C316" t="s">
+        <v>509</v>
+      </c>
+      <c r="D316" t="s">
+        <v>96</v>
+      </c>
+      <c r="E316">
+        <v>2010</v>
+      </c>
+      <c r="F316">
+        <v>109.99</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6">
+      <c r="A317">
+        <v>9781588906526</v>
+      </c>
+      <c r="B317" t="s">
+        <v>510</v>
+      </c>
+      <c r="C317" t="s">
+        <v>511</v>
+      </c>
+      <c r="D317" t="s">
+        <v>96</v>
+      </c>
+      <c r="E317">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6">
+      <c r="A318">
+        <v>9781626235243</v>
+      </c>
+      <c r="B318" t="s">
+        <v>512</v>
+      </c>
+      <c r="C318" t="s">
+        <v>513</v>
+      </c>
+      <c r="D318" t="s">
+        <v>96</v>
+      </c>
+      <c r="E318">
+        <v>2021</v>
+      </c>
+      <c r="F318">
+        <v>129.99</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6">
+      <c r="A319">
+        <v>9783132400078</v>
+      </c>
+      <c r="B319" t="s">
+        <v>514</v>
+      </c>
+      <c r="C319" t="s">
+        <v>515</v>
+      </c>
+      <c r="D319" t="s">
+        <v>8</v>
+      </c>
+      <c r="E319">
+        <v>2018</v>
+      </c>
+      <c r="F319">
+        <v>109.99</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6">
+      <c r="A320">
+        <v>9781626236882</v>
+      </c>
+      <c r="B320" t="s">
+        <v>516</v>
+      </c>
+      <c r="C320" t="s">
+        <v>517</v>
+      </c>
+      <c r="D320" t="s">
+        <v>96</v>
+      </c>
+      <c r="E320">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6">
+      <c r="A321">
+        <v>9783131500717</v>
+      </c>
+      <c r="B321" t="s">
+        <v>518</v>
+      </c>
+      <c r="C321" t="s">
+        <v>519</v>
+      </c>
+      <c r="D321" t="s">
+        <v>8</v>
+      </c>
+      <c r="E321">
+        <v>2012</v>
+      </c>
+      <c r="F321">
+        <v>109.99</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6">
+      <c r="A322">
+        <v>9781626234611</v>
+      </c>
+      <c r="B322" t="s">
+        <v>520</v>
+      </c>
+      <c r="C322" t="s">
+        <v>521</v>
+      </c>
+      <c r="D322" t="s">
+        <v>8</v>
+      </c>
+      <c r="E322">
+        <v>2017</v>
+      </c>
+      <c r="F322">
+        <v>104.99</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6">
+      <c r="A323">
+        <v>9783131324429</v>
+      </c>
+      <c r="B323" t="s">
+        <v>522</v>
+      </c>
+      <c r="C323" t="s">
+        <v>523</v>
+      </c>
+      <c r="D323" t="s">
+        <v>96</v>
+      </c>
+      <c r="E323">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6">
+      <c r="A324">
+        <v>9789385062162</v>
+      </c>
+      <c r="B324" t="s">
+        <v>524</v>
+      </c>
+      <c r="C324" t="s">
+        <v>525</v>
+      </c>
+      <c r="D324" t="s">
+        <v>8</v>
+      </c>
+      <c r="E324">
+        <v>2015</v>
+      </c>
+      <c r="F324">
+        <v>99.99</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6">
+      <c r="A325">
+        <v>9781604066456</v>
+      </c>
+      <c r="B325" t="s">
+        <v>526</v>
+      </c>
+      <c r="C325" t="s">
+        <v>527</v>
+      </c>
+      <c r="D325" t="s">
+        <v>8</v>
+      </c>
+      <c r="E325">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6">
+      <c r="A326">
+        <v>9789385062780</v>
+      </c>
+      <c r="B326" t="s">
+        <v>528</v>
+      </c>
+      <c r="C326" t="s">
+        <v>529</v>
+      </c>
+      <c r="D326" t="s">
+        <v>96</v>
+      </c>
+      <c r="E326">
+        <v>2017</v>
+      </c>
+      <c r="F326">
+        <v>203.0</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6">
+      <c r="A327">
+        <v>9789386293473</v>
+      </c>
+      <c r="B327" t="s">
+        <v>530</v>
+      </c>
+      <c r="C327" t="s">
+        <v>531</v>
+      </c>
+      <c r="D327" t="s">
+        <v>96</v>
+      </c>
+      <c r="E327">
+        <v>2018</v>
+      </c>
+      <c r="F327">
+        <v>99.99</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6">
+      <c r="A328">
+        <v>9783136726044</v>
+      </c>
+      <c r="B328" t="s">
+        <v>532</v>
+      </c>
+      <c r="C328" t="s">
+        <v>533</v>
+      </c>
+      <c r="D328" t="s">
+        <v>8</v>
+      </c>
+      <c r="E328">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6">
+      <c r="A329">
+        <v>9781604063615</v>
+      </c>
+      <c r="B329" t="s">
+        <v>534</v>
+      </c>
+      <c r="C329" t="s">
+        <v>535</v>
+      </c>
+      <c r="D329" t="s">
+        <v>8</v>
+      </c>
+      <c r="E329">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6">
+      <c r="A330">
+        <v>9789386293053</v>
+      </c>
+      <c r="B330" t="s">
+        <v>536</v>
+      </c>
+      <c r="C330" t="s">
+        <v>537</v>
+      </c>
+      <c r="D330" t="s">
+        <v>96</v>
+      </c>
+      <c r="E330">
+        <v>2016</v>
+      </c>
+      <c r="F330">
+        <v>89.99</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6">
+      <c r="A331">
+        <v>9783131500625</v>
+      </c>
+      <c r="B331" t="s">
+        <v>538</v>
+      </c>
+      <c r="C331" t="s">
+        <v>539</v>
+      </c>
+      <c r="D331" t="s">
+        <v>8</v>
+      </c>
+      <c r="E331">
+        <v>2016</v>
+      </c>
+      <c r="F331">
+        <v>89.99</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6">
+      <c r="A332">
+        <v>9783132429871</v>
+      </c>
+      <c r="B332" t="s">
+        <v>540</v>
+      </c>
+      <c r="C332" t="s">
+        <v>541</v>
+      </c>
+      <c r="D332" t="s">
+        <v>96</v>
+      </c>
+      <c r="E332">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6">
+      <c r="A333">
+        <v>9781604063592</v>
+      </c>
+      <c r="B333" t="s">
+        <v>542</v>
+      </c>
+      <c r="C333" t="s">
+        <v>543</v>
+      </c>
+      <c r="D333" t="s">
+        <v>96</v>
+      </c>
+      <c r="E333">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6">
+      <c r="A334">
+        <v>9781626231337</v>
+      </c>
+      <c r="B334" t="s">
+        <v>544</v>
+      </c>
+      <c r="C334" t="s">
+        <v>545</v>
+      </c>
+      <c r="D334" t="s">
+        <v>8</v>
+      </c>
+      <c r="E334">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6">
+      <c r="A335">
+        <v>9783131715111</v>
+      </c>
+      <c r="B335" t="s">
+        <v>546</v>
+      </c>
+      <c r="C335" t="s">
+        <v>547</v>
+      </c>
+      <c r="D335" t="s">
+        <v>8</v>
+      </c>
+      <c r="E335">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6">
+      <c r="A336">
+        <v>9783131485311</v>
+      </c>
+      <c r="B336" t="s">
+        <v>548</v>
+      </c>
+      <c r="C336" t="s">
+        <v>549</v>
+      </c>
+      <c r="D336" t="s">
+        <v>8</v>
+      </c>
+      <c r="E336">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6">
+      <c r="A337">
+        <v>9783131383631</v>
+      </c>
+      <c r="B337" t="s">
+        <v>550</v>
+      </c>
+      <c r="C337" t="s">
+        <v>551</v>
+      </c>
+      <c r="D337" t="s">
+        <v>96</v>
+      </c>
+      <c r="E337">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6">
+      <c r="A338">
+        <v>9781626235922</v>
+      </c>
+      <c r="B338" t="s">
+        <v>405</v>
+      </c>
+      <c r="C338" t="s">
+        <v>552</v>
+      </c>
+      <c r="D338" t="s">
+        <v>96</v>
+      </c>
+      <c r="E338">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6">
+      <c r="A339">
+        <v>9781604068542</v>
+      </c>
+      <c r="B339" t="s">
+        <v>553</v>
+      </c>
+      <c r="C339" t="s">
+        <v>554</v>
+      </c>
+      <c r="D339" t="s">
+        <v>8</v>
+      </c>
+      <c r="E339">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6">
+      <c r="A340">
+        <v>9781588902177</v>
+      </c>
+      <c r="B340" t="s">
+        <v>555</v>
+      </c>
+      <c r="C340" t="s">
+        <v>556</v>
+      </c>
+      <c r="D340" t="s">
+        <v>8</v>
+      </c>
+      <c r="E340">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6">
+      <c r="A341">
+        <v>9781626235595</v>
+      </c>
+      <c r="B341" t="s">
+        <v>557</v>
+      </c>
+      <c r="C341" t="s">
+        <v>558</v>
+      </c>
+      <c r="D341" t="s">
+        <v>96</v>
+      </c>
+      <c r="E341">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6">
+      <c r="A342">
+        <v>9783132422292</v>
+      </c>
+      <c r="B342" t="s">
+        <v>559</v>
+      </c>
+      <c r="C342" t="s">
+        <v>560</v>
+      </c>
+      <c r="D342" t="s">
+        <v>96</v>
+      </c>
+      <c r="E342">
+        <v>2020</v>
+      </c>
+      <c r="F342">
+        <v>99.99</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6">
+      <c r="A343">
+        <v>9781684202539</v>
+      </c>
+      <c r="B343" t="s">
+        <v>561</v>
+      </c>
+      <c r="C343" t="s">
+        <v>562</v>
+      </c>
+      <c r="D343" t="s">
+        <v>8</v>
+      </c>
+      <c r="E343">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6">
+      <c r="A344">
+        <v>9781626234871</v>
+      </c>
+      <c r="B344" t="s">
+        <v>563</v>
+      </c>
+      <c r="C344" t="s">
+        <v>564</v>
+      </c>
+      <c r="D344" t="s">
+        <v>96</v>
+      </c>
+      <c r="E344">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6">
+      <c r="A345">
+        <v>9783131714312</v>
+      </c>
+      <c r="B345" t="s">
+        <v>565</v>
+      </c>
+      <c r="C345" t="s">
+        <v>566</v>
+      </c>
+      <c r="D345" t="s">
+        <v>96</v>
+      </c>
+      <c r="E345">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6">
+      <c r="A346">
+        <v>9781626231153</v>
+      </c>
+      <c r="B346" t="s">
+        <v>567</v>
+      </c>
+      <c r="C346" t="s">
+        <v>568</v>
+      </c>
+      <c r="D346" t="s">
+        <v>96</v>
+      </c>
+      <c r="E346">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6">
+      <c r="A347">
+        <v>9783131440815</v>
+      </c>
+      <c r="B347" t="s">
+        <v>569</v>
+      </c>
+      <c r="C347" t="s">
+        <v>570</v>
+      </c>
+      <c r="D347" t="s">
+        <v>96</v>
+      </c>
+      <c r="E347">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6">
+      <c r="A348">
+        <v>9783137170044</v>
+      </c>
+      <c r="B348" t="s">
+        <v>571</v>
+      </c>
+      <c r="C348" t="s">
+        <v>572</v>
+      </c>
+      <c r="D348" t="s">
+        <v>8</v>
+      </c>
+      <c r="E348">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6">
+      <c r="A349">
+        <v>9783131440716</v>
+      </c>
+      <c r="B349" t="s">
+        <v>573</v>
+      </c>
+      <c r="C349" t="s">
+        <v>574</v>
+      </c>
+      <c r="D349" t="s">
+        <v>96</v>
+      </c>
+      <c r="E349">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6">
+      <c r="A350">
+        <v>9783131451019</v>
+      </c>
+      <c r="B350" t="s">
+        <v>575</v>
+      </c>
+      <c r="C350" t="s">
+        <v>576</v>
+      </c>
+      <c r="D350" t="s">
+        <v>96</v>
+      </c>
+      <c r="E350">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6">
+      <c r="A351">
+        <v>9781626233416</v>
+      </c>
+      <c r="B351" t="s">
+        <v>577</v>
+      </c>
+      <c r="C351" t="s">
+        <v>578</v>
+      </c>
+      <c r="D351" t="s">
+        <v>8</v>
+      </c>
+      <c r="E351">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6">
+      <c r="A352">
+        <v>9783132423770</v>
+      </c>
+      <c r="B352" t="s">
+        <v>579</v>
+      </c>
+      <c r="C352" t="s">
+        <v>580</v>
+      </c>
+      <c r="D352" t="s">
+        <v>96</v>
+      </c>
+      <c r="E352">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6">
+      <c r="A353">
+        <v>9781626233560</v>
+      </c>
+      <c r="B353" t="s">
+        <v>581</v>
+      </c>
+      <c r="C353" t="s">
+        <v>582</v>
+      </c>
+      <c r="D353" t="s">
+        <v>96</v>
+      </c>
+      <c r="E353">
+        <v>2019</v>
+      </c>
+      <c r="F353">
+        <v>79.99</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6">
+      <c r="A354">
+        <v>9783131754813</v>
+      </c>
+      <c r="B354" t="s">
+        <v>583</v>
+      </c>
+      <c r="C354" t="s">
+        <v>584</v>
+      </c>
+      <c r="D354" t="s">
+        <v>8</v>
+      </c>
+      <c r="E354">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6">
+      <c r="A355">
+        <v>9783131252425</v>
+      </c>
+      <c r="B355" t="s">
+        <v>585</v>
+      </c>
+      <c r="C355" t="s">
+        <v>586</v>
+      </c>
+      <c r="D355" t="s">
+        <v>8</v>
+      </c>
+      <c r="E355">
+        <v>2017</v>
+      </c>
+      <c r="F355">
+        <v>69.99</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6">
+      <c r="A356">
+        <v>9783131451316</v>
+      </c>
+      <c r="B356" t="s">
+        <v>587</v>
+      </c>
+      <c r="C356" t="s">
+        <v>588</v>
+      </c>
+      <c r="D356" t="s">
+        <v>96</v>
+      </c>
+      <c r="E356">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6">
+      <c r="A357">
+        <v>9783131275813</v>
+      </c>
+      <c r="B357" t="s">
+        <v>589</v>
+      </c>
+      <c r="C357" t="s">
+        <v>590</v>
+      </c>
+      <c r="D357" t="s">
+        <v>8</v>
+      </c>
+      <c r="E357">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6">
+      <c r="A358">
+        <v>9783131672711</v>
+      </c>
+      <c r="B358" t="s">
+        <v>591</v>
+      </c>
+      <c r="C358" t="s">
+        <v>592</v>
+      </c>
+      <c r="D358" t="s">
+        <v>8</v>
+      </c>
+      <c r="E358">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6">
+      <c r="A359">
+        <v>9783131451613</v>
+      </c>
+      <c r="B359" t="s">
+        <v>593</v>
+      </c>
+      <c r="C359" t="s">
+        <v>594</v>
+      </c>
+      <c r="D359" t="s">
+        <v>96</v>
+      </c>
+      <c r="E359">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360">
+        <v>9783132427723</v>
+      </c>
+      <c r="B360" t="s">
+        <v>595</v>
+      </c>
+      <c r="C360" t="s">
+        <v>596</v>
+      </c>
+      <c r="D360" t="s">
+        <v>8</v>
+      </c>
+      <c r="E360">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361">
+        <v>9783131451811</v>
+      </c>
+      <c r="B361" t="s">
+        <v>597</v>
+      </c>
+      <c r="C361" t="s">
+        <v>598</v>
+      </c>
+      <c r="D361" t="s">
+        <v>96</v>
+      </c>
+      <c r="E361">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362">
+        <v>9783131987914</v>
+      </c>
+      <c r="B362" t="s">
+        <v>599</v>
+      </c>
+      <c r="C362" t="s">
+        <v>600</v>
+      </c>
+      <c r="D362" t="s">
+        <v>96</v>
+      </c>
+      <c r="E362">
+        <v>2014</v>
+      </c>
+      <c r="F362">
+        <v>64.99</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363">
+        <v>9781604063240</v>
+      </c>
+      <c r="B363" t="s">
+        <v>601</v>
+      </c>
+      <c r="C363" t="s">
+        <v>602</v>
+      </c>
+      <c r="D363" t="s">
+        <v>96</v>
+      </c>
+      <c r="E363">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364">
+        <v>9783132204010</v>
+      </c>
+      <c r="B364" t="s">
+        <v>603</v>
+      </c>
+      <c r="C364" t="s">
+        <v>604</v>
+      </c>
+      <c r="D364" t="s">
+        <v>8</v>
+      </c>
+      <c r="E364">
+        <v>2018</v>
+      </c>
+      <c r="F364">
+        <v>59.99</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365">
+        <v>9781626230941</v>
+      </c>
+      <c r="B365" t="s">
+        <v>605</v>
+      </c>
+      <c r="C365" t="s">
+        <v>606</v>
+      </c>
+      <c r="D365" t="s">
+        <v>8</v>
+      </c>
+      <c r="E365">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366">
+        <v>9781684201266</v>
+      </c>
+      <c r="B366" t="s">
+        <v>485</v>
+      </c>
+      <c r="C366" t="s">
+        <v>607</v>
+      </c>
+      <c r="D366" t="s">
+        <v>96</v>
+      </c>
+      <c r="E366">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367">
+        <v>9783131398017</v>
+      </c>
+      <c r="B367" t="s">
+        <v>608</v>
+      </c>
+      <c r="C367" t="s">
+        <v>609</v>
+      </c>
+      <c r="D367" t="s">
+        <v>96</v>
+      </c>
+      <c r="E367">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368">
+        <v>9783132004214</v>
+      </c>
+      <c r="B368" t="s">
+        <v>610</v>
+      </c>
+      <c r="C368" t="s">
+        <v>611</v>
+      </c>
+      <c r="D368" t="s">
+        <v>8</v>
+      </c>
+      <c r="E368">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369">
+        <v>9789385062117</v>
+      </c>
+      <c r="B369" t="s">
+        <v>612</v>
+      </c>
+      <c r="C369" t="s">
+        <v>613</v>
+      </c>
+      <c r="D369" t="s">
+        <v>96</v>
+      </c>
+      <c r="E369">
+        <v>2014</v>
+      </c>
+      <c r="F369">
+        <v>54.99</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370">
+        <v>9783131480019</v>
+      </c>
+      <c r="B370" t="s">
+        <v>614</v>
+      </c>
+      <c r="C370" t="s">
+        <v>615</v>
+      </c>
+      <c r="D370" t="s">
+        <v>96</v>
+      </c>
+      <c r="E370">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371">
+        <v>9783132412705</v>
+      </c>
+      <c r="B371" t="s">
+        <v>616</v>
+      </c>
+      <c r="C371" t="s">
+        <v>617</v>
+      </c>
+      <c r="D371" t="s">
+        <v>96</v>
+      </c>
+      <c r="E371">
+        <v>2017</v>
+      </c>
+      <c r="F371">
+        <v>54.99</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372">
+        <v>9789382076506</v>
+      </c>
+      <c r="B372" t="s">
+        <v>431</v>
+      </c>
+      <c r="C372" t="s">
+        <v>618</v>
+      </c>
+      <c r="D372" t="s">
+        <v>96</v>
+      </c>
+      <c r="E372">
+        <v>2013</v>
+      </c>
+      <c r="F372">
+        <v>54.99</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373">
+        <v>9783131255044</v>
+      </c>
+      <c r="B373" t="s">
+        <v>619</v>
+      </c>
+      <c r="C373" t="s">
+        <v>620</v>
+      </c>
+      <c r="D373" t="s">
+        <v>96</v>
+      </c>
+      <c r="E373">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374">
+        <v>9781588902993</v>
+      </c>
+      <c r="B374" t="s">
+        <v>621</v>
+      </c>
+      <c r="C374" t="s">
+        <v>622</v>
+      </c>
+      <c r="D374" t="s">
+        <v>8</v>
+      </c>
+      <c r="E374">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375">
+        <v>9781626235885</v>
+      </c>
+      <c r="B375" t="s">
+        <v>623</v>
+      </c>
+      <c r="C375" t="s">
+        <v>624</v>
+      </c>
+      <c r="D375" t="s">
+        <v>96</v>
+      </c>
+      <c r="E375">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376">
+        <v>9781626236516</v>
+      </c>
+      <c r="B376" t="s">
+        <v>625</v>
+      </c>
+      <c r="C376" t="s">
+        <v>626</v>
+      </c>
+      <c r="D376" t="s">
+        <v>8</v>
+      </c>
+      <c r="E376">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377">
+        <v>9783131987617</v>
+      </c>
+      <c r="B377" t="s">
+        <v>627</v>
+      </c>
+      <c r="C377" t="s">
+        <v>628</v>
+      </c>
+      <c r="D377" t="s">
+        <v>96</v>
+      </c>
+      <c r="E377">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6">
+      <c r="A378">
+        <v>9783131398215</v>
+      </c>
+      <c r="B378" t="s">
+        <v>629</v>
+      </c>
+      <c r="C378" t="s">
+        <v>630</v>
+      </c>
+      <c r="D378" t="s">
+        <v>96</v>
+      </c>
+      <c r="E378">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6">
+      <c r="A379">
+        <v>9783131397812</v>
+      </c>
+      <c r="B379" t="s">
+        <v>631</v>
+      </c>
+      <c r="C379" t="s">
+        <v>632</v>
+      </c>
+      <c r="D379" t="s">
+        <v>96</v>
+      </c>
+      <c r="E379">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6">
+      <c r="A380">
+        <v>9783131319128</v>
+      </c>
+      <c r="B380" t="s">
+        <v>633</v>
+      </c>
+      <c r="C380" t="s">
+        <v>634</v>
+      </c>
+      <c r="D380" t="s">
+        <v>8</v>
+      </c>
+      <c r="E380">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6">
+      <c r="A381">
+        <v>9781626230088</v>
+      </c>
+      <c r="B381" t="s">
+        <v>635</v>
+      </c>
+      <c r="C381" t="s">
+        <v>636</v>
+      </c>
+      <c r="D381" t="s">
+        <v>8</v>
+      </c>
+      <c r="E381">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6">
+      <c r="A382">
+        <v>9781626239883</v>
+      </c>
+      <c r="B382" t="s">
+        <v>637</v>
+      </c>
+      <c r="C382" t="s">
+        <v>638</v>
+      </c>
+      <c r="D382" t="s">
+        <v>8</v>
+      </c>
+      <c r="E382">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6">
+      <c r="A383">
+        <v>9783131699213</v>
+      </c>
+      <c r="B383" t="s">
+        <v>639</v>
+      </c>
+      <c r="C383" t="s">
+        <v>640</v>
+      </c>
+      <c r="D383" t="s">
+        <v>8</v>
+      </c>
+      <c r="E383">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6">
+      <c r="A384">
+        <v>9781927363782</v>
+      </c>
+      <c r="B384" t="s">
+        <v>641</v>
+      </c>
+      <c r="C384" t="s">
+        <v>642</v>
+      </c>
+      <c r="D384" t="s">
+        <v>96</v>
+      </c>
+      <c r="E384">
+        <v>2021</v>
+      </c>
+      <c r="F384">
+        <v>39.99</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6">
+      <c r="A385">
+        <v>9783131603616</v>
+      </c>
+      <c r="B385" t="s">
+        <v>643</v>
+      </c>
+      <c r="C385" t="s">
+        <v>644</v>
+      </c>
+      <c r="D385" t="s">
+        <v>96</v>
+      </c>
+      <c r="E385">
+        <v>2011</v>
+      </c>
+      <c r="F385">
+        <v>39.99</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6">
+      <c r="A386">
+        <v>9781604060546</v>
+      </c>
+      <c r="B386" t="s">
+        <v>403</v>
+      </c>
+      <c r="C386" t="s">
+        <v>645</v>
+      </c>
+      <c r="D386" t="s">
+        <v>8</v>
+      </c>
+      <c r="E386">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6">
+      <c r="A387">
+        <v>9783131442116</v>
+      </c>
+      <c r="B387" t="s">
+        <v>646</v>
+      </c>
+      <c r="C387" t="s">
+        <v>647</v>
+      </c>
+      <c r="D387" t="s">
+        <v>96</v>
+      </c>
+      <c r="E387">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6">
+      <c r="A388">
+        <v>9781626235281</v>
+      </c>
+      <c r="B388" t="s">
+        <v>648</v>
+      </c>
+      <c r="C388" t="s">
+        <v>649</v>
+      </c>
+      <c r="D388" t="s">
+        <v>8</v>
+      </c>
+      <c r="E388">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389">
+        <v>9783131165213</v>
+      </c>
+      <c r="B389" t="s">
+        <v>431</v>
+      </c>
+      <c r="C389" t="s">
+        <v>650</v>
+      </c>
+      <c r="D389" t="s">
+        <v>96</v>
+      </c>
+      <c r="E389">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="390" spans="1:6">
+      <c r="A390">
+        <v>9781626233331</v>
+      </c>
+      <c r="B390" t="s">
+        <v>651</v>
+      </c>
+      <c r="C390" t="s">
+        <v>652</v>
+      </c>
+      <c r="D390" t="s">
+        <v>8</v>
+      </c>
+      <c r="E390">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="391" spans="1:6">
+      <c r="A391">
+        <v>9781626233225</v>
+      </c>
+      <c r="B391" t="s">
+        <v>653</v>
+      </c>
+      <c r="C391" t="s">
+        <v>654</v>
+      </c>
+      <c r="D391" t="s">
+        <v>8</v>
+      </c>
+      <c r="E391">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="392" spans="1:6">
+      <c r="A392">
+        <v>9783132018815</v>
+      </c>
+      <c r="B392" t="s">
+        <v>655</v>
+      </c>
+      <c r="C392" t="s">
+        <v>656</v>
+      </c>
+      <c r="D392" t="s">
+        <v>8</v>
+      </c>
+      <c r="E392">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="393" spans="1:6">
+      <c r="A393">
+        <v>9783132004719</v>
+      </c>
+      <c r="B393" t="s">
+        <v>657</v>
+      </c>
+      <c r="C393" t="s">
+        <v>658</v>
+      </c>
+      <c r="D393" t="s">
+        <v>8</v>
+      </c>
+      <c r="E393">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="394" spans="1:6">
+      <c r="A394">
+        <v>9789382076704</v>
+      </c>
+      <c r="B394" t="s">
+        <v>659</v>
+      </c>
+      <c r="C394" t="s">
+        <v>660</v>
+      </c>
+      <c r="D394" t="s">
+        <v>8</v>
+      </c>
+      <c r="E394">
+        <v>2014</v>
+      </c>
+      <c r="F394">
+        <v>159.99</v>
+      </c>
+    </row>
+    <row r="395" spans="1:6">
+      <c r="A395">
+        <v>9781604065909</v>
+      </c>
+      <c r="B395" t="s">
+        <v>661</v>
+      </c>
+      <c r="C395" t="s">
+        <v>662</v>
+      </c>
+      <c r="D395" t="s">
+        <v>8</v>
+      </c>
+      <c r="E395">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="396" spans="1:6">
+      <c r="A396">
+        <v>9783131605313</v>
+      </c>
+      <c r="B396" t="s">
+        <v>655</v>
+      </c>
+      <c r="C396" t="s">
+        <v>663</v>
+      </c>
+      <c r="D396" t="s">
+        <v>8</v>
+      </c>
+      <c r="E396">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="397" spans="1:6">
+      <c r="A397">
+        <v>9781604063110</v>
+      </c>
+      <c r="B397" t="s">
+        <v>664</v>
+      </c>
+      <c r="C397" t="s">
+        <v>665</v>
+      </c>
+      <c r="D397" t="s">
+        <v>8</v>
+      </c>
+      <c r="E397">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="398" spans="1:6">
+      <c r="A398">
+        <v>9781626236783</v>
+      </c>
+      <c r="B398" t="s">
+        <v>120</v>
+      </c>
+      <c r="C398" t="s">
+        <v>666</v>
+      </c>
+      <c r="D398" t="s">
+        <v>8</v>
+      </c>
+      <c r="E398">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="399" spans="1:6">
+      <c r="A399">
+        <v>9781604060744</v>
+      </c>
+      <c r="B399" t="s">
+        <v>577</v>
+      </c>
+      <c r="C399" t="s">
+        <v>667</v>
+      </c>
+      <c r="D399" t="s">
+        <v>8</v>
+      </c>
+      <c r="E399">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="400" spans="1:6">
+      <c r="A400">
+        <v>9781626237773</v>
+      </c>
+      <c r="B400" t="s">
+        <v>668</v>
+      </c>
+      <c r="C400" t="s">
+        <v>669</v>
+      </c>
+      <c r="D400" t="s">
+        <v>8</v>
+      </c>
+      <c r="E400">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="401" spans="1:6">
+      <c r="A401">
+        <v>9781604068481</v>
+      </c>
+      <c r="B401" t="s">
+        <v>670</v>
+      </c>
+      <c r="C401" t="s">
+        <v>671</v>
+      </c>
+      <c r="D401" t="s">
+        <v>8</v>
+      </c>
+      <c r="E401">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="402" spans="1:6">
+      <c r="A402">
+        <v>9781626233270</v>
+      </c>
+      <c r="B402" t="s">
+        <v>672</v>
+      </c>
+      <c r="C402" t="s">
+        <v>673</v>
+      </c>
+      <c r="D402" t="s">
+        <v>8</v>
+      </c>
+      <c r="E402">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="403" spans="1:6">
+      <c r="A403">
+        <v>9783131318824</v>
+      </c>
+      <c r="B403" t="s">
+        <v>674</v>
+      </c>
+      <c r="C403" t="s">
+        <v>675</v>
+      </c>
+      <c r="D403" t="s">
+        <v>8</v>
+      </c>
+      <c r="E403">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="404" spans="1:6">
+      <c r="A404">
+        <v>9781626232914</v>
+      </c>
+      <c r="B404" t="s">
+        <v>345</v>
+      </c>
+      <c r="C404" t="s">
+        <v>676</v>
+      </c>
+      <c r="D404" t="s">
+        <v>8</v>
+      </c>
+      <c r="E404">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="405" spans="1:6">
+      <c r="A405">
+        <v>9783131102829</v>
+      </c>
+      <c r="B405" t="s">
+        <v>677</v>
+      </c>
+      <c r="C405" t="s">
+        <v>678</v>
+      </c>
+      <c r="D405" t="s">
+        <v>8</v>
+      </c>
+      <c r="E405">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="406" spans="1:6">
+      <c r="A406">
+        <v>9783132054110</v>
+      </c>
+      <c r="B406" t="s">
+        <v>679</v>
+      </c>
+      <c r="C406" t="s">
+        <v>680</v>
+      </c>
+      <c r="D406" t="s">
+        <v>8</v>
+      </c>
+      <c r="E406">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="407" spans="1:6">
+      <c r="A407">
+        <v>9781604067514</v>
+      </c>
+      <c r="B407" t="s">
+        <v>681</v>
+      </c>
+      <c r="C407" t="s">
+        <v>682</v>
+      </c>
+      <c r="D407" t="s">
+        <v>8</v>
+      </c>
+      <c r="E407">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="408" spans="1:6">
+      <c r="A408">
+        <v>9781626236523</v>
+      </c>
+      <c r="B408" t="s">
+        <v>683</v>
+      </c>
+      <c r="C408" t="s">
+        <v>684</v>
+      </c>
+      <c r="D408" t="s">
+        <v>8</v>
+      </c>
+      <c r="E408">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="409" spans="1:6">
+      <c r="A409">
+        <v>9781604067309</v>
+      </c>
+      <c r="B409" t="s">
+        <v>685</v>
+      </c>
+      <c r="C409" t="s">
+        <v>686</v>
+      </c>
+      <c r="D409" t="s">
+        <v>8</v>
+      </c>
+      <c r="E409">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="410" spans="1:6">
+      <c r="A410">
+        <v>9781626231290</v>
+      </c>
+      <c r="B410" t="s">
+        <v>687</v>
+      </c>
+      <c r="C410" t="s">
+        <v>688</v>
+      </c>
+      <c r="D410" t="s">
+        <v>8</v>
+      </c>
+      <c r="E410">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="411" spans="1:6">
+      <c r="A411">
+        <v>9781626230897</v>
+      </c>
+      <c r="B411" t="s">
+        <v>689</v>
+      </c>
+      <c r="C411" t="s">
+        <v>690</v>
+      </c>
+      <c r="D411" t="s">
+        <v>8</v>
+      </c>
+      <c r="E411">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="412" spans="1:6">
+      <c r="A412">
+        <v>9781604063479</v>
+      </c>
+      <c r="B412" t="s">
+        <v>691</v>
+      </c>
+      <c r="C412" t="s">
+        <v>692</v>
+      </c>
+      <c r="D412" t="s">
+        <v>8</v>
+      </c>
+      <c r="E412">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="413" spans="1:6">
+      <c r="A413">
+        <v>9783131464910</v>
+      </c>
+      <c r="B413" t="s">
+        <v>693</v>
+      </c>
+      <c r="C413" t="s">
+        <v>694</v>
+      </c>
+      <c r="D413" t="s">
+        <v>8</v>
+      </c>
+      <c r="E413">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="414" spans="1:6">
+      <c r="A414">
+        <v>9783132431904</v>
+      </c>
+      <c r="B414" t="s">
+        <v>677</v>
+      </c>
+      <c r="C414" t="s">
+        <v>695</v>
+      </c>
+      <c r="D414" t="s">
+        <v>8</v>
+      </c>
+      <c r="E414">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="415" spans="1:6">
+      <c r="A415">
+        <v>9783132019317</v>
+      </c>
+      <c r="B415" t="s">
+        <v>465</v>
+      </c>
+      <c r="C415" t="s">
+        <v>696</v>
+      </c>
+      <c r="D415" t="s">
+        <v>8</v>
+      </c>
+      <c r="E415">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="416" spans="1:6">
+      <c r="A416">
+        <v>9781684201068</v>
+      </c>
+      <c r="B416" t="s">
+        <v>697</v>
+      </c>
+      <c r="C416" t="s">
+        <v>698</v>
+      </c>
+      <c r="D416" t="s">
+        <v>8</v>
+      </c>
+      <c r="E416">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="417" spans="1:6">
+      <c r="A417">
+        <v>9781604068061</v>
+      </c>
+      <c r="B417" t="s">
+        <v>699</v>
+      </c>
+      <c r="C417" t="s">
+        <v>700</v>
+      </c>
+      <c r="D417" t="s">
+        <v>8</v>
+      </c>
+      <c r="E417">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="418" spans="1:6">
+      <c r="A418">
+        <v>9781604067262</v>
+      </c>
+      <c r="B418" t="s">
+        <v>701</v>
+      </c>
+      <c r="C418" t="s">
+        <v>702</v>
+      </c>
+      <c r="D418" t="s">
+        <v>8</v>
+      </c>
+      <c r="E418">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="419" spans="1:6">
+      <c r="A419">
+        <v>9781604068528</v>
+      </c>
+      <c r="B419" t="s">
+        <v>703</v>
+      </c>
+      <c r="C419" t="s">
+        <v>704</v>
+      </c>
+      <c r="D419" t="s">
+        <v>8</v>
+      </c>
+      <c r="E419">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="420" spans="1:6">
+      <c r="A420">
+        <v>9781626232273</v>
+      </c>
+      <c r="B420" t="s">
+        <v>524</v>
+      </c>
+      <c r="C420" t="s">
+        <v>705</v>
+      </c>
+      <c r="D420" t="s">
+        <v>8</v>
+      </c>
+      <c r="E420">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="421" spans="1:6">
+      <c r="A421">
+        <v>9783131358417</v>
+      </c>
+      <c r="B421" t="s">
+        <v>706</v>
+      </c>
+      <c r="C421" t="s">
+        <v>707</v>
+      </c>
+      <c r="D421" t="s">
+        <v>8</v>
+      </c>
+      <c r="E421">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="422" spans="1:6">
+      <c r="A422">
+        <v>9781684200054</v>
+      </c>
+      <c r="B422" t="s">
+        <v>708</v>
+      </c>
+      <c r="C422" t="s">
+        <v>709</v>
+      </c>
+      <c r="D422" t="s">
+        <v>8</v>
+      </c>
+      <c r="E422">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="423" spans="1:6">
+      <c r="A423">
+        <v>9781626233744</v>
+      </c>
+      <c r="B423" t="s">
+        <v>185</v>
+      </c>
+      <c r="C423" t="s">
+        <v>228</v>
+      </c>
+      <c r="D423" t="s">
+        <v>8</v>
+      </c>
+      <c r="E423">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="424" spans="1:6">
+      <c r="A424">
+        <v>9781626238343</v>
+      </c>
+      <c r="B424" t="s">
+        <v>710</v>
+      </c>
+      <c r="C424" t="s">
+        <v>711</v>
+      </c>
+      <c r="D424" t="s">
+        <v>8</v>
+      </c>
+      <c r="E424">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="425" spans="1:6">
+      <c r="A425">
+        <v>9783131472618</v>
+      </c>
+      <c r="B425" t="s">
+        <v>712</v>
+      </c>
+      <c r="C425" t="s">
+        <v>713</v>
+      </c>
+      <c r="D425" t="s">
+        <v>8</v>
+      </c>
+      <c r="E425">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="426" spans="1:6">
+      <c r="A426">
+        <v>9781684200955</v>
+      </c>
+      <c r="B426" t="s">
+        <v>714</v>
+      </c>
+      <c r="C426" t="s">
+        <v>715</v>
+      </c>
+      <c r="D426" t="s">
+        <v>8</v>
+      </c>
+      <c r="E426">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="427" spans="1:6">
+      <c r="A427">
+        <v>9781626232969</v>
+      </c>
+      <c r="B427" t="s">
+        <v>716</v>
+      </c>
+      <c r="C427" t="s">
+        <v>717</v>
+      </c>
+      <c r="D427" t="s">
+        <v>8</v>
+      </c>
+      <c r="E427">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="428" spans="1:6">
+      <c r="A428">
+        <v>9781626232105</v>
+      </c>
+      <c r="B428" t="s">
+        <v>718</v>
+      </c>
+      <c r="C428" t="s">
+        <v>719</v>
+      </c>
+      <c r="D428" t="s">
+        <v>96</v>
+      </c>
+      <c r="E428">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="429" spans="1:6">
+      <c r="A429">
+        <v>9781604063981</v>
+      </c>
+      <c r="B429" t="s">
+        <v>720</v>
+      </c>
+      <c r="C429" t="s">
+        <v>721</v>
+      </c>
+      <c r="D429" t="s">
+        <v>96</v>
+      </c>
+      <c r="E429">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="430" spans="1:6">
+      <c r="A430">
+        <v>9789385062490</v>
+      </c>
+      <c r="B430" t="s">
+        <v>722</v>
+      </c>
+      <c r="C430" t="s">
+        <v>723</v>
+      </c>
+      <c r="D430" t="s">
+        <v>8</v>
+      </c>
+      <c r="E430">
+        <v>2016</v>
+      </c>
+      <c r="F430">
+        <v>168.0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:6">
+      <c r="A431">
+        <v>9781604067286</v>
+      </c>
+      <c r="B431" t="s">
+        <v>724</v>
+      </c>
+      <c r="C431" t="s">
+        <v>725</v>
+      </c>
+      <c r="D431" t="s">
+        <v>8</v>
+      </c>
+      <c r="E431">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="432" spans="1:6">
+      <c r="A432">
+        <v>9783131997814</v>
+      </c>
+      <c r="B432" t="s">
+        <v>726</v>
+      </c>
+      <c r="C432" t="s">
+        <v>727</v>
+      </c>
+      <c r="D432" t="s">
+        <v>8</v>
+      </c>
+      <c r="E432">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="433" spans="1:6">
+      <c r="A433">
+        <v>9783132057913</v>
+      </c>
+      <c r="B433" t="s">
+        <v>728</v>
+      </c>
+      <c r="C433" t="s">
+        <v>729</v>
+      </c>
+      <c r="D433" t="s">
+        <v>8</v>
+      </c>
+      <c r="E433">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="434" spans="1:6">
+      <c r="A434">
+        <v>9783131547217</v>
+      </c>
+      <c r="B434" t="s">
+        <v>730</v>
+      </c>
+      <c r="C434" t="s">
+        <v>731</v>
+      </c>
+      <c r="D434" t="s">
+        <v>8</v>
+      </c>
+      <c r="E434">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="435" spans="1:6">
+      <c r="A435">
+        <v>9783132431935</v>
+      </c>
+      <c r="B435" t="s">
+        <v>465</v>
+      </c>
+      <c r="C435" t="s">
+        <v>732</v>
+      </c>
+      <c r="D435" t="s">
+        <v>8</v>
+      </c>
+      <c r="E435">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="436" spans="1:6">
+      <c r="A436">
+        <v>9783131543011</v>
+      </c>
+      <c r="B436" t="s">
+        <v>465</v>
+      </c>
+      <c r="C436" t="s">
+        <v>733</v>
+      </c>
+      <c r="D436" t="s">
+        <v>8</v>
+      </c>
+      <c r="E436">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="437" spans="1:6">
+      <c r="A437">
+        <v>9781604062113</v>
+      </c>
+      <c r="B437" t="s">
+        <v>734</v>
+      </c>
+      <c r="C437" t="s">
+        <v>735</v>
+      </c>
+      <c r="D437" t="s">
+        <v>96</v>
+      </c>
+      <c r="E437">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="438" spans="1:6">
+      <c r="A438">
+        <v>9781626232587</v>
+      </c>
+      <c r="B438" t="s">
+        <v>736</v>
+      </c>
+      <c r="C438" t="s">
+        <v>737</v>
+      </c>
+      <c r="D438" t="s">
+        <v>96</v>
+      </c>
+      <c r="E438">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="439" spans="1:6">
+      <c r="A439">
+        <v>9781684200238</v>
+      </c>
+      <c r="B439" t="s">
+        <v>738</v>
+      </c>
+      <c r="C439" t="s">
+        <v>739</v>
+      </c>
+      <c r="D439" t="s">
+        <v>96</v>
+      </c>
+      <c r="E439">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="440" spans="1:6">
+      <c r="A440">
+        <v>9783131538017</v>
+      </c>
+      <c r="B440" t="s">
+        <v>740</v>
+      </c>
+      <c r="C440" t="s">
+        <v>741</v>
+      </c>
+      <c r="D440" t="s">
+        <v>8</v>
+      </c>
+      <c r="E440">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="441" spans="1:6">
+      <c r="A441">
+        <v>9781626238718</v>
+      </c>
+      <c r="B441" t="s">
+        <v>681</v>
+      </c>
+      <c r="C441" t="s">
+        <v>742</v>
+      </c>
+      <c r="D441" t="s">
+        <v>96</v>
+      </c>
+      <c r="E441">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="442" spans="1:6">
+      <c r="A442">
+        <v>9781626237742</v>
+      </c>
+      <c r="B442" t="s">
+        <v>743</v>
+      </c>
+      <c r="C442" t="s">
+        <v>744</v>
+      </c>
+      <c r="D442" t="s">
+        <v>8</v>
+      </c>
+      <c r="E442">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="443" spans="1:6">
+      <c r="A443">
+        <v>9781604065732</v>
+      </c>
+      <c r="B443" t="s">
+        <v>745</v>
+      </c>
+      <c r="C443" t="s">
+        <v>746</v>
+      </c>
+      <c r="D443" t="s">
+        <v>96</v>
+      </c>
+      <c r="E443">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="444" spans="1:6">
+      <c r="A444">
+        <v>9781684200689</v>
+      </c>
+      <c r="B444" t="s">
+        <v>747</v>
+      </c>
+      <c r="C444" t="s">
+        <v>748</v>
+      </c>
+      <c r="D444" t="s">
+        <v>8</v>
+      </c>
+      <c r="E444">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="445" spans="1:6">
+      <c r="A445">
+        <v>9781626233782</v>
+      </c>
+      <c r="B445" t="s">
+        <v>749</v>
+      </c>
+      <c r="C445" t="s">
+        <v>750</v>
+      </c>
+      <c r="D445" t="s">
+        <v>96</v>
+      </c>
+      <c r="E445">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="446" spans="1:6">
+      <c r="A446">
+        <v>9783132412897</v>
+      </c>
+      <c r="B446" t="s">
+        <v>751</v>
+      </c>
+      <c r="C446" t="s">
+        <v>752</v>
+      </c>
+      <c r="D446" t="s">
+        <v>8</v>
+      </c>
+      <c r="E446">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="447" spans="1:6">
+      <c r="A447">
+        <v>9781604061932</v>
+      </c>
+      <c r="B447" t="s">
+        <v>753</v>
+      </c>
+      <c r="C447" t="s">
+        <v>754</v>
+      </c>
+      <c r="D447" t="s">
+        <v>96</v>
+      </c>
+      <c r="E447">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="448" spans="1:6">
+      <c r="A448">
+        <v>9783132422049</v>
+      </c>
+      <c r="B448" t="s">
+        <v>550</v>
+      </c>
+      <c r="C448" t="s">
+        <v>755</v>
+      </c>
+      <c r="D448" t="s">
+        <v>96</v>
+      </c>
+      <c r="E448">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="449" spans="1:6">
+      <c r="A449">
+        <v>9783132048218</v>
+      </c>
+      <c r="B449" t="s">
+        <v>756</v>
+      </c>
+      <c r="C449" t="s">
+        <v>757</v>
+      </c>
+      <c r="D449" t="s">
+        <v>96</v>
+      </c>
+      <c r="E449">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="450" spans="1:6">
+      <c r="A450">
+        <v>9781604067651</v>
+      </c>
+      <c r="B450" t="s">
+        <v>758</v>
+      </c>
+      <c r="C450" t="s">
+        <v>759</v>
+      </c>
+      <c r="D450" t="s">
+        <v>96</v>
+      </c>
+      <c r="E450">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="451" spans="1:6">
+      <c r="A451">
+        <v>9783131450616</v>
+      </c>
+      <c r="B451" t="s">
+        <v>760</v>
+      </c>
+      <c r="C451" t="s">
+        <v>761</v>
+      </c>
+      <c r="D451" t="s">
+        <v>8</v>
+      </c>
+      <c r="E451">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="452" spans="1:6">
+      <c r="A452">
+        <v>9781626238121</v>
+      </c>
+      <c r="B452" t="s">
+        <v>762</v>
+      </c>
+      <c r="C452" t="s">
+        <v>763</v>
+      </c>
+      <c r="D452" t="s">
+        <v>8</v>
+      </c>
+      <c r="E452">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="453" spans="1:6">
+      <c r="A453">
+        <v>9781604067644</v>
+      </c>
+      <c r="B453" t="s">
+        <v>764</v>
+      </c>
+      <c r="C453" t="s">
+        <v>765</v>
+      </c>
+      <c r="D453" t="s">
+        <v>8</v>
+      </c>
+      <c r="E453">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="454" spans="1:6">
+      <c r="A454">
+        <v>9781604068054</v>
+      </c>
+      <c r="B454" t="s">
+        <v>766</v>
+      </c>
+      <c r="C454" t="s">
+        <v>767</v>
+      </c>
+      <c r="D454" t="s">
+        <v>8</v>
+      </c>
+      <c r="E454">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="455" spans="1:6">
+      <c r="A455">
+        <v>9781626236752</v>
+      </c>
+      <c r="B455" t="s">
+        <v>768</v>
+      </c>
+      <c r="C455" t="s">
+        <v>769</v>
+      </c>
+      <c r="D455" t="s">
+        <v>8</v>
+      </c>
+      <c r="E455">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="456" spans="1:6">
+      <c r="A456">
+        <v>9783132008519</v>
+      </c>
+      <c r="B456" t="s">
+        <v>597</v>
+      </c>
+      <c r="C456" t="s">
+        <v>770</v>
+      </c>
+      <c r="D456" t="s">
+        <v>8</v>
+      </c>
+      <c r="E456">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="457" spans="1:6">
+      <c r="A457">
+        <v>9781684200573</v>
+      </c>
+      <c r="B457" t="s">
+        <v>504</v>
+      </c>
+      <c r="C457" t="s">
+        <v>771</v>
+      </c>
+      <c r="D457" t="s">
+        <v>8</v>
+      </c>
+      <c r="E457">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="458" spans="1:6">
+      <c r="A458">
+        <v>9781604065671</v>
+      </c>
+      <c r="B458" t="s">
+        <v>772</v>
+      </c>
+      <c r="C458" t="s">
+        <v>773</v>
+      </c>
+      <c r="D458" t="s">
+        <v>8</v>
+      </c>
+      <c r="E458">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="459" spans="1:6">
+      <c r="A459">
+        <v>9783131708212</v>
+      </c>
+      <c r="B459" t="s">
+        <v>425</v>
+      </c>
+      <c r="C459" t="s">
+        <v>774</v>
+      </c>
+      <c r="D459" t="s">
+        <v>8</v>
+      </c>
+      <c r="E459">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="460" spans="1:6">
+      <c r="A460">
+        <v>9781684202553</v>
+      </c>
+      <c r="B460" t="s">
+        <v>775</v>
+      </c>
+      <c r="C460" t="s">
+        <v>776</v>
+      </c>
+      <c r="D460" t="s">
+        <v>8</v>
+      </c>
+      <c r="E460">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="461" spans="1:6">
+      <c r="A461">
+        <v>9781626239579</v>
+      </c>
+      <c r="B461" t="s">
+        <v>777</v>
+      </c>
+      <c r="C461" t="s">
+        <v>778</v>
+      </c>
+      <c r="D461" t="s">
+        <v>8</v>
+      </c>
+      <c r="E461">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="462" spans="1:6">
+      <c r="A462">
+        <v>9783131296429</v>
+      </c>
+      <c r="B462" t="s">
+        <v>500</v>
+      </c>
+      <c r="C462" t="s">
+        <v>779</v>
+      </c>
+      <c r="D462" t="s">
+        <v>8</v>
+      </c>
+      <c r="E462">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="463" spans="1:6">
+      <c r="A463">
+        <v>9783131294326</v>
+      </c>
+      <c r="B463" t="s">
+        <v>780</v>
+      </c>
+      <c r="C463" t="s">
+        <v>781</v>
+      </c>
+      <c r="D463" t="s">
+        <v>8</v>
+      </c>
+      <c r="E463">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="464" spans="1:6">
+      <c r="A464">
+        <v>9781604069242</v>
+      </c>
+      <c r="B464" t="s">
+        <v>782</v>
+      </c>
+      <c r="C464" t="s">
+        <v>68</v>
+      </c>
+      <c r="D464" t="s">
+        <v>8</v>
+      </c>
+      <c r="E464">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="465" spans="1:6">
+      <c r="A465">
+        <v>9781604060508</v>
+      </c>
+      <c r="B465" t="s">
+        <v>783</v>
+      </c>
+      <c r="C465" t="s">
+        <v>784</v>
+      </c>
+      <c r="D465" t="s">
+        <v>8</v>
+      </c>
+      <c r="E465">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="466" spans="1:6">
+      <c r="A466">
+        <v>9781626238282</v>
+      </c>
+      <c r="B466" t="s">
+        <v>785</v>
+      </c>
+      <c r="C466" t="s">
+        <v>786</v>
+      </c>
+      <c r="D466" t="s">
+        <v>8</v>
+      </c>
+      <c r="E466">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="467" spans="1:6">
+      <c r="A467">
+        <v>9783132000056</v>
+      </c>
+      <c r="B467" t="s">
+        <v>677</v>
+      </c>
+      <c r="C467" t="s">
+        <v>787</v>
+      </c>
+      <c r="D467" t="s">
+        <v>8</v>
+      </c>
+      <c r="E467">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="468" spans="1:6">
+      <c r="A468">
+        <v>9781604068856</v>
+      </c>
+      <c r="B468" t="s">
+        <v>788</v>
+      </c>
+      <c r="C468" t="s">
+        <v>789</v>
+      </c>
+      <c r="D468" t="s">
+        <v>8</v>
+      </c>
+      <c r="E468">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="469" spans="1:6">
+      <c r="A469">
+        <v>9781604068757</v>
+      </c>
+      <c r="B469" t="s">
+        <v>403</v>
+      </c>
+      <c r="C469" t="s">
+        <v>790</v>
+      </c>
+      <c r="D469" t="s">
+        <v>8</v>
+      </c>
+      <c r="E469">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="470" spans="1:6">
+      <c r="A470">
+        <v>9781684200313</v>
+      </c>
+      <c r="B470" t="s">
+        <v>791</v>
+      </c>
+      <c r="C470" t="s">
+        <v>792</v>
+      </c>
+      <c r="D470" t="s">
+        <v>8</v>
+      </c>
+      <c r="E470">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="471" spans="1:6">
+      <c r="A471">
+        <v>9781626233379</v>
+      </c>
+      <c r="B471" t="s">
+        <v>793</v>
+      </c>
+      <c r="C471" t="s">
+        <v>794</v>
+      </c>
+      <c r="D471" t="s">
+        <v>8</v>
+      </c>
+      <c r="E471">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="472" spans="1:6">
+      <c r="A472">
+        <v>9781626238084</v>
+      </c>
+      <c r="B472" t="s">
+        <v>795</v>
+      </c>
+      <c r="C472" t="s">
+        <v>796</v>
+      </c>
+      <c r="D472" t="s">
+        <v>8</v>
+      </c>
+      <c r="E472">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="473" spans="1:6">
+      <c r="A473">
+        <v>9783132410497</v>
+      </c>
+      <c r="B473" t="s">
+        <v>797</v>
+      </c>
+      <c r="C473" t="s">
+        <v>798</v>
+      </c>
+      <c r="D473" t="s">
+        <v>8</v>
+      </c>
+      <c r="E473">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="474" spans="1:6">
+      <c r="A474">
+        <v>9783132409552</v>
+      </c>
+      <c r="B474" t="s">
+        <v>799</v>
+      </c>
+      <c r="C474" t="s">
+        <v>800</v>
+      </c>
+      <c r="D474" t="s">
+        <v>8</v>
+      </c>
+      <c r="E474">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="475" spans="1:6">
+      <c r="A475">
+        <v>9781604069198</v>
+      </c>
+      <c r="B475" t="s">
+        <v>801</v>
+      </c>
+      <c r="C475" t="s">
+        <v>802</v>
+      </c>
+      <c r="D475" t="s">
+        <v>8</v>
+      </c>
+      <c r="E475">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="476" spans="1:6">
+      <c r="A476">
+        <v>9781626234772</v>
+      </c>
+      <c r="B476" t="s">
+        <v>803</v>
+      </c>
+      <c r="C476" t="s">
+        <v>804</v>
+      </c>
+      <c r="D476" t="s">
+        <v>8</v>
+      </c>
+      <c r="E476">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="477" spans="1:6">
+      <c r="A477">
+        <v>9783132415652</v>
+      </c>
+      <c r="B477" t="s">
+        <v>805</v>
+      </c>
+      <c r="C477" t="s">
+        <v>806</v>
+      </c>
+      <c r="D477" t="s">
+        <v>8</v>
+      </c>
+      <c r="E477">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="478" spans="1:6">
+      <c r="A478">
+        <v>9783132038110</v>
+      </c>
+      <c r="B478" t="s">
+        <v>807</v>
+      </c>
+      <c r="C478" t="s">
+        <v>808</v>
+      </c>
+      <c r="D478" t="s">
+        <v>8</v>
+      </c>
+      <c r="E478">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="479" spans="1:6">
+      <c r="A479">
+        <v>9783131397935</v>
+      </c>
+      <c r="B479" t="s">
+        <v>809</v>
+      </c>
+      <c r="C479" t="s">
+        <v>810</v>
+      </c>
+      <c r="D479" t="s">
+        <v>8</v>
+      </c>
+      <c r="E479">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="480" spans="1:6">
+      <c r="A480">
+        <v>9783132429109</v>
+      </c>
+      <c r="B480" t="s">
+        <v>811</v>
+      </c>
+      <c r="C480" t="s">
+        <v>812</v>
+      </c>
+      <c r="D480" t="s">
+        <v>8</v>
+      </c>
+      <c r="E480">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="481" spans="1:6">
+      <c r="A481">
+        <v>9783131692719</v>
+      </c>
+      <c r="B481" t="s">
+        <v>813</v>
+      </c>
+      <c r="C481" t="s">
+        <v>814</v>
+      </c>
+      <c r="D481" t="s">
+        <v>8</v>
+      </c>
+      <c r="E481">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="482" spans="1:6">
+      <c r="A482">
+        <v>9781626238534</v>
+      </c>
+      <c r="B482" t="s">
+        <v>815</v>
+      </c>
+      <c r="C482" t="s">
+        <v>816</v>
+      </c>
+      <c r="D482" t="s">
+        <v>8</v>
+      </c>
+      <c r="E482">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="483" spans="1:6">
+      <c r="A483">
+        <v>9783132423794</v>
+      </c>
+      <c r="B483" t="s">
+        <v>817</v>
+      </c>
+      <c r="C483" t="s">
+        <v>818</v>
+      </c>
+      <c r="D483" t="s">
+        <v>8</v>
+      </c>
+      <c r="E483">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="484" spans="1:6">
+      <c r="A484">
+        <v>9781626230477</v>
+      </c>
+      <c r="B484" t="s">
+        <v>524</v>
+      </c>
+      <c r="C484" t="s">
+        <v>819</v>
+      </c>
+      <c r="D484" t="s">
+        <v>8</v>
+      </c>
+      <c r="E484">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="485" spans="1:6">
+      <c r="A485">
+        <v>9783131697516</v>
+      </c>
+      <c r="B485" t="s">
+        <v>820</v>
+      </c>
+      <c r="C485" t="s">
+        <v>821</v>
+      </c>
+      <c r="D485" t="s">
+        <v>8</v>
+      </c>
+      <c r="E485">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="486" spans="1:6">
+      <c r="A486">
+        <v>9783131439314</v>
+      </c>
+      <c r="B486" t="s">
+        <v>559</v>
+      </c>
+      <c r="C486" t="s">
+        <v>822</v>
+      </c>
+      <c r="D486" t="s">
+        <v>96</v>
+      </c>
+      <c r="E486">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="487" spans="1:6">
+      <c r="A487">
+        <v>9783131768612</v>
+      </c>
+      <c r="B487" t="s">
+        <v>823</v>
+      </c>
+      <c r="C487" t="s">
+        <v>824</v>
+      </c>
+      <c r="D487" t="s">
+        <v>8</v>
+      </c>
+      <c r="E487">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="488" spans="1:6">
+      <c r="A488">
+        <v>9781626232853</v>
+      </c>
+      <c r="B488" t="s">
+        <v>825</v>
+      </c>
+      <c r="C488" t="s">
+        <v>826</v>
+      </c>
+      <c r="D488" t="s">
+        <v>8</v>
+      </c>
+      <c r="E488">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="489" spans="1:6">
+      <c r="A489">
+        <v>9781626236943</v>
+      </c>
+      <c r="B489" t="s">
+        <v>827</v>
+      </c>
+      <c r="C489" t="s">
+        <v>828</v>
+      </c>
+      <c r="D489" t="s">
+        <v>8</v>
+      </c>
+      <c r="E489">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="490" spans="1:6">
+      <c r="A490">
+        <v>9781626239081</v>
+      </c>
+      <c r="B490" t="s">
+        <v>829</v>
+      </c>
+      <c r="C490" t="s">
+        <v>830</v>
+      </c>
+      <c r="D490" t="s">
+        <v>8</v>
+      </c>
+      <c r="E490">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="491" spans="1:6">
+      <c r="A491">
+        <v>9781626235052</v>
+      </c>
+      <c r="B491" t="s">
+        <v>831</v>
+      </c>
+      <c r="C491" t="s">
+        <v>832</v>
+      </c>
+      <c r="D491" t="s">
+        <v>8</v>
+      </c>
+      <c r="E491">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="492" spans="1:6">
+      <c r="A492">
+        <v>9783132419346</v>
+      </c>
+      <c r="B492" t="s">
+        <v>677</v>
+      </c>
+      <c r="C492" t="s">
+        <v>833</v>
+      </c>
+      <c r="D492" t="s">
+        <v>8</v>
+      </c>
+      <c r="E492">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="493" spans="1:6">
+      <c r="A493">
+        <v>9783131732217</v>
+      </c>
+      <c r="B493" t="s">
+        <v>834</v>
+      </c>
+      <c r="C493" t="s">
+        <v>835</v>
+      </c>
+      <c r="D493" t="s">
+        <v>8</v>
+      </c>
+      <c r="E493">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="494" spans="1:6">
+      <c r="A494">
+        <v>9781684200801</v>
+      </c>
+      <c r="B494" t="s">
+        <v>836</v>
+      </c>
+      <c r="C494" t="s">
+        <v>837</v>
+      </c>
+      <c r="D494" t="s">
+        <v>96</v>
+      </c>
+      <c r="E494">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="495" spans="1:6">
+      <c r="A495">
+        <v>9781626234574</v>
+      </c>
+      <c r="B495" t="s">
+        <v>838</v>
+      </c>
+      <c r="C495" t="s">
+        <v>839</v>
+      </c>
+      <c r="D495" t="s">
+        <v>8</v>
+      </c>
+      <c r="E495">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="496" spans="1:6">
+      <c r="A496">
+        <v>9783131510815</v>
+      </c>
+      <c r="B496" t="s">
+        <v>840</v>
+      </c>
+      <c r="C496" t="s">
+        <v>841</v>
+      </c>
+      <c r="D496" t="s">
+        <v>8</v>
+      </c>
+      <c r="E496">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="497" spans="1:6">
+      <c r="A497">
+        <v>9783131294128</v>
+      </c>
+      <c r="B497" t="s">
+        <v>842</v>
+      </c>
+      <c r="C497" t="s">
+        <v>843</v>
+      </c>
+      <c r="D497" t="s">
+        <v>8</v>
+      </c>
+      <c r="E497">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="498" spans="1:6">
+      <c r="A498">
+        <v>9783131752215</v>
+      </c>
+      <c r="B498" t="s">
+        <v>844</v>
+      </c>
+      <c r="C498" t="s">
+        <v>845</v>
+      </c>
+      <c r="D498" t="s">
+        <v>8</v>
+      </c>
+      <c r="E498">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="499" spans="1:6">
+      <c r="A499">
+        <v>9781604068399</v>
+      </c>
+      <c r="B499" t="s">
+        <v>846</v>
+      </c>
+      <c r="C499" t="s">
+        <v>847</v>
+      </c>
+      <c r="D499" t="s">
+        <v>96</v>
+      </c>
+      <c r="E499">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="500" spans="1:6">
+      <c r="A500">
+        <v>9783131768223</v>
+      </c>
+      <c r="B500" t="s">
+        <v>848</v>
+      </c>
+      <c r="C500" t="s">
+        <v>849</v>
+      </c>
+      <c r="D500" t="s">
+        <v>96</v>
+      </c>
+      <c r="E500">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="501" spans="1:6">
+      <c r="A501">
+        <v>9781626231047</v>
+      </c>
+      <c r="B501" t="s">
+        <v>850</v>
+      </c>
+      <c r="C501" t="s">
+        <v>851</v>
+      </c>
+      <c r="D501" t="s">
+        <v>96</v>
+      </c>
+      <c r="E501">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="502" spans="1:6">
+      <c r="A502">
+        <v>9781626232716</v>
+      </c>
+      <c r="B502" t="s">
+        <v>703</v>
+      </c>
+      <c r="C502" t="s">
+        <v>852</v>
+      </c>
+      <c r="D502" t="s">
+        <v>8</v>
+      </c>
+      <c r="E502">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="503" spans="1:6">
+      <c r="A503">
+        <v>9783132401198</v>
+      </c>
+      <c r="B503" t="s">
+        <v>853</v>
+      </c>
+      <c r="C503" t="s">
+        <v>854</v>
+      </c>
+      <c r="D503" t="s">
+        <v>8</v>
+      </c>
+      <c r="E503">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="504" spans="1:6">
+      <c r="A504">
+        <v>9781626231719</v>
+      </c>
+      <c r="B504" t="s">
+        <v>855</v>
+      </c>
+      <c r="C504" t="s">
+        <v>856</v>
+      </c>
+      <c r="D504" t="s">
+        <v>8</v>
+      </c>
+      <c r="E504">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="505" spans="1:6">
+      <c r="A505">
+        <v>9781604065442</v>
+      </c>
+      <c r="B505" t="s">
+        <v>857</v>
+      </c>
+      <c r="C505" t="s">
+        <v>858</v>
+      </c>
+      <c r="D505" t="s">
+        <v>96</v>
+      </c>
+      <c r="E505">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="506" spans="1:6">
+      <c r="A506">
+        <v>9783131454522</v>
+      </c>
+      <c r="B506" t="s">
+        <v>859</v>
+      </c>
+      <c r="C506" t="s">
+        <v>860</v>
+      </c>
+      <c r="D506" t="s">
+        <v>8</v>
+      </c>
+      <c r="E506">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="507" spans="1:6">
+      <c r="A507">
+        <v>9783132053410</v>
+      </c>
+      <c r="B507" t="s">
+        <v>861</v>
+      </c>
+      <c r="C507" t="s">
+        <v>862</v>
+      </c>
+      <c r="D507" t="s">
+        <v>8</v>
+      </c>
+      <c r="E507">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="508" spans="1:6">
+      <c r="A508">
+        <v>9781626235304</v>
+      </c>
+      <c r="B508" t="s">
+        <v>863</v>
+      </c>
+      <c r="C508" t="s">
+        <v>864</v>
+      </c>
+      <c r="D508" t="s">
+        <v>96</v>
+      </c>
+      <c r="E508">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="509" spans="1:6">
+      <c r="A509">
+        <v>9783131373823</v>
+      </c>
+      <c r="B509" t="s">
+        <v>865</v>
+      </c>
+      <c r="C509" t="s">
+        <v>866</v>
+      </c>
+      <c r="D509" t="s">
+        <v>8</v>
+      </c>
+      <c r="E509">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="510" spans="1:6">
+      <c r="A510">
+        <v>9781626232822</v>
+      </c>
+      <c r="B510" t="s">
+        <v>867</v>
+      </c>
+      <c r="C510" t="s">
+        <v>868</v>
+      </c>
+      <c r="D510" t="s">
+        <v>96</v>
+      </c>
+      <c r="E510">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="511" spans="1:6">
+      <c r="A511">
+        <v>9781684201716</v>
+      </c>
+      <c r="B511" t="s">
+        <v>869</v>
+      </c>
+      <c r="C511" t="s">
+        <v>870</v>
+      </c>
+      <c r="D511" t="s">
+        <v>8</v>
+      </c>
+      <c r="E511">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="512" spans="1:6">
+      <c r="A512">
+        <v>9783132415850</v>
+      </c>
+      <c r="B512" t="s">
+        <v>871</v>
+      </c>
+      <c r="C512" t="s">
+        <v>872</v>
+      </c>
+      <c r="D512" t="s">
+        <v>96</v>
+      </c>
+      <c r="E512">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="513" spans="1:6">
+      <c r="A513">
+        <v>9781626230385</v>
+      </c>
+      <c r="B513" t="s">
+        <v>873</v>
+      </c>
+      <c r="C513" t="s">
+        <v>874</v>
+      </c>
+      <c r="D513" t="s">
+        <v>96</v>
+      </c>
+      <c r="E513">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="514" spans="1:6">
+      <c r="A514">
+        <v>9783131662910</v>
+      </c>
+      <c r="B514" t="s">
+        <v>875</v>
+      </c>
+      <c r="C514" t="s">
+        <v>876</v>
+      </c>
+      <c r="D514" t="s">
+        <v>96</v>
+      </c>
+      <c r="E514">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="515" spans="1:6">
+      <c r="A515">
+        <v>9783131323415</v>
+      </c>
+      <c r="B515" t="s">
+        <v>877</v>
+      </c>
+      <c r="C515" t="s">
+        <v>878</v>
+      </c>
+      <c r="D515" t="s">
+        <v>96</v>
+      </c>
+      <c r="E515">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="516" spans="1:6">
+      <c r="A516">
+        <v>9781626234536</v>
+      </c>
+      <c r="B516" t="s">
+        <v>524</v>
+      </c>
+      <c r="C516" t="s">
+        <v>879</v>
+      </c>
+      <c r="D516" t="s">
+        <v>8</v>
+      </c>
+      <c r="E516">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="517" spans="1:6">
+      <c r="A517">
+        <v>9783131074423</v>
+      </c>
+      <c r="B517" t="s">
+        <v>431</v>
+      </c>
+      <c r="C517" t="s">
+        <v>880</v>
+      </c>
+      <c r="D517" t="s">
+        <v>96</v>
+      </c>
+      <c r="E517">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="518" spans="1:6">
+      <c r="A518">
+        <v>9781626239234</v>
+      </c>
+      <c r="B518" t="s">
+        <v>881</v>
+      </c>
+      <c r="C518" t="s">
+        <v>882</v>
+      </c>
+      <c r="D518" t="s">
+        <v>96</v>
+      </c>
+      <c r="E518">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="519" spans="1:6">
+      <c r="A519">
+        <v>9781626232600</v>
+      </c>
+      <c r="B519" t="s">
+        <v>883</v>
+      </c>
+      <c r="C519" t="s">
+        <v>884</v>
+      </c>
+      <c r="D519" t="s">
+        <v>8</v>
+      </c>
+      <c r="E519">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="520" spans="1:6">
+      <c r="A520">
+        <v>9781626230545</v>
+      </c>
+      <c r="B520" t="s">
+        <v>885</v>
+      </c>
+      <c r="C520" t="s">
+        <v>342</v>
+      </c>
+      <c r="D520" t="s">
+        <v>8</v>
+      </c>
+      <c r="E520">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="521" spans="1:6">
+      <c r="A521">
+        <v>9781604067156</v>
+      </c>
+      <c r="B521" t="s">
+        <v>886</v>
+      </c>
+      <c r="C521" t="s">
+        <v>887</v>
+      </c>
+      <c r="D521" t="s">
+        <v>8</v>
+      </c>
+      <c r="E521">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="522" spans="1:6">
+      <c r="A522">
+        <v>9783131538710</v>
+      </c>
+      <c r="B522" t="s">
+        <v>888</v>
+      </c>
+      <c r="C522" t="s">
+        <v>889</v>
+      </c>
+      <c r="D522" t="s">
+        <v>8</v>
+      </c>
+      <c r="E522">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="523" spans="1:6">
+      <c r="A523">
+        <v>9783131486110</v>
+      </c>
+      <c r="B523" t="s">
+        <v>677</v>
+      </c>
+      <c r="C523" t="s">
+        <v>890</v>
+      </c>
+      <c r="D523" t="s">
+        <v>8</v>
+      </c>
+      <c r="E523">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="524" spans="1:6">
+      <c r="A524">
+        <v>9781604064131</v>
+      </c>
+      <c r="B524" t="s">
+        <v>891</v>
+      </c>
+      <c r="C524" t="s">
+        <v>892</v>
+      </c>
+      <c r="D524" t="s">
+        <v>8</v>
+      </c>
+      <c r="E524">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="525" spans="1:6">
+      <c r="A525">
+        <v>9783132026810</v>
+      </c>
+      <c r="B525" t="s">
+        <v>893</v>
+      </c>
+      <c r="C525" t="s">
+        <v>894</v>
+      </c>
+      <c r="D525" t="s">
+        <v>8</v>
+      </c>
+      <c r="E525">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="526" spans="1:6">
+      <c r="A526">
+        <v>9781604068078</v>
+      </c>
+      <c r="B526" t="s">
+        <v>895</v>
+      </c>
+      <c r="C526" t="s">
+        <v>896</v>
+      </c>
+      <c r="D526" t="s">
+        <v>8</v>
+      </c>
+      <c r="E526">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="527" spans="1:6">
+      <c r="A527">
+        <v>9783131473912</v>
+      </c>
+      <c r="B527" t="s">
+        <v>897</v>
+      </c>
+      <c r="C527" t="s">
+        <v>898</v>
+      </c>
+      <c r="D527" t="s">
+        <v>8</v>
+      </c>
+      <c r="E527">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="528" spans="1:6">
+      <c r="A528">
+        <v>9783131723918</v>
+      </c>
+      <c r="B528" t="s">
+        <v>655</v>
+      </c>
+      <c r="C528" t="s">
+        <v>899</v>
+      </c>
+      <c r="D528" t="s">
+        <v>8</v>
+      </c>
+      <c r="E528">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="529" spans="1:6">
+      <c r="A529">
+        <v>9781588903693</v>
+      </c>
+      <c r="B529" t="s">
+        <v>900</v>
+      </c>
+      <c r="C529" t="s">
+        <v>901</v>
+      </c>
+      <c r="D529" t="s">
+        <v>8</v>
+      </c>
+      <c r="E529">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="530" spans="1:6">
+      <c r="A530">
+        <v>9781626231146</v>
+      </c>
+      <c r="B530" t="s">
+        <v>902</v>
+      </c>
+      <c r="C530" t="s">
+        <v>903</v>
+      </c>
+      <c r="D530" t="s">
+        <v>8</v>
+      </c>
+      <c r="E530">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="531" spans="1:6">
+      <c r="A531">
+        <v>9781626234758</v>
+      </c>
+      <c r="B531" t="s">
+        <v>803</v>
+      </c>
+      <c r="C531" t="s">
+        <v>904</v>
+      </c>
+      <c r="D531" t="s">
+        <v>8</v>
+      </c>
+      <c r="E531">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="532" spans="1:6">
+      <c r="A532">
+        <v>9781604067002</v>
+      </c>
+      <c r="B532" t="s">
+        <v>803</v>
+      </c>
+      <c r="C532" t="s">
+        <v>905</v>
+      </c>
+      <c r="D532" t="s">
+        <v>8</v>
+      </c>
+      <c r="E532">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="533" spans="1:6">
+      <c r="A533">
+        <v>9781604063950</v>
+      </c>
+      <c r="B533" t="s">
+        <v>756</v>
+      </c>
+      <c r="C533" t="s">
+        <v>906</v>
+      </c>
+      <c r="D533" t="s">
+        <v>8</v>
+      </c>
+      <c r="E533">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="534" spans="1:6">
+      <c r="A534">
+        <v>9781626230910</v>
+      </c>
+      <c r="B534" t="s">
+        <v>907</v>
+      </c>
+      <c r="C534" t="s">
+        <v>908</v>
+      </c>
+      <c r="D534" t="s">
+        <v>8</v>
+      </c>
+      <c r="E534">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="535" spans="1:6">
+      <c r="A535">
+        <v>9781626232754</v>
+      </c>
+      <c r="B535" t="s">
+        <v>909</v>
+      </c>
+      <c r="C535" t="s">
+        <v>910</v>
+      </c>
+      <c r="D535" t="s">
+        <v>96</v>
+      </c>
+      <c r="E535">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="536" spans="1:6">
+      <c r="A536">
+        <v>9781626237346</v>
+      </c>
+      <c r="B536" t="s">
+        <v>911</v>
+      </c>
+      <c r="C536" t="s">
+        <v>912</v>
+      </c>
+      <c r="D536" t="s">
+        <v>8</v>
+      </c>
+      <c r="E536">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="537" spans="1:6">
+      <c r="A537">
+        <v>9783132414471</v>
+      </c>
+      <c r="B537" t="s">
+        <v>913</v>
+      </c>
+      <c r="C537" t="s">
+        <v>914</v>
+      </c>
+      <c r="D537" t="s">
+        <v>8</v>
+      </c>
+      <c r="E537">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="538" spans="1:6">
+      <c r="A538">
+        <v>9783132428393</v>
+      </c>
+      <c r="B538" t="s">
+        <v>356</v>
+      </c>
+      <c r="C538" t="s">
+        <v>915</v>
+      </c>
+      <c r="D538" t="s">
+        <v>8</v>
+      </c>
+      <c r="E538">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="539" spans="1:6">
+      <c r="A539">
+        <v>9783131726612</v>
+      </c>
+      <c r="B539" t="s">
+        <v>916</v>
+      </c>
+      <c r="C539" t="s">
+        <v>917</v>
+      </c>
+      <c r="D539" t="s">
+        <v>8</v>
+      </c>
+      <c r="E539">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="540" spans="1:6">
+      <c r="A540">
+        <v>9783132415621</v>
+      </c>
+      <c r="B540" t="s">
+        <v>918</v>
+      </c>
+      <c r="C540" t="s">
+        <v>919</v>
+      </c>
+      <c r="D540" t="s">
+        <v>8</v>
+      </c>
+      <c r="E540">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="541" spans="1:6">
+      <c r="A541">
+        <v>9783131546715</v>
+      </c>
+      <c r="B541" t="s">
+        <v>920</v>
+      </c>
+      <c r="C541" t="s">
+        <v>921</v>
+      </c>
+      <c r="D541" t="s">
+        <v>8</v>
+      </c>
+      <c r="E541">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="542" spans="1:6">
+      <c r="A542">
+        <v>9783132037915</v>
+      </c>
+      <c r="B542" t="s">
+        <v>922</v>
+      </c>
+      <c r="C542" t="s">
+        <v>923</v>
+      </c>
+      <c r="D542" t="s">
+        <v>8</v>
+      </c>
+      <c r="E542">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="543" spans="1:6">
+      <c r="A543">
+        <v>9781604062724</v>
+      </c>
+      <c r="B543" t="s">
+        <v>924</v>
+      </c>
+      <c r="C543" t="s">
+        <v>925</v>
+      </c>
+      <c r="D543" t="s">
+        <v>8</v>
+      </c>
+      <c r="E543">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="544" spans="1:6">
+      <c r="A544">
+        <v>9781626234093</v>
+      </c>
+      <c r="B544" t="s">
+        <v>926</v>
+      </c>
+      <c r="C544" t="s">
+        <v>927</v>
+      </c>
+      <c r="D544" t="s">
+        <v>96</v>
+      </c>
+      <c r="E544">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="545" spans="1:6">
+      <c r="A545">
+        <v>9781604067231</v>
+      </c>
+      <c r="B545" t="s">
+        <v>581</v>
+      </c>
+      <c r="C545" t="s">
+        <v>928</v>
+      </c>
+      <c r="D545" t="s">
+        <v>96</v>
+      </c>
+      <c r="E545">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="546" spans="1:6">
+      <c r="A546">
+        <v>9781684200924</v>
+      </c>
+      <c r="B546" t="s">
+        <v>929</v>
+      </c>
+      <c r="C546" t="s">
+        <v>930</v>
+      </c>
+      <c r="D546" t="s">
+        <v>8</v>
+      </c>
+      <c r="E546">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="547" spans="1:6">
+      <c r="A547">
+        <v>9781626232167</v>
+      </c>
+      <c r="B547" t="s">
+        <v>931</v>
+      </c>
+      <c r="C547" t="s">
+        <v>932</v>
+      </c>
+      <c r="D547" t="s">
+        <v>8</v>
+      </c>
+      <c r="E547">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="548" spans="1:6">
+      <c r="A548">
+        <v>9781626239012</v>
+      </c>
+      <c r="B548" t="s">
+        <v>933</v>
+      </c>
+      <c r="C548" t="s">
+        <v>934</v>
+      </c>
+      <c r="D548" t="s">
+        <v>8</v>
+      </c>
+      <c r="E548">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="549" spans="1:6">
+      <c r="A549">
+        <v>9781684200078</v>
+      </c>
+      <c r="B549" t="s">
+        <v>668</v>
+      </c>
+      <c r="C549" t="s">
+        <v>935</v>
+      </c>
+      <c r="D549" t="s">
+        <v>8</v>
+      </c>
+      <c r="E549">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="550" spans="1:6">
+      <c r="A550">
+        <v>9781626232785</v>
+      </c>
+      <c r="B550" t="s">
+        <v>581</v>
+      </c>
+      <c r="C550" t="s">
+        <v>936</v>
+      </c>
+      <c r="D550" t="s">
+        <v>8</v>
+      </c>
+      <c r="E550">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="551" spans="1:6">
+      <c r="A551">
+        <v>9781626230507</v>
+      </c>
+      <c r="B551" t="s">
+        <v>524</v>
+      </c>
+      <c r="C551" t="s">
+        <v>937</v>
+      </c>
+      <c r="D551" t="s">
+        <v>8</v>
+      </c>
+      <c r="E551">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="552" spans="1:6">
+      <c r="A552">
+        <v>9781684200979</v>
+      </c>
+      <c r="B552" t="s">
+        <v>734</v>
+      </c>
+      <c r="C552" t="s">
+        <v>938</v>
+      </c>
+      <c r="D552" t="s">
+        <v>96</v>
+      </c>
+      <c r="E552">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="553" spans="1:6">
+      <c r="A553">
+        <v>9783131750617</v>
+      </c>
+      <c r="B553" t="s">
+        <v>939</v>
+      </c>
+      <c r="C553" t="s">
+        <v>940</v>
+      </c>
+      <c r="D553" t="s">
+        <v>8</v>
+      </c>
+      <c r="E553">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="554" spans="1:6">
+      <c r="A554">
+        <v>9783132415232</v>
+      </c>
+      <c r="B554" t="s">
+        <v>677</v>
+      </c>
+      <c r="C554" t="s">
+        <v>941</v>
+      </c>
+      <c r="D554" t="s">
+        <v>8</v>
+      </c>
+      <c r="E554">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="555" spans="1:6">
+      <c r="A555">
+        <v>9781588904027</v>
+      </c>
+      <c r="B555" t="s">
+        <v>942</v>
+      </c>
+      <c r="C555" t="s">
+        <v>943</v>
+      </c>
+      <c r="D555" t="s">
+        <v>96</v>
+      </c>
+      <c r="E555">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="556" spans="1:6">
+      <c r="A556">
+        <v>9781684200214</v>
+      </c>
+      <c r="B556" t="s">
+        <v>944</v>
+      </c>
+      <c r="C556" t="s">
+        <v>945</v>
+      </c>
+      <c r="D556" t="s">
+        <v>96</v>
+      </c>
+      <c r="E556">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="557" spans="1:6">
+      <c r="A557">
+        <v>9781626232938</v>
+      </c>
+      <c r="B557" t="s">
+        <v>946</v>
+      </c>
+      <c r="C557" t="s">
+        <v>947</v>
+      </c>
+      <c r="D557" t="s">
+        <v>96</v>
+      </c>
+      <c r="E557">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="558" spans="1:6">
+      <c r="A558">
+        <v>9781626233904</v>
+      </c>
+      <c r="B558" t="s">
+        <v>948</v>
+      </c>
+      <c r="C558" t="s">
+        <v>949</v>
+      </c>
+      <c r="D558" t="s">
+        <v>8</v>
+      </c>
+      <c r="E558">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="559" spans="1:6">
+      <c r="A559">
+        <v>9781604065930</v>
+      </c>
+      <c r="B559" t="s">
+        <v>950</v>
+      </c>
+      <c r="C559" t="s">
+        <v>951</v>
+      </c>
+      <c r="D559" t="s">
+        <v>96</v>
+      </c>
+      <c r="E559">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="560" spans="1:6">
+      <c r="A560">
+        <v>9781604067422</v>
+      </c>
+      <c r="B560" t="s">
+        <v>952</v>
+      </c>
+      <c r="C560" t="s">
+        <v>953</v>
+      </c>
+      <c r="D560" t="s">
+        <v>96</v>
+      </c>
+      <c r="E560">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="561" spans="1:6">
+      <c r="A561">
+        <v>9781626239043</v>
+      </c>
+      <c r="B561" t="s">
+        <v>954</v>
+      </c>
+      <c r="C561" t="s">
+        <v>955</v>
+      </c>
+      <c r="D561" t="s">
+        <v>8</v>
+      </c>
+      <c r="E561">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="562" spans="1:6">
+      <c r="A562">
+        <v>9783131997616</v>
+      </c>
+      <c r="B562" t="s">
+        <v>956</v>
+      </c>
+      <c r="C562" t="s">
+        <v>957</v>
+      </c>
+      <c r="D562" t="s">
+        <v>96</v>
+      </c>
+      <c r="E562">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="563" spans="1:6">
+      <c r="A563">
+        <v>9783131714510</v>
+      </c>
+      <c r="B563" t="s">
+        <v>958</v>
+      </c>
+      <c r="C563" t="s">
+        <v>959</v>
+      </c>
+      <c r="D563" t="s">
+        <v>96</v>
+      </c>
+      <c r="E563">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="564" spans="1:6">
+      <c r="A564">
+        <v>9781626232563</v>
+      </c>
+      <c r="B564" t="s">
+        <v>960</v>
+      </c>
+      <c r="C564" t="s">
+        <v>961</v>
+      </c>
+      <c r="D564" t="s">
+        <v>96</v>
+      </c>
+      <c r="E564">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="565" spans="1:6">
+      <c r="A565">
+        <v>9783131324528</v>
+      </c>
+      <c r="B565" t="s">
+        <v>962</v>
+      </c>
+      <c r="C565" t="s">
+        <v>963</v>
+      </c>
+      <c r="D565" t="s">
+        <v>8</v>
+      </c>
+      <c r="E565">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="566" spans="1:6">
+      <c r="A566">
+        <v>9783131658111</v>
+      </c>
+      <c r="B566" t="s">
+        <v>559</v>
+      </c>
+      <c r="C566" t="s">
+        <v>964</v>
+      </c>
+      <c r="D566" t="s">
+        <v>96</v>
+      </c>
+      <c r="E566">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="567" spans="1:6">
+      <c r="A567">
+        <v>9781604066517</v>
+      </c>
+      <c r="B567" t="s">
+        <v>965</v>
+      </c>
+      <c r="C567" t="s">
+        <v>966</v>
+      </c>
+      <c r="D567" t="s">
+        <v>96</v>
+      </c>
+      <c r="E567">
+        <v>2012</v>
+      </c>
+      <c r="F567">
+        <v>134.99</v>
+      </c>
+    </row>
+    <row r="568" spans="1:6">
+      <c r="A568">
+        <v>9781626233447</v>
+      </c>
+      <c r="B568" t="s">
+        <v>581</v>
+      </c>
+      <c r="C568" t="s">
+        <v>967</v>
+      </c>
+      <c r="D568" t="s">
+        <v>96</v>
+      </c>
+      <c r="E568">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="569" spans="1:6">
+      <c r="A569">
+        <v>9783131398321</v>
+      </c>
+      <c r="B569" t="s">
+        <v>968</v>
+      </c>
+      <c r="C569" t="s">
+        <v>969</v>
+      </c>
+      <c r="D569" t="s">
+        <v>96</v>
+      </c>
+      <c r="E569">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="570" spans="1:6">
+      <c r="A570">
+        <v>9781626238008</v>
+      </c>
+      <c r="B570" t="s">
+        <v>970</v>
+      </c>
+      <c r="C570" t="s">
+        <v>971</v>
+      </c>
+      <c r="D570" t="s">
+        <v>17</v>
+      </c>
+      <c r="E570">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="571" spans="1:6">
+      <c r="A571">
+        <v>9781626231511</v>
+      </c>
+      <c r="B571" t="s">
+        <v>461</v>
+      </c>
+      <c r="C571" t="s">
+        <v>972</v>
+      </c>
+      <c r="D571" t="s">
+        <v>96</v>
+      </c>
+      <c r="E571">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="572" spans="1:6">
+      <c r="A572">
+        <v>9781626230033</v>
+      </c>
+      <c r="B572" t="s">
+        <v>530</v>
+      </c>
+      <c r="C572" t="s">
+        <v>802</v>
+      </c>
+      <c r="D572" t="s">
+        <v>96</v>
+      </c>
+      <c r="E572">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="573" spans="1:6">
+      <c r="A573">
+        <v>9781626231757</v>
+      </c>
+      <c r="B573" t="s">
+        <v>973</v>
+      </c>
+      <c r="C573" t="s">
+        <v>974</v>
+      </c>
+      <c r="D573" t="s">
+        <v>96</v>
+      </c>
+      <c r="E573">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="574" spans="1:6">
+      <c r="A574">
+        <v>9781626234420</v>
+      </c>
+      <c r="B574" t="s">
+        <v>975</v>
+      </c>
+      <c r="C574" t="s">
+        <v>976</v>
+      </c>
+      <c r="D574" t="s">
+        <v>96</v>
+      </c>
+      <c r="E574">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="575" spans="1:6">
+      <c r="A575">
+        <v>9789388257640</v>
+      </c>
+      <c r="B575" t="s">
+        <v>977</v>
+      </c>
+      <c r="C575" t="s">
+        <v>978</v>
+      </c>
+      <c r="D575" t="s">
+        <v>96</v>
+      </c>
+      <c r="E575">
+        <v>2020</v>
+      </c>
+      <c r="F575">
+        <v>14.99</v>
+      </c>
+    </row>
+    <row r="576" spans="1:6">
+      <c r="A576">
+        <v>9783131165015</v>
+      </c>
+      <c r="B576" t="s">
+        <v>354</v>
+      </c>
+      <c r="C576" t="s">
+        <v>979</v>
+      </c>
+      <c r="D576" t="s">
+        <v>8</v>
+      </c>
+      <c r="E576">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="577" spans="1:6">
+      <c r="A577">
+        <v>9783136507049</v>
+      </c>
+      <c r="B577" t="s">
+        <v>726</v>
+      </c>
+      <c r="C577" t="s">
+        <v>980</v>
+      </c>
+      <c r="D577" t="s">
+        <v>8</v>
+      </c>
+      <c r="E577">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="578" spans="1:6">
+      <c r="A578">
+        <v>9781626239753</v>
+      </c>
+      <c r="B578" t="s">
+        <v>981</v>
+      </c>
+      <c r="C578" t="s">
+        <v>982</v>
+      </c>
+      <c r="D578" t="s">
+        <v>96</v>
+      </c>
+      <c r="E578">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="579" spans="1:6">
+      <c r="A579">
+        <v>9781626235175</v>
+      </c>
+      <c r="B579" t="s">
+        <v>983</v>
+      </c>
+      <c r="C579" t="s">
+        <v>984</v>
+      </c>
+      <c r="D579" t="s">
+        <v>8</v>
+      </c>
+      <c r="E579">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="580" spans="1:6">
+      <c r="A580">
+        <v>9781626236790</v>
+      </c>
+      <c r="B580" t="s">
+        <v>985</v>
+      </c>
+      <c r="C580" t="s">
+        <v>986</v>
+      </c>
+      <c r="D580" t="s">
+        <v>8</v>
+      </c>
+      <c r="E580">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="581" spans="1:6">
+      <c r="A581">
+        <v>9781626230323</v>
+      </c>
+      <c r="B581" t="s">
+        <v>987</v>
+      </c>
+      <c r="C581" t="s">
+        <v>988</v>
+      </c>
+      <c r="D581" t="s">
+        <v>8</v>
+      </c>
+      <c r="E581">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="582" spans="1:6">
+      <c r="A582">
+        <v>9781626232181</v>
+      </c>
+      <c r="B582" t="s">
+        <v>989</v>
+      </c>
+      <c r="C582" t="s">
+        <v>990</v>
+      </c>
+      <c r="D582" t="s">
+        <v>8</v>
+      </c>
+      <c r="E582">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="583" spans="1:6">
+      <c r="A583">
+        <v>9781626234192</v>
+      </c>
+      <c r="B583" t="s">
+        <v>991</v>
+      </c>
+      <c r="C583" t="s">
+        <v>992</v>
+      </c>
+      <c r="D583" t="s">
+        <v>96</v>
+      </c>
+      <c r="E583">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="584" spans="1:6">
+      <c r="A584">
+        <v>9781684202492</v>
+      </c>
+      <c r="B584" t="s">
+        <v>993</v>
+      </c>
+      <c r="C584" t="s">
+        <v>994</v>
+      </c>
+      <c r="D584" t="s">
+        <v>8</v>
+      </c>
+      <c r="E584">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="585" spans="1:6">
+      <c r="A585">
+        <v>9781626231986</v>
+      </c>
+      <c r="B585" t="s">
+        <v>433</v>
+      </c>
+      <c r="C585" t="s">
+        <v>995</v>
+      </c>
+      <c r="D585" t="s">
+        <v>96</v>
+      </c>
+      <c r="E585">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="586" spans="1:6">
+      <c r="A586">
+        <v>9781626232044</v>
+      </c>
+      <c r="B586" t="s">
+        <v>391</v>
+      </c>
+      <c r="C586" t="s">
+        <v>996</v>
+      </c>
+      <c r="D586" t="s">
+        <v>8</v>
+      </c>
+      <c r="E586">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="587" spans="1:6">
+      <c r="A587">
+        <v>9781604060560</v>
+      </c>
+      <c r="B587" t="s">
+        <v>997</v>
+      </c>
+      <c r="C587" t="s">
+        <v>998</v>
+      </c>
+      <c r="D587" t="s">
+        <v>8</v>
+      </c>
+      <c r="E587">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="588" spans="1:6">
+      <c r="A588">
+        <v>9783132053915</v>
+      </c>
+      <c r="B588" t="s">
+        <v>999</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D588" t="s">
+        <v>8</v>
+      </c>
+      <c r="E588">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="589" spans="1:6">
+      <c r="A589">
+        <v>9781604068795</v>
+      </c>
+      <c r="B589" t="s">
+        <v>577</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D589" t="s">
+        <v>96</v>
+      </c>
+      <c r="E589">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="590" spans="1:6">
+      <c r="A590">
+        <v>9781604068269</v>
+      </c>
+      <c r="B590" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D590" t="s">
+        <v>96</v>
+      </c>
+      <c r="E590">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="591" spans="1:6">
+      <c r="A591">
+        <v>9781626232808</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1005</v>
+      </c>
+      <c r="D591" t="s">
+        <v>96</v>
+      </c>
+      <c r="E591">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="592" spans="1:6">
+      <c r="A592">
+        <v>9781684202478</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D592" t="s">
+        <v>8</v>
+      </c>
+      <c r="E592">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="593" spans="1:6">
+      <c r="A593">
+        <v>9781604068382</v>
+      </c>
+      <c r="B593" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D593" t="s">
+        <v>96</v>
+      </c>
+      <c r="E593">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="594" spans="1:6">
+      <c r="A594">
+        <v>9781626231009</v>
+      </c>
+      <c r="B594" t="s">
+        <v>524</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D594" t="s">
+        <v>8</v>
+      </c>
+      <c r="E594">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="595" spans="1:6">
+      <c r="A595">
+        <v>9781684200740</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1011</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D595" t="s">
+        <v>96</v>
+      </c>
+      <c r="E595">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="596" spans="1:6">
+      <c r="A596">
+        <v>9781626236547</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D596" t="s">
+        <v>96</v>
+      </c>
+      <c r="E596">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="597" spans="1:6">
+      <c r="A597">
+        <v>9783132412873</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D597" t="s">
+        <v>8</v>
+      </c>
+      <c r="E597">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="598" spans="1:6">
+      <c r="A598">
+        <v>9781626231764</v>
+      </c>
+      <c r="B598" t="s">
+        <v>133</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D598" t="s">
+        <v>96</v>
+      </c>
+      <c r="E598">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="599" spans="1:6">
+      <c r="A599">
+        <v>9781604064179</v>
+      </c>
+      <c r="B599" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D599" t="s">
+        <v>96</v>
+      </c>
+      <c r="E599">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="600" spans="1:6">
+      <c r="A600">
+        <v>9781626234017</v>
+      </c>
+      <c r="B600" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D600" t="s">
+        <v>8</v>
+      </c>
+      <c r="E600">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="601" spans="1:6">
+      <c r="A601">
+        <v>9783132404779</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D601" t="s">
+        <v>96</v>
+      </c>
+      <c r="E601">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="602" spans="1:6">
+      <c r="A602">
+        <v>9781626230309</v>
+      </c>
+      <c r="B602" t="s">
+        <v>708</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D602" t="s">
+        <v>96</v>
+      </c>
+      <c r="E602">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="603" spans="1:6">
+      <c r="A603">
+        <v>9783131353917</v>
+      </c>
+      <c r="B603" t="s">
+        <v>548</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D603" t="s">
+        <v>8</v>
+      </c>
+      <c r="E603">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="604" spans="1:6">
+      <c r="A604">
+        <v>9781684201693</v>
+      </c>
+      <c r="B604" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D604" t="s">
+        <v>96</v>
+      </c>
+      <c r="E604">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="605" spans="1:6">
+      <c r="A605">
+        <v>9781626237124</v>
+      </c>
+      <c r="B605" t="s">
+        <v>836</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D605" t="s">
+        <v>8</v>
+      </c>
+      <c r="E605">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="606" spans="1:6">
+      <c r="A606">
+        <v>9783132427792</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D606" t="s">
+        <v>96</v>
+      </c>
+      <c r="E606">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="607" spans="1:6">
+      <c r="A607">
+        <v>9781626233515</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D607" t="s">
+        <v>96</v>
+      </c>
+      <c r="E607">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="608" spans="1:6">
+      <c r="A608">
+        <v>9781626238893</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D608" t="s">
+        <v>8</v>
+      </c>
+      <c r="E608">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="609" spans="1:6">
+      <c r="A609">
+        <v>9781626238145</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D609" t="s">
+        <v>96</v>
+      </c>
+      <c r="E609">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="610" spans="1:6">
+      <c r="A610">
+        <v>9781626231382</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D610" t="s">
+        <v>96</v>
+      </c>
+      <c r="E610">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="611" spans="1:6">
+      <c r="A611">
+        <v>9783131319623</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1039</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D611" t="s">
+        <v>96</v>
+      </c>
+      <c r="E611">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="612" spans="1:6">
+      <c r="A612">
+        <v>9783131416117</v>
+      </c>
+      <c r="B612" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D612" t="s">
+        <v>96</v>
+      </c>
+      <c r="E612">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="613" spans="1:6">
+      <c r="A613">
+        <v>9781626234314</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1043</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D613" t="s">
+        <v>96</v>
+      </c>
+      <c r="E613">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="614" spans="1:6">
+      <c r="A614">
+        <v>9781626232068</v>
+      </c>
+      <c r="B614" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D614" t="s">
+        <v>96</v>
+      </c>
+      <c r="E614">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="615" spans="1:6">
+      <c r="A615">
+        <v>9783132409576</v>
+      </c>
+      <c r="B615" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D615" t="s">
+        <v>96</v>
+      </c>
+      <c r="E615">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="616" spans="1:6">
+      <c r="A616">
+        <v>9783131444813</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D616" t="s">
+        <v>8</v>
+      </c>
+      <c r="E616">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="617" spans="1:6">
+      <c r="A617">
+        <v>9781604068986</v>
+      </c>
+      <c r="B617" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C617" t="s">
+        <v>10</v>
+      </c>
+      <c r="D617" t="s">
+        <v>8</v>
+      </c>
+      <c r="E617">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="618" spans="1:6">
+      <c r="A618">
+        <v>9781626233362</v>
+      </c>
+      <c r="B618" t="s">
+        <v>577</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D618" t="s">
+        <v>8</v>
+      </c>
+      <c r="E618">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="619" spans="1:6">
+      <c r="A619">
+        <v>9781626236431</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D619" t="s">
+        <v>8</v>
+      </c>
+      <c r="E619">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="620" spans="1:6">
+      <c r="A620">
+        <v>9783131455918</v>
+      </c>
+      <c r="B620" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C620" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D620" t="s">
+        <v>8</v>
+      </c>
+      <c r="E620">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="621" spans="1:6">
+      <c r="A621">
+        <v>9789382076452</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1057</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D621" t="s">
+        <v>96</v>
+      </c>
+      <c r="E621">
+        <v>2013</v>
+      </c>
+      <c r="F621">
+        <v>94.99</v>
+      </c>
+    </row>
+    <row r="622" spans="1:6">
+      <c r="A622">
+        <v>9783131307224</v>
+      </c>
+      <c r="B622" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D622" t="s">
+        <v>96</v>
+      </c>
+      <c r="E622">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="623" spans="1:6">
+      <c r="A623">
+        <v>9781626237100</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D623" t="s">
+        <v>8</v>
+      </c>
+      <c r="E623">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="624" spans="1:6">
+      <c r="A624">
+        <v>9783131547118</v>
+      </c>
+      <c r="B624" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C624" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D624" t="s">
+        <v>8</v>
+      </c>
+      <c r="E624">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="625" spans="1:6">
+      <c r="A625">
+        <v>9783132420175</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C625" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D625" t="s">
+        <v>8</v>
+      </c>
+      <c r="E625">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="626" spans="1:6">
+      <c r="A626">
+        <v>9781626233317</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D626" t="s">
+        <v>8</v>
+      </c>
+      <c r="E626">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="627" spans="1:6">
+      <c r="A627">
+        <v>9781626239531</v>
+      </c>
+      <c r="B627" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C627" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D627" t="s">
+        <v>8</v>
+      </c>
+      <c r="E627">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="628" spans="1:6">
+      <c r="A628">
+        <v>9781626239821</v>
+      </c>
+      <c r="B628" t="s">
+        <v>637</v>
+      </c>
+      <c r="C628" t="s">
+        <v>638</v>
+      </c>
+      <c r="D628" t="s">
+        <v>8</v>
+      </c>
+      <c r="E628">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="629" spans="1:6">
+      <c r="A629">
+        <v>9781626239319</v>
+      </c>
+      <c r="B629" t="s">
+        <v>179</v>
+      </c>
+      <c r="C629" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D629" t="s">
+        <v>8</v>
+      </c>
+      <c r="E629">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="630" spans="1:6">
+      <c r="A630">
+        <v>9781626233539</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C630" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D630" t="s">
+        <v>8</v>
+      </c>
+      <c r="E630">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="631" spans="1:6">
+      <c r="A631">
+        <v>9781626230255</v>
+      </c>
+      <c r="B631" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C631" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D631" t="s">
+        <v>96</v>
+      </c>
+      <c r="E631">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="632" spans="1:6">
+      <c r="A632">
+        <v>9781626232877</v>
+      </c>
+      <c r="B632" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C632" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D632" t="s">
+        <v>8</v>
+      </c>
+      <c r="E632">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="633" spans="1:6">
+      <c r="A633">
+        <v>9781604064117</v>
+      </c>
+      <c r="B633" t="s">
+        <v>815</v>
+      </c>
+      <c r="C633" t="s">
+        <v>360</v>
+      </c>
+      <c r="D633" t="s">
+        <v>8</v>
+      </c>
+      <c r="E633">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="634" spans="1:6">
+      <c r="A634">
+        <v>9781626237322</v>
+      </c>
+      <c r="B634" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C634" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D634" t="s">
+        <v>8</v>
+      </c>
+      <c r="E634">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="635" spans="1:6">
+      <c r="A635">
+        <v>9783131545213</v>
+      </c>
+      <c r="B635" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C635" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D635" t="s">
+        <v>8</v>
+      </c>
+      <c r="E635">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="636" spans="1:6">
+      <c r="A636">
+        <v>9789385062766</v>
+      </c>
+      <c r="B636" t="s">
+        <v>183</v>
+      </c>
+      <c r="C636" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D636" t="s">
+        <v>8</v>
+      </c>
+      <c r="E636">
+        <v>2017</v>
+      </c>
+      <c r="F636">
+        <v>203.0</v>
+      </c>
+    </row>
+    <row r="637" spans="1:6">
+      <c r="A637">
+        <v>9781626230811</v>
+      </c>
+      <c r="B637" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C637" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D637" t="s">
+        <v>8</v>
+      </c>
+      <c r="E637">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="638" spans="1:6">
+      <c r="A638">
+        <v>9789388257398</v>
+      </c>
+      <c r="B638" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C638" t="s">
+        <v>33</v>
+      </c>
+      <c r="D638" t="s">
+        <v>8</v>
+      </c>
+      <c r="E638">
+        <v>2019</v>
+      </c>
+      <c r="F638">
+        <v>124.99</v>
+      </c>
+    </row>
+    <row r="639" spans="1:6">
+      <c r="A639">
+        <v>9781626235267</v>
+      </c>
+      <c r="B639" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C639" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D639" t="s">
+        <v>96</v>
+      </c>
+      <c r="E639">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="640" spans="1:6">
+      <c r="A640">
+        <v>9781626234338</v>
+      </c>
+      <c r="B640" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C640" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D640" t="s">
+        <v>8</v>
+      </c>
+      <c r="E640">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="641" spans="1:6">
+      <c r="A641">
+        <v>9781588905147</v>
+      </c>
+      <c r="B641" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C641" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D641" t="s">
+        <v>8</v>
+      </c>
+      <c r="E641">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="642" spans="1:6">
+      <c r="A642">
+        <v>9781626235953</v>
+      </c>
+      <c r="B642" t="s">
+        <v>895</v>
+      </c>
+      <c r="C642" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D642" t="s">
+        <v>8</v>
+      </c>
+      <c r="E642">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="643" spans="1:6">
+      <c r="A643">
+        <v>9783132403468</v>
+      </c>
+      <c r="B643" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C643" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D643" t="s">
+        <v>8</v>
+      </c>
+      <c r="E643">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="644" spans="1:6">
+      <c r="A644">
+        <v>9781626233287</v>
+      </c>
+      <c r="B644" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C644" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D644" t="s">
+        <v>8</v>
+      </c>
+      <c r="E644">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="645" spans="1:6">
+      <c r="A645">
+        <v>9781604069044</v>
+      </c>
+      <c r="B645" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C645" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D645" t="s">
+        <v>96</v>
+      </c>
+      <c r="E645">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="646" spans="1:6">
+      <c r="A646">
+        <v>9781684202515</v>
+      </c>
+      <c r="B646" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C646" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D646" t="s">
+        <v>96</v>
+      </c>
+      <c r="E646">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="647" spans="1:6">
+      <c r="A647">
+        <v>9781626232143</v>
+      </c>
+      <c r="B647" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C647" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D647" t="s">
+        <v>8</v>
+      </c>
+      <c r="E647">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="648" spans="1:6">
+      <c r="A648">
+        <v>9781684200627</v>
+      </c>
+      <c r="B648" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C648" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D648" t="s">
+        <v>96</v>
+      </c>
+      <c r="E648">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="649" spans="1:6">
+      <c r="A649">
+        <v>9781626234710</v>
+      </c>
+      <c r="B649" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C649" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D649" t="s">
+        <v>96</v>
+      </c>
+      <c r="E649">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="650" spans="1:6">
+      <c r="A650">
+        <v>9781626233485</v>
+      </c>
+      <c r="B650" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C650" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D650" t="s">
+        <v>96</v>
+      </c>
+      <c r="E650">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="651" spans="1:6">
+      <c r="A651">
+        <v>9781626234949</v>
+      </c>
+      <c r="B651" t="s">
+        <v>577</v>
+      </c>
+      <c r="C651" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D651" t="s">
+        <v>96</v>
+      </c>
+      <c r="E651">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="652" spans="1:6">
+      <c r="A652">
+        <v>9781626238930</v>
+      </c>
+      <c r="B652" t="s">
+        <v>455</v>
+      </c>
+      <c r="C652" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D652" t="s">
+        <v>8</v>
+      </c>
+      <c r="E652">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="653" spans="1:6">
+      <c r="A653">
+        <v>9781604061918</v>
+      </c>
+      <c r="B653" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C653" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D653" t="s">
+        <v>96</v>
+      </c>
+      <c r="E653">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="654" spans="1:6">
+      <c r="A654">
+        <v>9781684202249</v>
+      </c>
+      <c r="B654" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C654" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D654" t="s">
+        <v>96</v>
+      </c>
+      <c r="E654">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="655" spans="1:6">
+      <c r="A655">
+        <v>9781626238060</v>
+      </c>
+      <c r="B655" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C655" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D655" t="s">
+        <v>96</v>
+      </c>
+      <c r="E655">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="656" spans="1:6">
+      <c r="A656">
+        <v>9783131482075</v>
+      </c>
+      <c r="B656" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C656" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D656" t="s">
+        <v>96</v>
+      </c>
+      <c r="E656">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="657" spans="1:6">
+      <c r="A657">
+        <v>9781684201839</v>
+      </c>
+      <c r="B657" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C657" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D657" t="s">
+        <v>96</v>
+      </c>
+      <c r="E657">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="658" spans="1:6">
+      <c r="A658">
+        <v>9781626234413</v>
+      </c>
+      <c r="B658" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C658" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D658" t="s">
+        <v>8</v>
+      </c>
+      <c r="E658">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="659" spans="1:6">
+      <c r="A659">
+        <v>9783131421418</v>
+      </c>
+      <c r="B659" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C659" t="s">
+        <v>1123</v>
+      </c>
+      <c r="D659" t="s">
+        <v>8</v>
+      </c>
+      <c r="E659">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="660" spans="1:6">
+      <c r="A660">
+        <v>9781604061741</v>
+      </c>
+      <c r="B660" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C660" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D660" t="s">
+        <v>8</v>
+      </c>
+      <c r="E660">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="661" spans="1:6">
+      <c r="A661">
+        <v>9781604060577</v>
+      </c>
+      <c r="B661" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C661" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D661" t="s">
+        <v>8</v>
+      </c>
+      <c r="E661">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="662" spans="1:6">
+      <c r="A662">
+        <v>9781604068672</v>
+      </c>
+      <c r="B662" t="s">
+        <v>526</v>
+      </c>
+      <c r="C662" t="s">
+        <v>58</v>
+      </c>
+      <c r="D662" t="s">
+        <v>8</v>
+      </c>
+      <c r="E662">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="663" spans="1:6">
+      <c r="A663">
+        <v>9781626231108</v>
+      </c>
+      <c r="B663" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C663" t="s">
+        <v>10</v>
+      </c>
+      <c r="D663" t="s">
+        <v>8</v>
+      </c>
+      <c r="E663">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="664" spans="1:6">
+      <c r="A664">
+        <v>9783131418722</v>
+      </c>
+      <c r="B664" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C664" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D664" t="s">
+        <v>8</v>
+      </c>
+      <c r="E664">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="665" spans="1:6">
+      <c r="A665">
+        <v>9781626232624</v>
+      </c>
+      <c r="B665" t="s">
+        <v>405</v>
+      </c>
+      <c r="C665" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D665" t="s">
+        <v>8</v>
+      </c>
+      <c r="E665">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="666" spans="1:6">
+      <c r="A666">
+        <v>9783132215818</v>
+      </c>
+      <c r="B666" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C666" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D666" t="s">
+        <v>8</v>
+      </c>
+      <c r="E666">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="667" spans="1:6">
+      <c r="A667">
+        <v>9781604067538</v>
+      </c>
+      <c r="B667" t="s">
+        <v>991</v>
+      </c>
+      <c r="C667" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D667" t="s">
+        <v>8</v>
+      </c>
+      <c r="E667">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="668" spans="1:6">
+      <c r="A668">
+        <v>9783132425170</v>
+      </c>
+      <c r="B668" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C668" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D668" t="s">
+        <v>8</v>
+      </c>
+      <c r="E668">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="669" spans="1:6">
+      <c r="A669">
+        <v>9781626239685</v>
+      </c>
+      <c r="B669" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C669" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D669" t="s">
+        <v>8</v>
+      </c>
+      <c r="E669">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="670" spans="1:6">
+      <c r="A670">
+        <v>9781626237162</v>
+      </c>
+      <c r="B670" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C670" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D670" t="s">
+        <v>96</v>
+      </c>
+      <c r="E670">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="671" spans="1:6">
+      <c r="A671">
+        <v>9783131500519</v>
+      </c>
+      <c r="B671" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C671" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D671" t="s">
+        <v>8</v>
+      </c>
+      <c r="E671">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="672" spans="1:6">
+      <c r="A672">
+        <v>9783132417205</v>
+      </c>
+      <c r="B672" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C672" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D672" t="s">
+        <v>8</v>
+      </c>
+      <c r="E672">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="673" spans="1:6">
+      <c r="A673">
+        <v>9781684200139</v>
+      </c>
+      <c r="B673" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C673" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D673" t="s">
+        <v>8</v>
+      </c>
+      <c r="E673">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="674" spans="1:6">
+      <c r="A674">
+        <v>9781626232686</v>
+      </c>
+      <c r="B674" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C674" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D674" t="s">
+        <v>8</v>
+      </c>
+      <c r="E674">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="675" spans="1:6">
+      <c r="A675">
+        <v>9781604066951</v>
+      </c>
+      <c r="B675" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C675" t="s">
+        <v>1150</v>
+      </c>
+      <c r="D675" t="s">
+        <v>8</v>
+      </c>
+      <c r="E675">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="676" spans="1:6">
+      <c r="A676">
+        <v>9781684200030</v>
+      </c>
+      <c r="B676" t="s">
+        <v>120</v>
+      </c>
+      <c r="C676" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D676" t="s">
+        <v>8</v>
+      </c>
+      <c r="E676">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="677" spans="1:6">
+      <c r="A677">
+        <v>9783132202917</v>
+      </c>
+      <c r="B677" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C677" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D677" t="s">
+        <v>8</v>
+      </c>
+      <c r="E677">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="678" spans="1:6">
+      <c r="A678">
+        <v>9781684200535</v>
+      </c>
+      <c r="B678" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C678" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D678" t="s">
+        <v>96</v>
+      </c>
+      <c r="E678">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="679" spans="1:6">
+      <c r="A679">
+        <v>9781626234512</v>
+      </c>
+      <c r="B679" t="s">
+        <v>734</v>
+      </c>
+      <c r="C679" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D679" t="s">
+        <v>8</v>
+      </c>
+      <c r="E679">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="680" spans="1:6">
+      <c r="A680">
+        <v>9781626232235</v>
+      </c>
+      <c r="B680" t="s">
+        <v>524</v>
+      </c>
+      <c r="C680" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D680" t="s">
+        <v>8</v>
+      </c>
+      <c r="E680">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="681" spans="1:6">
+      <c r="A681">
+        <v>9781626234550</v>
+      </c>
+      <c r="B681" t="s">
+        <v>524</v>
+      </c>
+      <c r="C681" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D681" t="s">
+        <v>8</v>
+      </c>
+      <c r="E681">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="682" spans="1:6">
+      <c r="A682">
+        <v>9783132059115</v>
+      </c>
+      <c r="B682" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C682" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D682" t="s">
+        <v>8</v>
+      </c>
+      <c r="E682">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="683" spans="1:6">
+      <c r="A683">
+        <v>9783132203815</v>
+      </c>
+      <c r="B683" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C683" t="s">
+        <v>1162</v>
+      </c>
+      <c r="D683" t="s">
+        <v>96</v>
+      </c>
+      <c r="E683">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="684" spans="1:6">
+      <c r="A684">
+        <v>9781588905253</v>
+      </c>
+      <c r="B684" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C684" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D684" t="s">
+        <v>96</v>
+      </c>
+      <c r="E684">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="685" spans="1:6">
+      <c r="A685">
+        <v>9783132419537</v>
+      </c>
+      <c r="B685" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C685" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D685" t="s">
+        <v>8</v>
+      </c>
+      <c r="E685">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="686" spans="1:6">
+      <c r="A686">
+        <v>9781626230217</v>
+      </c>
+      <c r="B686" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C686" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D686" t="s">
+        <v>96</v>
+      </c>
+      <c r="E686">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="687" spans="1:6">
+      <c r="A687">
+        <v>9783131472014</v>
+      </c>
+      <c r="B687" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C687" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D687" t="s">
+        <v>8</v>
+      </c>
+      <c r="E687">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="688" spans="1:6">
+      <c r="A688">
+        <v>9781626239722</v>
+      </c>
+      <c r="B688" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C688" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D688" t="s">
+        <v>96</v>
+      </c>
+      <c r="E688">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689">
+        <v>9781626230125</v>
+      </c>
+      <c r="B689" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C689" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D689" t="s">
+        <v>8</v>
+      </c>
+      <c r="E689">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690">
+        <v>9781626237971</v>
+      </c>
+      <c r="B690" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C690" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D690" t="s">
+        <v>8</v>
+      </c>
+      <c r="E690">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691">
+        <v>9781626232549</v>
+      </c>
+      <c r="B691" t="s">
+        <v>338</v>
+      </c>
+      <c r="C691" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D691" t="s">
+        <v>8</v>
+      </c>
+      <c r="E691">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692">
+        <v>9783131383723</v>
+      </c>
+      <c r="B692" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C692" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D692" t="s">
+        <v>96</v>
+      </c>
+      <c r="E692">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693">
+        <v>9781604068320</v>
+      </c>
+      <c r="B693" t="s">
+        <v>716</v>
+      </c>
+      <c r="C693" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D693" t="s">
+        <v>96</v>
+      </c>
+      <c r="E693">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694">
+        <v>9783132417878</v>
+      </c>
+      <c r="B694" t="s">
+        <v>571</v>
+      </c>
+      <c r="C694" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D694" t="s">
+        <v>96</v>
+      </c>
+      <c r="E694">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695">
+        <v>9781604060423</v>
+      </c>
+      <c r="B695" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C695" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D695" t="s">
+        <v>96</v>
+      </c>
+      <c r="E695">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696">
+        <v>9781684205592</v>
+      </c>
+      <c r="B696" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C696" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D696" t="s">
+        <v>96</v>
+      </c>
+      <c r="E696">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697">
+        <v>9783132417182</v>
+      </c>
+      <c r="B697" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C697" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D697" t="s">
+        <v>17</v>
+      </c>
+      <c r="E697">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698">
+        <v>9781626234857</v>
+      </c>
+      <c r="B698" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C698" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D698" t="s">
+        <v>96</v>
+      </c>
+      <c r="E698">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699">
+        <v>9781626232020</v>
+      </c>
+      <c r="B699" t="s">
+        <v>133</v>
+      </c>
+      <c r="C699" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D699" t="s">
+        <v>96</v>
+      </c>
+      <c r="E699">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="700" spans="1:6">
+      <c r="A700">
+        <v>9781626236899</v>
+      </c>
+      <c r="B700" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C700" t="s">
+        <v>1191</v>
+      </c>
+      <c r="D700" t="s">
+        <v>8</v>
+      </c>
+      <c r="E700">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="701" spans="1:6">
+      <c r="A701">
+        <v>9781626231344</v>
+      </c>
+      <c r="B701" t="s">
+        <v>118</v>
+      </c>
+      <c r="C701" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D701" t="s">
+        <v>96</v>
+      </c>
+      <c r="E701">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="702" spans="1:6">
+      <c r="A702">
+        <v>9781626237087</v>
+      </c>
+      <c r="B702" t="s">
+        <v>369</v>
+      </c>
+      <c r="C702" t="s">
+        <v>1193</v>
+      </c>
+      <c r="D702" t="s">
+        <v>8</v>
+      </c>
+      <c r="E702">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="703" spans="1:6">
+      <c r="A703">
+        <v>9789385062612</v>
+      </c>
+      <c r="B703" t="s">
+        <v>791</v>
+      </c>
+      <c r="C703" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D703" t="s">
+        <v>8</v>
+      </c>
+      <c r="E703">
+        <v>2016</v>
+      </c>
+      <c r="F703">
+        <v>204.99</v>
+      </c>
+    </row>
+    <row r="704" spans="1:6">
+      <c r="A704">
+        <v>9781626238756</v>
+      </c>
+      <c r="B704" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C704" t="s">
+        <v>1195</v>
+      </c>
+      <c r="D704" t="s">
+        <v>96</v>
+      </c>
+      <c r="E704">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="705" spans="1:6">
+      <c r="A705">
+        <v>9783131749413</v>
+      </c>
+      <c r="B705" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C705" t="s">
+        <v>1197</v>
+      </c>
+      <c r="D705" t="s">
+        <v>8</v>
+      </c>
+      <c r="E705">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="706" spans="1:6">
+      <c r="A706">
+        <v>9781684200092</v>
+      </c>
+      <c r="B706" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C706" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D706" t="s">
+        <v>8</v>
+      </c>
+      <c r="E706">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="707" spans="1:6">
+      <c r="A707">
+        <v>9781626235168</v>
+      </c>
+      <c r="B707" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C707" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D707" t="s">
+        <v>8</v>
+      </c>
+      <c r="E707">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="708" spans="1:6">
+      <c r="A708">
+        <v>9783132427518</v>
+      </c>
+      <c r="B708" t="s">
+        <v>1202</v>
+      </c>
+      <c r="C708" t="s">
+        <v>1203</v>
+      </c>
+      <c r="D708" t="s">
+        <v>8</v>
+      </c>
+      <c r="E708">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="709" spans="1:6">
+      <c r="A709">
+        <v>9783131624710</v>
+      </c>
+      <c r="B709" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C709" t="s">
+        <v>1205</v>
+      </c>
+      <c r="D709" t="s">
+        <v>8</v>
+      </c>
+      <c r="E709">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="710" spans="1:6">
+      <c r="A710">
+        <v>9783131435910</v>
+      </c>
+      <c r="B710" t="s">
+        <v>633</v>
+      </c>
+      <c r="C710" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D710" t="s">
+        <v>8</v>
+      </c>
+      <c r="E710">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="711" spans="1:6">
+      <c r="A711">
+        <v>9783131723819</v>
+      </c>
+      <c r="B711" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C711" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D711" t="s">
+        <v>8</v>
+      </c>
+      <c r="E711">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="712" spans="1:6">
+      <c r="A712">
+        <v>9783132414266</v>
+      </c>
+      <c r="B712" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C712" t="s">
+        <v>1210</v>
+      </c>
+      <c r="D712" t="s">
+        <v>8</v>
+      </c>
+      <c r="E712">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="713" spans="1:6">
+      <c r="A713">
+        <v>9783132004412</v>
+      </c>
+      <c r="B713" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C713" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D713" t="s">
+        <v>96</v>
+      </c>
+      <c r="E713">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="714" spans="1:6">
+      <c r="A714">
+        <v>9781684202300</v>
+      </c>
+      <c r="B714" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C714" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D714" t="s">
+        <v>96</v>
+      </c>
+      <c r="E714">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="715" spans="1:6">
+      <c r="A715">
+        <v>9781626235113</v>
+      </c>
+      <c r="B715" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C715" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D715" t="s">
+        <v>8</v>
+      </c>
+      <c r="E715">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="716" spans="1:6">
+      <c r="A716">
+        <v>9789386293565</v>
+      </c>
+      <c r="B716" t="s">
+        <v>147</v>
+      </c>
+      <c r="C716" t="s">
+        <v>1217</v>
+      </c>
+      <c r="D716" t="s">
+        <v>8</v>
+      </c>
+      <c r="E716">
+        <v>2019</v>
+      </c>
+      <c r="F716">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="717" spans="1:6">
+      <c r="A717">
+        <v>9781626234734</v>
+      </c>
+      <c r="B717" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C717" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D717" t="s">
+        <v>8</v>
+      </c>
+      <c r="E717">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="718" spans="1:6">
+      <c r="A718">
+        <v>9789382076933</v>
+      </c>
+      <c r="B718" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C718" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D718" t="s">
+        <v>8</v>
+      </c>
+      <c r="E718">
+        <v>2016</v>
+      </c>
+      <c r="F718">
+        <v>168.0</v>
+      </c>
+    </row>
+    <row r="719" spans="1:6">
+      <c r="A719">
+        <v>9783132413511</v>
+      </c>
+      <c r="B719" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C719" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D719" t="s">
+        <v>8</v>
+      </c>
+      <c r="E719">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="720" spans="1:6">
+      <c r="A720">
+        <v>9783131477613</v>
+      </c>
+      <c r="B720" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C720" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D720" t="s">
+        <v>8</v>
+      </c>
+      <c r="E720">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="721" spans="1:6">
+      <c r="A721">
+        <v>9781626235076</v>
+      </c>
+      <c r="B721" t="s">
+        <v>133</v>
+      </c>
+      <c r="C721" t="s">
+        <v>1226</v>
+      </c>
+      <c r="D721" t="s">
+        <v>96</v>
+      </c>
+      <c r="E721">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="722" spans="1:6">
+      <c r="A722">
+        <v>9781626232372</v>
+      </c>
+      <c r="B722" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C722" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D722" t="s">
+        <v>96</v>
+      </c>
+      <c r="E722">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="723" spans="1:6">
+      <c r="A723">
+        <v>9781626235199</v>
+      </c>
+      <c r="B723" t="s">
+        <v>745</v>
+      </c>
+      <c r="C723" t="s">
+        <v>1229</v>
+      </c>
+      <c r="D723" t="s">
+        <v>96</v>
+      </c>
+      <c r="E723">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="724" spans="1:6">
+      <c r="A724">
+        <v>9781626232440</v>
+      </c>
+      <c r="B724" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C724" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D724" t="s">
+        <v>96</v>
+      </c>
+      <c r="E724">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="725" spans="1:6">
+      <c r="A725">
+        <v>9783131543219</v>
+      </c>
+      <c r="B725" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C725" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D725" t="s">
+        <v>96</v>
+      </c>
+      <c r="E725">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="726" spans="1:6">
+      <c r="A726">
+        <v>9783132409583</v>
+      </c>
+      <c r="B726" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C726" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D726" t="s">
+        <v>96</v>
+      </c>
+      <c r="E726">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="727" spans="1:6">
+      <c r="A727">
+        <v>9781684205561</v>
+      </c>
+      <c r="B727" t="s">
+        <v>1236</v>
+      </c>
+      <c r="C727" t="s">
+        <v>1237</v>
+      </c>
+      <c r="D727" t="s">
+        <v>96</v>
+      </c>
+      <c r="E727">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="728" spans="1:6">
+      <c r="A728">
+        <v>9781626233461</v>
+      </c>
+      <c r="B728" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C728" t="s">
+        <v>1239</v>
+      </c>
+      <c r="D728" t="s">
+        <v>96</v>
+      </c>
+      <c r="E728">
+        <v>2018</v>
+      </c>
+      <c r="F728">
+        <v>59.99</v>
+      </c>
+    </row>
+    <row r="729" spans="1:6">
+      <c r="A729">
+        <v>9783132431720</v>
+      </c>
+      <c r="B729" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C729" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D729" t="s">
+        <v>96</v>
+      </c>
+      <c r="E729">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="730" spans="1:6">
+      <c r="A730">
+        <v>9783131724212</v>
+      </c>
+      <c r="B730" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C730" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D730" t="s">
+        <v>96</v>
+      </c>
+      <c r="E730">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="731" spans="1:6">
+      <c r="A731">
+        <v>9783131658517</v>
+      </c>
+      <c r="B731" t="s">
+        <v>336</v>
+      </c>
+      <c r="C731" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D731" t="s">
+        <v>8</v>
+      </c>
+      <c r="E731">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="732" spans="1:6">
+      <c r="A732">
+        <v>9781604066807</v>
+      </c>
+      <c r="B732" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C732" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D732" t="s">
+        <v>8</v>
+      </c>
+      <c r="E732">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="733" spans="1:6">
+      <c r="A733">
+        <v>9781626238558</v>
+      </c>
+      <c r="B733" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C733" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D733" t="s">
+        <v>8</v>
+      </c>
+      <c r="E733">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="734" spans="1:6">
+      <c r="A734">
+        <v>9783131471512</v>
+      </c>
+      <c r="B734" t="s">
+        <v>1249</v>
+      </c>
+      <c r="C734" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D734" t="s">
+        <v>8</v>
+      </c>
+      <c r="E734">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="735" spans="1:6">
+      <c r="A735">
+        <v>9781604065763</v>
+      </c>
+      <c r="B735" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C735" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D735" t="s">
+        <v>8</v>
+      </c>
+      <c r="E735">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="736" spans="1:6">
+      <c r="A736">
+        <v>9781588903709</v>
+      </c>
+      <c r="B736" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C736" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D736" t="s">
+        <v>96</v>
+      </c>
+      <c r="E736">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="737" spans="1:6">
+      <c r="A737">
+        <v>9781626230989</v>
+      </c>
+      <c r="B737" t="s">
+        <v>734</v>
+      </c>
+      <c r="C737" t="s">
+        <v>1255</v>
+      </c>
+      <c r="D737" t="s">
+        <v>8</v>
+      </c>
+      <c r="E737">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="738" spans="1:6">
+      <c r="A738">
+        <v>9781626234673</v>
+      </c>
+      <c r="B738" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C738" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D738" t="s">
+        <v>8</v>
+      </c>
+      <c r="E738">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="739" spans="1:6">
+      <c r="A739">
+        <v>9783132411449</v>
+      </c>
+      <c r="B739" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C739" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D739" t="s">
+        <v>96</v>
+      </c>
+      <c r="E739">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="740" spans="1:6">
+      <c r="A740">
+        <v>9781626239180</v>
+      </c>
+      <c r="B740" t="s">
+        <v>1260</v>
+      </c>
+      <c r="C740" t="s">
+        <v>1261</v>
+      </c>
+      <c r="D740" t="s">
+        <v>96</v>
+      </c>
+      <c r="E740">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="741" spans="1:6">
+      <c r="A741">
+        <v>9781626237148</v>
+      </c>
+      <c r="B741" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C741" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D741" t="s">
+        <v>8</v>
+      </c>
+      <c r="E741">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="742" spans="1:6">
+      <c r="A742">
+        <v>9781604060515</v>
+      </c>
+      <c r="B742" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C742" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D742" t="s">
+        <v>96</v>
+      </c>
+      <c r="E742">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="743" spans="1:6">
+      <c r="A743">
+        <v>9781626232341</v>
+      </c>
+      <c r="B743" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C743" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D743" t="s">
+        <v>96</v>
+      </c>
+      <c r="E743">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="744" spans="1:6">
+      <c r="A744">
+        <v>9781604060591</v>
+      </c>
+      <c r="B744" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C744" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D744" t="s">
+        <v>8</v>
+      </c>
+      <c r="E744">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="745" spans="1:6">
+      <c r="A745">
+        <v>9781684201532</v>
+      </c>
+      <c r="B745" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C745" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D745" t="s">
+        <v>96</v>
+      </c>
+      <c r="E745">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="746" spans="1:6">
+      <c r="A746">
+        <v>9781684200191</v>
+      </c>
+      <c r="B746" t="s">
+        <v>1272</v>
+      </c>
+      <c r="C746" t="s">
+        <v>1273</v>
+      </c>
+      <c r="D746" t="s">
+        <v>8</v>
+      </c>
+      <c r="E746">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="747" spans="1:6">
+      <c r="A747">
+        <v>9783131261632</v>
+      </c>
+      <c r="B747" t="s">
+        <v>1274</v>
+      </c>
+      <c r="C747" t="s">
+        <v>1275</v>
+      </c>
+      <c r="D747" t="s">
+        <v>96</v>
+      </c>
+      <c r="E747">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="748" spans="1:6">
+      <c r="A748">
+        <v>9781626234901</v>
+      </c>
+      <c r="B748" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C748" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D748" t="s">
+        <v>96</v>
+      </c>
+      <c r="E748">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="749" spans="1:6">
+      <c r="A749">
+        <v>9781626237292</v>
+      </c>
+      <c r="B749" t="s">
+        <v>542</v>
+      </c>
+      <c r="C749" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D749" t="s">
+        <v>96</v>
+      </c>
+      <c r="E749">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="750" spans="1:6">
+      <c r="A750">
+        <v>9781626234253</v>
+      </c>
+      <c r="B750" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C750" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D750" t="s">
+        <v>96</v>
+      </c>
+      <c r="E750">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="751" spans="1:6">
+      <c r="A751">
+        <v>9781626233201</v>
+      </c>
+      <c r="B751" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C751" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D751" t="s">
+        <v>17</v>
+      </c>
+      <c r="E751">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="752" spans="1:6">
+      <c r="A752">
+        <v>9781626235038</v>
+      </c>
+      <c r="B752" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C752" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D752" t="s">
+        <v>96</v>
+      </c>
+      <c r="E752">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="753" spans="1:6">
+      <c r="A753">
+        <v>9781626233584</v>
+      </c>
+      <c r="B753" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C753" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D753" t="s">
+        <v>96</v>
+      </c>
+      <c r="E753">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="754" spans="1:6">
+      <c r="A754">
+        <v>9781626236936</v>
+      </c>
+      <c r="B754" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C754" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D754" t="s">
+        <v>8</v>
+      </c>
+      <c r="E754">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="755" spans="1:6">
+      <c r="A755">
+        <v>9783131486219</v>
+      </c>
+      <c r="B755" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C755" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D755" t="s">
+        <v>8</v>
+      </c>
+      <c r="E755">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="756" spans="1:6">
+      <c r="A756">
+        <v>9783131646019</v>
+      </c>
+      <c r="B756" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C756" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D756" t="s">
+        <v>8</v>
+      </c>
+      <c r="E756">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="757" spans="1:6">
+      <c r="A757">
+        <v>9781626232082</v>
+      </c>
+      <c r="B757" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C757" t="s">
+        <v>1293</v>
+      </c>
+      <c r="D757" t="s">
+        <v>8</v>
+      </c>
+      <c r="E757">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="758" spans="1:6">
+      <c r="A758">
+        <v>9783131731111</v>
+      </c>
+      <c r="B758" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C758" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D758" t="s">
+        <v>96</v>
+      </c>
+      <c r="E758">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="759" spans="1:6">
+      <c r="A759">
+        <v>9783137055020</v>
+      </c>
+      <c r="B759" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C759" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D759" t="s">
+        <v>8</v>
+      </c>
+      <c r="E759">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="760" spans="1:6">
+      <c r="A760">
+        <v>9781626237032</v>
+      </c>
+      <c r="B760" t="s">
+        <v>1298</v>
+      </c>
+      <c r="C760" t="s">
+        <v>1299</v>
+      </c>
+      <c r="D760" t="s">
+        <v>8</v>
+      </c>
+      <c r="E760">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="761" spans="1:6">
+      <c r="A761">
+        <v>9781684201518</v>
+      </c>
+      <c r="B761" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C761" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D761" t="s">
+        <v>96</v>
+      </c>
+      <c r="E761">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="762" spans="1:6">
+      <c r="A762">
+        <v>9781626233706</v>
+      </c>
+      <c r="B762" t="s">
+        <v>1302</v>
+      </c>
+      <c r="C762" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D762" t="s">
+        <v>96</v>
+      </c>
+      <c r="E762">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="763" spans="1:6">
+      <c r="A763">
+        <v>9781588904010</v>
+      </c>
+      <c r="B763" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C763" t="s">
+        <v>1305</v>
+      </c>
+      <c r="D763" t="s">
+        <v>8</v>
+      </c>
+      <c r="E763">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="764" spans="1:6">
+      <c r="A764">
+        <v>9783131997210</v>
+      </c>
+      <c r="B764" t="s">
+        <v>1306</v>
+      </c>
+      <c r="C764" t="s">
+        <v>1307</v>
+      </c>
+      <c r="D764" t="s">
+        <v>96</v>
+      </c>
+      <c r="E764">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="765" spans="1:6">
+      <c r="A765">
+        <v>9781684201679</v>
+      </c>
+      <c r="B765" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C765" t="s">
+        <v>1309</v>
+      </c>
+      <c r="D765" t="s">
+        <v>96</v>
+      </c>
+      <c r="E765">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="766" spans="1:6">
+      <c r="A766">
+        <v>9781626235533</v>
+      </c>
+      <c r="B766" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C766" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D766" t="s">
+        <v>96</v>
+      </c>
+      <c r="E766">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="767" spans="1:6">
+      <c r="A767">
+        <v>9781626239678</v>
+      </c>
+      <c r="B767" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C767" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D767" t="s">
+        <v>96</v>
+      </c>
+      <c r="E767">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="768" spans="1:6">
+      <c r="A768">
+        <v>9781626236448</v>
+      </c>
+      <c r="B768" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C768" t="s">
+        <v>1315</v>
+      </c>
+      <c r="D768" t="s">
+        <v>96</v>
+      </c>
+      <c r="E768">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="769" spans="1:6">
+      <c r="A769">
+        <v>9783131427113</v>
+      </c>
+      <c r="B769" t="s">
+        <v>1316</v>
+      </c>
+      <c r="C769" t="s">
+        <v>1317</v>
+      </c>
+      <c r="D769" t="s">
+        <v>96</v>
+      </c>
+      <c r="E769">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="770" spans="1:6">
+      <c r="A770">
+        <v>9783131697318</v>
+      </c>
+      <c r="B770" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C770" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D770" t="s">
+        <v>8</v>
+      </c>
+      <c r="E770">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="771" spans="1:6">
+      <c r="A771">
+        <v>9781626236011</v>
+      </c>
+      <c r="B771" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C771" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D771" t="s">
+        <v>8</v>
+      </c>
+      <c r="E771">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="772" spans="1:6">
+      <c r="A772">
+        <v>9783137407034</v>
+      </c>
+      <c r="B772" t="s">
+        <v>1322</v>
+      </c>
+      <c r="C772" t="s">
+        <v>1323</v>
+      </c>
+      <c r="D772" t="s">
+        <v>8</v>
+      </c>
+      <c r="E772">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="773" spans="1:6">
+      <c r="A773">
+        <v>9781604067682</v>
+      </c>
+      <c r="B773" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C773" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D773" t="s">
+        <v>96</v>
+      </c>
+      <c r="E773">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="774" spans="1:6">
+      <c r="A774">
+        <v>9783132431744</v>
+      </c>
+      <c r="B774" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C774" t="s">
+        <v>1326</v>
+      </c>
+      <c r="D774" t="s">
+        <v>8</v>
+      </c>
+      <c r="E774">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="775" spans="1:6">
+      <c r="A775">
+        <v>9781626238312</v>
+      </c>
+      <c r="B775" t="s">
+        <v>1327</v>
+      </c>
+      <c r="C775" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D775" t="s">
+        <v>96</v>
+      </c>
+      <c r="E775">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="776" spans="1:6">
+      <c r="A776">
+        <v>9783131499813</v>
+      </c>
+      <c r="B776" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C776" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D776" t="s">
+        <v>8</v>
+      </c>
+      <c r="E776">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="777" spans="1:6">
+      <c r="A777">
+        <v>9783131492715</v>
+      </c>
+      <c r="B777" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C777" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D777" t="s">
+        <v>8</v>
+      </c>
+      <c r="E777">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="778" spans="1:6">
+      <c r="A778">
+        <v>9781626238237</v>
+      </c>
+      <c r="B778" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C778" t="s">
+        <v>1333</v>
+      </c>
+      <c r="D778" t="s">
+        <v>8</v>
+      </c>
+      <c r="E778">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="779" spans="1:6">
+      <c r="A779">
+        <v>9783132053618</v>
+      </c>
+      <c r="B779" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C779" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D779" t="s">
+        <v>96</v>
+      </c>
+      <c r="E779">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="780" spans="1:6">
+      <c r="A780">
+        <v>9781604067729</v>
+      </c>
+      <c r="B780" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C780" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D780" t="s">
+        <v>8</v>
+      </c>
+      <c r="E780">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="781" spans="1:6">
+      <c r="A781">
+        <v>9781684202171</v>
+      </c>
+      <c r="B781" t="s">
+        <v>120</v>
+      </c>
+      <c r="C781" t="s">
+        <v>1338</v>
+      </c>
+      <c r="D781" t="s">
+        <v>8</v>
+      </c>
+      <c r="E781">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="782" spans="1:6">
+      <c r="A782">
+        <v>9783134535020</v>
+      </c>
+      <c r="B782" t="s">
+        <v>354</v>
+      </c>
+      <c r="C782" t="s">
+        <v>1339</v>
+      </c>
+      <c r="D782" t="s">
+        <v>8</v>
+      </c>
+      <c r="E782">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="783" spans="1:6">
+      <c r="A783">
+        <v>9781604060362</v>
+      </c>
+      <c r="B783" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C783" t="s">
+        <v>1341</v>
+      </c>
+      <c r="D783" t="s">
+        <v>8</v>
+      </c>
+      <c r="E783">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="784" spans="1:6">
+      <c r="A784">
+        <v>9789388257060</v>
+      </c>
+      <c r="B784" t="s">
+        <v>183</v>
+      </c>
+      <c r="C784" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D784" t="s">
+        <v>8</v>
+      </c>
+      <c r="E784">
+        <v>2019</v>
+      </c>
+      <c r="F784">
+        <v>104.99</v>
+      </c>
+    </row>
+    <row r="785" spans="1:6">
+      <c r="A785">
+        <v>9781588901866</v>
+      </c>
+      <c r="B785" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C785" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D785" t="s">
+        <v>96</v>
+      </c>
+      <c r="E785">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="786" spans="1:6">
+      <c r="A786">
+        <v>9781684201464</v>
+      </c>
+      <c r="B786" t="s">
+        <v>530</v>
+      </c>
+      <c r="C786" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D786" t="s">
+        <v>8</v>
+      </c>
+      <c r="E786">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="787" spans="1:6">
+      <c r="A787">
+        <v>9781626236493</v>
+      </c>
+      <c r="B787" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C787" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D787" t="s">
+        <v>8</v>
+      </c>
+      <c r="E787">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="788" spans="1:6">
+      <c r="A788">
+        <v>9781626235328</v>
+      </c>
+      <c r="B788" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C788" t="s">
+        <v>1347</v>
+      </c>
+      <c r="D788" t="s">
+        <v>8</v>
+      </c>
+      <c r="E788">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="789" spans="1:6">
+      <c r="A789">
+        <v>9781626233461</v>
+      </c>
+      <c r="B789" t="s">
+        <v>1238</v>
+      </c>
+      <c r="C789" t="s">
+        <v>31</v>
+      </c>
+      <c r="D789" t="s">
+        <v>96</v>
+      </c>
+      <c r="E789">
+        <v>2016</v>
+      </c>
+      <c r="F789">
+        <v>59.99</v>
+      </c>
+    </row>
+    <row r="790" spans="1:6">
+      <c r="A790">
+        <v>9781604063752</v>
+      </c>
+      <c r="B790" t="s">
+        <v>1348</v>
+      </c>
+      <c r="C790" t="s">
+        <v>1349</v>
+      </c>
+      <c r="D790" t="s">
+        <v>8</v>
+      </c>
+      <c r="E790">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="791" spans="1:6">
+      <c r="A791">
+        <v>9783131746412</v>
+      </c>
+      <c r="B791" t="s">
+        <v>1350</v>
+      </c>
+      <c r="C791" t="s">
+        <v>1351</v>
+      </c>
+      <c r="D791" t="s">
+        <v>96</v>
+      </c>
+      <c r="E791">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="792" spans="1:6">
+      <c r="A792">
+        <v>9783132428416</v>
+      </c>
+      <c r="B792" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C792" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D792" t="s">
+        <v>8</v>
+      </c>
+      <c r="E792">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="793" spans="1:6">
+      <c r="A793">
+        <v>9781626233607</v>
+      </c>
+      <c r="B793" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C793" t="s">
+        <v>1353</v>
+      </c>
+      <c r="D793" t="s">
+        <v>8</v>
+      </c>
+      <c r="E793">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="794" spans="1:6">
+      <c r="A794">
+        <v>9781626232501</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C794" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D794" t="s">
+        <v>8</v>
+      </c>
+      <c r="E794">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="795" spans="1:6">
+      <c r="A795">
+        <v>9783131538819</v>
+      </c>
+      <c r="B795" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C795" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D795" t="s">
+        <v>8</v>
+      </c>
+      <c r="E795">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="796" spans="1:6">
+      <c r="A796">
+        <v>9783131076120</v>
+      </c>
+      <c r="B796" t="s">
+        <v>387</v>
+      </c>
+      <c r="C796" t="s">
+        <v>647</v>
+      </c>
+      <c r="D796" t="s">
+        <v>8</v>
+      </c>
+      <c r="E796">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="797" spans="1:6">
+      <c r="A797">
+        <v>9781684200580</v>
+      </c>
+      <c r="B797" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C797" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D797" t="s">
+        <v>8</v>
+      </c>
+      <c r="E797">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="798" spans="1:6">
+      <c r="A798">
+        <v>9781626231566</v>
+      </c>
+      <c r="C798" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D798" t="s">
+        <v>8</v>
+      </c>
+      <c r="E798">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="799" spans="1:6">
+      <c r="A799">
+        <v>9783131463319</v>
+      </c>
+      <c r="B799" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C799" t="s">
+        <v>1361</v>
+      </c>
+      <c r="D799" t="s">
+        <v>96</v>
+      </c>
+      <c r="E799">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="800" spans="1:6">
+      <c r="A800">
+        <v>9783132415607</v>
+      </c>
+      <c r="B800" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C800" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D800" t="s">
+        <v>8</v>
+      </c>
+      <c r="E800">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="801" spans="1:6">
+      <c r="A801">
+        <v>9781604066838</v>
+      </c>
+      <c r="B801" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C801" t="s">
+        <v>1365</v>
+      </c>
+      <c r="D801" t="s">
+        <v>8</v>
+      </c>
+      <c r="E801">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="802" spans="1:6">
+      <c r="A802">
+        <v>9781626231597</v>
+      </c>
+      <c r="B802" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C802" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D802" t="s">
+        <v>8</v>
+      </c>
+      <c r="E802">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="803" spans="1:6">
+      <c r="A803">
+        <v>9781626236820</v>
+      </c>
+      <c r="B803" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C803" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D803" t="s">
+        <v>8</v>
+      </c>
+      <c r="E803">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="804" spans="1:6">
+      <c r="A804">
+        <v>9781626235410</v>
+      </c>
+      <c r="B804" t="s">
+        <v>365</v>
+      </c>
+      <c r="C804" t="s">
+        <v>1370</v>
+      </c>
+      <c r="D804" t="s">
+        <v>8</v>
+      </c>
+      <c r="E804">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="805" spans="1:6">
+      <c r="A805">
+        <v>9783132412774</v>
+      </c>
+      <c r="B805" t="s">
+        <v>1371</v>
+      </c>
+      <c r="C805" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D805" t="s">
+        <v>8</v>
+      </c>
+      <c r="E805">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="806" spans="1:6">
+      <c r="A806">
+        <v>9783131528810</v>
+      </c>
+      <c r="B806" t="s">
+        <v>1373</v>
+      </c>
+      <c r="C806" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D806" t="s">
+        <v>8</v>
+      </c>
+      <c r="E806">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="807" spans="1:6">
+      <c r="A807">
+        <v>9783132431928</v>
+      </c>
+      <c r="B807" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C807" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D807" t="s">
+        <v>8</v>
+      </c>
+      <c r="E807">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="808" spans="1:6">
+      <c r="A808">
+        <v>9781626231474</v>
+      </c>
+      <c r="B808" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C808" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D808" t="s">
+        <v>8</v>
+      </c>
+      <c r="E808">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="809" spans="1:6">
+      <c r="A809">
+        <v>9781626232365</v>
+      </c>
+      <c r="B809" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C809" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D809" t="s">
+        <v>8</v>
+      </c>
+      <c r="E809">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="810" spans="1:6">
+      <c r="A810">
+        <v>9783132400528</v>
+      </c>
+      <c r="B810" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C810" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D810" t="s">
+        <v>8</v>
+      </c>
+      <c r="E810">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="811" spans="1:6">
+      <c r="A811">
+        <v>9781626230965</v>
+      </c>
+      <c r="B811" t="s">
+        <v>1383</v>
+      </c>
+      <c r="C811" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D811" t="s">
+        <v>8</v>
+      </c>
+      <c r="E811">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="812" spans="1:6">
+      <c r="A812">
+        <v>9781626231931</v>
+      </c>
+      <c r="B812" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C812" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D812" t="s">
+        <v>8</v>
+      </c>
+      <c r="E812">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="813" spans="1:6">
+      <c r="A813">
+        <v>9781626232730</v>
+      </c>
+      <c r="B813" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C813" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D813" t="s">
+        <v>8</v>
+      </c>
+      <c r="E813">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="814" spans="1:6">
+      <c r="A814">
+        <v>9783131364524</v>
+      </c>
+      <c r="B814" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C814" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D814" t="s">
+        <v>96</v>
+      </c>
+      <c r="E814">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="815" spans="1:6">
+      <c r="A815">
+        <v>9781626232488</v>
+      </c>
+      <c r="B815" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C815" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D815" t="s">
+        <v>96</v>
+      </c>
+      <c r="E815">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="816" spans="1:6">
+      <c r="A816">
+        <v>9781626238688</v>
+      </c>
+      <c r="B816" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C816" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D816" t="s">
+        <v>96</v>
+      </c>
+      <c r="E816">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="817" spans="1:6">
+      <c r="A817">
+        <v>9781626235137</v>
+      </c>
+      <c r="B817" t="s">
+        <v>661</v>
+      </c>
+      <c r="C817" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D817" t="s">
+        <v>96</v>
+      </c>
+      <c r="E817">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="818" spans="1:6">
+      <c r="A818">
+        <v>9781626237964</v>
+      </c>
+      <c r="B818" t="s">
+        <v>542</v>
+      </c>
+      <c r="C818" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D818" t="s">
+        <v>96</v>
+      </c>
+      <c r="E818">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="819" spans="1:6">
+      <c r="A819">
+        <v>9783132405516</v>
+      </c>
+      <c r="B819" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C819" t="s">
+        <v>1397</v>
+      </c>
+      <c r="D819" t="s">
+        <v>8</v>
+      </c>
+      <c r="E819">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="820" spans="1:6">
+      <c r="A820">
+        <v>9781626236837</v>
+      </c>
+      <c r="B820" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C820" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D820" t="s">
+        <v>8</v>
+      </c>
+      <c r="E820">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="821" spans="1:6">
+      <c r="A821">
+        <v>9783131746214</v>
+      </c>
+      <c r="B821" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C821" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D821" t="s">
+        <v>8</v>
+      </c>
+      <c r="E821">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="822" spans="1:6">
+      <c r="A822">
+        <v>9783132412866</v>
+      </c>
+      <c r="B822" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C822" t="s">
+        <v>1403</v>
+      </c>
+      <c r="D822" t="s">
+        <v>8</v>
+      </c>
+      <c r="E822">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="823" spans="1:6">
+      <c r="A823">
+        <v>9783131699015</v>
+      </c>
+      <c r="B823" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C823" t="s">
+        <v>892</v>
+      </c>
+      <c r="D823" t="s">
+        <v>8</v>
+      </c>
+      <c r="E823">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="824" spans="1:6">
+      <c r="A824">
+        <v>9781604068467</v>
+      </c>
+      <c r="B824" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C824" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D824" t="s">
+        <v>8</v>
+      </c>
+      <c r="E824">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="825" spans="1:6">
+      <c r="A825">
+        <v>9781626238978</v>
+      </c>
+      <c r="B825" t="s">
+        <v>1332</v>
+      </c>
+      <c r="C825" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D825" t="s">
+        <v>8</v>
+      </c>
+      <c r="E825">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="826" spans="1:6">
+      <c r="A826">
+        <v>9783131751812</v>
+      </c>
+      <c r="B826" t="s">
+        <v>1408</v>
+      </c>
+      <c r="C826" t="s">
+        <v>1409</v>
+      </c>
+      <c r="D826" t="s">
+        <v>8</v>
+      </c>
+      <c r="E826">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="827" spans="1:6">
+      <c r="A827">
+        <v>9781626235465</v>
+      </c>
+      <c r="B827" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C827" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D827" t="s">
+        <v>96</v>
+      </c>
+      <c r="E827">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="828" spans="1:6">
+      <c r="A828">
+        <v>9781684200016</v>
+      </c>
+      <c r="B828" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C828" t="s">
+        <v>1413</v>
+      </c>
+      <c r="D828" t="s">
+        <v>8</v>
+      </c>
+      <c r="E828">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="829" spans="1:6">
+      <c r="A829">
+        <v>9789386293411</v>
+      </c>
+      <c r="B829" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C829" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D829" t="s">
+        <v>8</v>
+      </c>
+      <c r="E829">
+        <v>2018</v>
+      </c>
+      <c r="F829">
+        <v>171.0</v>
+      </c>
+    </row>
+    <row r="830" spans="1:6">
+      <c r="A830">
+        <v>9781684201280</v>
+      </c>
+      <c r="B830" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C830" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D830" t="s">
+        <v>96</v>
+      </c>
+      <c r="E830">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="831" spans="1:6">
+      <c r="A831">
+        <v>9783131367938</v>
+      </c>
+      <c r="B831" t="s">
+        <v>1417</v>
+      </c>
+      <c r="C831" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D831" t="s">
+        <v>96</v>
+      </c>
+      <c r="E831">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="832" spans="1:6">
+      <c r="A832">
+        <v>9781626236806</v>
+      </c>
+      <c r="B832" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C832" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D832" t="s">
+        <v>96</v>
+      </c>
+      <c r="E832">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="833" spans="1:6">
+      <c r="A833">
+        <v>9783131164629</v>
+      </c>
+      <c r="B833" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C833" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D833" t="s">
+        <v>8</v>
+      </c>
+      <c r="E833">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="834" spans="1:6">
+      <c r="A834">
+        <v>9781626239210</v>
+      </c>
+      <c r="B834" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C834" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D834" t="s">
+        <v>8</v>
+      </c>
+      <c r="E834">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="835" spans="1:6">
+      <c r="A835">
+        <v>9781626236561</v>
+      </c>
+      <c r="B835" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C835" t="s">
+        <v>203</v>
+      </c>
+      <c r="D835" t="s">
+        <v>8</v>
+      </c>
+      <c r="E835">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="836" spans="1:6">
+      <c r="A836">
+        <v>9781626236912</v>
+      </c>
+      <c r="B836" t="s">
+        <v>358</v>
+      </c>
+      <c r="C836" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D836" t="s">
+        <v>8</v>
+      </c>
+      <c r="E836">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="837" spans="1:6">
+      <c r="A837">
+        <v>9781626234796</v>
+      </c>
+      <c r="B837" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C837" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D837" t="s">
+        <v>8</v>
+      </c>
+      <c r="E837">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="838" spans="1:6">
+      <c r="A838">
+        <v>9781604068641</v>
+      </c>
+      <c r="B838" t="s">
+        <v>1429</v>
+      </c>
+      <c r="C838" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D838" t="s">
+        <v>8</v>
+      </c>
+      <c r="E838">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="839" spans="1:6">
+      <c r="A839">
+        <v>9781626232310</v>
+      </c>
+      <c r="B839" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D839" t="s">
+        <v>8</v>
+      </c>
+      <c r="E839">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="840" spans="1:6">
+      <c r="A840">
+        <v>9783132031616</v>
+      </c>
+      <c r="B840" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C840" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D840" t="s">
+        <v>8</v>
+      </c>
+      <c r="E840">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="841" spans="1:6">
+      <c r="A841">
+        <v>9789390553402</v>
+      </c>
+      <c r="B841" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C841" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D841" t="s">
+        <v>8</v>
+      </c>
+      <c r="E841">
+        <v>2022</v>
+      </c>
+      <c r="F841">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="842" spans="1:6">
+      <c r="A842">
+        <v>9783131758316</v>
+      </c>
+      <c r="B842" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C842" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D842" t="s">
+        <v>8</v>
+      </c>
+      <c r="E842">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="843" spans="1:6">
+      <c r="A843">
+        <v>9783131252524</v>
+      </c>
+      <c r="B843" t="s">
+        <v>1437</v>
+      </c>
+      <c r="C843" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D843" t="s">
+        <v>8</v>
+      </c>
+      <c r="E843">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="844" spans="1:6">
+      <c r="A844">
+        <v>9781684200177</v>
+      </c>
+      <c r="B844" t="s">
+        <v>577</v>
+      </c>
+      <c r="C844" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D844" t="s">
+        <v>96</v>
+      </c>
+      <c r="E844">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="845" spans="1:6">
+      <c r="A845">
+        <v>9783131165534</v>
+      </c>
+      <c r="B845" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C845" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D845" t="s">
+        <v>96</v>
+      </c>
+      <c r="E845">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="846" spans="1:6">
+      <c r="A846">
+        <v>9783131301116</v>
+      </c>
+      <c r="B846" t="s">
+        <v>571</v>
+      </c>
+      <c r="C846" t="s">
+        <v>1442</v>
+      </c>
+      <c r="D846" t="s">
+        <v>96</v>
+      </c>
+      <c r="E846">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="847" spans="1:6">
+      <c r="A847">
+        <v>9781604068733</v>
+      </c>
+      <c r="B847" t="s">
+        <v>461</v>
+      </c>
+      <c r="C847" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D847" t="s">
+        <v>8</v>
+      </c>
+      <c r="E847">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="848" spans="1:6">
+      <c r="A848">
+        <v>9781626236684</v>
+      </c>
+      <c r="B848" t="s">
+        <v>326</v>
+      </c>
+      <c r="C848" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D848" t="s">
+        <v>96</v>
+      </c>
+      <c r="E848">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="849" spans="1:6">
+      <c r="A849">
+        <v>9783131994011</v>
+      </c>
+      <c r="B849" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C849" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D849" t="s">
+        <v>8</v>
+      </c>
+      <c r="E849">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="850" spans="1:6">
+      <c r="A850">
+        <v>9789388257190</v>
+      </c>
+      <c r="B850" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C850" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D850" t="s">
+        <v>8</v>
+      </c>
+      <c r="E850">
+        <v>2019</v>
+      </c>
+      <c r="F850">
+        <v>206.0</v>
+      </c>
+    </row>
+    <row r="851" spans="1:6">
+      <c r="A851">
+        <v>9781626238305</v>
+      </c>
+      <c r="B851" t="s">
+        <v>1448</v>
+      </c>
+      <c r="C851" t="s">
+        <v>1449</v>
+      </c>
+      <c r="D851" t="s">
+        <v>96</v>
+      </c>
+      <c r="E851">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="852" spans="1:6">
+      <c r="A852">
+        <v>9781684200764</v>
+      </c>
+      <c r="B852" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C852" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D852" t="s">
+        <v>96</v>
+      </c>
+      <c r="E852">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="853" spans="1:6">
+      <c r="A853">
+        <v>9789390553136</v>
+      </c>
+      <c r="B853" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C853" t="s">
+        <v>1453</v>
+      </c>
+      <c r="D853" t="s">
+        <v>8</v>
+      </c>
+      <c r="E853">
+        <v>2021</v>
+      </c>
+      <c r="F853">
+        <v>566.0</v>
+      </c>
+    </row>
+    <row r="854" spans="1:6">
+      <c r="A854">
+        <v>9783132432833</v>
+      </c>
+      <c r="B854" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C854" t="s">
+        <v>1455</v>
+      </c>
+      <c r="D854" t="s">
+        <v>8</v>
+      </c>
+      <c r="E854">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="855" spans="1:6">
+      <c r="A855">
+        <v>9783131488411</v>
+      </c>
+      <c r="B855" t="s">
+        <v>518</v>
+      </c>
+      <c r="C855" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D855" t="s">
+        <v>96</v>
+      </c>
+      <c r="E855">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="856" spans="1:6">
+      <c r="A856">
+        <v>9781604063226</v>
+      </c>
+      <c r="B856" t="s">
+        <v>1457</v>
+      </c>
+      <c r="C856" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D856" t="s">
+        <v>96</v>
+      </c>
+      <c r="E856">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="857" spans="1:6">
+      <c r="A857">
+        <v>9783131165312</v>
+      </c>
+      <c r="B857" t="s">
+        <v>431</v>
+      </c>
+      <c r="C857" t="s">
+        <v>1459</v>
+      </c>
+      <c r="D857" t="s">
+        <v>96</v>
+      </c>
+      <c r="E857">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="858" spans="1:6">
+      <c r="A858">
+        <v>9783132414273</v>
+      </c>
+      <c r="B858" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C858" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D858" t="s">
+        <v>8</v>
+      </c>
+      <c r="E858">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="859" spans="1:6">
+      <c r="A859">
+        <v>9781626234598</v>
+      </c>
+      <c r="B859" t="s">
+        <v>926</v>
+      </c>
+      <c r="C859" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D859" t="s">
+        <v>96</v>
+      </c>
+      <c r="E859">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="860" spans="1:6">
+      <c r="A860">
+        <v>9781588902283</v>
+      </c>
+      <c r="B860" t="s">
+        <v>720</v>
+      </c>
+      <c r="C860" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D860" t="s">
+        <v>96</v>
+      </c>
+      <c r="E860">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="861" spans="1:6">
+      <c r="A861">
+        <v>9783131997012</v>
+      </c>
+      <c r="B861" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C861" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D861" t="s">
+        <v>8</v>
+      </c>
+      <c r="E861">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="862" spans="1:6">
+      <c r="A862">
+        <v>9781626235014</v>
+      </c>
+      <c r="B862" t="s">
+        <v>133</v>
+      </c>
+      <c r="C862" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D862" t="s">
+        <v>8</v>
+      </c>
+      <c r="E862">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="863" spans="1:6">
+      <c r="A863">
+        <v>9789388257756</v>
+      </c>
+      <c r="B863" t="s">
+        <v>181</v>
+      </c>
+      <c r="C863" t="s">
+        <v>1467</v>
+      </c>
+      <c r="D863" t="s">
+        <v>8</v>
+      </c>
+      <c r="E863">
+        <v>2020</v>
+      </c>
+      <c r="F863">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="864" spans="1:6">
+      <c r="A864">
+        <v>9789390553341</v>
+      </c>
+      <c r="B864" t="s">
+        <v>181</v>
+      </c>
+      <c r="C864" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D864" t="s">
+        <v>8</v>
+      </c>
+      <c r="E864">
+        <v>2022</v>
+      </c>
+      <c r="F864">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="865" spans="1:6">
+      <c r="A865">
+        <v>9781626238268</v>
+      </c>
+      <c r="B865" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C865" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D865" t="s">
+        <v>8</v>
+      </c>
+      <c r="E865">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="866" spans="1:6">
+      <c r="A866">
+        <v>9783131994219</v>
+      </c>
+      <c r="B866" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C866" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D866" t="s">
+        <v>8</v>
+      </c>
+      <c r="E866">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="867" spans="1:6">
+      <c r="A867">
+        <v>9783132436039</v>
+      </c>
+      <c r="B867" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C867" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D867" t="s">
+        <v>8</v>
+      </c>
+      <c r="E867">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="868" spans="1:6">
+      <c r="A868">
+        <v>9789388257541</v>
+      </c>
+      <c r="B868" t="s">
+        <v>1475</v>
+      </c>
+      <c r="C868" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D868" t="s">
+        <v>8</v>
+      </c>
+      <c r="E868">
+        <v>2020</v>
+      </c>
+      <c r="F868">
+        <v>142.0</v>
+      </c>
+    </row>
+    <row r="869" spans="1:6">
+      <c r="A869">
+        <v>9781604068160</v>
+      </c>
+      <c r="B869" t="s">
+        <v>147</v>
+      </c>
+      <c r="C869" t="s">
+        <v>1477</v>
+      </c>
+      <c r="D869" t="s">
+        <v>8</v>
+      </c>
+      <c r="E869">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="870" spans="1:6">
+      <c r="A870">
+        <v>9789388257534</v>
+      </c>
+      <c r="B870" t="s">
+        <v>183</v>
+      </c>
+      <c r="C870" t="s">
+        <v>1478</v>
+      </c>
+      <c r="D870" t="s">
+        <v>8</v>
+      </c>
+      <c r="E870">
+        <v>2020</v>
+      </c>
+      <c r="F870">
+        <v>319.0</v>
+      </c>
+    </row>
+    <row r="871" spans="1:6">
+      <c r="A871">
+        <v>9789390553877</v>
+      </c>
+      <c r="B871" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C871" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D871" t="s">
+        <v>8</v>
+      </c>
+      <c r="E871">
+        <v>2022</v>
+      </c>
+      <c r="F871">
+        <v>90.0</v>
+      </c>
+    </row>
+    <row r="872" spans="1:6">
+      <c r="A872">
+        <v>9781626236233</v>
+      </c>
+      <c r="B872" t="s">
+        <v>133</v>
+      </c>
+      <c r="C872" t="s">
+        <v>1481</v>
+      </c>
+      <c r="D872" t="s">
+        <v>96</v>
+      </c>
+      <c r="E872">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="873" spans="1:6">
+      <c r="A873">
+        <v>9781684202287</v>
+      </c>
+      <c r="B873" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C873" t="s">
+        <v>1482</v>
+      </c>
+      <c r="D873" t="s">
+        <v>8</v>
+      </c>
+      <c r="E873">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="874" spans="1:6">
+      <c r="A874">
+        <v>9783131489913</v>
+      </c>
+      <c r="B874" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C874" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D874" t="s">
+        <v>8</v>
+      </c>
+      <c r="E874">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="875" spans="1:6">
+      <c r="A875">
+        <v>9781626231436</v>
+      </c>
+      <c r="B875" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C875" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D875" t="s">
+        <v>8</v>
+      </c>
+      <c r="E875">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="876" spans="1:6">
+      <c r="A876">
+        <v>9781626239661</v>
+      </c>
+      <c r="B876" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C876" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D876" t="s">
+        <v>8</v>
+      </c>
+      <c r="E876">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="877" spans="1:6">
+      <c r="A877">
+        <v>9789388257947</v>
+      </c>
+      <c r="B877" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C877" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D877" t="s">
+        <v>96</v>
+      </c>
+      <c r="E877">
+        <v>2020</v>
+      </c>
+      <c r="F877">
+        <v>53.0</v>
+      </c>
+    </row>
+    <row r="878" spans="1:6">
+      <c r="A878">
+        <v>9783136561034</v>
+      </c>
+      <c r="B878" t="s">
+        <v>387</v>
+      </c>
+      <c r="C878" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D878" t="s">
+        <v>8</v>
+      </c>
+      <c r="E878">
+        <v>2008</v>
+      </c>
+    </row>
+    <row r="879" spans="1:6">
+      <c r="A879">
+        <v>9781684202577</v>
+      </c>
+      <c r="B879" t="s">
+        <v>455</v>
+      </c>
+      <c r="C879" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D879" t="s">
+        <v>8</v>
+      </c>
+      <c r="E879">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="880" spans="1:6">
+      <c r="A880">
+        <v>9783132012110</v>
+      </c>
+      <c r="B880" t="s">
+        <v>1493</v>
+      </c>
+      <c r="C880" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D880" t="s">
+        <v>8</v>
+      </c>
+      <c r="E880">
+        <v>2016</v>
+      </c>
+    </row>
+    <row r="881" spans="1:6">
+      <c r="A881">
+        <v>9783131630414</v>
+      </c>
+      <c r="B881" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C881" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D881" t="s">
+        <v>8</v>
+      </c>
+      <c r="E881">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="882" spans="1:6">
+      <c r="A882">
+        <v>9781684200511</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C882" t="s">
+        <v>1498</v>
+      </c>
+      <c r="D882" t="s">
+        <v>8</v>
+      </c>
+      <c r="E882">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="883" spans="1:6">
+      <c r="A883">
+        <v>9781626239258</v>
+      </c>
+      <c r="B883" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C883" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D883" t="s">
+        <v>96</v>
+      </c>
+      <c r="E883">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="884" spans="1:6">
+      <c r="A884">
+        <v>9783132408722</v>
+      </c>
+      <c r="B884" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C884" t="s">
+        <v>1501</v>
+      </c>
+      <c r="D884" t="s">
+        <v>8</v>
+      </c>
+      <c r="E884">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="885" spans="1:6">
+      <c r="A885">
+        <v>9783132416031</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C885" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D885" t="s">
+        <v>96</v>
+      </c>
+      <c r="E885">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="886" spans="1:6">
+      <c r="A886">
+        <v>9789390553204</v>
+      </c>
+      <c r="B886" t="s">
+        <v>124</v>
+      </c>
+      <c r="C886" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D886" t="s">
+        <v>8</v>
+      </c>
+      <c r="E886">
+        <v>2021</v>
+      </c>
+      <c r="F886">
+        <v>152.0</v>
+      </c>
+    </row>
+    <row r="887" spans="1:6">
+      <c r="A887">
+        <v>9789390553624</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C887" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D887" t="s">
+        <v>8</v>
+      </c>
+      <c r="E887">
+        <v>2022</v>
+      </c>
+      <c r="F887">
+        <v>136.0</v>
+      </c>
+    </row>
+    <row r="888" spans="1:6">
+      <c r="A888">
+        <v>9789388257923</v>
+      </c>
+      <c r="C888" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D888" t="s">
+        <v>8</v>
+      </c>
+      <c r="E888">
+        <v>2020</v>
+      </c>
+      <c r="F888">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="889" spans="1:6">
+      <c r="A889">
+        <v>9783131275936</v>
+      </c>
+      <c r="B889" t="s">
+        <v>646</v>
+      </c>
+      <c r="C889" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D889" t="s">
+        <v>96</v>
+      </c>
+      <c r="E889">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="890" spans="1:6">
+      <c r="A890">
+        <v>9783132417229</v>
+      </c>
+      <c r="B890" t="s">
+        <v>1509</v>
+      </c>
+      <c r="C890" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D890" t="s">
+        <v>96</v>
+      </c>
+      <c r="E890">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="891" spans="1:6">
+      <c r="A891">
+        <v>9789388257916</v>
+      </c>
+      <c r="C891" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D891" t="s">
+        <v>8</v>
+      </c>
+      <c r="E891">
+        <v>2020</v>
+      </c>
+      <c r="F891">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="892" spans="1:6">
+      <c r="A892">
+        <v>9781626233843</v>
+      </c>
+      <c r="B892" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C892" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D892" t="s">
+        <v>96</v>
+      </c>
+      <c r="E892">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="893" spans="1:6">
+      <c r="A893">
+        <v>9788194857099</v>
+      </c>
+      <c r="B893" t="s">
+        <v>722</v>
+      </c>
+      <c r="C893" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D893" t="s">
+        <v>8</v>
+      </c>
+      <c r="E893">
+        <v>2021</v>
+      </c>
+      <c r="F893">
+        <v>160.0</v>
+      </c>
+    </row>
+    <row r="894" spans="1:6">
+      <c r="A894">
+        <v>9781684200887</v>
+      </c>
+      <c r="B894" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C894" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D894" t="s">
+        <v>8</v>
+      </c>
+      <c r="E894">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="895" spans="1:6">
+      <c r="A895">
+        <v>9781684201105</v>
+      </c>
+      <c r="B895" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C895" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D895" t="s">
+        <v>8</v>
+      </c>
+      <c r="E895">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="896" spans="1:6">
+      <c r="A896">
+        <v>9789388257664</v>
+      </c>
+      <c r="B896" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C896" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D896" t="s">
+        <v>96</v>
+      </c>
+      <c r="E896">
+        <v>2020</v>
+      </c>
+      <c r="F896">
+        <v>79.99</v>
+      </c>
+    </row>
+    <row r="897" spans="1:6">
+      <c r="A897">
+        <v>9781626233805</v>
+      </c>
+      <c r="B897" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C897" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D897" t="s">
+        <v>96</v>
+      </c>
+      <c r="E897">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="898" spans="1:6">
+      <c r="A898">
+        <v>9783132434547</v>
+      </c>
+      <c r="B898" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C898" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D898" t="s">
+        <v>96</v>
+      </c>
+      <c r="E898">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="899" spans="1:6">
+      <c r="A899">
+        <v>9781604066425</v>
+      </c>
+      <c r="B899" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C899" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D899" t="s">
+        <v>8</v>
+      </c>
+      <c r="E899">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="900" spans="1:6">
+      <c r="A900">
+        <v>9781604068283</v>
+      </c>
+      <c r="B900" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C900" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D900" t="s">
+        <v>8</v>
+      </c>
+      <c r="E900">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="901" spans="1:6">
+      <c r="A901">
+        <v>9789388257718</v>
+      </c>
+      <c r="B901" t="s">
+        <v>419</v>
+      </c>
+      <c r="C901" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D901" t="s">
+        <v>8</v>
+      </c>
+      <c r="E901">
+        <v>2020</v>
+      </c>
+      <c r="F901">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="902" spans="1:6">
+      <c r="A902">
+        <v>9783131768414</v>
+      </c>
+      <c r="B902" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C902" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D902" t="s">
+        <v>8</v>
+      </c>
+      <c r="E902">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="903" spans="1:6">
+      <c r="A903">
+        <v>9788194857075</v>
+      </c>
+      <c r="B903" t="s">
+        <v>419</v>
+      </c>
+      <c r="C903" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D903" t="s">
+        <v>8</v>
+      </c>
+      <c r="E903">
+        <v>2021</v>
+      </c>
+      <c r="F903">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="904" spans="1:6">
+      <c r="A904">
+        <v>9781684201969</v>
+      </c>
+      <c r="B904" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C904" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D904" t="s">
+        <v>96</v>
+      </c>
+      <c r="E904">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="905" spans="1:6">
+      <c r="A905">
+        <v>9781626235373</v>
+      </c>
+      <c r="B905" t="s">
+        <v>1535</v>
+      </c>
+      <c r="C905" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D905" t="s">
+        <v>96</v>
+      </c>
+      <c r="E905">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="906" spans="1:6">
+      <c r="A906">
+        <v>9783132004016</v>
+      </c>
+      <c r="B906" t="s">
+        <v>1537</v>
+      </c>
+      <c r="C906" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D906" t="s">
+        <v>8</v>
+      </c>
+      <c r="E906">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="907" spans="1:6">
+      <c r="A907">
+        <v>9783132421462</v>
+      </c>
+      <c r="B907" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C907" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D907" t="s">
+        <v>8</v>
+      </c>
+      <c r="E907">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="908" spans="1:6">
+      <c r="A908">
+        <v>9783132442634</v>
+      </c>
+      <c r="B908" t="s">
+        <v>646</v>
+      </c>
+      <c r="C908" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D908" t="s">
+        <v>96</v>
+      </c>
+      <c r="E908">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="909" spans="1:6">
+      <c r="A909">
+        <v>9783132437609</v>
+      </c>
+      <c r="B909" t="s">
+        <v>646</v>
+      </c>
+      <c r="C909" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D909" t="s">
+        <v>96</v>
+      </c>
+      <c r="E909">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="910" spans="1:6">
+      <c r="A910">
+        <v>9788194857082</v>
+      </c>
+      <c r="B910" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C910" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D910" t="s">
+        <v>8</v>
+      </c>
+      <c r="E910">
+        <v>2022</v>
+      </c>
+      <c r="F910">
+        <v>213.0</v>
+      </c>
+    </row>
+    <row r="911" spans="1:6">
+      <c r="A911">
+        <v>9789386293091</v>
+      </c>
+      <c r="B911" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C911" t="s">
+        <v>1545</v>
+      </c>
+      <c r="D911" t="s">
+        <v>8</v>
+      </c>
+      <c r="E911">
+        <v>2017</v>
+      </c>
+      <c r="F911">
+        <v>168.0</v>
+      </c>
+    </row>
+    <row r="912" spans="1:6">
+      <c r="A912">
+        <v>9789386293336</v>
+      </c>
+      <c r="B912" t="s">
+        <v>419</v>
+      </c>
+      <c r="C912" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D912" t="s">
+        <v>8</v>
+      </c>
+      <c r="E912">
+        <v>2018</v>
+      </c>
+      <c r="F912">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="913" spans="1:6">
+      <c r="A913">
+        <v>9789388257152</v>
+      </c>
+      <c r="B913" t="s">
+        <v>419</v>
+      </c>
+      <c r="C913" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D913" t="s">
+        <v>8</v>
+      </c>
+      <c r="E913">
+        <v>2019</v>
+      </c>
+      <c r="F913">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="914" spans="1:6">
+      <c r="A914">
+        <v>9789388257855</v>
+      </c>
+      <c r="B914" t="s">
+        <v>419</v>
+      </c>
+      <c r="C914" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D914" t="s">
+        <v>8</v>
+      </c>
+      <c r="E914">
+        <v>2020</v>
+      </c>
+      <c r="F914">
+        <v>199.99</v>
+      </c>
+    </row>
+    <row r="915" spans="1:6">
+      <c r="A915">
+        <v>9789388257237</v>
+      </c>
+      <c r="B915" t="s">
+        <v>753</v>
+      </c>
+      <c r="C915" t="s">
+        <v>1549</v>
+      </c>
+      <c r="D915" t="s">
+        <v>8</v>
+      </c>
+      <c r="E915">
+        <v>2019</v>
+      </c>
+      <c r="F915">
+        <v>150.0</v>
+      </c>
+    </row>
+    <row r="916" spans="1:6">
+      <c r="A916">
+        <v>9789390553334</v>
+      </c>
+      <c r="B916" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C916" t="s">
+        <v>1551</v>
+      </c>
+      <c r="D916" t="s">
+        <v>8</v>
+      </c>
+      <c r="E916">
+        <v>2022</v>
+      </c>
+      <c r="F916">
+        <v>178.0</v>
+      </c>
+    </row>
+    <row r="917" spans="1:6">
+      <c r="A917">
+        <v>9789385062339</v>
+      </c>
+      <c r="B917" t="s">
+        <v>1552</v>
+      </c>
+      <c r="C917" t="s">
+        <v>1553</v>
+      </c>
+      <c r="D917" t="s">
+        <v>8</v>
+      </c>
+      <c r="E917">
+        <v>2016</v>
+      </c>
+      <c r="F917">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="918" spans="1:6">
+      <c r="A918">
+        <v>9781604068818</v>
+      </c>
+      <c r="B918" t="s">
+        <v>791</v>
+      </c>
+      <c r="C918" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D918" t="s">
+        <v>8</v>
+      </c>
+      <c r="E918">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="919" spans="1:6">
+      <c r="A919">
+        <v>9789385062124</v>
+      </c>
+      <c r="B919" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C919" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D919" t="s">
+        <v>8</v>
+      </c>
+      <c r="E919">
+        <v>2017</v>
+      </c>
+      <c r="F919">
+        <v>203.0</v>
+      </c>
+    </row>
+    <row r="920" spans="1:6">
+      <c r="A920">
+        <v>9781684201334</v>
+      </c>
+      <c r="B920" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C920" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D920" t="s">
+        <v>96</v>
+      </c>
+      <c r="E920">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="921" spans="1:6">
+      <c r="A921">
+        <v>9789388257879</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C921" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D921" t="s">
+        <v>8</v>
+      </c>
+      <c r="E921">
+        <v>2020</v>
+      </c>
+      <c r="F921">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="922" spans="1:6">
+      <c r="A922">
+        <v>9789385062230</v>
+      </c>
+      <c r="B922" t="s">
+        <v>753</v>
+      </c>
+      <c r="C922" t="s">
+        <v>1561</v>
+      </c>
+      <c r="D922" t="s">
+        <v>96</v>
+      </c>
+      <c r="E922">
+        <v>2016</v>
+      </c>
+      <c r="F922">
+        <v>64.0</v>
+      </c>
+    </row>
+    <row r="923" spans="1:6">
+      <c r="A923">
+        <v>9781626235458</v>
+      </c>
+      <c r="B923" t="s">
+        <v>1562</v>
+      </c>
+      <c r="C923" t="s">
+        <v>1563</v>
+      </c>
+      <c r="D923" t="s">
+        <v>96</v>
+      </c>
+      <c r="E923">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="A924">
+        <v>9789388257107</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D924" t="s">
+        <v>8</v>
+      </c>
+      <c r="E924">
+        <v>2019</v>
+      </c>
+      <c r="F924">
+        <v>224.0</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925">
+        <v>9781626239067</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1566</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D925" t="s">
+        <v>96</v>
+      </c>
+      <c r="E925">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="A926">
+        <v>9789388257084</v>
+      </c>
+      <c r="B926" t="s">
+        <v>977</v>
+      </c>
+      <c r="C926" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D926" t="s">
+        <v>96</v>
+      </c>
+      <c r="E926">
+        <v>2019</v>
+      </c>
+      <c r="F926">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="A927">
+        <v>9783132411364</v>
+      </c>
+      <c r="B927" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D927" t="s">
+        <v>8</v>
+      </c>
+      <c r="E927">
+        <v>2017</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">