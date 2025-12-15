--- v1 (2025-11-18)
+++ v2 (2025-12-15)
@@ -32,59 +32,77 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1571">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
+    <t>Walter C. Jean</t>
+  </si>
+  <si>
+    <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
+  </si>
+  <si>
+    <t>Hardback</t>
+  </si>
+  <si>
+    <t>Neil S. Sadick</t>
+  </si>
+  <si>
+    <t>Dermal Filler Complications</t>
+  </si>
+  <si>
+    <t>B M Gupta</t>
+  </si>
+  <si>
+    <t>Cholesteatoma Surgery</t>
+  </si>
+  <si>
     <t>Muhammad M. Abd-El-Barr</t>
   </si>
   <si>
     <t>Awake Spine Surgery</t>
   </si>
   <si>
-    <t>Hardback</t>
-[...1 lines deleted...]
-  <si>
     <t>Andrew J. Kobets</t>
   </si>
   <si>
     <t>Neurosurgical Operative Atlas</t>
   </si>
   <si>
     <t>Uma Srikumaran</t>
   </si>
   <si>
     <t>MRI in Orthopaedics and Sports Medicine</t>
   </si>
   <si>
     <t>Susan E. Mackinnon</t>
   </si>
   <si>
     <t>Nerve Surgery</t>
   </si>
   <si>
     <t>Abigail G. Crum</t>
   </si>
   <si>
     <t>Neurosurgery Fundamentals for Advanced Practice Providers</t>
   </si>
   <si>
     <t>Paperback</t>
@@ -1289,1124 +1307,1112 @@
   <si>
     <t>Bohndorf</t>
   </si>
   <si>
     <t>Imaging of Bones and Joints</t>
   </si>
   <si>
     <t>Agrawal</t>
   </si>
   <si>
     <t>Textbook of Plastic, Reconstructive and Aesthetic Surgery, Vol 1</t>
   </si>
   <si>
     <t>Kates</t>
   </si>
   <si>
     <t>Principles of Orthopedic Infection Management</t>
   </si>
   <si>
     <t>Raikin</t>
   </si>
   <si>
     <t>Foot and Ankle Surgery</t>
   </si>
   <si>
+    <t>Chapman</t>
+  </si>
+  <si>
+    <t>Measurements in Spine Care</t>
+  </si>
+  <si>
+    <t>Szeimies</t>
+  </si>
+  <si>
+    <t>Diagnostic Imaging of the Foot and Ankle</t>
+  </si>
+  <si>
+    <t>Moeller</t>
+  </si>
+  <si>
+    <t>Atlas of Sectional Anatomy</t>
+  </si>
+  <si>
+    <t>Nader</t>
+  </si>
+  <si>
+    <t>Neurosurgery Tricks of the Trade - Cranial</t>
+  </si>
+  <si>
+    <t>Madjar</t>
+  </si>
+  <si>
+    <t>The Practice of Breast Ultrasound</t>
+  </si>
+  <si>
+    <t>Kraemer</t>
+  </si>
+  <si>
+    <t>Intervertebral Disk Diseases</t>
+  </si>
+  <si>
+    <t>Quirico</t>
+  </si>
+  <si>
+    <t>Teaching Atlas of Acupuncture</t>
+  </si>
+  <si>
+    <t>Wormald</t>
+  </si>
+  <si>
+    <t>Endoscopic Sinus Surgery</t>
+  </si>
+  <si>
+    <t>Girardi</t>
+  </si>
+  <si>
+    <t>Burghardt's Colposcopy and Cervical Pathology</t>
+  </si>
+  <si>
+    <t>Wallace</t>
+  </si>
+  <si>
+    <t>Gastroenterological Endoscopy</t>
+  </si>
+  <si>
+    <t>Cataltepe</t>
+  </si>
+  <si>
+    <t>Pediatric Epilepsy Surgery</t>
+  </si>
+  <si>
+    <t>Schober</t>
+  </si>
+  <si>
+    <t>PET-CT Hybrid Imaging</t>
+  </si>
+  <si>
+    <t>McFarland</t>
+  </si>
+  <si>
+    <t>Examination of the Shoulder</t>
+  </si>
+  <si>
+    <t>Rammelt</t>
+  </si>
+  <si>
+    <t>Manual of Fracture Management - Foot and Ankle</t>
+  </si>
+  <si>
+    <t>Zhang</t>
+  </si>
+  <si>
+    <t>Clinical Epidemiology of Orthopaedic Trauma</t>
+  </si>
+  <si>
+    <t>Gutberlet</t>
+  </si>
+  <si>
+    <t>Diagnostic Imaging of Congenital Heart Defects</t>
+  </si>
+  <si>
+    <t>Guyuron</t>
+  </si>
+  <si>
+    <t>Migraine Surgery</t>
+  </si>
+  <si>
+    <t>Kim</t>
+  </si>
+  <si>
+    <t>Spinal Instrumentation</t>
+  </si>
+  <si>
+    <t>Cohen-Gadol</t>
+  </si>
+  <si>
+    <t>The Legacy of Harvey Cushing</t>
+  </si>
+  <si>
+    <t>Fischer</t>
+  </si>
+  <si>
+    <t>Interventional Breast Imaging</t>
+  </si>
+  <si>
+    <t>Controversies in Neurological Surgery</t>
+  </si>
+  <si>
+    <t>Freyschmidt</t>
+  </si>
+  <si>
+    <t>Freyschmidt's "Koehler/Zimmer" Borderlands of Normal and Early Pathological Findings in Skeletal Radiography</t>
+  </si>
+  <si>
+    <t>Truswell</t>
+  </si>
+  <si>
+    <t>Lasers and Light, Peels and Abrasions</t>
+  </si>
+  <si>
+    <t>Har-El</t>
+  </si>
+  <si>
+    <t>Head &amp; Neck Surgery</t>
+  </si>
+  <si>
+    <t>Otology and Neurotology</t>
+  </si>
+  <si>
+    <t>Wildemann</t>
+  </si>
+  <si>
+    <t>Laboratory Diagnosis in Neurology</t>
+  </si>
+  <si>
+    <t>Iro</t>
+  </si>
+  <si>
+    <t>Atlas of Head and Neck Ultrasound</t>
+  </si>
+  <si>
+    <t>Neumeister</t>
+  </si>
+  <si>
+    <t>Problems in Hand Surgery</t>
+  </si>
+  <si>
+    <t>Videla Cés</t>
+  </si>
+  <si>
+    <t>Learning From Failures in Orthopedic Trauma</t>
+  </si>
+  <si>
+    <t>Bister</t>
+  </si>
+  <si>
+    <t>Self-ligating Brackets in Orthodontics</t>
+  </si>
+  <si>
+    <t>Citow</t>
+  </si>
+  <si>
+    <t>Comprehensive Neurosurgery Board Review</t>
+  </si>
+  <si>
+    <t>Heimann</t>
+  </si>
+  <si>
+    <t>Atlas of Fundus Angiography</t>
+  </si>
+  <si>
+    <t>Barth</t>
+  </si>
+  <si>
+    <t>Diagnosis of Breast Diseases</t>
+  </si>
+  <si>
+    <t>A Multidisciplinary Approach to Head and Neck Neoplasms</t>
+  </si>
+  <si>
+    <t>Bhattacharyya</t>
+  </si>
+  <si>
+    <t>Laryngology</t>
+  </si>
+  <si>
+    <t>Theodorou</t>
+  </si>
+  <si>
+    <t>Emerging Technologies in Face and Body Contouring</t>
+  </si>
+  <si>
+    <t>Beall</t>
+  </si>
+  <si>
+    <t>Vertebral Augmentation</t>
+  </si>
+  <si>
+    <t>Pinheiro-Neto</t>
+  </si>
+  <si>
+    <t>Techniques and Key Points for Endoscopic Cranial Base Reconstruction</t>
+  </si>
+  <si>
+    <t>Weerda</t>
+  </si>
+  <si>
+    <t>Surgery of the Auricle</t>
+  </si>
+  <si>
+    <t>Waltzman</t>
+  </si>
+  <si>
+    <t>Cochlear Implants</t>
+  </si>
+  <si>
+    <t>Rangel-Castilla</t>
+  </si>
+  <si>
+    <t>Video Atlas of Neuroendovascular Procedures</t>
+  </si>
+  <si>
+    <t>Lund</t>
+  </si>
+  <si>
+    <t>Tumors of the Nose, Sinuses and Nasopharynx</t>
+  </si>
+  <si>
+    <t>de Boer</t>
+  </si>
+  <si>
+    <t>AO Handbook: Orthopedic Trauma Care</t>
+  </si>
+  <si>
+    <t>Donohoe</t>
+  </si>
+  <si>
+    <t>Case-Based Nuclear Medicine</t>
+  </si>
+  <si>
+    <t>Nho</t>
+  </si>
+  <si>
+    <t>Synopsis of Hip Surgery</t>
+  </si>
+  <si>
+    <t>Sell</t>
+  </si>
+  <si>
+    <t>Surgery for Rheumatic Diseases</t>
+  </si>
+  <si>
+    <t>Fowler</t>
+  </si>
+  <si>
+    <t>Ultrasound of the Hand and Upper Extremity</t>
+  </si>
+  <si>
+    <t>Hammer</t>
+  </si>
+  <si>
+    <t>Chinese Herbal Medicine</t>
+  </si>
+  <si>
+    <t>Marmor</t>
+  </si>
+  <si>
+    <t>Decision Making in Orthopaedic Trauma</t>
+  </si>
+  <si>
+    <t>Probst</t>
+  </si>
+  <si>
+    <t>Basic Otorhinolaryngology</t>
+  </si>
+  <si>
+    <t>Vialle</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series Volume 1</t>
+  </si>
+  <si>
+    <t>Sclafani</t>
+  </si>
+  <si>
+    <t>Total Otolaryngology-Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Behari</t>
+  </si>
+  <si>
+    <t>Practical Neurosurgery</t>
+  </si>
+  <si>
+    <t>Goldenberg</t>
+  </si>
+  <si>
+    <t>Handbook of Otolaryngology</t>
+  </si>
+  <si>
+    <t>Kretschmann</t>
+  </si>
+  <si>
+    <t>Cranial Neuroimaging and Clinical Neuroanatomy</t>
+  </si>
+  <si>
+    <t>Desmond</t>
+  </si>
+  <si>
+    <t>Vestibular Function</t>
+  </si>
+  <si>
+    <t>Francis</t>
+  </si>
+  <si>
+    <t>Temporal Bone Dissection Guide</t>
+  </si>
+  <si>
+    <t>Birch</t>
+  </si>
+  <si>
+    <t>Shonishin: Japanese Pediatric Acupuncture</t>
+  </si>
+  <si>
+    <t>Reichert</t>
+  </si>
+  <si>
+    <t>Palpation Techniques</t>
+  </si>
+  <si>
+    <t>Valente</t>
+  </si>
+  <si>
+    <t>The Audiology Capstone</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Vitreoretinal Disease</t>
+  </si>
+  <si>
+    <t>Schütz</t>
+  </si>
+  <si>
+    <t>Periprosthetic Fracture Management</t>
+  </si>
+  <si>
+    <t>Tabar</t>
+  </si>
+  <si>
+    <t>Breast Cancer: Early Detection with Mammography</t>
+  </si>
+  <si>
+    <t>Block</t>
+  </si>
+  <si>
+    <t>Abdominal Ultrasound</t>
+  </si>
+  <si>
+    <t>Vascular Anomalies</t>
+  </si>
+  <si>
+    <t>Kanekar</t>
+  </si>
+  <si>
+    <t>Imaging of Neurodegenerative Disorders</t>
+  </si>
+  <si>
+    <t>Baratz</t>
+  </si>
+  <si>
+    <t>Wrist Surgery</t>
+  </si>
+  <si>
+    <t>Marcus</t>
+  </si>
+  <si>
+    <t>Essentials of Craniomaxillofacial Trauma</t>
+  </si>
+  <si>
+    <t>Bhandari</t>
+  </si>
+  <si>
+    <t>The Coordination of Clinical Research</t>
+  </si>
+  <si>
+    <t>Zebrowski</t>
+  </si>
+  <si>
+    <t>Stuttering and Related Disorders of Fluency</t>
+  </si>
+  <si>
+    <t>Branski</t>
+  </si>
+  <si>
+    <t>Speech-Language Pathology Casebook</t>
+  </si>
+  <si>
+    <t>Schiffter</t>
+  </si>
+  <si>
+    <t>Connective Tissue Massage</t>
+  </si>
+  <si>
+    <t>Bullocks</t>
+  </si>
+  <si>
+    <t>Plastic Surgery Emergencies</t>
+  </si>
+  <si>
+    <t>Moedder</t>
+  </si>
+  <si>
+    <t>Head and Neck Imaging</t>
+  </si>
+  <si>
+    <t>Laskaris</t>
+  </si>
+  <si>
+    <t>Color Atlas of Oral Diseases</t>
+  </si>
+  <si>
+    <t>Imhof</t>
+  </si>
+  <si>
+    <t>Spinal Imaging</t>
+  </si>
+  <si>
+    <t>Brambs</t>
+  </si>
+  <si>
+    <t>Gastrointestinal Imaging</t>
+  </si>
+  <si>
+    <t>Jallo</t>
+  </si>
+  <si>
+    <t>Neurotrauma and Critical Care of the Spine</t>
+  </si>
+  <si>
+    <t>Kastner</t>
+  </si>
+  <si>
+    <t>Chinese Nutrition Therapy</t>
+  </si>
+  <si>
+    <t>O'Brien</t>
+  </si>
+  <si>
+    <t>Top 3 Differentials in Vascular and Interventional Radiology</t>
+  </si>
+  <si>
+    <t>Kuchenbecker</t>
+  </si>
+  <si>
+    <t>Plates for Color Vision Testing</t>
+  </si>
+  <si>
+    <t>Marquardt</t>
+  </si>
+  <si>
+    <t>Reflexotherapy of the Feet</t>
+  </si>
+  <si>
+    <t>Galanski</t>
+  </si>
+  <si>
+    <t>Thoracic Imaging</t>
+  </si>
+  <si>
+    <t>Gries</t>
+  </si>
+  <si>
+    <t>Textbook of Diabetic Neuropathy</t>
+  </si>
+  <si>
+    <t>Lapp</t>
+  </si>
+  <si>
+    <t>The Cardiac Catheter Book</t>
+  </si>
+  <si>
+    <t>Reiser</t>
+  </si>
+  <si>
+    <t>Musculoskeletal Imaging</t>
+  </si>
+  <si>
+    <t>Braz</t>
+  </si>
+  <si>
+    <t>Dermal Fillers</t>
+  </si>
+  <si>
+    <t>Wolf</t>
+  </si>
+  <si>
+    <t>Vascular Imaging</t>
+  </si>
+  <si>
+    <t>AO Foundation</t>
+  </si>
+  <si>
+    <t>Orthopedic and Trauma Surgeons: CPD in Community Hospitals</t>
+  </si>
+  <si>
+    <t>Chopra</t>
+  </si>
+  <si>
+    <t>Radcases Genitourinary Imaging</t>
+  </si>
+  <si>
+    <t>Family Larsson-Rosenquist Foundation</t>
+  </si>
+  <si>
+    <t>Breastfeeding and Breast Milk - From Biochemistry to Impact</t>
+  </si>
+  <si>
+    <t>Levine</t>
+  </si>
+  <si>
+    <t>Perforator Flaps for Breast Reconstruction</t>
+  </si>
+  <si>
+    <t>Neurosurgery Oral Board Review</t>
+  </si>
+  <si>
+    <t>Pasler</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Dental Radiology</t>
+  </si>
+  <si>
+    <t>Fuhrmann</t>
+  </si>
+  <si>
+    <t>Dental Radiology</t>
+  </si>
+  <si>
+    <t>Rohkamm</t>
+  </si>
+  <si>
+    <t>Color Atlas of Neurology</t>
+  </si>
+  <si>
+    <t>Nogier</t>
+  </si>
+  <si>
+    <t>Auriculotherapy</t>
+  </si>
+  <si>
+    <t>Fleisher</t>
+  </si>
+  <si>
+    <t>Antiresorptive Drug-Related Osteonecrosis of the Jaw (ARONJ) - A Guide to Research</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Sectional Anatomy, Vol. II: Thorax, Heart, Abdomen and Pelvis</t>
+  </si>
+  <si>
+    <t>Möller</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Sectional Anatomy, Volume I: Head and Neck</t>
+  </si>
+  <si>
+    <t>Lake</t>
+  </si>
+  <si>
+    <t>Textbook of Integrative Mental Health Care</t>
+  </si>
+  <si>
+    <t>Wang</t>
+  </si>
+  <si>
+    <t>Handbook of Minimally Invasive and Percutaneous Spine Surgery</t>
+  </si>
+  <si>
+    <t>Hoschander</t>
+  </si>
+  <si>
+    <t>Operative Procedures in Plastic, Aesthetic and Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Moore</t>
+  </si>
+  <si>
+    <t>Passing the FRCR Part 1</t>
+  </si>
+  <si>
+    <t>Schlote</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Ophthalmology</t>
+  </si>
+  <si>
+    <t>Beer</t>
+  </si>
+  <si>
+    <t>Pocket Atlas of Endodontics</t>
+  </si>
+  <si>
+    <t>Behrbohm</t>
+  </si>
+  <si>
+    <t>Essentials of Septorhinoplasty</t>
+  </si>
+  <si>
+    <t>Terris</t>
+  </si>
+  <si>
+    <t>Thyroid and Parathyroid Diseases</t>
+  </si>
+  <si>
+    <t>Saremi</t>
+  </si>
+  <si>
+    <t>Imaging Anatomy</t>
+  </si>
+  <si>
+    <t>Jansen</t>
+  </si>
+  <si>
+    <t>Interventional Stroke Therapy</t>
+  </si>
+  <si>
+    <t>Kaneshwaran</t>
+  </si>
+  <si>
+    <t>Essential Med Notes Clinical Handbook 2021</t>
+  </si>
+  <si>
+    <t>Wilhelmi de Toledo</t>
+  </si>
+  <si>
+    <t>Therapeutic Fasting</t>
+  </si>
+  <si>
+    <t>Seven Aneurysms</t>
+  </si>
+  <si>
+    <t>Hofer</t>
+  </si>
+  <si>
+    <t>The Chest X-Ray</t>
+  </si>
+  <si>
+    <t>Patel</t>
+  </si>
+  <si>
+    <t>Cosmetic Breast Surgery</t>
+  </si>
+  <si>
+    <t>Normal Findings in CT and MRI, A1, print</t>
+  </si>
+  <si>
+    <t>Loftus</t>
+  </si>
+  <si>
+    <t>Neurosurgical Emergencies</t>
+  </si>
+  <si>
+    <t>Dumont</t>
+  </si>
+  <si>
+    <t>Brain Arteriovenous Malformations and Arteriovenous Fistulas</t>
+  </si>
+  <si>
+    <t>Bernal-Sprekelsen</t>
+  </si>
+  <si>
+    <t>Endoscopic Approaches to the Paranasal Sinuses and Skull Base</t>
+  </si>
+  <si>
+    <t>Wacker</t>
+  </si>
+  <si>
+    <t>Arterial Variations in Humans</t>
+  </si>
+  <si>
+    <t>Al-Mefty</t>
+  </si>
+  <si>
+    <t>Controversies in Neurosurgery II</t>
+  </si>
+  <si>
+    <t>Parker</t>
+  </si>
+  <si>
+    <t>Chest Imaging Case Atlas</t>
+  </si>
+  <si>
+    <t>Complications in Otolaryngology - Head and Neck Surgery</t>
+  </si>
+  <si>
+    <t>Tisnado</t>
+  </si>
+  <si>
+    <t>Interventional Radiology in Trauma</t>
+  </si>
+  <si>
+    <t>Secondary Rhinoplasty by the Global Masters</t>
+  </si>
+  <si>
+    <t>Controversies in Pediatric Neurosurgery</t>
+  </si>
+  <si>
+    <t>Park</t>
+  </si>
+  <si>
+    <t>Flow Diversion of Cerebral Aneurysms</t>
+  </si>
+  <si>
+    <t>Papel</t>
+  </si>
+  <si>
+    <t>Facial Plastic and Reconstructive Surgery</t>
+  </si>
+  <si>
+    <t>Saad</t>
+  </si>
+  <si>
+    <t>Portal Hypertension</t>
+  </si>
+  <si>
+    <t>Merz</t>
+  </si>
+  <si>
+    <t>Ultrasound in Obstetrics &amp; Gynecology</t>
+  </si>
+  <si>
+    <t>Surgery of the Brainstem</t>
+  </si>
+  <si>
+    <t>Sanna</t>
+  </si>
+  <si>
+    <t>Atlas of Acoustic Neurinoma Microsurgery</t>
+  </si>
+  <si>
+    <t>Krombach</t>
+  </si>
+  <si>
+    <t>Body Imaging</t>
+  </si>
+  <si>
+    <t>Burchiel</t>
+  </si>
+  <si>
+    <t>Surgical Management of Pain</t>
+  </si>
+  <si>
+    <t>Adams Jr.</t>
+  </si>
+  <si>
+    <t>Breast Augmentation Video Atlas</t>
+  </si>
+  <si>
+    <t>Wanebo</t>
+  </si>
+  <si>
+    <t>Moyamoya Disease</t>
+  </si>
+  <si>
+    <t>Fishkind</t>
+  </si>
+  <si>
+    <t>Phacoemulsification and Intraocular Lens Implantation</t>
+  </si>
+  <si>
+    <t>Connell</t>
+  </si>
+  <si>
+    <t>Aesthetic Rejuvenation of the Face and Neck</t>
+  </si>
+  <si>
+    <t>Schwartz</t>
+  </si>
+  <si>
+    <t>Endoscopic Pituitary Surgery</t>
+  </si>
+  <si>
+    <t>Bradley</t>
+  </si>
+  <si>
+    <t>Salivary Gland Disorders and Diseases</t>
+  </si>
+  <si>
+    <t>Surgery for Cochlear and Other Auditory Implants</t>
+  </si>
+  <si>
+    <t>Breast Cancer</t>
+  </si>
+  <si>
+    <t>Larrabee</t>
+  </si>
+  <si>
+    <t>Principles of Facial Reconstruction</t>
+  </si>
+  <si>
+    <t>Jain</t>
+  </si>
+  <si>
+    <t>Brain Tumor Imaging</t>
+  </si>
+  <si>
+    <t>Barr</t>
+  </si>
+  <si>
+    <t>Breast Elastography</t>
+  </si>
+  <si>
+    <t>AOSpine Masters Series, Volume 7</t>
+  </si>
+  <si>
+    <t>Reimer</t>
+  </si>
+  <si>
+    <t>MR Imaging of the Body</t>
+  </si>
+  <si>
+    <t>An</t>
+  </si>
+  <si>
+    <t>Video Atlas of Spine Surgery</t>
+  </si>
+  <si>
+    <t>Stack, Jr.</t>
+  </si>
+  <si>
+    <t>Neck Dissection</t>
+  </si>
+  <si>
+    <t>Mang</t>
+  </si>
+  <si>
+    <t>CT Colonography</t>
+  </si>
+  <si>
+    <t>Blitzer</t>
+  </si>
+  <si>
+    <t>Botulinum Neurotoxin for Head and Neck Disorders</t>
+  </si>
+  <si>
+    <t>Yu</t>
+  </si>
+  <si>
+    <t>Skull Base Cancer Imaging</t>
+  </si>
+  <si>
+    <t>Casiano</t>
+  </si>
+  <si>
+    <t>Endoscopic Sinonasal Dissection Guide</t>
+  </si>
+  <si>
+    <t>Roeser</t>
+  </si>
+  <si>
+    <t>Roeser's Audiology Desk Reference</t>
+  </si>
+  <si>
+    <t>Mahapatra</t>
+  </si>
+  <si>
+    <t>Surgery of Brachial Plexus</t>
+  </si>
+  <si>
+    <t>Anzai</t>
+  </si>
+  <si>
+    <t>Imaging of Traumatic Brain Injury</t>
+  </si>
+  <si>
+    <t>Wallwiener</t>
+  </si>
+  <si>
+    <t>Atlas of Breast Surgery</t>
+  </si>
+  <si>
+    <t>Raabe</t>
+  </si>
+  <si>
+    <t>The Craniotomy Atlas</t>
+  </si>
+  <si>
+    <t>Mehrholz</t>
+  </si>
+  <si>
+    <t>Physical Therapy for the Stroke Patient</t>
+  </si>
+  <si>
+    <t>Practical MR Mammography</t>
+  </si>
+  <si>
+    <t>Atlas of Injection Therapy in Pain Management</t>
+  </si>
+  <si>
+    <t>Agarwal</t>
+  </si>
+  <si>
+    <t>Color Atlas of Ophthalmology</t>
+  </si>
+  <si>
+    <t>Mast</t>
+  </si>
+  <si>
+    <t>Plastic Surgery</t>
+  </si>
+  <si>
+    <t>Hofstetter</t>
+  </si>
+  <si>
+    <t>Atlas of Full-Endoscopic Spine Surgery</t>
+  </si>
+  <si>
+    <t>Sun</t>
+  </si>
+  <si>
+    <t>Tuina Therapy</t>
+  </si>
+  <si>
+    <t>Handbook of Pain Surgery</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>Functional Neurosurgery</t>
+  </si>
+  <si>
+    <t>Gunderman</t>
+  </si>
+  <si>
+    <t>Essential Radiology</t>
+  </si>
+  <si>
+    <t>Gardner</t>
+  </si>
+  <si>
+    <t>Vascular Challenges in Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Handbook of Neuroscience Nursing</t>
+  </si>
+  <si>
+    <t>Zeplin</t>
+  </si>
+  <si>
+    <t>Reconstructive and Aesthetic Genital Surgery</t>
+  </si>
+  <si>
+    <t>Shah</t>
+  </si>
+  <si>
+    <t>RadCases Head and Neck Imaging</t>
+  </si>
+  <si>
+    <t>Color Atlas of Ultrasound Anatomy</t>
+  </si>
+  <si>
+    <t>Johnson</t>
+  </si>
+  <si>
+    <t>The Big Back Book</t>
+  </si>
+  <si>
+    <t>Smaldino</t>
+  </si>
+  <si>
+    <t>Handbook of Acoustic Accessibility</t>
+  </si>
+  <si>
+    <t>Vajkoczy</t>
+  </si>
+  <si>
+    <t>Surgical Techniques in Moyamoya Vasculopathy</t>
+  </si>
+  <si>
+    <t>Jones</t>
+  </si>
+  <si>
+    <t>Bostwick's Plastic and Reconstructive Breast Surgery - Two Volume Set</t>
+  </si>
+  <si>
+    <t>Friedman</t>
+  </si>
+  <si>
+    <t>Lateral Skull Base Surgery</t>
+  </si>
+  <si>
+    <t>Hall</t>
+  </si>
+  <si>
+    <t>Neurosurgical Infectious Disease</t>
+  </si>
+  <si>
+    <t>Coleman</t>
+  </si>
+  <si>
+    <t>Fat Injection</t>
+  </si>
+  <si>
+    <t>Orthodontic Therapy</t>
+  </si>
+  <si>
+    <t>Decision Making in Neurovascular Disease</t>
+  </si>
+  <si>
+    <t>Fedok</t>
+  </si>
+  <si>
+    <t>Minimally Invasive and Office-Based Procedures in Facial Plastic Surgery</t>
+  </si>
+  <si>
     <t>Dietrich</t>
   </si>
   <si>
-    <t>Endoscopic Ultrasound</t>
-[...1042 lines deleted...]
-  <si>
     <t>Interventional Ultrasound</t>
   </si>
   <si>
     <t>Hoyos</t>
   </si>
   <si>
     <t>Total Definer</t>
   </si>
   <si>
     <t>Jean</t>
   </si>
   <si>
     <t>Skull Base Surgery</t>
   </si>
   <si>
     <t>Reconstructive Facial Plastic Surgery</t>
   </si>
   <si>
     <t>Tot</t>
   </si>
   <si>
     <t>Practical Breast Pathology</t>
   </si>
   <si>
-    <t>Benzel</t>
-[...1 lines deleted...]
-  <si>
     <t>Slattery</t>
   </si>
   <si>
     <t>The Facial Nerve</t>
   </si>
   <si>
     <t>Westmark</t>
   </si>
   <si>
     <t>Incidental Findings in Neuroimaging and Their Management</t>
   </si>
   <si>
     <t>Microsurgical Management of Middle Ear and Petrous Bone Cholesteatoma</t>
   </si>
   <si>
     <t>Grand</t>
   </si>
   <si>
     <t>Vasculature of the Brain and Cranial Base</t>
   </si>
   <si>
     <t>Seven AVMs</t>
   </si>
   <si>
     <t>Vaccaro</t>
@@ -3003,56 +3009,50 @@
     <t>Intracranial Stereotactic Radiosurgery</t>
   </si>
   <si>
     <t>Tumialan</t>
   </si>
   <si>
     <t>Minimally Invasive Spine Surgery</t>
   </si>
   <si>
     <t>Pensak</t>
   </si>
   <si>
     <t>Otolaryngology Cases</t>
   </si>
   <si>
     <t>Mokin</t>
   </si>
   <si>
     <t>Video Atlas of Acute Ischemic Stroke Intervention</t>
   </si>
   <si>
     <t>Neurosurgery Case Review</t>
   </si>
   <si>
     <t>Vertigo and Disequilibrium</t>
-  </si>
-[...4 lines deleted...]
-    <t>Neck Rejuvenation-Gentile</t>
   </si>
   <si>
     <t>Alobid</t>
   </si>
   <si>
     <t>Nasoseptal Perforations</t>
   </si>
   <si>
     <t>Handbook of Pediatric Neurosurgery</t>
   </si>
   <si>
     <t>Doria</t>
   </si>
   <si>
     <t>Research Methods in Radiology</t>
   </si>
   <si>
     <t>Birinyi</t>
   </si>
   <si>
     <t>The Comprehensive Neurosurgery Board Preparation Book</t>
   </si>
   <si>
     <t>Rosdahl</t>
   </si>
@@ -5072,14995 +5072,14975 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F927"/>
+  <dimension ref="A1:F926"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781684206735</v>
+        <v>9781684206391</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9781626231061</v>
+        <v>9783132428492</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9781626233942</v>
+        <v>9789349433083</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9781684204700</v>
+        <v>9781684206735</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9781684206698</v>
+        <v>9781626231061</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9781684205691</v>
+        <v>9781626233942</v>
       </c>
       <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9781684204946</v>
+        <v>9781684204700</v>
       </c>
       <c r="B8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8">
         <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9781684200702</v>
+        <v>9781684206698</v>
       </c>
       <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E9">
         <v>2025</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9783131760012</v>
+        <v>9781684205691</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E10">
-        <v>2015</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9781626230224</v>
+        <v>9781684204946</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
+      <c r="D11" t="s">
+        <v>8</v>
+      </c>
       <c r="E11">
-        <v>2015</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>9781604062410</v>
+        <v>9781684200702</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E12">
-        <v>2010</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>9781626233478</v>
+        <v>9783131760012</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E13">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9781626238954</v>
+        <v>9781626230224</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9781684206261</v>
+        <v>9781604062410</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
-        <v>2025</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9789349433564</v>
+        <v>9781626233478</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="E16">
-        <v>2025</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9781684201440</v>
+        <v>9781626238954</v>
       </c>
       <c r="B17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C17" t="s">
         <v>39</v>
       </c>
-      <c r="C17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17">
-        <v>2025</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9783136712047</v>
+        <v>9781684206261</v>
       </c>
       <c r="B18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" t="s">
         <v>41</v>
       </c>
-      <c r="C18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D18" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>9788198126542</v>
+        <v>9789349433564</v>
       </c>
       <c r="B19" t="s">
+        <v>42</v>
+      </c>
+      <c r="C19" t="s">
         <v>43</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9781626231085</v>
+        <v>9781684201440</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9781684204984</v>
+        <v>9783136712047</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E21">
         <v>2025</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9783132451704</v>
+        <v>9788198126542</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22">
         <v>2025</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9781684201631</v>
+        <v>9781626231085</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23">
         <v>2025</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9788198109491</v>
+        <v>9781684204984</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24" t="s">
         <v>54</v>
       </c>
       <c r="D24" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E24">
         <v>2025</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9788197299032</v>
+        <v>9783132451704</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" t="s">
         <v>56</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2025</v>
       </c>
-      <c r="F25">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9781684200603</v>
+        <v>9781684201631</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>58</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26">
         <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9781684206308</v>
+        <v>9788198109491</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E27">
         <v>2025</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9788198109484</v>
+        <v>9788197299032</v>
       </c>
       <c r="B28" t="s">
         <v>61</v>
       </c>
       <c r="C28" t="s">
         <v>62</v>
       </c>
       <c r="D28" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E28">
         <v>2025</v>
       </c>
       <c r="F28">
-        <v>50.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9781626237247</v>
+        <v>9781684200603</v>
       </c>
       <c r="B29" t="s">
         <v>63</v>
       </c>
       <c r="C29" t="s">
         <v>64</v>
       </c>
       <c r="D29" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E29">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9788196736781</v>
+        <v>9781684206308</v>
       </c>
       <c r="B30" t="s">
         <v>65</v>
       </c>
       <c r="C30" t="s">
         <v>66</v>
       </c>
       <c r="D30" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E30">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>132.0</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9781684205790</v>
+        <v>9788198109484</v>
       </c>
       <c r="B31" t="s">
         <v>67</v>
       </c>
       <c r="C31" t="s">
         <v>68</v>
       </c>
+      <c r="D31" t="s">
+        <v>23</v>
+      </c>
       <c r="E31">
         <v>2025</v>
       </c>
+      <c r="F31">
+        <v>45.99</v>
+      </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9781626233768</v>
+        <v>9781626237247</v>
       </c>
       <c r="B32" t="s">
         <v>69</v>
       </c>
       <c r="C32" t="s">
         <v>70</v>
       </c>
       <c r="D32" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E32">
-        <v>2025</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9781684201372</v>
+        <v>9788196736781</v>
       </c>
       <c r="B33" t="s">
         <v>71</v>
       </c>
       <c r="C33" t="s">
         <v>72</v>
       </c>
+      <c r="D33" t="s">
+        <v>8</v>
+      </c>
       <c r="E33">
-        <v>2019</v>
+        <v>2024</v>
+      </c>
+      <c r="F33">
+        <v>120.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
+      <c r="A34">
+        <v>9781684205790</v>
+      </c>
+      <c r="B34" t="s">
+        <v>73</v>
+      </c>
       <c r="C34" t="s">
-        <v>73</v>
+        <v>74</v>
+      </c>
+      <c r="E34">
+        <v>2025</v>
       </c>
     </row>
     <row r="35" spans="1:6">
+      <c r="A35">
+        <v>9781626233768</v>
+      </c>
+      <c r="B35" t="s">
+        <v>75</v>
+      </c>
       <c r="C35" t="s">
-        <v>74</v>
+        <v>76</v>
+      </c>
+      <c r="D35" t="s">
+        <v>8</v>
+      </c>
+      <c r="E35">
+        <v>2025</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9781626233720</v>
+        <v>9781684201372</v>
       </c>
       <c r="B36" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C36" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>78</v>
       </c>
       <c r="E36">
-        <v>2024</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="37" spans="1:6">
-      <c r="A37">
-[...4 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>78</v>
-[...5 lines deleted...]
-        <v>2024</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38" spans="1:6">
-      <c r="A38">
-[...4 lines deleted...]
-      </c>
       <c r="C38" t="s">
-        <v>79</v>
-[...5 lines deleted...]
-        <v>2024</v>
+        <v>80</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9781684206612</v>
+        <v>9781626233720</v>
       </c>
       <c r="B39" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C39" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D39" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E39">
         <v>2024</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9781684201358</v>
+        <v>9781684201563</v>
       </c>
       <c r="B40" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C40" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D40" t="s">
-        <v>84</v>
+        <v>8</v>
       </c>
       <c r="E40">
         <v>2024</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9781604062809</v>
+        <v>9781684205547</v>
       </c>
       <c r="B41" t="s">
+        <v>40</v>
+      </c>
+      <c r="C41" t="s">
         <v>85</v>
       </c>
-      <c r="C41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="E41">
-        <v>2011</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9789385062209</v>
+        <v>9781684206612</v>
       </c>
       <c r="B42" t="s">
+        <v>86</v>
+      </c>
+      <c r="C42" t="s">
+        <v>87</v>
+      </c>
+      <c r="D42" t="s">
+        <v>23</v>
+      </c>
+      <c r="E42">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43">
+        <v>9781684201358</v>
+      </c>
+      <c r="B43" t="s">
         <v>88</v>
       </c>
-      <c r="C42" t="s">
+      <c r="C43" t="s">
         <v>89</v>
       </c>
-      <c r="E42">
-[...4 lines deleted...]
-      <c r="A43" t="s">
+      <c r="D43" t="s">
         <v>90</v>
       </c>
-      <c r="B43" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E43">
-        <v>2019</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9789382076940</v>
+        <v>9781604062809</v>
       </c>
       <c r="B44" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C44" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D44" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="E44">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>74.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9783132444720</v>
+        <v>9789385062209</v>
       </c>
       <c r="B45" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="C45" t="s">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>95</v>
       </c>
       <c r="E45">
         <v>2015</v>
       </c>
     </row>
     <row r="46" spans="1:6">
-      <c r="A46">
-        <v>9781684205011</v>
+      <c r="A46" t="s">
+        <v>96</v>
       </c>
       <c r="B46" t="s">
+        <v>97</v>
+      </c>
+      <c r="C46" t="s">
+        <v>98</v>
+      </c>
+      <c r="D46" t="s">
         <v>99</v>
       </c>
-      <c r="C46" t="s">
+      <c r="E46">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47">
+        <v>9789382076940</v>
+      </c>
+      <c r="B47" t="s">
         <v>100</v>
       </c>
-      <c r="D46" t="s">
-[...6 lines deleted...]
-    <row r="47" spans="1:6">
       <c r="C47" t="s">
         <v>101</v>
       </c>
+      <c r="D47" t="s">
+        <v>102</v>
+      </c>
+      <c r="E47">
+        <v>2014</v>
+      </c>
       <c r="F47">
-        <v>0.0</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>9781684200436</v>
+        <v>9783132444720</v>
       </c>
       <c r="B48" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C48" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D48" t="s">
         <v>8</v>
       </c>
       <c r="E48">
-        <v>2024</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>9781684201167</v>
+        <v>9781684205011</v>
       </c>
       <c r="B49" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C49" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E49">
         <v>2024</v>
       </c>
     </row>
     <row r="50" spans="1:6">
-      <c r="A50">
-[...4 lines deleted...]
-      </c>
       <c r="C50" t="s">
         <v>107</v>
       </c>
-      <c r="D50" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>9781626235748</v>
+        <v>9781684200436</v>
       </c>
       <c r="B51" t="s">
         <v>108</v>
       </c>
       <c r="C51" t="s">
         <v>109</v>
       </c>
       <c r="D51" t="s">
         <v>8</v>
       </c>
       <c r="E51">
-        <v>2025</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>9781684201143</v>
+        <v>9781684201167</v>
       </c>
       <c r="B52" t="s">
         <v>110</v>
       </c>
       <c r="C52" t="s">
         <v>111</v>
       </c>
       <c r="D52" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E52">
         <v>2024</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>9781626236042</v>
+        <v>9781684204960</v>
       </c>
       <c r="B53" t="s">
         <v>112</v>
       </c>
       <c r="C53" t="s">
         <v>113</v>
       </c>
       <c r="D53" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E53">
         <v>2024</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>9788197475887</v>
+        <v>9781626235748</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54" t="s">
         <v>8</v>
       </c>
       <c r="E54">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>9781626238107</v>
+        <v>9781684201143</v>
       </c>
       <c r="B55" t="s">
         <v>116</v>
       </c>
       <c r="C55" t="s">
         <v>117</v>
       </c>
       <c r="D55" t="s">
         <v>8</v>
       </c>
       <c r="E55">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>9781626239630</v>
+        <v>9781626236042</v>
       </c>
       <c r="B56" t="s">
         <v>118</v>
       </c>
       <c r="C56" t="s">
         <v>119</v>
       </c>
       <c r="D56" t="s">
         <v>8</v>
       </c>
       <c r="E56">
         <v>2024</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9781684205226</v>
+        <v>9788197475887</v>
       </c>
       <c r="B57" t="s">
         <v>120</v>
       </c>
       <c r="C57" t="s">
         <v>121</v>
       </c>
       <c r="D57" t="s">
         <v>8</v>
       </c>
       <c r="E57">
         <v>2024</v>
       </c>
+      <c r="F57">
+        <v>58.0</v>
+      </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9781684206018</v>
+        <v>9781626238107</v>
       </c>
       <c r="B58" t="s">
         <v>122</v>
       </c>
       <c r="C58" t="s">
         <v>123</v>
       </c>
       <c r="D58" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E58">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9789395390101</v>
+        <v>9781626239630</v>
       </c>
       <c r="B59" t="s">
         <v>124</v>
       </c>
       <c r="C59" t="s">
         <v>125</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9789386293534</v>
+        <v>9781684205226</v>
       </c>
       <c r="B60" t="s">
-        <v>91</v>
+        <v>126</v>
       </c>
       <c r="C60" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>75.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9789386293497</v>
+        <v>9781684206018</v>
       </c>
       <c r="B61" t="s">
-        <v>91</v>
+        <v>128</v>
       </c>
       <c r="C61" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="D61" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E61">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>75.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9789386293510</v>
+        <v>9789395390101</v>
       </c>
       <c r="B62" t="s">
-        <v>91</v>
+        <v>130</v>
       </c>
       <c r="C62" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F62">
-        <v>75.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9789386293985</v>
+        <v>9789386293534</v>
       </c>
       <c r="B63" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C63" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63">
         <v>2018</v>
       </c>
       <c r="F63">
-        <v>104.99</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9789386293923</v>
+        <v>9789386293497</v>
       </c>
       <c r="B64" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C64" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64">
         <v>2018</v>
       </c>
       <c r="F64">
-        <v>107.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9789388257329</v>
+        <v>9789386293510</v>
       </c>
       <c r="B65" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C65" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F65">
-        <v>107.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9789388257305</v>
+        <v>9789386293985</v>
       </c>
       <c r="B66" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C66" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F66">
-        <v>107.0</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9788196691493</v>
+        <v>9789386293923</v>
       </c>
       <c r="B67" t="s">
-        <v>133</v>
+        <v>97</v>
       </c>
       <c r="C67" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F67">
-        <v>142.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9789390553068</v>
+        <v>9789388257329</v>
       </c>
       <c r="B68" t="s">
-        <v>135</v>
+        <v>97</v>
       </c>
       <c r="C68" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F68">
-        <v>49.99</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9789390553174</v>
+        <v>9789388257305</v>
       </c>
       <c r="B69" t="s">
-        <v>137</v>
+        <v>97</v>
       </c>
       <c r="C69" t="s">
         <v>138</v>
       </c>
       <c r="D69" t="s">
-        <v>139</v>
+        <v>8</v>
       </c>
       <c r="E69">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F69">
-        <v>142.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9789382076049</v>
+        <v>9788196691493</v>
       </c>
       <c r="B70" t="s">
+        <v>139</v>
+      </c>
+      <c r="C70" t="s">
         <v>140</v>
       </c>
-      <c r="C70" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F70">
-        <v>124.99</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9789382076070</v>
+        <v>9789390553068</v>
       </c>
       <c r="B71" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C71" t="s">
         <v>142</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F71">
-        <v>149.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9789395390576</v>
+        <v>9789390553174</v>
       </c>
       <c r="B72" t="s">
         <v>143</v>
       </c>
       <c r="C72" t="s">
         <v>144</v>
       </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>145</v>
       </c>
       <c r="E72">
         <v>2023</v>
       </c>
       <c r="F72">
-        <v>178.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9789395390842</v>
+        <v>9789382076049</v>
       </c>
       <c r="B73" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C73" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="F73">
-        <v>47.0</v>
+        <v>149.99</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9789395390934</v>
+        <v>9789382076070</v>
       </c>
       <c r="B74" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="C74" t="s">
         <v>148</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="F74">
-        <v>90.0</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9789382076674</v>
+        <v>9789395390576</v>
       </c>
       <c r="B75" t="s">
         <v>149</v>
       </c>
       <c r="C75" t="s">
         <v>150</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F75">
-        <v>104.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9789385062094</v>
+        <v>9789395390842</v>
       </c>
       <c r="B76" t="s">
         <v>151</v>
       </c>
       <c r="C76" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F76">
-        <v>94.99</v>
+        <v>42.0</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9789385062001</v>
+        <v>9789395390934</v>
       </c>
       <c r="B77" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C77" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F77">
-        <v>168.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9789385062735</v>
+        <v>9789382076674</v>
       </c>
       <c r="B78" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C78" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F78">
-        <v>142.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9789385062742</v>
+        <v>9789385062094</v>
       </c>
       <c r="B79" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C79" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F79">
-        <v>168.0</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9789382076681</v>
+        <v>9789385062001</v>
       </c>
       <c r="B80" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C80" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="F80">
-        <v>142.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9789392819360</v>
+        <v>9789385062735</v>
       </c>
       <c r="B81" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C81" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F81">
-        <v>142.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9789388257602</v>
+        <v>9789385062742</v>
       </c>
       <c r="B82" t="s">
-        <v>91</v>
+        <v>159</v>
       </c>
       <c r="C82" t="s">
         <v>156</v>
       </c>
       <c r="D82" t="s">
         <v>8</v>
       </c>
       <c r="E82">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F82">
-        <v>72.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9789395390620</v>
+        <v>9789382076681</v>
       </c>
       <c r="B83" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C83" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83">
-        <v>2023</v>
+        <v>2014</v>
+      </c>
+      <c r="F83">
+        <v>129.0</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9789395390613</v>
+        <v>9789392819360</v>
       </c>
       <c r="B84" t="s">
-        <v>157</v>
+        <v>160</v>
       </c>
       <c r="C84" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84">
         <v>2023</v>
       </c>
+      <c r="F84">
+        <v>129.0</v>
+      </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9789390553105</v>
+        <v>9789388257602</v>
       </c>
       <c r="B85" t="s">
-        <v>160</v>
+        <v>97</v>
       </c>
       <c r="C85" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F85">
-        <v>125.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9788194857013</v>
+        <v>9789395390620</v>
       </c>
       <c r="B86" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C86" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9789390553426</v>
+        <v>9789395390613</v>
       </c>
       <c r="B87" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C87" t="s">
         <v>165</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9789392819261</v>
+        <v>9789390553105</v>
       </c>
       <c r="B88" t="s">
         <v>166</v>
       </c>
       <c r="C88" t="s">
         <v>167</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88">
         <v>2022</v>
       </c>
       <c r="F88">
-        <v>90.0</v>
+        <v>113.0</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9789390553075</v>
+        <v>9788194857013</v>
       </c>
       <c r="B89" t="s">
         <v>168</v>
       </c>
       <c r="C89" t="s">
         <v>169</v>
       </c>
       <c r="D89" t="s">
         <v>8</v>
       </c>
       <c r="E89">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F89">
-        <v>72.0</v>
+        <v>85.99</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9789390553761</v>
+        <v>9789390553426</v>
       </c>
       <c r="B90" t="s">
         <v>170</v>
       </c>
       <c r="C90" t="s">
         <v>171</v>
       </c>
       <c r="D90" t="s">
         <v>8</v>
       </c>
       <c r="E90">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F90">
-        <v>51.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9781626236875</v>
+        <v>9789392819261</v>
       </c>
       <c r="B91" t="s">
         <v>172</v>
       </c>
       <c r="C91" t="s">
         <v>173</v>
       </c>
       <c r="D91" t="s">
         <v>8</v>
       </c>
       <c r="E91">
-        <v>2014</v>
+        <v>2022</v>
+      </c>
+      <c r="F91">
+        <v>81.0</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9789386293688</v>
+        <v>9789390553075</v>
       </c>
       <c r="B92" t="s">
         <v>174</v>
       </c>
       <c r="C92" t="s">
         <v>175</v>
       </c>
       <c r="D92" t="s">
         <v>8</v>
       </c>
       <c r="E92">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F92">
-        <v>419.99</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9789395390057</v>
+        <v>9789390553761</v>
       </c>
       <c r="B93" t="s">
         <v>176</v>
       </c>
       <c r="C93" t="s">
         <v>177</v>
       </c>
       <c r="D93" t="s">
         <v>8</v>
       </c>
       <c r="E93">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F93">
-        <v>142.0</v>
+        <v>46.0</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9789395390248</v>
+        <v>9781626236875</v>
       </c>
       <c r="B94" t="s">
-        <v>133</v>
+        <v>178</v>
       </c>
       <c r="C94" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9789392819131</v>
+        <v>9789386293688</v>
       </c>
       <c r="B95" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C95" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F95">
-        <v>178.0</v>
+        <v>499.99</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9789392819957</v>
+        <v>9789395390057</v>
       </c>
       <c r="B96" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C96" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
       <c r="E96">
         <v>2023</v>
       </c>
       <c r="F96">
-        <v>90.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9789395390316</v>
+        <v>9789395390248</v>
       </c>
       <c r="B97" t="s">
-        <v>183</v>
+        <v>139</v>
       </c>
       <c r="C97" t="s">
         <v>184</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97">
         <v>2023</v>
       </c>
       <c r="F97">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9789392819100</v>
+        <v>9789392819131</v>
       </c>
       <c r="B98" t="s">
         <v>185</v>
       </c>
       <c r="C98" t="s">
         <v>186</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98">
         <v>2023</v>
       </c>
       <c r="F98">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9781626239845</v>
+        <v>9789392819957</v>
       </c>
       <c r="B99" t="s">
         <v>187</v>
       </c>
       <c r="C99" t="s">
         <v>188</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
-        <v>2024</v>
+        <v>2023</v>
+      </c>
+      <c r="F99">
+        <v>81.0</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9781626238473</v>
+        <v>9789395390316</v>
       </c>
       <c r="B100" t="s">
-        <v>82</v>
+        <v>189</v>
       </c>
       <c r="C100" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D100" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E100">
         <v>2023</v>
       </c>
+      <c r="F100">
+        <v>161.0</v>
+      </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781684203987</v>
+        <v>9789392819100</v>
       </c>
       <c r="B101" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C101" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101">
         <v>2023</v>
       </c>
+      <c r="F101">
+        <v>161.0</v>
+      </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781626238916</v>
+        <v>9781626239845</v>
       </c>
       <c r="B102" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C102" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9781684205073</v>
+        <v>9781626238473</v>
       </c>
       <c r="B103" t="s">
-        <v>194</v>
+        <v>88</v>
       </c>
       <c r="C103" t="s">
         <v>195</v>
       </c>
       <c r="D103" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E103">
         <v>2023</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781626237858</v>
+        <v>9781684203987</v>
       </c>
       <c r="B104" t="s">
         <v>196</v>
       </c>
       <c r="C104" t="s">
         <v>197</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104">
         <v>2023</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781684200900</v>
+        <v>9781626238916</v>
       </c>
       <c r="B105" t="s">
-        <v>82</v>
+        <v>198</v>
       </c>
       <c r="C105" t="s">
-        <v>189</v>
+        <v>199</v>
       </c>
       <c r="D105" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E105">
         <v>2023</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781684201402</v>
+        <v>9781684205073</v>
       </c>
       <c r="B106" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C106" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D106" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E106">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781684200726</v>
+        <v>9781626237858</v>
       </c>
       <c r="B107" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C107" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781626236585</v>
+        <v>9781684200900</v>
       </c>
       <c r="B108" t="s">
-        <v>202</v>
+        <v>88</v>
       </c>
       <c r="C108" t="s">
-        <v>203</v>
+        <v>195</v>
       </c>
       <c r="D108" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E108">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781684205042</v>
+        <v>9781684201402</v>
       </c>
       <c r="B109" t="s">
         <v>204</v>
       </c>
       <c r="C109" t="s">
         <v>205</v>
       </c>
       <c r="D109" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E109">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781684205837</v>
+        <v>9781684200726</v>
       </c>
       <c r="B110" t="s">
         <v>206</v>
       </c>
       <c r="C110" t="s">
         <v>207</v>
       </c>
       <c r="D110" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E110">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9783131730817</v>
+        <v>9781626236585</v>
       </c>
       <c r="B111" t="s">
         <v>208</v>
       </c>
       <c r="C111" t="s">
         <v>209</v>
       </c>
       <c r="D111" t="s">
         <v>8</v>
       </c>
       <c r="E111">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9783132424050</v>
+        <v>9781684205042</v>
       </c>
       <c r="B112" t="s">
         <v>210</v>
       </c>
       <c r="C112" t="s">
         <v>211</v>
       </c>
       <c r="D112" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E112">
         <v>2023</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9783132424074</v>
+        <v>9781684205837</v>
       </c>
       <c r="B113" t="s">
         <v>212</v>
       </c>
       <c r="C113" t="s">
         <v>213</v>
       </c>
       <c r="D113" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E113">
         <v>2023</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9789395390958</v>
+        <v>9783131730817</v>
       </c>
       <c r="B114" t="s">
         <v>214</v>
       </c>
       <c r="C114" t="s">
         <v>215</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
       <c r="E114">
         <v>2023</v>
       </c>
-      <c r="F114">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9783132414280</v>
+        <v>9783132424050</v>
       </c>
       <c r="B115" t="s">
         <v>216</v>
       </c>
       <c r="C115" t="s">
         <v>217</v>
       </c>
       <c r="D115" t="s">
         <v>8</v>
       </c>
       <c r="E115">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9783132423985</v>
+        <v>9783132424074</v>
       </c>
       <c r="B116" t="s">
         <v>218</v>
       </c>
       <c r="C116" t="s">
         <v>219</v>
       </c>
       <c r="D116" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E116">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9783132405431</v>
+        <v>9789395390958</v>
       </c>
       <c r="B117" t="s">
         <v>220</v>
       </c>
       <c r="C117" t="s">
         <v>221</v>
       </c>
       <c r="D117" t="s">
         <v>8</v>
       </c>
       <c r="E117">
         <v>2023</v>
       </c>
+      <c r="F117">
+        <v>324.99</v>
+      </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9783132451896</v>
+        <v>9783132414280</v>
       </c>
       <c r="B118" t="s">
         <v>222</v>
       </c>
       <c r="C118" t="s">
         <v>223</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>129.99</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9783132428379</v>
+        <v>9783132423985</v>
       </c>
       <c r="B119" t="s">
         <v>224</v>
       </c>
       <c r="C119" t="s">
         <v>225</v>
       </c>
       <c r="D119" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E119">
         <v>2024</v>
       </c>
       <c r="F119">
-        <v>144.99</v>
+        <v>54.99</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9783132414235</v>
+        <v>9783132405431</v>
       </c>
       <c r="B120" t="s">
         <v>226</v>
       </c>
       <c r="C120" t="s">
         <v>227</v>
       </c>
       <c r="D120" t="s">
         <v>8</v>
       </c>
       <c r="E120">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6">
+      <c r="A121">
+        <v>9783132451896</v>
+      </c>
+      <c r="B121" t="s">
+        <v>228</v>
+      </c>
+      <c r="C121" t="s">
+        <v>229</v>
+      </c>
+      <c r="D121" t="s">
+        <v>8</v>
+      </c>
+      <c r="E121">
+        <v>2023</v>
+      </c>
+      <c r="F121">
+        <v>139.99</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6">
+      <c r="A122">
+        <v>9783132428379</v>
+      </c>
+      <c r="B122" t="s">
+        <v>230</v>
+      </c>
+      <c r="C122" t="s">
+        <v>231</v>
+      </c>
+      <c r="D122" t="s">
+        <v>8</v>
+      </c>
+      <c r="E122">
         <v>2024</v>
       </c>
-    </row>
-[...7 lines deleted...]
-        <v>229</v>
+      <c r="F122">
+        <v>129.99</v>
       </c>
     </row>
     <row r="123" spans="1:6">
+      <c r="A123">
+        <v>9783132414235</v>
+      </c>
+      <c r="B123" t="s">
+        <v>232</v>
+      </c>
       <c r="C123" t="s">
-        <v>230</v>
+        <v>233</v>
+      </c>
+      <c r="D123" t="s">
+        <v>8</v>
+      </c>
+      <c r="E123">
+        <v>2024</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="C124" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="C125" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="C126" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="C127" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="C128" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="C129" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="C130" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="C131" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="C132" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="C133" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="C134" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="C135" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="C136" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="C137" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="C138" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="C139" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="C140" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="C141" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="C142" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="C143" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="C144" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="C145" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="C146" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="C147" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="C148" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="C149" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="C150" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="C151" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="C152" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="C153" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="C154" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="C155" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="C156" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="C157" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="C158" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="C159" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="C160" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="C161" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="C162" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="C163" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="C164" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="C165" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="C166" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="C167" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="C168" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="C169" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="C170" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="C171" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="C172" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="C173" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="C174" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="C175" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="C176" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="C177" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="C178" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="C179" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="C180" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="C181" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="C182" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="C183" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="C184" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="C185" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="C186" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="C187" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="C188" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="C189" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="C190" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="C191" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="C192" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="C193" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="C194" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="C195" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="C196" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="C197" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="C198" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="C199" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="C200" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="C201" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="C202" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="C203" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="C204" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="C205" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="C206" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="C207" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="C208" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="C209" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="C210" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="C211" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="C212" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="C213" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="C214" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="C215" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="C216" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
     </row>
     <row r="217" spans="1:6">
-      <c r="A217">
-[...4 lines deleted...]
-      </c>
       <c r="C217" t="s">
-        <v>325</v>
-[...5 lines deleted...]
-        <v>2019</v>
+        <v>327</v>
       </c>
     </row>
     <row r="218" spans="1:6">
-      <c r="A218">
-[...4 lines deleted...]
-      </c>
       <c r="C218" t="s">
-        <v>327</v>
-[...8 lines deleted...]
-        <v>374.99</v>
+        <v>328</v>
       </c>
     </row>
     <row r="219" spans="1:6">
-      <c r="A219">
-[...4 lines deleted...]
-      </c>
       <c r="C219" t="s">
         <v>329</v>
       </c>
-      <c r="D219" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>9781626236400</v>
+        <v>9781626239272</v>
       </c>
       <c r="B220" t="s">
         <v>330</v>
       </c>
       <c r="C220" t="s">
         <v>331</v>
       </c>
       <c r="D220" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E220">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>9789380378879</v>
+        <v>9781626236639</v>
       </c>
       <c r="B221" t="s">
         <v>332</v>
       </c>
       <c r="C221" t="s">
         <v>333</v>
       </c>
       <c r="D221" t="s">
         <v>8</v>
       </c>
       <c r="E221">
-        <v>2006</v>
+        <v>2016</v>
       </c>
       <c r="F221">
-        <v>449.99</v>
+        <v>324.99</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>9783131111029</v>
+        <v>9781626236349</v>
       </c>
       <c r="B222" t="s">
         <v>334</v>
       </c>
       <c r="C222" t="s">
         <v>335</v>
       </c>
       <c r="D222" t="s">
         <v>8</v>
       </c>
       <c r="E222">
-        <v>1996</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>9783131486714</v>
+        <v>9781626236400</v>
       </c>
       <c r="B223" t="s">
         <v>336</v>
       </c>
       <c r="C223" t="s">
         <v>337</v>
       </c>
       <c r="D223" t="s">
         <v>8</v>
       </c>
       <c r="E223">
-        <v>2008</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>9781626236318</v>
+        <v>9789380378879</v>
       </c>
       <c r="B224" t="s">
         <v>338</v>
       </c>
       <c r="C224" t="s">
         <v>339</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224">
-        <v>2013</v>
+        <v>2006</v>
+      </c>
+      <c r="F224">
+        <v>369.99</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>9781626236769</v>
+        <v>9783131111029</v>
       </c>
       <c r="B225" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="C225" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225">
-        <v>2015</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>9789385062629</v>
+        <v>9783131486714</v>
       </c>
       <c r="B226" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C226" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>464.99</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>9781626237001</v>
+        <v>9781626236318</v>
       </c>
       <c r="B227" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C227" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>9781604067590</v>
+        <v>9781626236769</v>
       </c>
       <c r="B228" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="C228" t="s">
         <v>346</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228">
         <v>2015</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>9781626236745</v>
+        <v>9789385062629</v>
       </c>
       <c r="B229" t="s">
         <v>347</v>
       </c>
       <c r="C229" t="s">
         <v>348</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
-        <v>2018</v>
+        <v>2016</v>
+      </c>
+      <c r="F229">
+        <v>399.99</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>9781626236738</v>
+        <v>9781626237001</v>
       </c>
       <c r="B230" t="s">
-        <v>116</v>
+        <v>349</v>
       </c>
       <c r="C230" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
-        <v>2010</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>9781626236141</v>
+        <v>9781604067590</v>
       </c>
       <c r="B231" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C231" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D231" t="s">
         <v>8</v>
       </c>
       <c r="E231">
-        <v>2010</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>9783131455819</v>
+        <v>9781626236745</v>
       </c>
       <c r="B232" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C232" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>9783136450017</v>
+        <v>9781626236738</v>
       </c>
       <c r="B233" t="s">
-        <v>354</v>
+        <v>122</v>
       </c>
       <c r="C233" t="s">
         <v>355</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233">
-        <v>1987</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>9783132442566</v>
+        <v>9781626236141</v>
       </c>
       <c r="B234" t="s">
         <v>356</v>
       </c>
       <c r="C234" t="s">
         <v>357</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>311.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>9781626236189</v>
+        <v>9783131455819</v>
       </c>
       <c r="B235" t="s">
         <v>358</v>
       </c>
       <c r="C235" t="s">
         <v>359</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235">
-        <v>2012</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>9781588900890</v>
+        <v>9783136450017</v>
+      </c>
+      <c r="B236" t="s">
+        <v>360</v>
       </c>
       <c r="C236" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236">
-        <v>2003</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>9781626236486</v>
+        <v>9783132442566</v>
       </c>
       <c r="B237" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="C237" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237">
-        <v>2011</v>
+        <v>2021</v>
+      </c>
+      <c r="F237">
+        <v>271.99</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>9781626236202</v>
+        <v>9781626236189</v>
       </c>
       <c r="B238" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C238" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238">
         <v>2012</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>9789385062889</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>9781588900890</v>
       </c>
       <c r="C239" t="s">
         <v>366</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>299.99</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>9781626236295</v>
+        <v>9781626236486</v>
       </c>
       <c r="B240" t="s">
         <v>367</v>
       </c>
       <c r="C240" t="s">
         <v>368</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>9781626236196</v>
+        <v>9781626236202</v>
       </c>
       <c r="B241" t="s">
         <v>369</v>
       </c>
       <c r="C241" t="s">
         <v>370</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241">
-        <v>2008</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>9783132429338</v>
+        <v>9789385062889</v>
       </c>
       <c r="B242" t="s">
         <v>371</v>
       </c>
       <c r="C242" t="s">
         <v>372</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242">
-        <v>2020</v>
+        <v>2016</v>
+      </c>
+      <c r="F242">
+        <v>254.99</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>9781604068696</v>
+        <v>9781626236295</v>
       </c>
       <c r="B243" t="s">
-        <v>347</v>
+        <v>373</v>
       </c>
       <c r="C243" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D243" t="s">
         <v>8</v>
       </c>
       <c r="E243">
-        <v>2015</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>9781626230279</v>
+        <v>9781626236196</v>
       </c>
       <c r="B244" t="s">
-        <v>345</v>
+        <v>375</v>
       </c>
       <c r="C244" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="D244" t="s">
         <v>8</v>
       </c>
       <c r="E244">
-        <v>2017</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>9781604063684</v>
+        <v>9783132429338</v>
       </c>
       <c r="B245" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C245" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D245" t="s">
         <v>8</v>
       </c>
       <c r="E245">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>9783131318923</v>
+        <v>9781604068696</v>
       </c>
       <c r="B246" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="C246" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="D246" t="s">
         <v>8</v>
       </c>
       <c r="E246">
         <v>2015</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>9781626236851</v>
+        <v>9781626230279</v>
       </c>
       <c r="B247" t="s">
-        <v>379</v>
+        <v>351</v>
       </c>
       <c r="C247" t="s">
         <v>380</v>
       </c>
       <c r="D247" t="s">
         <v>8</v>
       </c>
       <c r="E247">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>9781626236332</v>
+        <v>9781604063684</v>
       </c>
       <c r="B248" t="s">
         <v>381</v>
       </c>
       <c r="C248" t="s">
         <v>382</v>
       </c>
       <c r="D248" t="s">
         <v>8</v>
       </c>
       <c r="E248">
-        <v>2004</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>9781626236844</v>
+        <v>9783131318923</v>
       </c>
       <c r="B249" t="s">
         <v>383</v>
       </c>
       <c r="C249" t="s">
         <v>384</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>9781626236868</v>
+        <v>9781626236851</v>
       </c>
       <c r="B250" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="C250" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D250" t="s">
         <v>8</v>
       </c>
       <c r="E250">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>9781626231115</v>
+        <v>9781626236332</v>
       </c>
       <c r="B251" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C251" t="s">
-        <v>10</v>
+        <v>388</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251">
-        <v>2018</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>9783131025425</v>
+        <v>9781626236844</v>
       </c>
       <c r="B252" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C252" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D252" t="s">
         <v>8</v>
       </c>
       <c r="E252">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>9781626235601</v>
+        <v>9781626236868</v>
       </c>
       <c r="B253" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C253" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D253" t="s">
         <v>8</v>
       </c>
       <c r="E253">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>9783131392718</v>
+        <v>9781626231115</v>
       </c>
       <c r="B254" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C254" t="s">
-        <v>392</v>
+        <v>16</v>
       </c>
       <c r="D254" t="s">
         <v>8</v>
       </c>
       <c r="E254">
-        <v>2004</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>9781626234291</v>
+        <v>9783131025425</v>
       </c>
       <c r="B255" t="s">
         <v>393</v>
       </c>
       <c r="C255" t="s">
         <v>394</v>
       </c>
       <c r="D255" t="s">
         <v>8</v>
       </c>
       <c r="E255">
-        <v>2019</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>9781604069006</v>
+        <v>9781626235601</v>
       </c>
       <c r="B256" t="s">
         <v>395</v>
       </c>
       <c r="C256" t="s">
         <v>396</v>
       </c>
       <c r="D256" t="s">
         <v>8</v>
       </c>
       <c r="E256">
-        <v>2018</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>9783132431867</v>
+        <v>9783131392718</v>
       </c>
       <c r="B257" t="s">
         <v>397</v>
       </c>
       <c r="C257" t="s">
         <v>398</v>
       </c>
       <c r="D257" t="s">
         <v>8</v>
       </c>
       <c r="E257">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>224.99</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>9781604065466</v>
+        <v>9781626234291</v>
       </c>
       <c r="B258" t="s">
         <v>399</v>
       </c>
       <c r="C258" t="s">
         <v>400</v>
       </c>
       <c r="D258" t="s">
         <v>8</v>
       </c>
       <c r="E258">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>9789385062438</v>
+        <v>9781604069006</v>
       </c>
       <c r="B259" t="s">
         <v>401</v>
       </c>
       <c r="C259" t="s">
         <v>402</v>
       </c>
       <c r="D259" t="s">
         <v>8</v>
       </c>
       <c r="E259">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>219.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>9781626234833</v>
+        <v>9783132431867</v>
       </c>
       <c r="B260" t="s">
         <v>403</v>
       </c>
       <c r="C260" t="s">
         <v>404</v>
       </c>
       <c r="D260" t="s">
         <v>8</v>
       </c>
       <c r="E260">
         <v>2018</v>
       </c>
+      <c r="F260">
+        <v>204.99</v>
+      </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>9781626236905</v>
+        <v>9781604065466</v>
       </c>
       <c r="B261" t="s">
         <v>405</v>
       </c>
       <c r="C261" t="s">
         <v>406</v>
       </c>
       <c r="D261" t="s">
         <v>8</v>
       </c>
       <c r="E261">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>9783131450913</v>
+        <v>9789385062438</v>
       </c>
       <c r="B262" t="s">
         <v>407</v>
       </c>
       <c r="C262" t="s">
         <v>408</v>
       </c>
       <c r="D262" t="s">
         <v>8</v>
       </c>
       <c r="E262">
-        <v>2009</v>
+        <v>2015</v>
+      </c>
+      <c r="F262">
+        <v>199.99</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>9783131165725</v>
+        <v>9781626234833</v>
       </c>
       <c r="B263" t="s">
         <v>409</v>
       </c>
       <c r="C263" t="s">
         <v>410</v>
       </c>
       <c r="D263" t="s">
         <v>8</v>
       </c>
       <c r="E263">
         <v>2018</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>9783132432826</v>
+        <v>9781626236905</v>
       </c>
       <c r="B264" t="s">
         <v>411</v>
       </c>
       <c r="C264" t="s">
         <v>412</v>
       </c>
       <c r="D264" t="s">
         <v>8</v>
       </c>
       <c r="E264">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>219.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>9783131490315</v>
+        <v>9783131450913</v>
       </c>
       <c r="B265" t="s">
         <v>413</v>
       </c>
       <c r="C265" t="s">
         <v>414</v>
       </c>
       <c r="D265" t="s">
         <v>8</v>
       </c>
       <c r="E265">
-        <v>2010</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>9781684200559</v>
+        <v>9783131165725</v>
       </c>
       <c r="B266" t="s">
         <v>415</v>
       </c>
       <c r="C266" t="s">
         <v>416</v>
       </c>
       <c r="D266" t="s">
         <v>8</v>
       </c>
       <c r="E266">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>249.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>9783132406476</v>
+        <v>9783132432826</v>
       </c>
       <c r="B267" t="s">
         <v>417</v>
       </c>
       <c r="C267" t="s">
         <v>418</v>
       </c>
       <c r="D267" t="s">
         <v>8</v>
       </c>
       <c r="E267">
-        <v>2016</v>
+        <v>2020</v>
+      </c>
+      <c r="F267">
+        <v>199.99</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>9789385062759</v>
+        <v>9783131490315</v>
       </c>
       <c r="B268" t="s">
         <v>419</v>
       </c>
       <c r="C268" t="s">
         <v>420</v>
       </c>
       <c r="D268" t="s">
         <v>8</v>
       </c>
       <c r="E268">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>9783132410756</v>
+        <v>9781684200559</v>
       </c>
       <c r="B269" t="s">
         <v>421</v>
       </c>
       <c r="C269" t="s">
         <v>422</v>
       </c>
       <c r="D269" t="s">
         <v>8</v>
       </c>
       <c r="E269">
-        <v>2017</v>
+        <v>2022</v>
+      </c>
+      <c r="F269">
+        <v>209.99</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>9781626234918</v>
+        <v>9783132406476</v>
       </c>
       <c r="B270" t="s">
         <v>423</v>
       </c>
       <c r="C270" t="s">
         <v>424</v>
       </c>
       <c r="D270" t="s">
         <v>8</v>
       </c>
       <c r="E270">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>9783131431523</v>
+        <v>9789385062759</v>
       </c>
       <c r="B271" t="s">
         <v>425</v>
       </c>
       <c r="C271" t="s">
         <v>426</v>
       </c>
       <c r="D271" t="s">
         <v>8</v>
       </c>
       <c r="E271">
-        <v>2011</v>
+        <v>2017</v>
+      </c>
+      <c r="F271">
+        <v>187.99</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>9783131711915</v>
+        <v>9783132410756</v>
       </c>
       <c r="B272" t="s">
         <v>427</v>
       </c>
       <c r="C272" t="s">
         <v>428</v>
       </c>
       <c r="D272" t="s">
         <v>8</v>
       </c>
       <c r="E272">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>9783131764614</v>
+        <v>9781626234918</v>
       </c>
       <c r="B273" t="s">
         <v>429</v>
       </c>
       <c r="C273" t="s">
         <v>430</v>
       </c>
       <c r="D273" t="s">
         <v>8</v>
       </c>
       <c r="E273">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>9783131465412</v>
+        <v>9783131711915</v>
       </c>
       <c r="B274" t="s">
         <v>431</v>
       </c>
       <c r="C274" t="s">
         <v>432</v>
       </c>
       <c r="D274" t="s">
         <v>8</v>
       </c>
       <c r="E274">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>9781604063349</v>
+        <v>9783131764614</v>
       </c>
       <c r="B275" t="s">
         <v>433</v>
       </c>
       <c r="C275" t="s">
         <v>434</v>
       </c>
       <c r="D275" t="s">
         <v>8</v>
       </c>
       <c r="E275">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>9783131243423</v>
+        <v>9783131465412</v>
       </c>
       <c r="B276" t="s">
         <v>435</v>
       </c>
       <c r="C276" t="s">
         <v>436</v>
       </c>
       <c r="D276" t="s">
         <v>8</v>
       </c>
       <c r="E276">
-        <v>2008</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>9783135824031</v>
+        <v>9781604063349</v>
       </c>
       <c r="B277" t="s">
         <v>437</v>
       </c>
       <c r="C277" t="s">
         <v>438</v>
       </c>
       <c r="D277" t="s">
         <v>8</v>
       </c>
       <c r="E277">
-        <v>2008</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>9783131412515</v>
+        <v>9783131243423</v>
       </c>
       <c r="B278" t="s">
         <v>439</v>
       </c>
       <c r="C278" t="s">
         <v>440</v>
       </c>
       <c r="D278" t="s">
         <v>8</v>
       </c>
       <c r="E278">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>9789386293381</v>
+        <v>9783135824031</v>
       </c>
       <c r="B279" t="s">
         <v>441</v>
       </c>
       <c r="C279" t="s">
         <v>442</v>
       </c>
       <c r="D279" t="s">
         <v>8</v>
       </c>
       <c r="E279">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>179.99</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>9783136599044</v>
+        <v>9783131412515</v>
       </c>
       <c r="B280" t="s">
         <v>443</v>
       </c>
       <c r="C280" t="s">
         <v>444</v>
       </c>
       <c r="D280" t="s">
         <v>8</v>
       </c>
       <c r="E280">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>9781626236660</v>
+        <v>9789386293381</v>
       </c>
       <c r="B281" t="s">
-        <v>326</v>
+        <v>445</v>
       </c>
       <c r="C281" t="s">
-        <v>327</v>
+        <v>446</v>
       </c>
       <c r="D281" t="s">
         <v>8</v>
       </c>
       <c r="E281">
-        <v>2016</v>
+        <v>2018</v>
+      </c>
+      <c r="F281">
+        <v>164.99</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>9783131258533</v>
+        <v>9783136599044</v>
       </c>
       <c r="B282" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C282" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D282" t="s">
         <v>8</v>
       </c>
       <c r="E282">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>9781626238169</v>
+        <v>9781626236660</v>
       </c>
       <c r="B283" t="s">
-        <v>447</v>
+        <v>332</v>
       </c>
       <c r="C283" t="s">
-        <v>448</v>
+        <v>333</v>
       </c>
       <c r="D283" t="s">
         <v>8</v>
       </c>
       <c r="E283">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>9781626236646</v>
+        <v>9783131258533</v>
       </c>
       <c r="B284" t="s">
-        <v>326</v>
+        <v>449</v>
       </c>
       <c r="C284" t="s">
-        <v>327</v>
+        <v>450</v>
       </c>
       <c r="D284" t="s">
         <v>8</v>
       </c>
       <c r="E284">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>9783131488619</v>
+        <v>9781626238169</v>
       </c>
       <c r="B285" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C285" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D285" t="s">
         <v>8</v>
       </c>
       <c r="E285">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>9781588903716</v>
+        <v>9781626236646</v>
       </c>
       <c r="B286" t="s">
-        <v>451</v>
+        <v>332</v>
       </c>
       <c r="C286" t="s">
-        <v>452</v>
+        <v>333</v>
       </c>
       <c r="D286" t="s">
         <v>8</v>
       </c>
       <c r="E286">
-        <v>2006</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>9788194558699</v>
+        <v>9783131488619</v>
       </c>
       <c r="B287" t="s">
         <v>453</v>
       </c>
       <c r="C287" t="s">
         <v>454</v>
       </c>
       <c r="D287" t="s">
         <v>8</v>
       </c>
       <c r="E287">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>9783132434240</v>
+        <v>9781588903716</v>
       </c>
       <c r="B288" t="s">
         <v>455</v>
       </c>
       <c r="C288" t="s">
         <v>456</v>
       </c>
       <c r="D288" t="s">
         <v>8</v>
       </c>
       <c r="E288">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>9783132402515</v>
+        <v>9788194558699</v>
       </c>
       <c r="B289" t="s">
         <v>457</v>
       </c>
       <c r="C289" t="s">
         <v>458</v>
       </c>
       <c r="D289" t="s">
         <v>8</v>
       </c>
       <c r="E289">
         <v>2020</v>
       </c>
       <c r="F289">
-        <v>199.99</v>
+        <v>179.99</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>9781626236929</v>
+        <v>9783132434240</v>
       </c>
       <c r="B290" t="s">
         <v>459</v>
       </c>
       <c r="C290" t="s">
         <v>460</v>
       </c>
       <c r="D290" t="s">
         <v>8</v>
       </c>
       <c r="E290">
-        <v>2018</v>
+        <v>2021</v>
+      </c>
+      <c r="F290">
+        <v>179.99</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>9781604068955</v>
+        <v>9783132402515</v>
       </c>
       <c r="B291" t="s">
         <v>461</v>
       </c>
       <c r="C291" t="s">
         <v>462</v>
       </c>
       <c r="D291" t="s">
         <v>8</v>
       </c>
       <c r="E291">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F291">
+        <v>179.99</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>9781588903891</v>
+        <v>9781626236929</v>
       </c>
       <c r="B292" t="s">
         <v>463</v>
       </c>
       <c r="C292" t="s">
         <v>464</v>
       </c>
       <c r="D292" t="s">
         <v>8</v>
       </c>
       <c r="E292">
-        <v>2007</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>9783131467010</v>
+        <v>9781604068955</v>
       </c>
       <c r="B293" t="s">
         <v>465</v>
       </c>
       <c r="C293" t="s">
         <v>466</v>
       </c>
       <c r="D293" t="s">
         <v>8</v>
       </c>
       <c r="E293">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>9781588903440</v>
+        <v>9781588903891</v>
       </c>
       <c r="B294" t="s">
-        <v>403</v>
+        <v>467</v>
       </c>
       <c r="C294" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D294" t="s">
         <v>8</v>
       </c>
       <c r="E294">
-        <v>2006</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>9783137841050</v>
+        <v>9783131467010</v>
       </c>
       <c r="B295" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C295" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D295" t="s">
         <v>8</v>
       </c>
       <c r="E295">
-        <v>2003</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>9781626230019</v>
+        <v>9781588903440</v>
       </c>
       <c r="B296" t="s">
-        <v>470</v>
+        <v>409</v>
       </c>
       <c r="C296" t="s">
         <v>471</v>
       </c>
       <c r="D296" t="s">
         <v>8</v>
       </c>
       <c r="E296">
-        <v>2016</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>9789382076032</v>
+        <v>9783137841050</v>
       </c>
       <c r="B297" t="s">
         <v>472</v>
       </c>
       <c r="C297" t="s">
         <v>473</v>
       </c>
       <c r="D297" t="s">
         <v>8</v>
       </c>
       <c r="E297">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>149.99</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>9789382076001</v>
+        <v>9781626230019</v>
       </c>
       <c r="B298" t="s">
-        <v>140</v>
+        <v>474</v>
       </c>
       <c r="C298" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D298" t="s">
         <v>8</v>
       </c>
       <c r="E298">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>149.99</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>9783131441010</v>
+        <v>9789382076032</v>
       </c>
       <c r="B299" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C299" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="D299" t="s">
         <v>8</v>
       </c>
       <c r="E299">
-        <v>2010</v>
+        <v>2013</v>
+      </c>
+      <c r="F299">
+        <v>124.99</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>9783131603517</v>
+        <v>9789382076001</v>
       </c>
       <c r="B300" t="s">
-        <v>477</v>
+        <v>146</v>
       </c>
       <c r="C300" t="s">
         <v>478</v>
       </c>
       <c r="D300" t="s">
         <v>8</v>
       </c>
       <c r="E300">
         <v>2013</v>
       </c>
+      <c r="F300">
+        <v>124.99</v>
+      </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>9781626237094</v>
+        <v>9783131441010</v>
       </c>
       <c r="B301" t="s">
         <v>479</v>
       </c>
       <c r="C301" t="s">
         <v>480</v>
       </c>
       <c r="D301" t="s">
         <v>8</v>
       </c>
       <c r="E301">
-        <v>2020</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>9789388257978</v>
+        <v>9783131603517</v>
       </c>
       <c r="B302" t="s">
         <v>481</v>
       </c>
       <c r="C302" t="s">
         <v>482</v>
       </c>
       <c r="D302" t="s">
         <v>8</v>
       </c>
       <c r="E302">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>174.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>9783131547019</v>
+        <v>9781626237094</v>
       </c>
       <c r="B303" t="s">
         <v>483</v>
       </c>
       <c r="C303" t="s">
         <v>484</v>
       </c>
       <c r="D303" t="s">
         <v>8</v>
       </c>
       <c r="E303">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>9781626231023</v>
+        <v>9789388257978</v>
       </c>
       <c r="B304" t="s">
         <v>485</v>
       </c>
       <c r="C304" t="s">
         <v>486</v>
       </c>
       <c r="D304" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E304">
         <v>2020</v>
       </c>
+      <c r="F304">
+        <v>159.99</v>
+      </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>9783131405517</v>
+        <v>9783131547019</v>
       </c>
       <c r="B305" t="s">
         <v>487</v>
       </c>
       <c r="C305" t="s">
         <v>488</v>
       </c>
       <c r="D305" t="s">
         <v>8</v>
       </c>
       <c r="E305">
-        <v>2006</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>9783131438317</v>
+        <v>9781626231023</v>
       </c>
       <c r="B306" t="s">
         <v>489</v>
       </c>
       <c r="C306" t="s">
         <v>490</v>
       </c>
       <c r="D306" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E306">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>9789382076056</v>
+        <v>9783131405517</v>
       </c>
       <c r="B307" t="s">
-        <v>140</v>
+        <v>491</v>
       </c>
       <c r="C307" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D307" t="s">
         <v>8</v>
       </c>
       <c r="E307">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>129.99</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>9789382076025</v>
+        <v>9783131438317</v>
       </c>
       <c r="B308" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C308" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D308" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E308">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>129.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>9781626236677</v>
+        <v>9789382076056</v>
       </c>
       <c r="B309" t="s">
-        <v>494</v>
+        <v>146</v>
       </c>
       <c r="C309" t="s">
         <v>495</v>
       </c>
       <c r="D309" t="s">
         <v>8</v>
       </c>
       <c r="E309">
-        <v>2021</v>
+        <v>2013</v>
+      </c>
+      <c r="F309">
+        <v>109.99</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>9781684200153</v>
+        <v>9789382076025</v>
       </c>
       <c r="B310" t="s">
         <v>496</v>
       </c>
       <c r="C310" t="s">
         <v>497</v>
       </c>
       <c r="D310" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E310">
-        <v>2020</v>
+        <v>2014</v>
+      </c>
+      <c r="F310">
+        <v>109.99</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>9781684202324</v>
+        <v>9781626236677</v>
       </c>
       <c r="B311" t="s">
         <v>498</v>
       </c>
       <c r="C311" t="s">
         <v>499</v>
       </c>
       <c r="D311" t="s">
         <v>8</v>
       </c>
       <c r="E311">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>9783131394118</v>
+        <v>9781684200153</v>
       </c>
       <c r="B312" t="s">
         <v>500</v>
       </c>
       <c r="C312" t="s">
         <v>501</v>
       </c>
       <c r="D312" t="s">
         <v>8</v>
       </c>
       <c r="E312">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>9781604069037</v>
+        <v>9781684202324</v>
       </c>
       <c r="B313" t="s">
         <v>502</v>
       </c>
       <c r="C313" t="s">
         <v>503</v>
       </c>
       <c r="D313" t="s">
         <v>8</v>
       </c>
       <c r="E313">
-        <v>2014</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>9781684201181</v>
+        <v>9783131394118</v>
       </c>
       <c r="B314" t="s">
         <v>504</v>
       </c>
       <c r="C314" t="s">
         <v>505</v>
       </c>
       <c r="D314" t="s">
         <v>8</v>
       </c>
       <c r="E314">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>9783131471918</v>
+        <v>9781604069037</v>
       </c>
       <c r="B315" t="s">
         <v>506</v>
       </c>
       <c r="C315" t="s">
         <v>507</v>
       </c>
       <c r="D315" t="s">
         <v>8</v>
       </c>
       <c r="E315">
         <v>2014</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>9789385062384</v>
+        <v>9781684201181</v>
       </c>
       <c r="B316" t="s">
         <v>508</v>
       </c>
       <c r="C316" t="s">
         <v>509</v>
       </c>
       <c r="D316" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E316">
-        <v>2010</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>9781588906526</v>
+        <v>9783131471918</v>
       </c>
       <c r="B317" t="s">
         <v>510</v>
       </c>
       <c r="C317" t="s">
         <v>511</v>
       </c>
       <c r="D317" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E317">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>9781626235243</v>
+        <v>9789385062384</v>
       </c>
       <c r="B318" t="s">
         <v>512</v>
       </c>
       <c r="C318" t="s">
         <v>513</v>
       </c>
       <c r="D318" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E318">
-        <v>2021</v>
+        <v>2010</v>
       </c>
       <c r="F318">
-        <v>129.99</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>9783132400078</v>
+        <v>9781588906526</v>
       </c>
       <c r="B319" t="s">
         <v>514</v>
       </c>
       <c r="C319" t="s">
         <v>515</v>
       </c>
       <c r="D319" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E319">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>9781626236882</v>
+        <v>9781626235243</v>
       </c>
       <c r="B320" t="s">
         <v>516</v>
       </c>
       <c r="C320" t="s">
         <v>517</v>
       </c>
       <c r="D320" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E320">
-        <v>2017</v>
+        <v>2021</v>
+      </c>
+      <c r="F320">
+        <v>119.99</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>9783131500717</v>
+        <v>9783132400078</v>
       </c>
       <c r="B321" t="s">
         <v>518</v>
       </c>
       <c r="C321" t="s">
         <v>519</v>
       </c>
       <c r="D321" t="s">
         <v>8</v>
       </c>
       <c r="E321">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="F321">
-        <v>109.99</v>
+        <v>99.99</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>9781626234611</v>
+        <v>9781626236882</v>
       </c>
       <c r="B322" t="s">
         <v>520</v>
       </c>
       <c r="C322" t="s">
         <v>521</v>
       </c>
       <c r="D322" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E322">
         <v>2017</v>
       </c>
-      <c r="F322">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>9783131324429</v>
+        <v>9783131500717</v>
       </c>
       <c r="B323" t="s">
         <v>522</v>
       </c>
       <c r="C323" t="s">
         <v>523</v>
       </c>
       <c r="D323" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E323">
-        <v>2018</v>
+        <v>2012</v>
+      </c>
+      <c r="F323">
+        <v>94.99</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>9789385062162</v>
+        <v>9781626234611</v>
       </c>
       <c r="B324" t="s">
         <v>524</v>
       </c>
       <c r="C324" t="s">
         <v>525</v>
       </c>
       <c r="D324" t="s">
         <v>8</v>
       </c>
       <c r="E324">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="F324">
-        <v>99.99</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>9781604066456</v>
+        <v>9783131324429</v>
       </c>
       <c r="B325" t="s">
         <v>526</v>
       </c>
       <c r="C325" t="s">
         <v>527</v>
       </c>
       <c r="D325" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E325">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>9789385062780</v>
+        <v>9789385062162</v>
       </c>
       <c r="B326" t="s">
         <v>528</v>
       </c>
       <c r="C326" t="s">
         <v>529</v>
       </c>
       <c r="D326" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E326">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F326">
-        <v>203.0</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>9789386293473</v>
+        <v>9781604066456</v>
       </c>
       <c r="B327" t="s">
         <v>530</v>
       </c>
       <c r="C327" t="s">
         <v>531</v>
       </c>
       <c r="D327" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E327">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>99.99</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>9783136726044</v>
+        <v>9789385062780</v>
       </c>
       <c r="B328" t="s">
         <v>532</v>
       </c>
       <c r="C328" t="s">
         <v>533</v>
       </c>
       <c r="D328" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E328">
-        <v>2019</v>
+        <v>2017</v>
+      </c>
+      <c r="F328">
+        <v>184.0</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>9781604063615</v>
+        <v>9789386293473</v>
       </c>
       <c r="B329" t="s">
         <v>534</v>
       </c>
       <c r="C329" t="s">
         <v>535</v>
       </c>
       <c r="D329" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E329">
-        <v>2011</v>
+        <v>2018</v>
+      </c>
+      <c r="F329">
+        <v>89.99</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>9789386293053</v>
+        <v>9783136726044</v>
       </c>
       <c r="B330" t="s">
         <v>536</v>
       </c>
       <c r="C330" t="s">
         <v>537</v>
       </c>
       <c r="D330" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E330">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>89.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>9783131500625</v>
+        <v>9781604063615</v>
       </c>
       <c r="B331" t="s">
         <v>538</v>
       </c>
       <c r="C331" t="s">
         <v>539</v>
       </c>
       <c r="D331" t="s">
         <v>8</v>
       </c>
       <c r="E331">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>89.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>9783132429871</v>
+        <v>9789386293053</v>
       </c>
       <c r="B332" t="s">
         <v>540</v>
       </c>
       <c r="C332" t="s">
         <v>541</v>
       </c>
       <c r="D332" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E332">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F332">
+        <v>79.99</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>9781604063592</v>
+        <v>9783131500625</v>
       </c>
       <c r="B333" t="s">
         <v>542</v>
       </c>
       <c r="C333" t="s">
         <v>543</v>
       </c>
       <c r="D333" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E333">
-        <v>2011</v>
+        <v>2016</v>
+      </c>
+      <c r="F333">
+        <v>79.99</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>9781626231337</v>
+        <v>9783132429871</v>
       </c>
       <c r="B334" t="s">
         <v>544</v>
       </c>
       <c r="C334" t="s">
         <v>545</v>
       </c>
       <c r="D334" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E334">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>9783131715111</v>
+        <v>9781604063592</v>
       </c>
       <c r="B335" t="s">
         <v>546</v>
       </c>
       <c r="C335" t="s">
         <v>547</v>
       </c>
       <c r="D335" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E335">
-        <v>2014</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>9783131485311</v>
+        <v>9781626231337</v>
       </c>
       <c r="B336" t="s">
         <v>548</v>
       </c>
       <c r="C336" t="s">
         <v>549</v>
       </c>
       <c r="D336" t="s">
         <v>8</v>
       </c>
       <c r="E336">
-        <v>2008</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>9783131383631</v>
+        <v>9783131715111</v>
       </c>
       <c r="B337" t="s">
         <v>550</v>
       </c>
       <c r="C337" t="s">
         <v>551</v>
       </c>
       <c r="D337" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E337">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>9781626235922</v>
+        <v>9783131485311</v>
       </c>
       <c r="B338" t="s">
-        <v>405</v>
+        <v>552</v>
       </c>
       <c r="C338" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="D338" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E338">
-        <v>2013</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>9781604068542</v>
+        <v>9783131383631</v>
       </c>
       <c r="B339" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="C339" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="D339" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E339">
         <v>2016</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>9781588902177</v>
+        <v>9781626235922</v>
       </c>
       <c r="B340" t="s">
-        <v>555</v>
+        <v>411</v>
       </c>
       <c r="C340" t="s">
         <v>556</v>
       </c>
       <c r="D340" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E340">
-        <v>2006</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>9781626235595</v>
+        <v>9781604068542</v>
       </c>
       <c r="B341" t="s">
         <v>557</v>
       </c>
       <c r="C341" t="s">
         <v>558</v>
       </c>
       <c r="D341" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E341">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>9783132422292</v>
+        <v>9781588902177</v>
       </c>
       <c r="B342" t="s">
         <v>559</v>
       </c>
       <c r="C342" t="s">
         <v>560</v>
       </c>
       <c r="D342" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E342">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>99.99</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>9781684202539</v>
+        <v>9781626235595</v>
       </c>
       <c r="B343" t="s">
         <v>561</v>
       </c>
       <c r="C343" t="s">
         <v>562</v>
       </c>
       <c r="D343" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E343">
-        <v>2022</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>9781626234871</v>
+        <v>9783132422292</v>
       </c>
       <c r="B344" t="s">
         <v>563</v>
       </c>
       <c r="C344" t="s">
         <v>564</v>
       </c>
       <c r="D344" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E344">
         <v>2020</v>
       </c>
+      <c r="F344">
+        <v>89.99</v>
+      </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>9783131714312</v>
+        <v>9781684202539</v>
       </c>
       <c r="B345" t="s">
         <v>565</v>
       </c>
       <c r="C345" t="s">
         <v>566</v>
       </c>
       <c r="D345" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E345">
-        <v>2014</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>9781626231153</v>
+        <v>9781626234871</v>
       </c>
       <c r="B346" t="s">
         <v>567</v>
       </c>
       <c r="C346" t="s">
         <v>568</v>
       </c>
       <c r="D346" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E346">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>9783131440815</v>
+        <v>9783131714312</v>
       </c>
       <c r="B347" t="s">
         <v>569</v>
       </c>
       <c r="C347" t="s">
         <v>570</v>
       </c>
       <c r="D347" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E347">
-        <v>2007</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>9783137170044</v>
+        <v>9781626231153</v>
       </c>
       <c r="B348" t="s">
         <v>571</v>
       </c>
       <c r="C348" t="s">
         <v>572</v>
       </c>
       <c r="D348" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E348">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>9783131440716</v>
+        <v>9783131440815</v>
       </c>
       <c r="B349" t="s">
         <v>573</v>
       </c>
       <c r="C349" t="s">
         <v>574</v>
       </c>
       <c r="D349" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E349">
         <v>2007</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>9783131451019</v>
+        <v>9783137170044</v>
       </c>
       <c r="B350" t="s">
         <v>575</v>
       </c>
       <c r="C350" t="s">
         <v>576</v>
       </c>
       <c r="D350" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E350">
-        <v>2008</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>9781626233416</v>
+        <v>9783131440716</v>
       </c>
       <c r="B351" t="s">
         <v>577</v>
       </c>
       <c r="C351" t="s">
         <v>578</v>
       </c>
       <c r="D351" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E351">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>9783132423770</v>
+        <v>9783131451019</v>
       </c>
       <c r="B352" t="s">
         <v>579</v>
       </c>
       <c r="C352" t="s">
         <v>580</v>
       </c>
       <c r="D352" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E352">
-        <v>2021</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>9781626233560</v>
+        <v>9781626233416</v>
       </c>
       <c r="B353" t="s">
         <v>581</v>
       </c>
       <c r="C353" t="s">
         <v>582</v>
       </c>
       <c r="D353" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E353">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>9783131754813</v>
+        <v>9783132423770</v>
       </c>
       <c r="B354" t="s">
         <v>583</v>
       </c>
       <c r="C354" t="s">
         <v>584</v>
       </c>
       <c r="D354" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E354">
-        <v>2014</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>9783131252425</v>
+        <v>9781626233560</v>
       </c>
       <c r="B355" t="s">
         <v>585</v>
       </c>
       <c r="C355" t="s">
         <v>586</v>
       </c>
       <c r="D355" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E355">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F355">
         <v>69.99</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>9783131451316</v>
+        <v>9783131754813</v>
       </c>
       <c r="B356" t="s">
         <v>587</v>
       </c>
       <c r="C356" t="s">
         <v>588</v>
       </c>
       <c r="D356" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E356">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>9783131275813</v>
+        <v>9783131252425</v>
       </c>
       <c r="B357" t="s">
         <v>589</v>
       </c>
       <c r="C357" t="s">
         <v>590</v>
       </c>
       <c r="D357" t="s">
         <v>8</v>
       </c>
       <c r="E357">
-        <v>2003</v>
+        <v>2017</v>
+      </c>
+      <c r="F357">
+        <v>64.99</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>9783131672711</v>
+        <v>9783131451316</v>
       </c>
       <c r="B358" t="s">
         <v>591</v>
       </c>
       <c r="C358" t="s">
         <v>592</v>
       </c>
       <c r="D358" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E358">
-        <v>2014</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>9783131451613</v>
+        <v>9783131275813</v>
       </c>
       <c r="B359" t="s">
         <v>593</v>
       </c>
       <c r="C359" t="s">
         <v>594</v>
       </c>
       <c r="D359" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E359">
-        <v>2008</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>9783132427723</v>
+        <v>9783131672711</v>
       </c>
       <c r="B360" t="s">
         <v>595</v>
       </c>
       <c r="C360" t="s">
         <v>596</v>
       </c>
       <c r="D360" t="s">
         <v>8</v>
       </c>
       <c r="E360">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>9783131451811</v>
+        <v>9783131451613</v>
       </c>
       <c r="B361" t="s">
         <v>597</v>
       </c>
       <c r="C361" t="s">
         <v>598</v>
       </c>
       <c r="D361" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E361">
-        <v>2009</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>9783131987914</v>
+        <v>9783132427723</v>
       </c>
       <c r="B362" t="s">
         <v>599</v>
       </c>
       <c r="C362" t="s">
         <v>600</v>
       </c>
       <c r="D362" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E362">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>64.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>9781604063240</v>
+        <v>9783131451811</v>
       </c>
       <c r="B363" t="s">
         <v>601</v>
       </c>
       <c r="C363" t="s">
         <v>602</v>
       </c>
       <c r="D363" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E363">
-        <v>2012</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>9783132204010</v>
+        <v>9783131987914</v>
       </c>
       <c r="B364" t="s">
         <v>603</v>
       </c>
       <c r="C364" t="s">
         <v>604</v>
       </c>
       <c r="D364" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E364">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="F364">
         <v>59.99</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>9781626230941</v>
+        <v>9781604063240</v>
       </c>
       <c r="B365" t="s">
         <v>605</v>
       </c>
       <c r="C365" t="s">
         <v>606</v>
       </c>
       <c r="D365" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E365">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>9781684201266</v>
+        <v>9783132204010</v>
       </c>
       <c r="B366" t="s">
-        <v>485</v>
+        <v>607</v>
       </c>
       <c r="C366" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D366" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E366">
-        <v>2019</v>
+        <v>2018</v>
+      </c>
+      <c r="F366">
+        <v>49.99</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>9783131398017</v>
+        <v>9781626230941</v>
       </c>
       <c r="B367" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C367" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D367" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E367">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>9783132004214</v>
+        <v>9781684201266</v>
       </c>
       <c r="B368" t="s">
-        <v>610</v>
+        <v>489</v>
       </c>
       <c r="C368" t="s">
         <v>611</v>
       </c>
       <c r="D368" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E368">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>9789385062117</v>
+        <v>9783131398017</v>
       </c>
       <c r="B369" t="s">
         <v>612</v>
       </c>
       <c r="C369" t="s">
         <v>613</v>
       </c>
       <c r="D369" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E369">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>54.99</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>9783131480019</v>
+        <v>9783132004214</v>
       </c>
       <c r="B370" t="s">
         <v>614</v>
       </c>
       <c r="C370" t="s">
         <v>615</v>
       </c>
       <c r="D370" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E370">
-        <v>2008</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>9783132412705</v>
+        <v>9789385062117</v>
       </c>
       <c r="B371" t="s">
         <v>616</v>
       </c>
       <c r="C371" t="s">
         <v>617</v>
       </c>
       <c r="D371" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E371">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F371">
-        <v>54.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>9789382076506</v>
+        <v>9783131480019</v>
       </c>
       <c r="B372" t="s">
-        <v>431</v>
+        <v>618</v>
       </c>
       <c r="C372" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="D372" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E372">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>54.99</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>9783131255044</v>
+        <v>9783132412705</v>
       </c>
       <c r="B373" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C373" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D373" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E373">
-        <v>2014</v>
+        <v>2017</v>
+      </c>
+      <c r="F373">
+        <v>49.99</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>9781588902993</v>
+        <v>9789382076506</v>
       </c>
       <c r="B374" t="s">
-        <v>621</v>
+        <v>435</v>
       </c>
       <c r="C374" t="s">
         <v>622</v>
       </c>
       <c r="D374" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E374">
-        <v>2007</v>
+        <v>2013</v>
+      </c>
+      <c r="F374">
+        <v>44.99</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>9781626235885</v>
+        <v>9783131255044</v>
       </c>
       <c r="B375" t="s">
         <v>623</v>
       </c>
       <c r="C375" t="s">
         <v>624</v>
       </c>
       <c r="D375" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E375">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>9781626236516</v>
+        <v>9781588902993</v>
       </c>
       <c r="B376" t="s">
         <v>625</v>
       </c>
       <c r="C376" t="s">
         <v>626</v>
       </c>
       <c r="D376" t="s">
         <v>8</v>
       </c>
       <c r="E376">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>9783131987617</v>
+        <v>9781626235885</v>
       </c>
       <c r="B377" t="s">
         <v>627</v>
       </c>
       <c r="C377" t="s">
         <v>628</v>
       </c>
       <c r="D377" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E377">
-        <v>2014</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>9783131398215</v>
+        <v>9781626236516</v>
       </c>
       <c r="B378" t="s">
         <v>629</v>
       </c>
       <c r="C378" t="s">
         <v>630</v>
       </c>
       <c r="D378" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E378">
-        <v>2006</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>9783131397812</v>
+        <v>9783131987617</v>
       </c>
       <c r="B379" t="s">
         <v>631</v>
       </c>
       <c r="C379" t="s">
         <v>632</v>
       </c>
       <c r="D379" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E379">
-        <v>2006</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>9783131319128</v>
+        <v>9783131398215</v>
       </c>
       <c r="B380" t="s">
         <v>633</v>
       </c>
       <c r="C380" t="s">
         <v>634</v>
       </c>
       <c r="D380" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E380">
-        <v>2017</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>9781626230088</v>
+        <v>9783131397812</v>
       </c>
       <c r="B381" t="s">
         <v>635</v>
       </c>
       <c r="C381" t="s">
         <v>636</v>
       </c>
       <c r="D381" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E381">
-        <v>2016</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>9781626239883</v>
+        <v>9783131319128</v>
       </c>
       <c r="B382" t="s">
         <v>637</v>
       </c>
       <c r="C382" t="s">
         <v>638</v>
       </c>
       <c r="D382" t="s">
         <v>8</v>
       </c>
       <c r="E382">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>9783131699213</v>
+        <v>9781626230088</v>
       </c>
       <c r="B383" t="s">
         <v>639</v>
       </c>
       <c r="C383" t="s">
         <v>640</v>
       </c>
       <c r="D383" t="s">
         <v>8</v>
       </c>
       <c r="E383">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>9781927363782</v>
+        <v>9781626239883</v>
       </c>
       <c r="B384" t="s">
         <v>641</v>
       </c>
       <c r="C384" t="s">
         <v>642</v>
       </c>
       <c r="D384" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E384">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>39.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>9783131603616</v>
+        <v>9783131699213</v>
       </c>
       <c r="B385" t="s">
         <v>643</v>
       </c>
       <c r="C385" t="s">
         <v>644</v>
       </c>
       <c r="D385" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E385">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>39.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>9781604060546</v>
+        <v>9781927363782</v>
       </c>
       <c r="B386" t="s">
-        <v>403</v>
+        <v>645</v>
       </c>
       <c r="C386" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D386" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E386">
-        <v>2011</v>
+        <v>2021</v>
+      </c>
+      <c r="F386">
+        <v>34.99</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>9783131442116</v>
+        <v>9783131603616</v>
       </c>
       <c r="B387" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C387" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D387" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E387">
-        <v>2007</v>
+        <v>2011</v>
+      </c>
+      <c r="F387">
+        <v>34.99</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>9781626235281</v>
+        <v>9781604060546</v>
       </c>
       <c r="B388" t="s">
-        <v>648</v>
+        <v>409</v>
       </c>
       <c r="C388" t="s">
         <v>649</v>
       </c>
       <c r="D388" t="s">
         <v>8</v>
       </c>
       <c r="E388">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>9783131165213</v>
+        <v>9783131442116</v>
       </c>
       <c r="B389" t="s">
-        <v>431</v>
+        <v>650</v>
       </c>
       <c r="C389" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D389" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E389">
-        <v>1999</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>9781626233331</v>
+        <v>9781626235281</v>
       </c>
       <c r="B390" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C390" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D390" t="s">
         <v>8</v>
       </c>
       <c r="E390">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>9781626233225</v>
+        <v>9783131165213</v>
       </c>
       <c r="B391" t="s">
-        <v>653</v>
+        <v>435</v>
       </c>
       <c r="C391" t="s">
         <v>654</v>
       </c>
       <c r="D391" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E391">
-        <v>2018</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>9783132018815</v>
+        <v>9781626233331</v>
       </c>
       <c r="B392" t="s">
         <v>655</v>
       </c>
       <c r="C392" t="s">
         <v>656</v>
       </c>
       <c r="D392" t="s">
         <v>8</v>
       </c>
       <c r="E392">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>9783132004719</v>
+        <v>9781626233225</v>
       </c>
       <c r="B393" t="s">
         <v>657</v>
       </c>
       <c r="C393" t="s">
         <v>658</v>
       </c>
       <c r="D393" t="s">
         <v>8</v>
       </c>
       <c r="E393">
         <v>2018</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>9789382076704</v>
+        <v>9783132018815</v>
       </c>
       <c r="B394" t="s">
         <v>659</v>
       </c>
       <c r="C394" t="s">
         <v>660</v>
       </c>
       <c r="D394" t="s">
         <v>8</v>
       </c>
       <c r="E394">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>159.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>9781604065909</v>
+        <v>9783132004719</v>
       </c>
       <c r="B395" t="s">
         <v>661</v>
       </c>
       <c r="C395" t="s">
         <v>662</v>
       </c>
       <c r="D395" t="s">
         <v>8</v>
       </c>
       <c r="E395">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>9783131605313</v>
+        <v>9789382076704</v>
       </c>
       <c r="B396" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="C396" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D396" t="s">
         <v>8</v>
       </c>
       <c r="E396">
-        <v>2013</v>
+        <v>2014</v>
+      </c>
+      <c r="F396">
+        <v>144.99</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>9781604063110</v>
+        <v>9781604065909</v>
       </c>
       <c r="B397" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="C397" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="D397" t="s">
         <v>8</v>
       </c>
       <c r="E397">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>9781626236783</v>
+        <v>9783131605313</v>
       </c>
       <c r="B398" t="s">
-        <v>120</v>
+        <v>659</v>
       </c>
       <c r="C398" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D398" t="s">
         <v>8</v>
       </c>
       <c r="E398">
-        <v>2017</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>9781604060744</v>
+        <v>9781604063110</v>
       </c>
       <c r="B399" t="s">
-        <v>577</v>
+        <v>668</v>
       </c>
       <c r="C399" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="D399" t="s">
         <v>8</v>
       </c>
       <c r="E399">
-        <v>2011</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>9781626237773</v>
+        <v>9781626236783</v>
       </c>
       <c r="B400" t="s">
-        <v>668</v>
+        <v>126</v>
       </c>
       <c r="C400" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D400" t="s">
         <v>8</v>
       </c>
       <c r="E400">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
-        <v>9781604068481</v>
+        <v>9781604060744</v>
       </c>
       <c r="B401" t="s">
-        <v>670</v>
+        <v>581</v>
       </c>
       <c r="C401" t="s">
         <v>671</v>
       </c>
       <c r="D401" t="s">
         <v>8</v>
       </c>
       <c r="E401">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
-        <v>9781626233270</v>
+        <v>9781626237773</v>
       </c>
       <c r="B402" t="s">
         <v>672</v>
       </c>
       <c r="C402" t="s">
         <v>673</v>
       </c>
       <c r="D402" t="s">
         <v>8</v>
       </c>
       <c r="E402">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
-        <v>9783131318824</v>
+        <v>9781604068481</v>
       </c>
       <c r="B403" t="s">
         <v>674</v>
       </c>
       <c r="C403" t="s">
         <v>675</v>
       </c>
       <c r="D403" t="s">
         <v>8</v>
       </c>
       <c r="E403">
-        <v>2004</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
-        <v>9781626232914</v>
+        <v>9781626233270</v>
       </c>
       <c r="B404" t="s">
-        <v>345</v>
+        <v>676</v>
       </c>
       <c r="C404" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="D404" t="s">
         <v>8</v>
       </c>
       <c r="E404">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
-        <v>9783131102829</v>
+        <v>9783131318824</v>
       </c>
       <c r="B405" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C405" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="D405" t="s">
         <v>8</v>
       </c>
       <c r="E405">
-        <v>2010</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
-        <v>9783132054110</v>
+        <v>9781626232914</v>
       </c>
       <c r="B406" t="s">
-        <v>679</v>
+        <v>351</v>
       </c>
       <c r="C406" t="s">
         <v>680</v>
       </c>
       <c r="D406" t="s">
         <v>8</v>
       </c>
       <c r="E406">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
-        <v>9781604067514</v>
+        <v>9783131102829</v>
       </c>
       <c r="B407" t="s">
         <v>681</v>
       </c>
       <c r="C407" t="s">
         <v>682</v>
       </c>
       <c r="D407" t="s">
         <v>8</v>
       </c>
       <c r="E407">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
-        <v>9781626236523</v>
+        <v>9783132054110</v>
       </c>
       <c r="B408" t="s">
         <v>683</v>
       </c>
       <c r="C408" t="s">
         <v>684</v>
       </c>
       <c r="D408" t="s">
         <v>8</v>
       </c>
       <c r="E408">
         <v>2019</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
-        <v>9781604067309</v>
+        <v>9781604067514</v>
       </c>
       <c r="B409" t="s">
         <v>685</v>
       </c>
       <c r="C409" t="s">
         <v>686</v>
       </c>
       <c r="D409" t="s">
         <v>8</v>
       </c>
       <c r="E409">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
-        <v>9781626231290</v>
+        <v>9781626236523</v>
       </c>
       <c r="B410" t="s">
         <v>687</v>
       </c>
       <c r="C410" t="s">
         <v>688</v>
       </c>
       <c r="D410" t="s">
         <v>8</v>
       </c>
       <c r="E410">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
-        <v>9781626230897</v>
+        <v>9781604067309</v>
       </c>
       <c r="B411" t="s">
         <v>689</v>
       </c>
       <c r="C411" t="s">
         <v>690</v>
       </c>
       <c r="D411" t="s">
         <v>8</v>
       </c>
       <c r="E411">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
-        <v>9781604063479</v>
+        <v>9781626231290</v>
       </c>
       <c r="B412" t="s">
         <v>691</v>
       </c>
       <c r="C412" t="s">
         <v>692</v>
       </c>
       <c r="D412" t="s">
         <v>8</v>
       </c>
       <c r="E412">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
-        <v>9783131464910</v>
+        <v>9781626230897</v>
       </c>
       <c r="B413" t="s">
         <v>693</v>
       </c>
       <c r="C413" t="s">
         <v>694</v>
       </c>
       <c r="D413" t="s">
         <v>8</v>
       </c>
       <c r="E413">
-        <v>2011</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
-        <v>9783132431904</v>
+        <v>9781604063479</v>
       </c>
       <c r="B414" t="s">
-        <v>677</v>
+        <v>695</v>
       </c>
       <c r="C414" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="D414" t="s">
         <v>8</v>
       </c>
       <c r="E414">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
-        <v>9783132019317</v>
+        <v>9783131464910</v>
       </c>
       <c r="B415" t="s">
-        <v>465</v>
+        <v>697</v>
       </c>
       <c r="C415" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D415" t="s">
         <v>8</v>
       </c>
       <c r="E415">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
-        <v>9781684201068</v>
+        <v>9783132431904</v>
       </c>
       <c r="B416" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="C416" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="D416" t="s">
         <v>8</v>
       </c>
       <c r="E416">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
-        <v>9781604068061</v>
+        <v>9783132019317</v>
       </c>
       <c r="B417" t="s">
-        <v>699</v>
+        <v>469</v>
       </c>
       <c r="C417" t="s">
         <v>700</v>
       </c>
       <c r="D417" t="s">
         <v>8</v>
       </c>
       <c r="E417">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
-        <v>9781604067262</v>
+        <v>9781684201068</v>
       </c>
       <c r="B418" t="s">
         <v>701</v>
       </c>
       <c r="C418" t="s">
         <v>702</v>
       </c>
       <c r="D418" t="s">
         <v>8</v>
       </c>
       <c r="E418">
-        <v>2013</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
-        <v>9781604068528</v>
+        <v>9781604068061</v>
       </c>
       <c r="B419" t="s">
         <v>703</v>
       </c>
       <c r="C419" t="s">
         <v>704</v>
       </c>
       <c r="D419" t="s">
         <v>8</v>
       </c>
       <c r="E419">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420">
-        <v>9781626232273</v>
+        <v>9781604068528</v>
       </c>
       <c r="B420" t="s">
-        <v>524</v>
+        <v>705</v>
       </c>
       <c r="C420" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D420" t="s">
         <v>8</v>
       </c>
       <c r="E420">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421">
-        <v>9783131358417</v>
+        <v>9781626232273</v>
       </c>
       <c r="B421" t="s">
-        <v>706</v>
+        <v>528</v>
       </c>
       <c r="C421" t="s">
         <v>707</v>
       </c>
       <c r="D421" t="s">
         <v>8</v>
       </c>
       <c r="E421">
-        <v>2009</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422">
-        <v>9781684200054</v>
+        <v>9783131358417</v>
       </c>
       <c r="B422" t="s">
         <v>708</v>
       </c>
       <c r="C422" t="s">
         <v>709</v>
       </c>
       <c r="D422" t="s">
         <v>8</v>
       </c>
       <c r="E422">
-        <v>2020</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423">
-        <v>9781626233744</v>
+        <v>9781684200054</v>
       </c>
       <c r="B423" t="s">
-        <v>185</v>
+        <v>710</v>
       </c>
       <c r="C423" t="s">
-        <v>228</v>
+        <v>711</v>
       </c>
       <c r="D423" t="s">
         <v>8</v>
       </c>
       <c r="E423">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424">
-        <v>9781626238343</v>
+        <v>9781626233744</v>
       </c>
       <c r="B424" t="s">
-        <v>710</v>
+        <v>191</v>
       </c>
       <c r="C424" t="s">
-        <v>711</v>
+        <v>234</v>
       </c>
       <c r="D424" t="s">
         <v>8</v>
       </c>
       <c r="E424">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425">
-        <v>9783131472618</v>
+        <v>9781626238343</v>
       </c>
       <c r="B425" t="s">
         <v>712</v>
       </c>
       <c r="C425" t="s">
         <v>713</v>
       </c>
       <c r="D425" t="s">
         <v>8</v>
       </c>
       <c r="E425">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426">
-        <v>9781684200955</v>
+        <v>9783131472618</v>
       </c>
       <c r="B426" t="s">
         <v>714</v>
       </c>
       <c r="C426" t="s">
         <v>715</v>
       </c>
       <c r="D426" t="s">
         <v>8</v>
       </c>
       <c r="E426">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427">
-        <v>9781626232969</v>
+        <v>9781684200955</v>
       </c>
       <c r="B427" t="s">
         <v>716</v>
       </c>
       <c r="C427" t="s">
         <v>717</v>
       </c>
       <c r="D427" t="s">
         <v>8</v>
       </c>
       <c r="E427">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428">
-        <v>9781626232105</v>
+        <v>9781626232969</v>
       </c>
       <c r="B428" t="s">
         <v>718</v>
       </c>
       <c r="C428" t="s">
         <v>719</v>
       </c>
       <c r="D428" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E428">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429">
-        <v>9781604063981</v>
+        <v>9781626232105</v>
       </c>
       <c r="B429" t="s">
         <v>720</v>
       </c>
       <c r="C429" t="s">
         <v>721</v>
       </c>
       <c r="D429" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E429">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430">
-        <v>9789385062490</v>
+        <v>9781604063981</v>
       </c>
       <c r="B430" t="s">
         <v>722</v>
       </c>
       <c r="C430" t="s">
         <v>723</v>
       </c>
       <c r="D430" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E430">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431">
-        <v>9781604067286</v>
+        <v>9789385062490</v>
       </c>
       <c r="B431" t="s">
         <v>724</v>
       </c>
       <c r="C431" t="s">
         <v>725</v>
       </c>
       <c r="D431" t="s">
         <v>8</v>
       </c>
       <c r="E431">
-        <v>2015</v>
+        <v>2016</v>
+      </c>
+      <c r="F431">
+        <v>152.0</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432">
-        <v>9783131997814</v>
+        <v>9781604067286</v>
       </c>
       <c r="B432" t="s">
         <v>726</v>
       </c>
       <c r="C432" t="s">
         <v>727</v>
       </c>
       <c r="D432" t="s">
         <v>8</v>
       </c>
       <c r="E432">
         <v>2015</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433">
-        <v>9783132057913</v>
+        <v>9783131997814</v>
       </c>
       <c r="B433" t="s">
         <v>728</v>
       </c>
       <c r="C433" t="s">
         <v>729</v>
       </c>
       <c r="D433" t="s">
         <v>8</v>
       </c>
       <c r="E433">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434">
-        <v>9783131547217</v>
+        <v>9783132057913</v>
       </c>
       <c r="B434" t="s">
         <v>730</v>
       </c>
       <c r="C434" t="s">
         <v>731</v>
       </c>
       <c r="D434" t="s">
         <v>8</v>
       </c>
       <c r="E434">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435">
-        <v>9783132431935</v>
+        <v>9783131547217</v>
       </c>
       <c r="B435" t="s">
-        <v>465</v>
+        <v>732</v>
       </c>
       <c r="C435" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="D435" t="s">
         <v>8</v>
       </c>
       <c r="E435">
         <v>2012</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436">
-        <v>9783131543011</v>
+        <v>9783132431935</v>
       </c>
       <c r="B436" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C436" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D436" t="s">
         <v>8</v>
       </c>
       <c r="E436">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437">
-        <v>9781604062113</v>
+        <v>9783131543011</v>
       </c>
       <c r="B437" t="s">
-        <v>734</v>
+        <v>469</v>
       </c>
       <c r="C437" t="s">
         <v>735</v>
       </c>
       <c r="D437" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E437">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438">
-        <v>9781626232587</v>
+        <v>9781604062113</v>
       </c>
       <c r="B438" t="s">
         <v>736</v>
       </c>
       <c r="C438" t="s">
         <v>737</v>
       </c>
       <c r="D438" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E438">
-        <v>2021</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439">
-        <v>9781684200238</v>
+        <v>9781626232587</v>
       </c>
       <c r="B439" t="s">
         <v>738</v>
       </c>
       <c r="C439" t="s">
         <v>739</v>
       </c>
       <c r="D439" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E439">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440">
-        <v>9783131538017</v>
+        <v>9781684200238</v>
       </c>
       <c r="B440" t="s">
         <v>740</v>
       </c>
       <c r="C440" t="s">
         <v>741</v>
       </c>
       <c r="D440" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E440">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441">
-        <v>9781626238718</v>
+        <v>9783131538017</v>
       </c>
       <c r="B441" t="s">
-        <v>681</v>
+        <v>742</v>
       </c>
       <c r="C441" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D441" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E441">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442">
-        <v>9781626237742</v>
+        <v>9781626238718</v>
       </c>
       <c r="B442" t="s">
-        <v>743</v>
+        <v>685</v>
       </c>
       <c r="C442" t="s">
         <v>744</v>
       </c>
       <c r="D442" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E442">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443">
-        <v>9781604065732</v>
+        <v>9781626237742</v>
       </c>
       <c r="B443" t="s">
         <v>745</v>
       </c>
       <c r="C443" t="s">
         <v>746</v>
       </c>
       <c r="D443" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E443">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444">
-        <v>9781684200689</v>
+        <v>9781604065732</v>
       </c>
       <c r="B444" t="s">
         <v>747</v>
       </c>
       <c r="C444" t="s">
         <v>748</v>
       </c>
       <c r="D444" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E444">
-        <v>2022</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445">
-        <v>9781626233782</v>
+        <v>9781684200689</v>
       </c>
       <c r="B445" t="s">
         <v>749</v>
       </c>
       <c r="C445" t="s">
         <v>750</v>
       </c>
       <c r="D445" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E445">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446">
-        <v>9783132412897</v>
+        <v>9781626233782</v>
       </c>
       <c r="B446" t="s">
         <v>751</v>
       </c>
       <c r="C446" t="s">
         <v>752</v>
       </c>
       <c r="D446" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E446">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447">
-        <v>9781604061932</v>
+        <v>9783132412897</v>
       </c>
       <c r="B447" t="s">
         <v>753</v>
       </c>
       <c r="C447" t="s">
         <v>754</v>
       </c>
       <c r="D447" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E447">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448">
-        <v>9783132422049</v>
+        <v>9781604061932</v>
       </c>
       <c r="B448" t="s">
-        <v>550</v>
+        <v>755</v>
       </c>
       <c r="C448" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D448" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E448">
-        <v>2022</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449">
-        <v>9783132048218</v>
+        <v>9783132422049</v>
       </c>
       <c r="B449" t="s">
-        <v>756</v>
+        <v>554</v>
       </c>
       <c r="C449" t="s">
         <v>757</v>
       </c>
       <c r="D449" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E449">
-        <v>2017</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450">
-        <v>9781604067651</v>
+        <v>9783132048218</v>
       </c>
       <c r="B450" t="s">
         <v>758</v>
       </c>
       <c r="C450" t="s">
         <v>759</v>
       </c>
       <c r="D450" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E450">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451">
-        <v>9783131450616</v>
+        <v>9781604067651</v>
       </c>
       <c r="B451" t="s">
         <v>760</v>
       </c>
       <c r="C451" t="s">
         <v>761</v>
       </c>
       <c r="D451" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E451">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452">
-        <v>9781626238121</v>
+        <v>9783131450616</v>
       </c>
       <c r="B452" t="s">
         <v>762</v>
       </c>
       <c r="C452" t="s">
         <v>763</v>
       </c>
       <c r="D452" t="s">
         <v>8</v>
       </c>
       <c r="E452">
         <v>2020</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453">
-        <v>9781604067644</v>
+        <v>9781626238121</v>
       </c>
       <c r="B453" t="s">
         <v>764</v>
       </c>
       <c r="C453" t="s">
         <v>765</v>
       </c>
       <c r="D453" t="s">
         <v>8</v>
       </c>
       <c r="E453">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454">
-        <v>9781604068054</v>
+        <v>9781604067644</v>
       </c>
       <c r="B454" t="s">
         <v>766</v>
       </c>
       <c r="C454" t="s">
         <v>767</v>
       </c>
       <c r="D454" t="s">
         <v>8</v>
       </c>
       <c r="E454">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455">
-        <v>9781626236752</v>
+        <v>9781604068054</v>
       </c>
       <c r="B455" t="s">
         <v>768</v>
       </c>
       <c r="C455" t="s">
         <v>769</v>
       </c>
       <c r="D455" t="s">
         <v>8</v>
       </c>
       <c r="E455">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456">
-        <v>9783132008519</v>
+        <v>9781626236752</v>
       </c>
       <c r="B456" t="s">
-        <v>597</v>
+        <v>770</v>
       </c>
       <c r="C456" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D456" t="s">
         <v>8</v>
       </c>
       <c r="E456">
         <v>2018</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457">
-        <v>9781684200573</v>
+        <v>9783132008519</v>
       </c>
       <c r="B457" t="s">
-        <v>504</v>
+        <v>601</v>
       </c>
       <c r="C457" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="D457" t="s">
         <v>8</v>
       </c>
       <c r="E457">
         <v>2018</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458">
-        <v>9781604065671</v>
+        <v>9781684200573</v>
       </c>
       <c r="B458" t="s">
-        <v>772</v>
+        <v>508</v>
       </c>
       <c r="C458" t="s">
         <v>773</v>
       </c>
       <c r="D458" t="s">
         <v>8</v>
       </c>
       <c r="E458">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459">
-        <v>9783131708212</v>
+        <v>9781604065671</v>
       </c>
       <c r="B459" t="s">
-        <v>425</v>
+        <v>774</v>
       </c>
       <c r="C459" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D459" t="s">
         <v>8</v>
       </c>
       <c r="E459">
         <v>2014</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460">
-        <v>9781684202553</v>
+        <v>9783131708212</v>
       </c>
       <c r="B460" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="C460" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="D460" t="s">
         <v>8</v>
       </c>
       <c r="E460">
-        <v>2023</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461">
-        <v>9781626239579</v>
+        <v>9781684202553</v>
       </c>
       <c r="B461" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C461" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D461" t="s">
         <v>8</v>
       </c>
       <c r="E461">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462">
-        <v>9783131296429</v>
+        <v>9781626239579</v>
       </c>
       <c r="B462" t="s">
-        <v>500</v>
+        <v>780</v>
       </c>
       <c r="C462" t="s">
-        <v>779</v>
+        <v>781</v>
       </c>
       <c r="D462" t="s">
         <v>8</v>
       </c>
       <c r="E462">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463">
-        <v>9783131294326</v>
+        <v>9783131296429</v>
       </c>
       <c r="B463" t="s">
-        <v>780</v>
+        <v>504</v>
       </c>
       <c r="C463" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D463" t="s">
         <v>8</v>
       </c>
       <c r="E463">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464">
-        <v>9781604069242</v>
+        <v>9783131294326</v>
       </c>
       <c r="B464" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C464" t="s">
-        <v>68</v>
+        <v>784</v>
       </c>
       <c r="D464" t="s">
         <v>8</v>
       </c>
       <c r="E464">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465">
         <v>9781604060508</v>
       </c>
       <c r="B465" t="s">
-        <v>783</v>
+        <v>785</v>
       </c>
       <c r="C465" t="s">
-        <v>784</v>
+        <v>786</v>
       </c>
       <c r="D465" t="s">
         <v>8</v>
       </c>
       <c r="E465">
         <v>2014</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466">
         <v>9781626238282</v>
       </c>
       <c r="B466" t="s">
-        <v>785</v>
+        <v>787</v>
       </c>
       <c r="C466" t="s">
-        <v>786</v>
+        <v>788</v>
       </c>
       <c r="D466" t="s">
         <v>8</v>
       </c>
       <c r="E466">
         <v>2020</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467">
         <v>9783132000056</v>
       </c>
       <c r="B467" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C467" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
       <c r="D467" t="s">
         <v>8</v>
       </c>
       <c r="E467">
         <v>2019</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468">
         <v>9781604068856</v>
       </c>
       <c r="B468" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C468" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="D468" t="s">
         <v>8</v>
       </c>
       <c r="E468">
         <v>2015</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469">
         <v>9781604068757</v>
       </c>
       <c r="B469" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="C469" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
       <c r="D469" t="s">
         <v>8</v>
       </c>
       <c r="E469">
         <v>2014</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470">
         <v>9781684200313</v>
       </c>
       <c r="B470" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C470" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D470" t="s">
         <v>8</v>
       </c>
       <c r="E470">
         <v>2020</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471">
         <v>9781626233379</v>
       </c>
       <c r="B471" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="C471" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
       <c r="D471" t="s">
         <v>8</v>
       </c>
       <c r="E471">
         <v>2018</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472">
         <v>9781626238084</v>
       </c>
       <c r="B472" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C472" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D472" t="s">
         <v>8</v>
       </c>
       <c r="E472">
         <v>2021</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473">
         <v>9783132410497</v>
       </c>
       <c r="B473" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="C473" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="D473" t="s">
         <v>8</v>
       </c>
       <c r="E473">
         <v>2018</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474">
         <v>9783132409552</v>
       </c>
       <c r="B474" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="C474" t="s">
-        <v>800</v>
+        <v>802</v>
       </c>
       <c r="D474" t="s">
         <v>8</v>
       </c>
       <c r="E474">
         <v>2018</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475">
         <v>9781604069198</v>
       </c>
       <c r="B475" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="C475" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D475" t="s">
         <v>8</v>
       </c>
       <c r="E475">
         <v>2016</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476">
         <v>9781626234772</v>
       </c>
       <c r="B476" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C476" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="D476" t="s">
         <v>8</v>
       </c>
       <c r="E476">
         <v>2017</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477">
         <v>9783132415652</v>
       </c>
       <c r="B477" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="C477" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
       <c r="D477" t="s">
         <v>8</v>
       </c>
       <c r="E477">
         <v>2020</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478">
         <v>9783132038110</v>
       </c>
       <c r="B478" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="C478" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D478" t="s">
         <v>8</v>
       </c>
       <c r="E478">
         <v>2017</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479">
         <v>9783131397935</v>
       </c>
       <c r="B479" t="s">
-        <v>809</v>
+        <v>811</v>
       </c>
       <c r="C479" t="s">
-        <v>810</v>
+        <v>812</v>
       </c>
       <c r="D479" t="s">
         <v>8</v>
       </c>
       <c r="E479">
         <v>2015</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480">
         <v>9783132429109</v>
       </c>
       <c r="B480" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="C480" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="D480" t="s">
         <v>8</v>
       </c>
       <c r="E480">
         <v>2019</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481">
         <v>9783131692719</v>
       </c>
       <c r="B481" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="C481" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="D481" t="s">
         <v>8</v>
       </c>
       <c r="E481">
         <v>2014</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482">
         <v>9781626238534</v>
       </c>
       <c r="B482" t="s">
-        <v>815</v>
+        <v>817</v>
       </c>
       <c r="C482" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D482" t="s">
         <v>8</v>
       </c>
       <c r="E482">
         <v>2019</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483">
         <v>9783132423794</v>
       </c>
       <c r="B483" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C483" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D483" t="s">
         <v>8</v>
       </c>
       <c r="E483">
         <v>2019</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484">
         <v>9781626230477</v>
       </c>
       <c r="B484" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C484" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="D484" t="s">
         <v>8</v>
       </c>
       <c r="E484">
         <v>2015</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485">
         <v>9783131697516</v>
       </c>
       <c r="B485" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="C485" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="D485" t="s">
         <v>8</v>
       </c>
       <c r="E485">
         <v>2013</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486">
         <v>9783131439314</v>
       </c>
       <c r="B486" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C486" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="D486" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E486">
         <v>2009</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487">
         <v>9783131768612</v>
       </c>
       <c r="B487" t="s">
-        <v>823</v>
+        <v>825</v>
       </c>
       <c r="C487" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="D487" t="s">
         <v>8</v>
       </c>
       <c r="E487">
         <v>2016</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488">
         <v>9781626232853</v>
       </c>
       <c r="B488" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C488" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="D488" t="s">
         <v>8</v>
       </c>
       <c r="E488">
         <v>2019</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489">
         <v>9781626236943</v>
       </c>
       <c r="B489" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="C489" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="D489" t="s">
         <v>8</v>
       </c>
       <c r="E489">
         <v>2018</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490">
         <v>9781626239081</v>
       </c>
       <c r="B490" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C490" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="D490" t="s">
         <v>8</v>
       </c>
       <c r="E490">
         <v>2020</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491">
         <v>9781626235052</v>
       </c>
       <c r="B491" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C491" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="D491" t="s">
         <v>8</v>
       </c>
       <c r="E491">
         <v>2019</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492">
         <v>9783132419346</v>
       </c>
       <c r="B492" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C492" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="D492" t="s">
         <v>8</v>
       </c>
       <c r="E492">
         <v>2018</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493">
         <v>9783131732217</v>
       </c>
       <c r="B493" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="C493" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="D493" t="s">
         <v>8</v>
       </c>
       <c r="E493">
         <v>2016</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494">
         <v>9781684200801</v>
       </c>
       <c r="B494" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="C494" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="D494" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E494">
         <v>2021</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495">
         <v>9781626234574</v>
       </c>
       <c r="B495" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="C495" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="D495" t="s">
         <v>8</v>
       </c>
       <c r="E495">
         <v>2019</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496">
         <v>9783131510815</v>
       </c>
       <c r="B496" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C496" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="D496" t="s">
         <v>8</v>
       </c>
       <c r="E496">
         <v>2010</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497">
         <v>9783131294128</v>
       </c>
       <c r="B497" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="C497" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="D497" t="s">
         <v>8</v>
       </c>
       <c r="E497">
         <v>2015</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498">
         <v>9783131752215</v>
       </c>
       <c r="B498" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="C498" t="s">
-        <v>845</v>
+        <v>847</v>
       </c>
       <c r="D498" t="s">
         <v>8</v>
       </c>
       <c r="E498">
         <v>2014</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499">
         <v>9781604068399</v>
       </c>
       <c r="B499" t="s">
-        <v>846</v>
+        <v>848</v>
       </c>
       <c r="C499" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="D499" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E499">
         <v>2015</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500">
         <v>9783131768223</v>
       </c>
       <c r="B500" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="C500" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D500" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E500">
         <v>2015</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501">
         <v>9781626231047</v>
       </c>
       <c r="B501" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C501" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D501" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E501">
         <v>2016</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502">
         <v>9781626232716</v>
       </c>
       <c r="B502" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C502" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="D502" t="s">
         <v>8</v>
       </c>
       <c r="E502">
         <v>2017</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503">
         <v>9783132401198</v>
       </c>
       <c r="B503" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C503" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D503" t="s">
         <v>8</v>
       </c>
       <c r="E503">
         <v>2019</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504">
         <v>9781626231719</v>
       </c>
       <c r="B504" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="C504" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="D504" t="s">
         <v>8</v>
       </c>
       <c r="E504">
         <v>2015</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505">
         <v>9781604065442</v>
       </c>
       <c r="B505" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="C505" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="D505" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E505">
         <v>2015</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506">
         <v>9783131454522</v>
       </c>
       <c r="B506" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="C506" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="D506" t="s">
         <v>8</v>
       </c>
       <c r="E506">
         <v>2016</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507">
         <v>9783132053410</v>
       </c>
       <c r="B507" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="C507" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="D507" t="s">
         <v>8</v>
       </c>
       <c r="E507">
         <v>2017</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508">
         <v>9781626235304</v>
       </c>
       <c r="B508" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="C508" t="s">
-        <v>864</v>
+        <v>866</v>
       </c>
       <c r="D508" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E508">
         <v>2020</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509">
         <v>9783131373823</v>
       </c>
       <c r="B509" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="C509" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="D509" t="s">
         <v>8</v>
       </c>
       <c r="E509">
         <v>2003</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510">
         <v>9781626232822</v>
       </c>
       <c r="B510" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="C510" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="D510" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E510">
         <v>2018</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511">
         <v>9781684201716</v>
       </c>
       <c r="B511" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="C511" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="D511" t="s">
         <v>8</v>
       </c>
       <c r="E511">
         <v>2022</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512">
         <v>9783132415850</v>
       </c>
       <c r="B512" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="C512" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="D512" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E512">
         <v>2018</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513">
         <v>9781626230385</v>
       </c>
       <c r="B513" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="C513" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="D513" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E513">
         <v>2015</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514">
         <v>9783131662910</v>
       </c>
       <c r="B514" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="C514" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D514" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E514">
         <v>2013</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515">
         <v>9783131323415</v>
       </c>
       <c r="B515" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="C515" t="s">
-        <v>878</v>
+        <v>880</v>
       </c>
       <c r="D515" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E515">
         <v>2012</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516">
         <v>9781626234536</v>
       </c>
       <c r="B516" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C516" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D516" t="s">
         <v>8</v>
       </c>
       <c r="E516">
         <v>2018</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517">
         <v>9783131074423</v>
       </c>
       <c r="B517" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="C517" t="s">
-        <v>880</v>
+        <v>882</v>
       </c>
       <c r="D517" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E517">
         <v>2009</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518">
         <v>9781626239234</v>
       </c>
       <c r="B518" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="C518" t="s">
-        <v>882</v>
+        <v>884</v>
       </c>
       <c r="D518" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E518">
         <v>2019</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519">
         <v>9781626232600</v>
       </c>
       <c r="B519" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="C519" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="D519" t="s">
         <v>8</v>
       </c>
       <c r="E519">
         <v>2018</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520">
         <v>9781626230545</v>
       </c>
       <c r="B520" t="s">
-        <v>885</v>
+        <v>887</v>
       </c>
       <c r="C520" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="D520" t="s">
         <v>8</v>
       </c>
       <c r="E520">
         <v>2016</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521">
         <v>9781604067156</v>
       </c>
       <c r="B521" t="s">
-        <v>886</v>
+        <v>888</v>
       </c>
       <c r="C521" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="D521" t="s">
         <v>8</v>
       </c>
       <c r="E521">
         <v>2017</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522">
         <v>9783131538710</v>
       </c>
       <c r="B522" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="C522" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="D522" t="s">
         <v>8</v>
       </c>
       <c r="E522">
         <v>2011</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523">
         <v>9783131486110</v>
       </c>
       <c r="B523" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C523" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D523" t="s">
         <v>8</v>
       </c>
       <c r="E523">
         <v>2013</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524">
         <v>9781604064131</v>
       </c>
       <c r="B524" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="C524" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="D524" t="s">
         <v>8</v>
       </c>
       <c r="E524">
         <v>2012</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525">
         <v>9783132026810</v>
       </c>
       <c r="B525" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
       <c r="C525" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="D525" t="s">
         <v>8</v>
       </c>
       <c r="E525">
         <v>2017</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526">
         <v>9781604068078</v>
       </c>
       <c r="B526" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="C526" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="D526" t="s">
         <v>8</v>
       </c>
       <c r="E526">
         <v>2015</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527">
         <v>9783131473912</v>
       </c>
       <c r="B527" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
       <c r="C527" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="D527" t="s">
         <v>8</v>
       </c>
       <c r="E527">
         <v>2013</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528">
         <v>9783131723918</v>
       </c>
       <c r="B528" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C528" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="D528" t="s">
         <v>8</v>
       </c>
       <c r="E528">
         <v>2016</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529">
         <v>9781588903693</v>
       </c>
       <c r="B529" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="C529" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="D529" t="s">
         <v>8</v>
       </c>
       <c r="E529">
         <v>2009</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530">
         <v>9781626231146</v>
       </c>
       <c r="B530" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C530" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="D530" t="s">
         <v>8</v>
       </c>
       <c r="E530">
         <v>2016</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531">
         <v>9781626234758</v>
       </c>
       <c r="B531" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C531" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D531" t="s">
         <v>8</v>
       </c>
       <c r="E531">
         <v>2017</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532">
         <v>9781604067002</v>
       </c>
       <c r="B532" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="C532" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="D532" t="s">
         <v>8</v>
       </c>
       <c r="E532">
         <v>2017</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533">
         <v>9781604063950</v>
       </c>
       <c r="B533" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C533" t="s">
-        <v>906</v>
+        <v>908</v>
       </c>
       <c r="D533" t="s">
         <v>8</v>
       </c>
       <c r="E533">
         <v>2016</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534">
         <v>9781626230910</v>
       </c>
       <c r="B534" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="C534" t="s">
-        <v>908</v>
+        <v>910</v>
       </c>
       <c r="D534" t="s">
         <v>8</v>
       </c>
       <c r="E534">
         <v>2016</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535">
         <v>9781626232754</v>
       </c>
       <c r="B535" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C535" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="D535" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E535">
         <v>2021</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536">
         <v>9781626237346</v>
       </c>
       <c r="B536" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C536" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D536" t="s">
         <v>8</v>
       </c>
       <c r="E536">
         <v>2018</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537">
         <v>9783132414471</v>
       </c>
       <c r="B537" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="C537" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="D537" t="s">
         <v>8</v>
       </c>
       <c r="E537">
         <v>2019</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538">
         <v>9783132428393</v>
       </c>
       <c r="B538" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="C538" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="D538" t="s">
         <v>8</v>
       </c>
       <c r="E538">
         <v>2021</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539">
         <v>9783131726612</v>
       </c>
       <c r="B539" t="s">
-        <v>916</v>
+        <v>918</v>
       </c>
       <c r="C539" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="D539" t="s">
         <v>8</v>
       </c>
       <c r="E539">
         <v>2015</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540">
         <v>9783132415621</v>
       </c>
       <c r="B540" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="C540" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="D540" t="s">
         <v>8</v>
       </c>
       <c r="E540">
         <v>2020</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541">
         <v>9783131546715</v>
       </c>
       <c r="B541" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C541" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D541" t="s">
         <v>8</v>
       </c>
       <c r="E541">
         <v>2015</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542">
         <v>9783132037915</v>
       </c>
       <c r="B542" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C542" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="D542" t="s">
         <v>8</v>
       </c>
       <c r="E542">
         <v>2016</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543">
         <v>9781604062724</v>
       </c>
       <c r="B543" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C543" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="D543" t="s">
         <v>8</v>
       </c>
       <c r="E543">
         <v>2010</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544">
         <v>9781626234093</v>
       </c>
       <c r="B544" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C544" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D544" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E544">
         <v>2018</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545">
         <v>9781604067231</v>
       </c>
       <c r="B545" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C545" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="D545" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E545">
         <v>2015</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546">
         <v>9781684200924</v>
       </c>
       <c r="B546" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C546" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="D546" t="s">
         <v>8</v>
       </c>
       <c r="E546">
         <v>2020</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547">
         <v>9781626232167</v>
       </c>
       <c r="B547" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="C547" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="D547" t="s">
         <v>8</v>
       </c>
       <c r="E547">
         <v>2019</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548">
         <v>9781626239012</v>
       </c>
       <c r="B548" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="C548" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="D548" t="s">
         <v>8</v>
       </c>
       <c r="E548">
         <v>2020</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549">
         <v>9781684200078</v>
       </c>
       <c r="B549" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="C549" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="D549" t="s">
         <v>8</v>
       </c>
       <c r="E549">
         <v>2021</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550">
         <v>9781626232785</v>
       </c>
       <c r="B550" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C550" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D550" t="s">
         <v>8</v>
       </c>
       <c r="E550">
         <v>2017</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551">
         <v>9781626230507</v>
       </c>
       <c r="B551" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C551" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="D551" t="s">
         <v>8</v>
       </c>
       <c r="E551">
         <v>2015</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552">
         <v>9781684200979</v>
       </c>
       <c r="B552" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="C552" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="D552" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E552">
         <v>2020</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553">
         <v>9783131750617</v>
       </c>
       <c r="B553" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="C553" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="D553" t="s">
         <v>8</v>
       </c>
       <c r="E553">
         <v>2013</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554">
         <v>9783132415232</v>
       </c>
       <c r="B554" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C554" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="D554" t="s">
         <v>8</v>
       </c>
       <c r="E554">
         <v>2017</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555">
         <v>9781588904027</v>
       </c>
       <c r="B555" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="C555" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="D555" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E555">
         <v>2010</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556">
         <v>9781684200214</v>
       </c>
       <c r="B556" t="s">
-        <v>944</v>
+        <v>946</v>
       </c>
       <c r="C556" t="s">
-        <v>945</v>
+        <v>947</v>
       </c>
       <c r="D556" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E556">
         <v>2020</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557">
         <v>9781626232938</v>
       </c>
       <c r="B557" t="s">
-        <v>946</v>
+        <v>948</v>
       </c>
       <c r="C557" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="D557" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E557">
         <v>2018</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558">
         <v>9781626233904</v>
       </c>
       <c r="B558" t="s">
-        <v>948</v>
+        <v>950</v>
       </c>
       <c r="C558" t="s">
-        <v>949</v>
+        <v>951</v>
       </c>
       <c r="D558" t="s">
         <v>8</v>
       </c>
       <c r="E558">
         <v>2019</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559">
         <v>9781604065930</v>
       </c>
       <c r="B559" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="C559" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="D559" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E559">
         <v>2013</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560">
         <v>9781604067422</v>
       </c>
       <c r="B560" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="C560" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="D560" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E560">
         <v>2016</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561">
         <v>9781626239043</v>
       </c>
       <c r="B561" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="C561" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="D561" t="s">
         <v>8</v>
       </c>
       <c r="E561">
         <v>2019</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562">
         <v>9783131997616</v>
       </c>
       <c r="B562" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="C562" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="D562" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E562">
         <v>2016</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563">
         <v>9783131714510</v>
       </c>
       <c r="B563" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="C563" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="D563" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E563">
         <v>2014</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564">
         <v>9781626232563</v>
       </c>
       <c r="B564" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="C564" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D564" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E564">
         <v>2020</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565">
         <v>9783131324528</v>
       </c>
       <c r="B565" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C565" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D565" t="s">
         <v>8</v>
       </c>
       <c r="E565">
         <v>2011</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566">
         <v>9783131658111</v>
       </c>
       <c r="B566" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="C566" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="D566" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E566">
         <v>2012</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567">
         <v>9781604066517</v>
       </c>
       <c r="B567" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="C567" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="D567" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E567">
         <v>2012</v>
       </c>
       <c r="F567">
-        <v>134.99</v>
+        <v>294.99</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568">
         <v>9781626233447</v>
       </c>
       <c r="B568" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C568" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="D568" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E568">
         <v>2019</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569">
         <v>9783131398321</v>
       </c>
       <c r="B569" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="C569" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="D569" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E569">
         <v>2011</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570">
         <v>9781626238008</v>
       </c>
       <c r="B570" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="C570" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="D570" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="E570">
         <v>2020</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571">
         <v>9781626231511</v>
       </c>
       <c r="B571" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C571" t="s">
-        <v>972</v>
+        <v>974</v>
       </c>
       <c r="D571" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E571">
         <v>2017</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572">
         <v>9781626230033</v>
       </c>
       <c r="B572" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C572" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="D572" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E572">
         <v>2017</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573">
         <v>9781626231757</v>
       </c>
       <c r="B573" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C573" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="D573" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E573">
         <v>2016</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574">
         <v>9781626234420</v>
       </c>
       <c r="B574" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="C574" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="D574" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E574">
         <v>2017</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575">
         <v>9789388257640</v>
       </c>
       <c r="B575" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="C575" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="D575" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E575">
         <v>2020</v>
       </c>
       <c r="F575">
-        <v>14.99</v>
+        <v>10.99</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576">
         <v>9783131165015</v>
       </c>
       <c r="B576" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="C576" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="D576" t="s">
         <v>8</v>
       </c>
       <c r="E576">
         <v>1995</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577">
         <v>9783136507049</v>
       </c>
       <c r="B577" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C577" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="D577" t="s">
         <v>8</v>
       </c>
       <c r="E577">
         <v>2013</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578">
         <v>9781626239753</v>
       </c>
       <c r="B578" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="C578" t="s">
-        <v>982</v>
+        <v>984</v>
       </c>
       <c r="D578" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E578">
         <v>2015</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579">
         <v>9781626235175</v>
       </c>
       <c r="B579" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="C579" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
       <c r="D579" t="s">
         <v>8</v>
       </c>
       <c r="E579">
         <v>2022</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580">
         <v>9781626236790</v>
       </c>
       <c r="B580" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C580" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D580" t="s">
         <v>8</v>
       </c>
       <c r="E580">
         <v>2018</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581">
         <v>9781626230323</v>
       </c>
       <c r="B581" t="s">
-        <v>987</v>
+        <v>989</v>
       </c>
       <c r="C581" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="D581" t="s">
         <v>8</v>
       </c>
       <c r="E581">
         <v>2015</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582">
         <v>9781626232181</v>
       </c>
       <c r="B582" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="C582" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
       <c r="D582" t="s">
         <v>8</v>
       </c>
       <c r="E582">
         <v>2020</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583">
         <v>9781626234192</v>
       </c>
       <c r="B583" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C583" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D583" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E583">
         <v>2018</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584">
         <v>9781684202492</v>
       </c>
       <c r="B584" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="C584" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="D584" t="s">
         <v>8</v>
       </c>
       <c r="E584">
         <v>2022</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585">
         <v>9781626231986</v>
       </c>
       <c r="B585" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="C585" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="D585" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E585">
         <v>2020</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586">
         <v>9781626232044</v>
       </c>
       <c r="B586" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="C586" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D586" t="s">
         <v>8</v>
       </c>
       <c r="E586">
         <v>2017</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587">
-        <v>9781604060560</v>
+        <v>9783132053915</v>
       </c>
       <c r="B587" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C587" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D587" t="s">
         <v>8</v>
       </c>
       <c r="E587">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588">
-        <v>9783132053915</v>
+        <v>9781604068795</v>
       </c>
       <c r="B588" t="s">
-        <v>999</v>
+        <v>581</v>
       </c>
       <c r="C588" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="D588" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E588">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589">
-        <v>9781604068795</v>
+        <v>9781604068269</v>
       </c>
       <c r="B589" t="s">
-        <v>577</v>
+        <v>1002</v>
       </c>
       <c r="C589" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="D589" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E589">
         <v>2018</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590">
-        <v>9781604068269</v>
+        <v>9781626232808</v>
       </c>
       <c r="B590" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C590" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D590" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E590">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591">
-        <v>9781626232808</v>
+        <v>9781684202478</v>
       </c>
       <c r="B591" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C591" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="D591" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E591">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592">
-        <v>9781684202478</v>
+        <v>9781604068382</v>
       </c>
       <c r="B592" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="C592" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="D592" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E592">
-        <v>2022</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593">
-        <v>9781604068382</v>
+        <v>9781626231009</v>
       </c>
       <c r="B593" t="s">
-        <v>1008</v>
+        <v>528</v>
       </c>
       <c r="C593" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D593" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E593">
         <v>2015</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594">
-        <v>9781626231009</v>
+        <v>9781684200740</v>
       </c>
       <c r="B594" t="s">
-        <v>524</v>
+        <v>1011</v>
       </c>
       <c r="C594" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="D594" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E594">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595">
-        <v>9781684200740</v>
+        <v>9781626236547</v>
       </c>
       <c r="B595" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="C595" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="D595" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E595">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596">
-        <v>9781626236547</v>
+        <v>9783132412873</v>
       </c>
       <c r="B596" t="s">
-        <v>1013</v>
+        <v>1015</v>
       </c>
       <c r="C596" t="s">
-        <v>1014</v>
+        <v>1016</v>
       </c>
       <c r="D596" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E596">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597">
-        <v>9783132412873</v>
+        <v>9781626231764</v>
       </c>
       <c r="B597" t="s">
-        <v>1015</v>
+        <v>139</v>
       </c>
       <c r="C597" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="D597" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E597">
         <v>2019</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598">
-        <v>9781626231764</v>
+        <v>9781604064179</v>
       </c>
       <c r="B598" t="s">
-        <v>133</v>
+        <v>1018</v>
       </c>
       <c r="C598" t="s">
-        <v>1017</v>
+        <v>1019</v>
       </c>
       <c r="D598" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E598">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599">
-        <v>9781604064179</v>
+        <v>9781626234017</v>
       </c>
       <c r="B599" t="s">
-        <v>1018</v>
+        <v>1020</v>
       </c>
       <c r="C599" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="D599" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E599">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600">
-        <v>9781626234017</v>
+        <v>9783132404779</v>
       </c>
       <c r="B600" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="C600" t="s">
-        <v>1021</v>
+        <v>1023</v>
       </c>
       <c r="D600" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E600">
         <v>2019</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601">
-        <v>9783132404779</v>
+        <v>9781626230309</v>
       </c>
       <c r="B601" t="s">
-        <v>1022</v>
+        <v>710</v>
       </c>
       <c r="C601" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D601" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E601">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602">
-        <v>9781626230309</v>
+        <v>9783131353917</v>
       </c>
       <c r="B602" t="s">
-        <v>708</v>
+        <v>552</v>
       </c>
       <c r="C602" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D602" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E602">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603">
-        <v>9783131353917</v>
+        <v>9781684201693</v>
       </c>
       <c r="B603" t="s">
-        <v>548</v>
+        <v>1026</v>
       </c>
       <c r="C603" t="s">
-        <v>1025</v>
+        <v>1027</v>
       </c>
       <c r="D603" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E603">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604">
-        <v>9781684201693</v>
+        <v>9781626237124</v>
       </c>
       <c r="B604" t="s">
-        <v>1026</v>
+        <v>838</v>
       </c>
       <c r="C604" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D604" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E604">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605">
-        <v>9781626237124</v>
+        <v>9783132427792</v>
       </c>
       <c r="B605" t="s">
-        <v>836</v>
+        <v>1029</v>
       </c>
       <c r="C605" t="s">
-        <v>1028</v>
+        <v>1030</v>
       </c>
       <c r="D605" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E605">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606">
-        <v>9783132427792</v>
+        <v>9781626233515</v>
       </c>
       <c r="B606" t="s">
-        <v>1029</v>
+        <v>1031</v>
       </c>
       <c r="C606" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="D606" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E606">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607">
-        <v>9781626233515</v>
+        <v>9781626238893</v>
       </c>
       <c r="B607" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="C607" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="D607" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E607">
         <v>2019</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608">
-        <v>9781626238893</v>
+        <v>9781626238145</v>
       </c>
       <c r="B608" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="C608" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="D608" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E608">
         <v>2019</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609">
-        <v>9781626238145</v>
+        <v>9781626231382</v>
       </c>
       <c r="B609" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C609" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D609" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E609">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610">
-        <v>9781626231382</v>
+        <v>9783131319623</v>
       </c>
       <c r="B610" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="C610" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="D610" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E610">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611">
-        <v>9783131319623</v>
+        <v>9783131416117</v>
       </c>
       <c r="B611" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="C611" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
       <c r="D611" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E611">
-        <v>2011</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612">
-        <v>9783131416117</v>
+        <v>9781626234314</v>
       </c>
       <c r="B612" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C612" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D612" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E612">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613">
-        <v>9781626234314</v>
+        <v>9781626232068</v>
       </c>
       <c r="B613" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="C613" t="s">
-        <v>1044</v>
+        <v>1046</v>
       </c>
       <c r="D613" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E613">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614">
-        <v>9781626232068</v>
+        <v>9783132409576</v>
       </c>
       <c r="B614" t="s">
-        <v>1045</v>
+        <v>1047</v>
       </c>
       <c r="C614" t="s">
-        <v>1046</v>
+        <v>1048</v>
       </c>
       <c r="D614" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E614">
         <v>2017</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615">
-        <v>9783132409576</v>
+        <v>9783131444813</v>
       </c>
       <c r="B615" t="s">
-        <v>1047</v>
+        <v>1049</v>
       </c>
       <c r="C615" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="D615" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E615">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616">
-        <v>9783131444813</v>
+        <v>9781604068986</v>
       </c>
       <c r="B616" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="C616" t="s">
-        <v>1050</v>
+        <v>16</v>
       </c>
       <c r="D616" t="s">
         <v>8</v>
       </c>
       <c r="E616">
-        <v>2007</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617">
-        <v>9781604068986</v>
+        <v>9781626233362</v>
       </c>
       <c r="B617" t="s">
-        <v>1051</v>
+        <v>581</v>
       </c>
       <c r="C617" t="s">
-        <v>10</v>
+        <v>1052</v>
       </c>
       <c r="D617" t="s">
         <v>8</v>
       </c>
       <c r="E617">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618">
-        <v>9781626233362</v>
+        <v>9781626236431</v>
       </c>
       <c r="B618" t="s">
-        <v>577</v>
+        <v>1053</v>
       </c>
       <c r="C618" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="D618" t="s">
         <v>8</v>
       </c>
       <c r="E618">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619">
-        <v>9781626236431</v>
+        <v>9783131455918</v>
       </c>
       <c r="B619" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="C619" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D619" t="s">
         <v>8</v>
       </c>
       <c r="E619">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620">
-        <v>9783131455918</v>
+        <v>9789382076452</v>
       </c>
       <c r="B620" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="C620" t="s">
-        <v>1056</v>
+        <v>1058</v>
       </c>
       <c r="D620" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E620">
-        <v>2010</v>
+        <v>2013</v>
+      </c>
+      <c r="F620">
+        <v>84.99</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621">
-        <v>9789382076452</v>
+        <v>9783131307224</v>
       </c>
       <c r="B621" t="s">
-        <v>1057</v>
+        <v>1059</v>
       </c>
       <c r="C621" t="s">
-        <v>1058</v>
+        <v>1060</v>
       </c>
       <c r="D621" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E621">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>94.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622">
-        <v>9783131307224</v>
+        <v>9781626237100</v>
       </c>
       <c r="B622" t="s">
-        <v>1059</v>
+        <v>1061</v>
       </c>
       <c r="C622" t="s">
-        <v>1060</v>
+        <v>1062</v>
       </c>
       <c r="D622" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E622">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623">
-        <v>9781626237100</v>
+        <v>9783131547118</v>
       </c>
       <c r="B623" t="s">
-        <v>1061</v>
+        <v>1063</v>
       </c>
       <c r="C623" t="s">
-        <v>1062</v>
+        <v>1064</v>
       </c>
       <c r="D623" t="s">
         <v>8</v>
       </c>
       <c r="E623">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624">
-        <v>9783131547118</v>
+        <v>9783132420175</v>
       </c>
       <c r="B624" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C624" t="s">
-        <v>1064</v>
+        <v>1066</v>
       </c>
       <c r="D624" t="s">
         <v>8</v>
       </c>
       <c r="E624">
-        <v>2013</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625">
-        <v>9783132420175</v>
+        <v>9781626233317</v>
       </c>
       <c r="B625" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="C625" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="D625" t="s">
         <v>8</v>
       </c>
       <c r="E625">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626">
-        <v>9781626233317</v>
+        <v>9781626239531</v>
       </c>
       <c r="B626" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="C626" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="D626" t="s">
         <v>8</v>
       </c>
       <c r="E626">
         <v>2019</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627">
-        <v>9781626239531</v>
+        <v>9781626239821</v>
       </c>
       <c r="B627" t="s">
-        <v>1069</v>
+        <v>641</v>
       </c>
       <c r="C627" t="s">
-        <v>1070</v>
+        <v>642</v>
       </c>
       <c r="D627" t="s">
         <v>8</v>
       </c>
       <c r="E627">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628">
-        <v>9781626239821</v>
+        <v>9781626239319</v>
       </c>
       <c r="B628" t="s">
-        <v>637</v>
+        <v>185</v>
       </c>
       <c r="C628" t="s">
-        <v>638</v>
+        <v>1071</v>
       </c>
       <c r="D628" t="s">
         <v>8</v>
       </c>
       <c r="E628">
-        <v>2023</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629">
-        <v>9781626239319</v>
+        <v>9781626233539</v>
       </c>
       <c r="B629" t="s">
-        <v>179</v>
+        <v>1072</v>
       </c>
       <c r="C629" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
       <c r="D629" t="s">
         <v>8</v>
       </c>
       <c r="E629">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630">
-        <v>9781626233539</v>
+        <v>9781626230255</v>
       </c>
       <c r="B630" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C630" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D630" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E630">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631">
-        <v>9781626230255</v>
+        <v>9781626232877</v>
       </c>
       <c r="B631" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="C631" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="D631" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E631">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632">
-        <v>9781626232877</v>
+        <v>9781604064117</v>
       </c>
       <c r="B632" t="s">
-        <v>1076</v>
+        <v>817</v>
       </c>
       <c r="C632" t="s">
-        <v>1077</v>
+        <v>366</v>
       </c>
       <c r="D632" t="s">
         <v>8</v>
       </c>
       <c r="E632">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633">
-        <v>9781604064117</v>
+        <v>9781626237322</v>
       </c>
       <c r="B633" t="s">
-        <v>815</v>
+        <v>1078</v>
       </c>
       <c r="C633" t="s">
-        <v>360</v>
+        <v>1079</v>
       </c>
       <c r="D633" t="s">
         <v>8</v>
       </c>
       <c r="E633">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634">
-        <v>9781626237322</v>
+        <v>9783131545213</v>
       </c>
       <c r="B634" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="C634" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="D634" t="s">
         <v>8</v>
       </c>
       <c r="E634">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635">
-        <v>9783131545213</v>
+        <v>9789385062766</v>
       </c>
       <c r="B635" t="s">
-        <v>1080</v>
+        <v>189</v>
       </c>
       <c r="C635" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="D635" t="s">
         <v>8</v>
       </c>
       <c r="E635">
-        <v>2014</v>
+        <v>2017</v>
+      </c>
+      <c r="F635">
+        <v>184.0</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636">
-        <v>9789385062766</v>
+        <v>9781626230811</v>
       </c>
       <c r="B636" t="s">
-        <v>183</v>
+        <v>1083</v>
       </c>
       <c r="C636" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
       <c r="D636" t="s">
         <v>8</v>
       </c>
       <c r="E636">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>203.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637">
-        <v>9781626230811</v>
+        <v>9789388257398</v>
       </c>
       <c r="B637" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C637" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="D637" t="s">
         <v>8</v>
       </c>
       <c r="E637">
-        <v>2016</v>
+        <v>2019</v>
+      </c>
+      <c r="F637">
+        <v>109.99</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638">
-        <v>9789388257398</v>
+        <v>9781626235267</v>
       </c>
       <c r="B638" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="C638" t="s">
-        <v>33</v>
+        <v>1087</v>
       </c>
       <c r="D638" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E638">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>124.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639">
-        <v>9781626235267</v>
+        <v>9781626234338</v>
       </c>
       <c r="B639" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="C639" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="D639" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E639">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640">
-        <v>9781626234338</v>
+        <v>9781588905147</v>
       </c>
       <c r="B640" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="C640" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="D640" t="s">
         <v>8</v>
       </c>
       <c r="E640">
-        <v>2018</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641">
-        <v>9781588905147</v>
+        <v>9781626235953</v>
       </c>
       <c r="B641" t="s">
-        <v>1090</v>
+        <v>897</v>
       </c>
       <c r="C641" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="D641" t="s">
         <v>8</v>
       </c>
       <c r="E641">
-        <v>2008</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642">
-        <v>9781626235953</v>
+        <v>9783132403468</v>
       </c>
       <c r="B642" t="s">
-        <v>895</v>
+        <v>1093</v>
       </c>
       <c r="C642" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="D642" t="s">
         <v>8</v>
       </c>
       <c r="E642">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643">
-        <v>9783132403468</v>
+        <v>9781626233287</v>
       </c>
       <c r="B643" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="C643" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="D643" t="s">
         <v>8</v>
       </c>
       <c r="E643">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644">
-        <v>9781626233287</v>
+        <v>9781604069044</v>
       </c>
       <c r="B644" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="C644" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="D644" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E644">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645">
-        <v>9781604069044</v>
+        <v>9781684202515</v>
       </c>
       <c r="B645" t="s">
-        <v>1097</v>
+        <v>1020</v>
       </c>
       <c r="C645" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="D645" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E645">
-        <v>2015</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646">
-        <v>9781684202515</v>
+        <v>9781626232143</v>
       </c>
       <c r="B646" t="s">
-        <v>1020</v>
+        <v>1100</v>
       </c>
       <c r="C646" t="s">
-        <v>1099</v>
+        <v>1101</v>
       </c>
       <c r="D646" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E646">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647">
-        <v>9781626232143</v>
+        <v>9781684200627</v>
       </c>
       <c r="B647" t="s">
-        <v>1100</v>
+        <v>1102</v>
       </c>
       <c r="C647" t="s">
-        <v>1101</v>
+        <v>1103</v>
       </c>
       <c r="D647" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E647">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648">
-        <v>9781684200627</v>
+        <v>9781626234710</v>
       </c>
       <c r="B648" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="C648" t="s">
-        <v>1103</v>
+        <v>1105</v>
       </c>
       <c r="D648" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E648">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649">
-        <v>9781626234710</v>
+        <v>9781626233485</v>
       </c>
       <c r="B649" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="C649" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="D649" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E649">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650">
-        <v>9781626233485</v>
+        <v>9781626234949</v>
       </c>
       <c r="B650" t="s">
-        <v>1106</v>
+        <v>581</v>
       </c>
       <c r="C650" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="D650" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E650">
         <v>2021</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651">
-        <v>9781626234949</v>
+        <v>9781626238930</v>
       </c>
       <c r="B651" t="s">
-        <v>577</v>
+        <v>459</v>
       </c>
       <c r="C651" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="D651" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E651">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652">
-        <v>9781626238930</v>
+        <v>9781604061918</v>
       </c>
       <c r="B652" t="s">
-        <v>455</v>
+        <v>1110</v>
       </c>
       <c r="C652" t="s">
-        <v>1109</v>
+        <v>1111</v>
       </c>
       <c r="D652" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E652">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653">
-        <v>9781604061918</v>
+        <v>9781684202249</v>
       </c>
       <c r="B653" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="C653" t="s">
-        <v>1111</v>
+        <v>1113</v>
       </c>
       <c r="D653" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E653">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654">
-        <v>9781684202249</v>
+        <v>9781626238060</v>
       </c>
       <c r="B654" t="s">
-        <v>1112</v>
+        <v>1114</v>
       </c>
       <c r="C654" t="s">
-        <v>1113</v>
+        <v>1115</v>
       </c>
       <c r="D654" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E654">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655">
-        <v>9781626238060</v>
+        <v>9783131482075</v>
       </c>
       <c r="B655" t="s">
-        <v>1114</v>
+        <v>1116</v>
       </c>
       <c r="C655" t="s">
-        <v>1115</v>
+        <v>1117</v>
       </c>
       <c r="D655" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E655">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656">
-        <v>9783131482075</v>
+        <v>9781684201839</v>
       </c>
       <c r="B656" t="s">
-        <v>1116</v>
+        <v>1118</v>
       </c>
       <c r="C656" t="s">
-        <v>1117</v>
+        <v>1119</v>
       </c>
       <c r="D656" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E656">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657">
-        <v>9781684201839</v>
+        <v>9781626234413</v>
       </c>
       <c r="B657" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="C657" t="s">
-        <v>1119</v>
+        <v>1121</v>
       </c>
       <c r="D657" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E657">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658">
-        <v>9781626234413</v>
+        <v>9783131421418</v>
       </c>
       <c r="B658" t="s">
-        <v>1120</v>
+        <v>1122</v>
       </c>
       <c r="C658" t="s">
-        <v>1121</v>
+        <v>1123</v>
       </c>
       <c r="D658" t="s">
         <v>8</v>
       </c>
       <c r="E658">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659">
-        <v>9783131421418</v>
+        <v>9781604061741</v>
       </c>
       <c r="B659" t="s">
-        <v>1122</v>
+        <v>1124</v>
       </c>
       <c r="C659" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="D659" t="s">
         <v>8</v>
       </c>
       <c r="E659">
-        <v>2007</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660">
-        <v>9781604061741</v>
+        <v>9781604060577</v>
       </c>
       <c r="B660" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="C660" t="s">
-        <v>1125</v>
+        <v>1127</v>
       </c>
       <c r="D660" t="s">
         <v>8</v>
       </c>
       <c r="E660">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661">
-        <v>9781604060577</v>
+        <v>9781604068672</v>
       </c>
       <c r="B661" t="s">
-        <v>1126</v>
+        <v>530</v>
       </c>
       <c r="C661" t="s">
-        <v>1127</v>
+        <v>64</v>
       </c>
       <c r="D661" t="s">
         <v>8</v>
       </c>
       <c r="E661">
         <v>2015</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662">
-        <v>9781604068672</v>
+        <v>9781626231108</v>
       </c>
       <c r="B662" t="s">
-        <v>526</v>
+        <v>1128</v>
       </c>
       <c r="C662" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="D662" t="s">
         <v>8</v>
       </c>
       <c r="E662">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663">
-        <v>9781626231108</v>
+        <v>9783131418722</v>
       </c>
       <c r="B663" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="C663" t="s">
-        <v>10</v>
+        <v>1130</v>
       </c>
       <c r="D663" t="s">
         <v>8</v>
       </c>
       <c r="E663">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664">
-        <v>9783131418722</v>
+        <v>9781626232624</v>
       </c>
       <c r="B664" t="s">
-        <v>1129</v>
+        <v>411</v>
       </c>
       <c r="C664" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="D664" t="s">
         <v>8</v>
       </c>
       <c r="E664">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665">
-        <v>9781626232624</v>
+        <v>9783132215818</v>
       </c>
       <c r="B665" t="s">
-        <v>405</v>
+        <v>1132</v>
       </c>
       <c r="C665" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D665" t="s">
         <v>8</v>
       </c>
       <c r="E665">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666">
-        <v>9783132215818</v>
+        <v>9781604067538</v>
       </c>
       <c r="B666" t="s">
-        <v>1132</v>
+        <v>993</v>
       </c>
       <c r="C666" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="D666" t="s">
         <v>8</v>
       </c>
       <c r="E666">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667">
-        <v>9781604067538</v>
+        <v>9783132425170</v>
       </c>
       <c r="B667" t="s">
-        <v>991</v>
+        <v>1135</v>
       </c>
       <c r="C667" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="D667" t="s">
         <v>8</v>
       </c>
       <c r="E667">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668">
-        <v>9783132425170</v>
+        <v>9781626239685</v>
       </c>
       <c r="B668" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C668" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="D668" t="s">
         <v>8</v>
       </c>
       <c r="E668">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669">
-        <v>9781626239685</v>
+        <v>9781626237162</v>
       </c>
       <c r="B669" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="C669" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="D669" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E669">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670">
-        <v>9781626237162</v>
+        <v>9783131500519</v>
       </c>
       <c r="B670" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="C670" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="D670" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E670">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671">
-        <v>9783131500519</v>
+        <v>9783132417205</v>
       </c>
       <c r="B671" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="C671" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="D671" t="s">
         <v>8</v>
       </c>
       <c r="E671">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672">
-        <v>9783132417205</v>
+        <v>9781684200139</v>
       </c>
       <c r="B672" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="C672" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="D672" t="s">
         <v>8</v>
       </c>
       <c r="E672">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673">
-        <v>9781684200139</v>
+        <v>9781626232686</v>
       </c>
       <c r="B673" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="C673" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D673" t="s">
         <v>8</v>
       </c>
       <c r="E673">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674">
-        <v>9781626232686</v>
+        <v>9781604066951</v>
       </c>
       <c r="B674" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C674" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D674" t="s">
         <v>8</v>
       </c>
       <c r="E674">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675">
-        <v>9781604066951</v>
+        <v>9781684200030</v>
       </c>
       <c r="B675" t="s">
-        <v>1149</v>
+        <v>126</v>
       </c>
       <c r="C675" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="D675" t="s">
         <v>8</v>
       </c>
       <c r="E675">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676">
-        <v>9781684200030</v>
+        <v>9783132202917</v>
       </c>
       <c r="B676" t="s">
-        <v>120</v>
+        <v>1152</v>
       </c>
       <c r="C676" t="s">
-        <v>1151</v>
+        <v>1153</v>
       </c>
       <c r="D676" t="s">
         <v>8</v>
       </c>
       <c r="E676">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677">
-        <v>9783132202917</v>
+        <v>9781684200535</v>
       </c>
       <c r="B677" t="s">
-        <v>1152</v>
+        <v>1154</v>
       </c>
       <c r="C677" t="s">
-        <v>1153</v>
+        <v>1155</v>
       </c>
       <c r="D677" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E677">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678">
-        <v>9781684200535</v>
+        <v>9781626234512</v>
       </c>
       <c r="B678" t="s">
-        <v>1154</v>
+        <v>736</v>
       </c>
       <c r="C678" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D678" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E678">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679">
-        <v>9781626234512</v>
+        <v>9781626232235</v>
       </c>
       <c r="B679" t="s">
-        <v>734</v>
+        <v>528</v>
       </c>
       <c r="C679" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="D679" t="s">
         <v>8</v>
       </c>
       <c r="E679">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680">
-        <v>9781626232235</v>
+        <v>9781626234550</v>
       </c>
       <c r="B680" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C680" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D680" t="s">
         <v>8</v>
       </c>
       <c r="E680">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681">
-        <v>9781626234550</v>
+        <v>9783132059115</v>
       </c>
       <c r="B681" t="s">
-        <v>524</v>
+        <v>1159</v>
       </c>
       <c r="C681" t="s">
-        <v>1158</v>
+        <v>1160</v>
       </c>
       <c r="D681" t="s">
         <v>8</v>
       </c>
       <c r="E681">
         <v>2018</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682">
-        <v>9783132059115</v>
+        <v>9783132203815</v>
       </c>
       <c r="B682" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="C682" t="s">
-        <v>1160</v>
+        <v>1162</v>
       </c>
       <c r="D682" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E682">
         <v>2018</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683">
-        <v>9783132203815</v>
+        <v>9781588905253</v>
       </c>
       <c r="B683" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C683" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="D683" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E683">
-        <v>2018</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684">
-        <v>9781588905253</v>
+        <v>9783132419537</v>
       </c>
       <c r="B684" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="C684" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="D684" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E684">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685">
-        <v>9783132419537</v>
+        <v>9781626230217</v>
       </c>
       <c r="B685" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="C685" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="D685" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E685">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686">
-        <v>9781626230217</v>
+        <v>9783131472014</v>
       </c>
       <c r="B686" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C686" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="D686" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E686">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687">
-        <v>9783131472014</v>
+        <v>9781626239722</v>
       </c>
       <c r="B687" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="C687" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="D687" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E687">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
-        <v>9781626239722</v>
+        <v>9781626230125</v>
       </c>
       <c r="B688" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="C688" t="s">
-        <v>1172</v>
+        <v>1174</v>
       </c>
       <c r="D688" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E688">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689">
-        <v>9781626230125</v>
+        <v>9781626237971</v>
       </c>
       <c r="B689" t="s">
-        <v>1173</v>
+        <v>1018</v>
       </c>
       <c r="C689" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D689" t="s">
         <v>8</v>
       </c>
       <c r="E689">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690">
-        <v>9781626237971</v>
+        <v>9781626232549</v>
       </c>
       <c r="B690" t="s">
-        <v>1018</v>
+        <v>344</v>
       </c>
       <c r="C690" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D690" t="s">
         <v>8</v>
       </c>
       <c r="E690">
         <v>2019</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691">
-        <v>9781626232549</v>
+        <v>9783131383723</v>
       </c>
       <c r="B691" t="s">
-        <v>338</v>
+        <v>1177</v>
       </c>
       <c r="C691" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
       <c r="D691" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E691">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692">
-        <v>9783131383723</v>
+        <v>9781604068320</v>
       </c>
       <c r="B692" t="s">
-        <v>1177</v>
+        <v>718</v>
       </c>
       <c r="C692" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="D692" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E692">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693">
-        <v>9781604068320</v>
+        <v>9783132417878</v>
       </c>
       <c r="B693" t="s">
-        <v>716</v>
+        <v>575</v>
       </c>
       <c r="C693" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D693" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E693">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694">
-        <v>9783132417878</v>
+        <v>9781604060423</v>
       </c>
       <c r="B694" t="s">
-        <v>571</v>
+        <v>1181</v>
       </c>
       <c r="C694" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D694" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E694">
-        <v>2020</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695">
-        <v>9781604060423</v>
+        <v>9781684205592</v>
       </c>
       <c r="B695" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="C695" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="D695" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E695">
-        <v>2009</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696">
-        <v>9781684205592</v>
+        <v>9783132417182</v>
       </c>
       <c r="B696" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C696" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="D696" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="E696">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697">
-        <v>9783132417182</v>
+        <v>9781626234857</v>
       </c>
       <c r="B697" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="C697" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="D697" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E697">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698">
-        <v>9781626234857</v>
+        <v>9781626232020</v>
       </c>
       <c r="B698" t="s">
-        <v>1187</v>
+        <v>139</v>
       </c>
       <c r="C698" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="D698" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E698">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699">
-        <v>9781626232020</v>
+        <v>9781626236899</v>
       </c>
       <c r="B699" t="s">
-        <v>133</v>
+        <v>1190</v>
       </c>
       <c r="C699" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="D699" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E699">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700">
-        <v>9781626236899</v>
+        <v>9781626231344</v>
       </c>
       <c r="B700" t="s">
-        <v>1190</v>
+        <v>124</v>
       </c>
       <c r="C700" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D700" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E700">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701">
-        <v>9781626231344</v>
+        <v>9781626237087</v>
       </c>
       <c r="B701" t="s">
-        <v>118</v>
+        <v>375</v>
       </c>
       <c r="C701" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="D701" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E701">
         <v>2019</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702">
-        <v>9781626237087</v>
+        <v>9789385062612</v>
       </c>
       <c r="B702" t="s">
-        <v>369</v>
+        <v>793</v>
       </c>
       <c r="C702" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D702" t="s">
         <v>8</v>
       </c>
       <c r="E702">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F702">
+        <v>184.99</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703">
-        <v>9789385062612</v>
+        <v>9781626238756</v>
       </c>
       <c r="B703" t="s">
-        <v>791</v>
+        <v>1120</v>
       </c>
       <c r="C703" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="D703" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E703">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>204.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704">
-        <v>9781626238756</v>
+        <v>9783131749413</v>
       </c>
       <c r="B704" t="s">
-        <v>1120</v>
+        <v>1196</v>
       </c>
       <c r="C704" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="D704" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E704">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705">
-        <v>9783131749413</v>
+        <v>9781684200092</v>
       </c>
       <c r="B705" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="C705" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="D705" t="s">
         <v>8</v>
       </c>
       <c r="E705">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706">
-        <v>9781684200092</v>
+        <v>9781626235168</v>
       </c>
       <c r="B706" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="C706" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="D706" t="s">
         <v>8</v>
       </c>
       <c r="E706">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707">
-        <v>9781626235168</v>
+        <v>9783132427518</v>
       </c>
       <c r="B707" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
       <c r="C707" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="D707" t="s">
         <v>8</v>
       </c>
       <c r="E707">
         <v>2019</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708">
-        <v>9783132427518</v>
+        <v>9783131624710</v>
       </c>
       <c r="B708" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="C708" t="s">
-        <v>1203</v>
+        <v>1205</v>
       </c>
       <c r="D708" t="s">
         <v>8</v>
       </c>
       <c r="E708">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709">
-        <v>9783131624710</v>
+        <v>9783131435910</v>
       </c>
       <c r="B709" t="s">
-        <v>1204</v>
+        <v>637</v>
       </c>
       <c r="C709" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="D709" t="s">
         <v>8</v>
       </c>
       <c r="E709">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710">
-        <v>9783131435910</v>
+        <v>9783131723819</v>
       </c>
       <c r="B710" t="s">
-        <v>633</v>
+        <v>1207</v>
       </c>
       <c r="C710" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="D710" t="s">
         <v>8</v>
       </c>
       <c r="E710">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711">
-        <v>9783131723819</v>
+        <v>9783132414266</v>
       </c>
       <c r="B711" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="C711" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="D711" t="s">
         <v>8</v>
       </c>
       <c r="E711">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712">
-        <v>9783132414266</v>
+        <v>9783132004412</v>
       </c>
       <c r="B712" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="C712" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="D712" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E712">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713">
-        <v>9783132004412</v>
+        <v>9781684202300</v>
       </c>
       <c r="B713" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="C713" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="D713" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E713">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714">
-        <v>9781684202300</v>
+        <v>9781626235113</v>
       </c>
       <c r="B714" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C714" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="D714" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E714">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715">
-        <v>9781626235113</v>
+        <v>9789386293565</v>
       </c>
       <c r="B715" t="s">
-        <v>1215</v>
+        <v>153</v>
       </c>
       <c r="C715" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D715" t="s">
         <v>8</v>
       </c>
       <c r="E715">
-        <v>2020</v>
+        <v>2019</v>
+      </c>
+      <c r="F715">
+        <v>155.0</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716">
-        <v>9789386293565</v>
+        <v>9781626234734</v>
       </c>
       <c r="B716" t="s">
-        <v>147</v>
+        <v>1218</v>
       </c>
       <c r="C716" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="D716" t="s">
         <v>8</v>
       </c>
       <c r="E716">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>171.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717">
-        <v>9781626234734</v>
+        <v>9789382076933</v>
       </c>
       <c r="B717" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="C717" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="D717" t="s">
         <v>8</v>
       </c>
       <c r="E717">
-        <v>2018</v>
+        <v>2016</v>
+      </c>
+      <c r="F717">
+        <v>152.0</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718">
-        <v>9789382076933</v>
+        <v>9783132413511</v>
       </c>
       <c r="B718" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="C718" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D718" t="s">
         <v>8</v>
       </c>
       <c r="E718">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719">
-        <v>9783132413511</v>
+        <v>9783131477613</v>
       </c>
       <c r="B719" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="C719" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="D719" t="s">
         <v>8</v>
       </c>
       <c r="E719">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720">
-        <v>9783131477613</v>
+        <v>9781626235076</v>
       </c>
       <c r="B720" t="s">
-        <v>1224</v>
+        <v>139</v>
       </c>
       <c r="C720" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="D720" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E720">
-        <v>2008</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721">
-        <v>9781626235076</v>
+        <v>9781626232372</v>
       </c>
       <c r="B721" t="s">
-        <v>133</v>
+        <v>1227</v>
       </c>
       <c r="C721" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="D721" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E721">
         <v>2019</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722">
-        <v>9781626232372</v>
+        <v>9781626235199</v>
       </c>
       <c r="B722" t="s">
-        <v>1227</v>
+        <v>747</v>
       </c>
       <c r="C722" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D722" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E722">
         <v>2019</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723">
-        <v>9781626235199</v>
+        <v>9781626232440</v>
       </c>
       <c r="B723" t="s">
-        <v>745</v>
+        <v>1230</v>
       </c>
       <c r="C723" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D723" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E723">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724">
-        <v>9781626232440</v>
+        <v>9783131543219</v>
       </c>
       <c r="B724" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C724" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="D724" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E724">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725">
-        <v>9783131543219</v>
+        <v>9783132409583</v>
       </c>
       <c r="B725" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="C725" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="D725" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E725">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726">
-        <v>9783132409583</v>
+        <v>9781684205561</v>
       </c>
       <c r="B726" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="C726" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="D726" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E726">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727">
-        <v>9781684205561</v>
+        <v>9781626233461</v>
       </c>
       <c r="B727" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="C727" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="D727" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E727">
-        <v>2023</v>
+        <v>2018</v>
+      </c>
+      <c r="F727">
+        <v>49.99</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728">
-        <v>9781626233461</v>
+        <v>9783132431720</v>
       </c>
       <c r="B728" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="C728" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="D728" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E728">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729">
-        <v>9783132431720</v>
+        <v>9783131724212</v>
       </c>
       <c r="B729" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C729" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D729" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E729">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730">
-        <v>9783131724212</v>
+        <v>9783131658517</v>
       </c>
       <c r="B730" t="s">
-        <v>1242</v>
+        <v>342</v>
       </c>
       <c r="C730" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="D730" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E730">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731">
-        <v>9783131658517</v>
+        <v>9781604066807</v>
       </c>
       <c r="B731" t="s">
-        <v>336</v>
+        <v>1245</v>
       </c>
       <c r="C731" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="D731" t="s">
         <v>8</v>
       </c>
       <c r="E731">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732">
-        <v>9781604066807</v>
+        <v>9781626238558</v>
       </c>
       <c r="B732" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="C732" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="D732" t="s">
         <v>8</v>
       </c>
       <c r="E732">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733">
-        <v>9781626238558</v>
+        <v>9783131471512</v>
       </c>
       <c r="B733" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="C733" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="D733" t="s">
         <v>8</v>
       </c>
       <c r="E733">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734">
-        <v>9783131471512</v>
+        <v>9781604065763</v>
       </c>
       <c r="B734" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="C734" t="s">
-        <v>1250</v>
+        <v>1252</v>
       </c>
       <c r="D734" t="s">
         <v>8</v>
       </c>
       <c r="E734">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735">
-        <v>9781604065763</v>
+        <v>9781588903709</v>
       </c>
       <c r="B735" t="s">
-        <v>1251</v>
+        <v>1253</v>
       </c>
       <c r="C735" t="s">
-        <v>1252</v>
+        <v>1254</v>
       </c>
       <c r="D735" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E735">
-        <v>2012</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736">
-        <v>9781588903709</v>
+        <v>9781626230989</v>
       </c>
       <c r="B736" t="s">
-        <v>1253</v>
+        <v>736</v>
       </c>
       <c r="C736" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D736" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E736">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737">
-        <v>9781626230989</v>
+        <v>9781626234673</v>
       </c>
       <c r="B737" t="s">
-        <v>734</v>
+        <v>1256</v>
       </c>
       <c r="C737" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="D737" t="s">
         <v>8</v>
       </c>
       <c r="E737">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738">
-        <v>9781626234673</v>
+        <v>9783132411449</v>
       </c>
       <c r="B738" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="C738" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="D738" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E738">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739">
-        <v>9783132411449</v>
+        <v>9781626239180</v>
       </c>
       <c r="B739" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="C739" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="D739" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E739">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740">
-        <v>9781626239180</v>
+        <v>9781626237148</v>
       </c>
       <c r="B740" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="C740" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="D740" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E740">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741">
-        <v>9781626237148</v>
+        <v>9781604060515</v>
       </c>
       <c r="B741" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="C741" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="D741" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E741">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742">
-        <v>9781604060515</v>
+        <v>9781626232341</v>
       </c>
       <c r="B742" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="C742" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="D742" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E742">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743">
-        <v>9781626232341</v>
+        <v>9781604060591</v>
       </c>
       <c r="B743" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="C743" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="D743" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E743">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744">
-        <v>9781604060591</v>
+        <v>9781684201532</v>
       </c>
       <c r="B744" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="C744" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="D744" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E744">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745">
-        <v>9781684201532</v>
+        <v>9781684200191</v>
       </c>
       <c r="B745" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="C745" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="D745" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E745">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746">
-        <v>9781684200191</v>
+        <v>9783131261632</v>
       </c>
       <c r="B746" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="C746" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D746" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E746">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747">
-        <v>9783131261632</v>
+        <v>9781626234901</v>
       </c>
       <c r="B747" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="C747" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="D747" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E747">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748">
-        <v>9781626234901</v>
+        <v>9781626237292</v>
       </c>
       <c r="B748" t="s">
-        <v>1276</v>
+        <v>546</v>
       </c>
       <c r="C748" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D748" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E748">
         <v>2019</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749">
-        <v>9781626237292</v>
+        <v>9781626234253</v>
       </c>
       <c r="B749" t="s">
-        <v>542</v>
+        <v>1279</v>
       </c>
       <c r="C749" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="D749" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E749">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750">
-        <v>9781626234253</v>
+        <v>9781626233201</v>
       </c>
       <c r="B750" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="C750" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="D750" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="E750">
         <v>2017</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751">
-        <v>9781626233201</v>
+        <v>9781626235038</v>
       </c>
       <c r="B751" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="C751" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D751" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E751">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752">
-        <v>9781626235038</v>
+        <v>9781626233584</v>
       </c>
       <c r="B752" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="C752" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="D752" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E752">
         <v>2019</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753">
-        <v>9781626233584</v>
+        <v>9781626236936</v>
       </c>
       <c r="B753" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C753" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="D753" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E753">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754">
-        <v>9781626236936</v>
+        <v>9783131486219</v>
       </c>
       <c r="B754" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="C754" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D754" t="s">
         <v>8</v>
       </c>
       <c r="E754">
-        <v>2022</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755">
-        <v>9783131486219</v>
+        <v>9783131646019</v>
       </c>
       <c r="B755" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="C755" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="D755" t="s">
         <v>8</v>
       </c>
       <c r="E755">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756">
-        <v>9783131646019</v>
+        <v>9781626232082</v>
       </c>
       <c r="B756" t="s">
-        <v>1291</v>
+        <v>1110</v>
       </c>
       <c r="C756" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="D756" t="s">
         <v>8</v>
       </c>
       <c r="E756">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757">
-        <v>9781626232082</v>
+        <v>9783131731111</v>
       </c>
       <c r="B757" t="s">
-        <v>1110</v>
+        <v>1294</v>
       </c>
       <c r="C757" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="D757" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E757">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758">
-        <v>9783131731111</v>
+        <v>9783137055020</v>
       </c>
       <c r="B758" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="C758" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="D758" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E758">
         <v>2015</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759">
-        <v>9783137055020</v>
+        <v>9781626237032</v>
       </c>
       <c r="B759" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="C759" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="D759" t="s">
         <v>8</v>
       </c>
       <c r="E759">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760">
-        <v>9781626237032</v>
+        <v>9781684201518</v>
       </c>
       <c r="B760" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="C760" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="D760" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E760">
-        <v>2011</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761">
-        <v>9781684201518</v>
+        <v>9781626233706</v>
       </c>
       <c r="B761" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="C761" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="D761" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E761">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762">
-        <v>9781626233706</v>
+        <v>9781588904010</v>
       </c>
       <c r="B762" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="C762" t="s">
-        <v>1303</v>
+        <v>1305</v>
       </c>
       <c r="D762" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E762">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763">
-        <v>9781588904010</v>
+        <v>9783131997210</v>
       </c>
       <c r="B763" t="s">
-        <v>1304</v>
+        <v>1306</v>
       </c>
       <c r="C763" t="s">
-        <v>1305</v>
+        <v>1307</v>
       </c>
       <c r="D763" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E763">
-        <v>2008</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764">
-        <v>9783131997210</v>
+        <v>9781684201679</v>
       </c>
       <c r="B764" t="s">
-        <v>1306</v>
+        <v>1308</v>
       </c>
       <c r="C764" t="s">
-        <v>1307</v>
+        <v>1309</v>
       </c>
       <c r="D764" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E764">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765">
-        <v>9781684201679</v>
+        <v>9781626235533</v>
       </c>
       <c r="B765" t="s">
-        <v>1308</v>
+        <v>1310</v>
       </c>
       <c r="C765" t="s">
-        <v>1309</v>
+        <v>1311</v>
       </c>
       <c r="D765" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E765">
-        <v>2022</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766">
-        <v>9781626235533</v>
+        <v>9781626239678</v>
       </c>
       <c r="B766" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="C766" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
       <c r="D766" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E766">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767">
-        <v>9781626239678</v>
+        <v>9781626236448</v>
       </c>
       <c r="B767" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C767" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D767" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E767">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768">
-        <v>9781626236448</v>
+        <v>9783131427113</v>
       </c>
       <c r="B768" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="C768" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="D768" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E768">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769">
-        <v>9783131427113</v>
+        <v>9783131697318</v>
       </c>
       <c r="B769" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="C769" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
       <c r="D769" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E769">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770">
-        <v>9783131697318</v>
+        <v>9781626236011</v>
       </c>
       <c r="B770" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="C770" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="D770" t="s">
         <v>8</v>
       </c>
       <c r="E770">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771">
-        <v>9781626236011</v>
+        <v>9783137407034</v>
       </c>
       <c r="B771" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C771" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D771" t="s">
         <v>8</v>
       </c>
       <c r="E771">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772">
-        <v>9783137407034</v>
+        <v>9781604067682</v>
       </c>
       <c r="B772" t="s">
-        <v>1322</v>
+        <v>1067</v>
       </c>
       <c r="C772" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D772" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E772">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773">
-        <v>9781604067682</v>
+        <v>9783132431744</v>
       </c>
       <c r="B773" t="s">
-        <v>1067</v>
+        <v>1325</v>
       </c>
       <c r="C773" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="D773" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E773">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774">
-        <v>9783132431744</v>
+        <v>9781626238312</v>
       </c>
       <c r="B774" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="C774" t="s">
-        <v>1326</v>
+        <v>1328</v>
       </c>
       <c r="D774" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E774">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775">
-        <v>9781626238312</v>
+        <v>9783131499813</v>
       </c>
       <c r="B775" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C775" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="D775" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E775">
-        <v>2020</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776">
-        <v>9783131499813</v>
+        <v>9783131492715</v>
       </c>
       <c r="B776" t="s">
-        <v>1329</v>
+        <v>1132</v>
       </c>
       <c r="C776" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D776" t="s">
         <v>8</v>
       </c>
       <c r="E776">
         <v>2009</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777">
-        <v>9783131492715</v>
+        <v>9781626238237</v>
       </c>
       <c r="B777" t="s">
-        <v>1132</v>
+        <v>1332</v>
       </c>
       <c r="C777" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="D777" t="s">
         <v>8</v>
       </c>
       <c r="E777">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778">
-        <v>9781626238237</v>
+        <v>9783132053618</v>
       </c>
       <c r="B778" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="C778" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="D778" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E778">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779">
-        <v>9783132053618</v>
+        <v>9781604067729</v>
       </c>
       <c r="B779" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="C779" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="D779" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E779">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780">
-        <v>9781604067729</v>
+        <v>9781684202171</v>
       </c>
       <c r="B780" t="s">
-        <v>1336</v>
+        <v>126</v>
       </c>
       <c r="C780" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="D780" t="s">
         <v>8</v>
       </c>
       <c r="E780">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781">
-        <v>9781684202171</v>
+        <v>9783134535020</v>
       </c>
       <c r="B781" t="s">
-        <v>120</v>
+        <v>360</v>
       </c>
       <c r="C781" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="D781" t="s">
         <v>8</v>
       </c>
       <c r="E781">
-        <v>2021</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782">
-        <v>9783134535020</v>
+        <v>9781604060362</v>
       </c>
       <c r="B782" t="s">
-        <v>354</v>
+        <v>1340</v>
       </c>
       <c r="C782" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
       <c r="D782" t="s">
         <v>8</v>
       </c>
       <c r="E782">
-        <v>2006</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783">
-        <v>9781604060362</v>
+        <v>9789388257060</v>
       </c>
       <c r="B783" t="s">
-        <v>1340</v>
+        <v>189</v>
       </c>
       <c r="C783" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D783" t="s">
         <v>8</v>
       </c>
       <c r="E783">
-        <v>2010</v>
+        <v>2019</v>
+      </c>
+      <c r="F783">
+        <v>96.99</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784">
-        <v>9789388257060</v>
+        <v>9781588901866</v>
       </c>
       <c r="B784" t="s">
-        <v>183</v>
+        <v>1124</v>
       </c>
       <c r="C784" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="D784" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E784">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>104.99</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785">
-        <v>9781588901866</v>
+        <v>9781684201464</v>
       </c>
       <c r="B785" t="s">
-        <v>1124</v>
+        <v>534</v>
       </c>
       <c r="C785" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D785" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E785">
-        <v>2003</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786">
-        <v>9781684201464</v>
+        <v>9781626236493</v>
       </c>
       <c r="B786" t="s">
-        <v>530</v>
+        <v>1345</v>
       </c>
       <c r="C786" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="D786" t="s">
         <v>8</v>
       </c>
       <c r="E786">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787">
-        <v>9781626236493</v>
+        <v>9781626235328</v>
       </c>
       <c r="B787" t="s">
-        <v>1345</v>
+        <v>1276</v>
       </c>
       <c r="C787" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D787" t="s">
         <v>8</v>
       </c>
       <c r="E787">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788">
-        <v>9781626235328</v>
+        <v>9781626233461</v>
       </c>
       <c r="B788" t="s">
-        <v>1276</v>
+        <v>1238</v>
       </c>
       <c r="C788" t="s">
-        <v>1347</v>
+        <v>37</v>
       </c>
       <c r="D788" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E788">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F788">
+        <v>49.99</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789">
-        <v>9781626233461</v>
+        <v>9781604063752</v>
       </c>
       <c r="B789" t="s">
-        <v>1238</v>
+        <v>1348</v>
       </c>
       <c r="C789" t="s">
-        <v>31</v>
+        <v>1349</v>
       </c>
       <c r="D789" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E789">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790">
-        <v>9781604063752</v>
+        <v>9783131746412</v>
       </c>
       <c r="B790" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="C790" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="D790" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E790">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791">
-        <v>9783131746412</v>
+        <v>9783132428416</v>
       </c>
       <c r="B791" t="s">
-        <v>1350</v>
+        <v>1132</v>
       </c>
       <c r="C791" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D791" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E791">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792">
-        <v>9783132428416</v>
+        <v>9781626233607</v>
       </c>
       <c r="B792" t="s">
-        <v>1132</v>
+        <v>1200</v>
       </c>
       <c r="C792" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="D792" t="s">
         <v>8</v>
       </c>
       <c r="E792">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793">
-        <v>9781626233607</v>
+        <v>9781626232501</v>
       </c>
       <c r="B793" t="s">
-        <v>1200</v>
+        <v>1198</v>
       </c>
       <c r="C793" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D793" t="s">
         <v>8</v>
       </c>
       <c r="E793">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794">
-        <v>9781626232501</v>
+        <v>9783131538819</v>
       </c>
       <c r="B794" t="s">
-        <v>1198</v>
+        <v>1355</v>
       </c>
       <c r="C794" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="D794" t="s">
         <v>8</v>
       </c>
       <c r="E794">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795">
-        <v>9783131538819</v>
+        <v>9783131076120</v>
       </c>
       <c r="B795" t="s">
-        <v>1355</v>
+        <v>393</v>
       </c>
       <c r="C795" t="s">
-        <v>1356</v>
+        <v>651</v>
       </c>
       <c r="D795" t="s">
         <v>8</v>
       </c>
       <c r="E795">
-        <v>2011</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796">
-        <v>9783131076120</v>
+        <v>9781684200580</v>
       </c>
       <c r="B796" t="s">
-        <v>387</v>
+        <v>1357</v>
       </c>
       <c r="C796" t="s">
-        <v>647</v>
+        <v>1358</v>
       </c>
       <c r="D796" t="s">
         <v>8</v>
       </c>
       <c r="E796">
-        <v>2006</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797">
-        <v>9781684200580</v>
-[...2 lines deleted...]
-        <v>1357</v>
+        <v>9781626231566</v>
       </c>
       <c r="C797" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D797" t="s">
         <v>8</v>
       </c>
       <c r="E797">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798">
-        <v>9781626231566</v>
+        <v>9783131463319</v>
+      </c>
+      <c r="B798" t="s">
+        <v>1360</v>
       </c>
       <c r="C798" t="s">
-        <v>1359</v>
+        <v>1361</v>
       </c>
       <c r="D798" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E798">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799">
-        <v>9783131463319</v>
+        <v>9783132415607</v>
       </c>
       <c r="B799" t="s">
-        <v>1360</v>
+        <v>1362</v>
       </c>
       <c r="C799" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="D799" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E799">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800">
-        <v>9783132415607</v>
+        <v>9781604066838</v>
       </c>
       <c r="B800" t="s">
-        <v>1362</v>
+        <v>1364</v>
       </c>
       <c r="C800" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D800" t="s">
         <v>8</v>
       </c>
       <c r="E800">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801">
-        <v>9781604066838</v>
+        <v>9781626231597</v>
       </c>
       <c r="B801" t="s">
-        <v>1364</v>
+        <v>1366</v>
       </c>
       <c r="C801" t="s">
-        <v>1365</v>
+        <v>1367</v>
       </c>
       <c r="D801" t="s">
         <v>8</v>
       </c>
       <c r="E801">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802">
-        <v>9781626231597</v>
+        <v>9781626236820</v>
       </c>
       <c r="B802" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="C802" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="D802" t="s">
         <v>8</v>
       </c>
       <c r="E802">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803">
-        <v>9781626236820</v>
+        <v>9781626235410</v>
       </c>
       <c r="B803" t="s">
-        <v>1368</v>
+        <v>371</v>
       </c>
       <c r="C803" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="D803" t="s">
         <v>8</v>
       </c>
       <c r="E803">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804">
-        <v>9781626235410</v>
+        <v>9783132412774</v>
       </c>
       <c r="B804" t="s">
-        <v>365</v>
+        <v>1371</v>
       </c>
       <c r="C804" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="D804" t="s">
         <v>8</v>
       </c>
       <c r="E804">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805">
-        <v>9783132412774</v>
+        <v>9783131528810</v>
       </c>
       <c r="B805" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="C805" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="D805" t="s">
         <v>8</v>
       </c>
       <c r="E805">
-        <v>2023</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806">
-        <v>9783131528810</v>
+        <v>9783132431928</v>
       </c>
       <c r="B806" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="C806" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="D806" t="s">
         <v>8</v>
       </c>
       <c r="E806">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807">
-        <v>9783132431928</v>
+        <v>9781626231474</v>
       </c>
       <c r="B807" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="C807" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="D807" t="s">
         <v>8</v>
       </c>
       <c r="E807">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808">
-        <v>9781626231474</v>
+        <v>9781626232365</v>
       </c>
       <c r="B808" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="C808" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="D808" t="s">
         <v>8</v>
       </c>
       <c r="E808">
         <v>2018</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809">
-        <v>9781626232365</v>
+        <v>9783132400528</v>
       </c>
       <c r="B809" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="C809" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D809" t="s">
         <v>8</v>
       </c>
       <c r="E809">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810">
-        <v>9783132400528</v>
+        <v>9781626230965</v>
       </c>
       <c r="B810" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="C810" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D810" t="s">
         <v>8</v>
       </c>
       <c r="E810">
-        <v>2022</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811">
-        <v>9781626230965</v>
+        <v>9781626231931</v>
       </c>
       <c r="B811" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="C811" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="D811" t="s">
         <v>8</v>
       </c>
       <c r="E811">
         <v>2017</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812">
-        <v>9781626231931</v>
+        <v>9781626232730</v>
       </c>
       <c r="B812" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C812" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="D812" t="s">
         <v>8</v>
       </c>
       <c r="E812">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813">
-        <v>9781626232730</v>
+        <v>9783131364524</v>
       </c>
       <c r="B813" t="s">
-        <v>1387</v>
+        <v>1389</v>
       </c>
       <c r="C813" t="s">
-        <v>1388</v>
+        <v>1390</v>
       </c>
       <c r="D813" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E813">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814">
-        <v>9783131364524</v>
+        <v>9781626232488</v>
       </c>
       <c r="B814" t="s">
-        <v>1389</v>
+        <v>1270</v>
       </c>
       <c r="C814" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D814" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E814">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815">
-        <v>9781626232488</v>
+        <v>9781626238688</v>
       </c>
       <c r="B815" t="s">
-        <v>1270</v>
+        <v>1392</v>
       </c>
       <c r="C815" t="s">
-        <v>1391</v>
+        <v>1393</v>
       </c>
       <c r="D815" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E815">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816">
-        <v>9781626238688</v>
+        <v>9781626235137</v>
       </c>
       <c r="B816" t="s">
-        <v>1392</v>
+        <v>665</v>
       </c>
       <c r="C816" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="D816" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E816">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817">
-        <v>9781626235137</v>
+        <v>9781626237964</v>
       </c>
       <c r="B817" t="s">
-        <v>661</v>
+        <v>546</v>
       </c>
       <c r="C817" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D817" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E817">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818">
-        <v>9781626237964</v>
+        <v>9783132405516</v>
       </c>
       <c r="B818" t="s">
-        <v>542</v>
+        <v>1396</v>
       </c>
       <c r="C818" t="s">
-        <v>1395</v>
+        <v>1397</v>
       </c>
       <c r="D818" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E818">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819">
-        <v>9783132405516</v>
+        <v>9781626236837</v>
       </c>
       <c r="B819" t="s">
-        <v>1396</v>
+        <v>1398</v>
       </c>
       <c r="C819" t="s">
-        <v>1397</v>
+        <v>1399</v>
       </c>
       <c r="D819" t="s">
         <v>8</v>
       </c>
       <c r="E819">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820">
-        <v>9781626236837</v>
+        <v>9783131746214</v>
       </c>
       <c r="B820" t="s">
-        <v>1398</v>
+        <v>1400</v>
       </c>
       <c r="C820" t="s">
-        <v>1399</v>
+        <v>1401</v>
       </c>
       <c r="D820" t="s">
         <v>8</v>
       </c>
       <c r="E820">
-        <v>2017</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821">
-        <v>9783131746214</v>
+        <v>9783132412866</v>
       </c>
       <c r="B821" t="s">
-        <v>1400</v>
+        <v>1402</v>
       </c>
       <c r="C821" t="s">
-        <v>1401</v>
+        <v>1403</v>
       </c>
       <c r="D821" t="s">
         <v>8</v>
       </c>
       <c r="E821">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822">
-        <v>9783132412866</v>
+        <v>9783131699015</v>
       </c>
       <c r="B822" t="s">
-        <v>1402</v>
+        <v>1404</v>
       </c>
       <c r="C822" t="s">
-        <v>1403</v>
+        <v>894</v>
       </c>
       <c r="D822" t="s">
         <v>8</v>
       </c>
       <c r="E822">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823">
-        <v>9783131699015</v>
+        <v>9781604068467</v>
       </c>
       <c r="B823" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C823" t="s">
-        <v>892</v>
+        <v>1406</v>
       </c>
       <c r="D823" t="s">
         <v>8</v>
       </c>
       <c r="E823">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824">
-        <v>9781604068467</v>
+        <v>9781626238978</v>
       </c>
       <c r="B824" t="s">
-        <v>1405</v>
+        <v>1332</v>
       </c>
       <c r="C824" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D824" t="s">
         <v>8</v>
       </c>
       <c r="E824">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825">
-        <v>9781626238978</v>
+        <v>9783131751812</v>
       </c>
       <c r="B825" t="s">
-        <v>1332</v>
+        <v>1408</v>
       </c>
       <c r="C825" t="s">
-        <v>1407</v>
+        <v>1409</v>
       </c>
       <c r="D825" t="s">
         <v>8</v>
       </c>
       <c r="E825">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826">
-        <v>9783131751812</v>
+        <v>9781626235465</v>
       </c>
       <c r="B826" t="s">
-        <v>1408</v>
+        <v>1410</v>
       </c>
       <c r="C826" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="D826" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E826">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827">
-        <v>9781626235465</v>
+        <v>9781684200016</v>
       </c>
       <c r="B827" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="C827" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="D827" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E827">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828">
-        <v>9781684200016</v>
+        <v>9789386293411</v>
       </c>
       <c r="B828" t="s">
-        <v>1412</v>
+        <v>1220</v>
       </c>
       <c r="C828" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D828" t="s">
         <v>8</v>
       </c>
       <c r="E828">
-        <v>2019</v>
+        <v>2018</v>
+      </c>
+      <c r="F828">
+        <v>155.0</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829">
-        <v>9789386293411</v>
+        <v>9781684201280</v>
       </c>
       <c r="B829" t="s">
-        <v>1220</v>
+        <v>1415</v>
       </c>
       <c r="C829" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="D829" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E829">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>171.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830">
-        <v>9781684201280</v>
+        <v>9783131367938</v>
       </c>
       <c r="B830" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C830" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D830" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E830">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831">
-        <v>9783131367938</v>
+        <v>9781626236806</v>
       </c>
       <c r="B831" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="C831" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="D831" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E831">
         <v>2016</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832">
-        <v>9781626236806</v>
+        <v>9783131164629</v>
       </c>
       <c r="B832" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="C832" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
       <c r="D832" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E832">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833">
-        <v>9783131164629</v>
+        <v>9781626239210</v>
       </c>
       <c r="B833" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C833" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D833" t="s">
         <v>8</v>
       </c>
       <c r="E833">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834">
-        <v>9781626239210</v>
+        <v>9781626236561</v>
       </c>
       <c r="B834" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="C834" t="s">
-        <v>1424</v>
+        <v>209</v>
       </c>
       <c r="D834" t="s">
         <v>8</v>
       </c>
       <c r="E834">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835">
-        <v>9781626236561</v>
+        <v>9781626236912</v>
       </c>
       <c r="B835" t="s">
-        <v>1425</v>
+        <v>364</v>
       </c>
       <c r="C835" t="s">
-        <v>203</v>
+        <v>1426</v>
       </c>
       <c r="D835" t="s">
         <v>8</v>
       </c>
       <c r="E835">
         <v>2017</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836">
-        <v>9781626236912</v>
+        <v>9781626234796</v>
       </c>
       <c r="B836" t="s">
-        <v>358</v>
+        <v>1427</v>
       </c>
       <c r="C836" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="D836" t="s">
         <v>8</v>
       </c>
       <c r="E836">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837">
-        <v>9781626234796</v>
+        <v>9781604068641</v>
       </c>
       <c r="B837" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="C837" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D837" t="s">
         <v>8</v>
       </c>
       <c r="E837">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838">
-        <v>9781604068641</v>
+        <v>9781626232310</v>
       </c>
       <c r="B838" t="s">
-        <v>1429</v>
+        <v>1251</v>
       </c>
       <c r="C838" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D838" t="s">
         <v>8</v>
       </c>
       <c r="E838">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839">
-        <v>9781626232310</v>
+        <v>9783132031616</v>
       </c>
       <c r="B839" t="s">
-        <v>1251</v>
+        <v>1432</v>
       </c>
       <c r="C839" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="D839" t="s">
         <v>8</v>
       </c>
       <c r="E839">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840">
-        <v>9783132031616</v>
+        <v>9789390553402</v>
       </c>
       <c r="B840" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="C840" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="D840" t="s">
         <v>8</v>
       </c>
       <c r="E840">
-        <v>2016</v>
+        <v>2022</v>
+      </c>
+      <c r="F840">
+        <v>129.0</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841">
-        <v>9789390553402</v>
+        <v>9783131758316</v>
       </c>
       <c r="B841" t="s">
-        <v>1434</v>
+        <v>1015</v>
       </c>
       <c r="C841" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D841" t="s">
         <v>8</v>
       </c>
       <c r="E841">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842">
-        <v>9783131758316</v>
+        <v>9783131252524</v>
       </c>
       <c r="B842" t="s">
-        <v>1015</v>
+        <v>1437</v>
       </c>
       <c r="C842" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="D842" t="s">
         <v>8</v>
       </c>
       <c r="E842">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843">
-        <v>9783131252524</v>
+        <v>9781684200177</v>
       </c>
       <c r="B843" t="s">
-        <v>1437</v>
+        <v>581</v>
       </c>
       <c r="C843" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D843" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E843">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844">
-        <v>9781684200177</v>
+        <v>9783131165534</v>
       </c>
       <c r="B844" t="s">
-        <v>577</v>
+        <v>1440</v>
       </c>
       <c r="C844" t="s">
-        <v>1439</v>
+        <v>1441</v>
       </c>
       <c r="D844" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E844">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845">
-        <v>9783131165534</v>
+        <v>9783131301116</v>
       </c>
       <c r="B845" t="s">
-        <v>1440</v>
+        <v>575</v>
       </c>
       <c r="C845" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="D845" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E845">
-        <v>2016</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846">
-        <v>9783131301116</v>
+        <v>9781604068733</v>
       </c>
       <c r="B846" t="s">
-        <v>571</v>
+        <v>465</v>
       </c>
       <c r="C846" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D846" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E846">
-        <v>2004</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847">
-        <v>9781604068733</v>
+        <v>9781626236684</v>
       </c>
       <c r="B847" t="s">
-        <v>461</v>
+        <v>332</v>
       </c>
       <c r="C847" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="D847" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E847">
         <v>2015</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848">
-        <v>9781626236684</v>
+        <v>9783131994011</v>
       </c>
       <c r="B848" t="s">
-        <v>326</v>
+        <v>1445</v>
       </c>
       <c r="C848" t="s">
-        <v>1444</v>
+        <v>1446</v>
       </c>
       <c r="D848" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E848">
         <v>2015</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849">
-        <v>9783131994011</v>
+        <v>9789388257190</v>
       </c>
       <c r="B849" t="s">
-        <v>1445</v>
+        <v>1220</v>
       </c>
       <c r="C849" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D849" t="s">
         <v>8</v>
       </c>
       <c r="E849">
-        <v>2015</v>
+        <v>2019</v>
+      </c>
+      <c r="F849">
+        <v>187.0</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850">
-        <v>9789388257190</v>
+        <v>9781626238305</v>
       </c>
       <c r="B850" t="s">
-        <v>1220</v>
+        <v>1448</v>
       </c>
       <c r="C850" t="s">
-        <v>1447</v>
+        <v>1449</v>
       </c>
       <c r="D850" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E850">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>206.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851">
-        <v>9781626238305</v>
+        <v>9781684200764</v>
       </c>
       <c r="B851" t="s">
-        <v>1448</v>
+        <v>1450</v>
       </c>
       <c r="C851" t="s">
-        <v>1449</v>
+        <v>1451</v>
       </c>
       <c r="D851" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E851">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852">
-        <v>9781684200764</v>
+        <v>9789390553136</v>
       </c>
       <c r="B852" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="C852" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="D852" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E852">
         <v>2021</v>
       </c>
+      <c r="F852">
+        <v>514.0</v>
+      </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853">
-        <v>9789390553136</v>
+        <v>9783132432833</v>
       </c>
       <c r="B853" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="C853" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="D853" t="s">
         <v>8</v>
       </c>
       <c r="E853">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>566.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854">
-        <v>9783132432833</v>
+        <v>9783131488411</v>
       </c>
       <c r="B854" t="s">
-        <v>1454</v>
+        <v>522</v>
       </c>
       <c r="C854" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="D854" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E854">
-        <v>2020</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
-        <v>9783131488411</v>
+        <v>9781604063226</v>
       </c>
       <c r="B855" t="s">
-        <v>518</v>
+        <v>1457</v>
       </c>
       <c r="C855" t="s">
-        <v>1456</v>
+        <v>1458</v>
       </c>
       <c r="D855" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E855">
-        <v>2008</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>9781604063226</v>
+        <v>9783131165312</v>
       </c>
       <c r="B856" t="s">
-        <v>1457</v>
+        <v>435</v>
       </c>
       <c r="C856" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="D856" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E856">
-        <v>2015</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>9783131165312</v>
+        <v>9783132414273</v>
       </c>
       <c r="B857" t="s">
-        <v>431</v>
+        <v>1460</v>
       </c>
       <c r="C857" t="s">
-        <v>1459</v>
+        <v>1461</v>
       </c>
       <c r="D857" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E857">
-        <v>1999</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>9783132414273</v>
+        <v>9781626234598</v>
       </c>
       <c r="B858" t="s">
-        <v>1460</v>
+        <v>928</v>
       </c>
       <c r="C858" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="D858" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E858">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>9781626234598</v>
+        <v>9781588902283</v>
       </c>
       <c r="B859" t="s">
-        <v>926</v>
+        <v>722</v>
       </c>
       <c r="C859" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D859" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E859">
-        <v>2017</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>9781588902283</v>
+        <v>9783131997012</v>
       </c>
       <c r="B860" t="s">
-        <v>720</v>
+        <v>1464</v>
       </c>
       <c r="C860" t="s">
-        <v>1463</v>
+        <v>1465</v>
       </c>
       <c r="D860" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E860">
-        <v>2004</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>9783131997012</v>
+        <v>9781626235014</v>
       </c>
       <c r="B861" t="s">
-        <v>1464</v>
+        <v>139</v>
       </c>
       <c r="C861" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D861" t="s">
         <v>8</v>
       </c>
       <c r="E861">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>9781626235014</v>
+        <v>9789388257756</v>
       </c>
       <c r="B862" t="s">
-        <v>133</v>
+        <v>187</v>
       </c>
       <c r="C862" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D862" t="s">
         <v>8</v>
       </c>
       <c r="E862">
         <v>2020</v>
       </c>
+      <c r="F862">
+        <v>81.0</v>
+      </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>9789388257756</v>
+        <v>9789390553341</v>
       </c>
       <c r="B863" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="C863" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D863" t="s">
         <v>8</v>
       </c>
       <c r="E863">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F863">
-        <v>90.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>9789390553341</v>
+        <v>9781626238268</v>
       </c>
       <c r="B864" t="s">
-        <v>181</v>
+        <v>1469</v>
       </c>
       <c r="C864" t="s">
-        <v>1468</v>
+        <v>1470</v>
       </c>
       <c r="D864" t="s">
         <v>8</v>
       </c>
       <c r="E864">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>9781626238268</v>
+        <v>9783131994219</v>
       </c>
       <c r="B865" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="C865" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="D865" t="s">
         <v>8</v>
       </c>
       <c r="E865">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>9783131994219</v>
+        <v>9783132436039</v>
       </c>
       <c r="B866" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
       <c r="C866" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="D866" t="s">
         <v>8</v>
       </c>
       <c r="E866">
-        <v>2017</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>9783132436039</v>
+        <v>9789388257541</v>
       </c>
       <c r="B867" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="C867" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="D867" t="s">
         <v>8</v>
       </c>
       <c r="E867">
-        <v>2022</v>
+        <v>2020</v>
+      </c>
+      <c r="F867">
+        <v>129.0</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>9789388257541</v>
+        <v>9781604068160</v>
       </c>
       <c r="B868" t="s">
-        <v>1475</v>
+        <v>153</v>
       </c>
       <c r="C868" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D868" t="s">
         <v>8</v>
       </c>
       <c r="E868">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>9781604068160</v>
+        <v>9789388257534</v>
       </c>
       <c r="B869" t="s">
-        <v>147</v>
+        <v>189</v>
       </c>
       <c r="C869" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="D869" t="s">
         <v>8</v>
       </c>
       <c r="E869">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F869">
+        <v>290.0</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>9789388257534</v>
+        <v>9789390553877</v>
       </c>
       <c r="B870" t="s">
-        <v>183</v>
+        <v>1479</v>
       </c>
       <c r="C870" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="D870" t="s">
         <v>8</v>
       </c>
       <c r="E870">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F870">
-        <v>319.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>9789390553877</v>
+        <v>9781626236233</v>
       </c>
       <c r="B871" t="s">
-        <v>1479</v>
+        <v>139</v>
       </c>
       <c r="C871" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="D871" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E871">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>9781626236233</v>
+        <v>9781684202287</v>
       </c>
       <c r="B872" t="s">
-        <v>133</v>
+        <v>1340</v>
       </c>
       <c r="C872" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D872" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E872">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>9781684202287</v>
+        <v>9783131489913</v>
       </c>
       <c r="B873" t="s">
-        <v>1340</v>
+        <v>1483</v>
       </c>
       <c r="C873" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="D873" t="s">
         <v>8</v>
       </c>
       <c r="E873">
-        <v>2021</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>9783131489913</v>
+        <v>9781626231436</v>
       </c>
       <c r="B874" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="C874" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="D874" t="s">
         <v>8</v>
       </c>
       <c r="E874">
-        <v>2010</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>9781626231436</v>
+        <v>9781626239661</v>
       </c>
       <c r="B875" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="C875" t="s">
-        <v>1486</v>
+        <v>1488</v>
       </c>
       <c r="D875" t="s">
         <v>8</v>
       </c>
       <c r="E875">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>9781626239661</v>
+        <v>9789388257947</v>
       </c>
       <c r="B876" t="s">
-        <v>1487</v>
+        <v>1489</v>
       </c>
       <c r="C876" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="D876" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E876">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F876">
+        <v>48.0</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>9789388257947</v>
+        <v>9783136561034</v>
       </c>
       <c r="B877" t="s">
-        <v>1489</v>
+        <v>393</v>
       </c>
       <c r="C877" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D877" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E877">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>9783136561034</v>
+        <v>9781684202577</v>
       </c>
       <c r="B878" t="s">
-        <v>387</v>
+        <v>459</v>
       </c>
       <c r="C878" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D878" t="s">
         <v>8</v>
       </c>
       <c r="E878">
-        <v>2008</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>9781684202577</v>
+        <v>9783132012110</v>
       </c>
       <c r="B879" t="s">
-        <v>455</v>
+        <v>1493</v>
       </c>
       <c r="C879" t="s">
-        <v>1492</v>
+        <v>1494</v>
       </c>
       <c r="D879" t="s">
         <v>8</v>
       </c>
       <c r="E879">
-        <v>2022</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>9783132012110</v>
+        <v>9783131630414</v>
       </c>
       <c r="B880" t="s">
-        <v>1493</v>
+        <v>1495</v>
       </c>
       <c r="C880" t="s">
-        <v>1494</v>
+        <v>1496</v>
       </c>
       <c r="D880" t="s">
         <v>8</v>
       </c>
       <c r="E880">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
-        <v>9783131630414</v>
+        <v>9781684200511</v>
       </c>
       <c r="B881" t="s">
-        <v>1495</v>
+        <v>1497</v>
       </c>
       <c r="C881" t="s">
-        <v>1496</v>
+        <v>1498</v>
       </c>
       <c r="D881" t="s">
         <v>8</v>
       </c>
       <c r="E881">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882">
-        <v>9781684200511</v>
+        <v>9781626239258</v>
       </c>
       <c r="B882" t="s">
-        <v>1497</v>
+        <v>1499</v>
       </c>
       <c r="C882" t="s">
-        <v>1498</v>
+        <v>1500</v>
       </c>
       <c r="D882" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E882">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883">
-        <v>9781626239258</v>
+        <v>9783132408722</v>
       </c>
       <c r="B883" t="s">
-        <v>1499</v>
+        <v>1283</v>
       </c>
       <c r="C883" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="D883" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E883">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884">
-        <v>9783132408722</v>
+        <v>9783132416031</v>
       </c>
       <c r="B884" t="s">
-        <v>1283</v>
+        <v>1502</v>
       </c>
       <c r="C884" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="D884" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E884">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885">
-        <v>9783132416031</v>
+        <v>9789390553204</v>
       </c>
       <c r="B885" t="s">
-        <v>1502</v>
+        <v>130</v>
       </c>
       <c r="C885" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D885" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E885">
-        <v>2018</v>
+        <v>2021</v>
+      </c>
+      <c r="F885">
+        <v>138.0</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886">
-        <v>9789390553204</v>
+        <v>9789390553624</v>
       </c>
       <c r="B886" t="s">
-        <v>124</v>
+        <v>1505</v>
       </c>
       <c r="C886" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="D886" t="s">
         <v>8</v>
       </c>
       <c r="E886">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F886">
-        <v>152.0</v>
+        <v>123.0</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887">
-        <v>9789390553624</v>
-[...2 lines deleted...]
-        <v>1505</v>
+        <v>9789388257923</v>
       </c>
       <c r="C887" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="D887" t="s">
         <v>8</v>
       </c>
       <c r="E887">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F887">
-        <v>136.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888">
-        <v>9789388257923</v>
+        <v>9783131275936</v>
+      </c>
+      <c r="B888" t="s">
+        <v>650</v>
       </c>
       <c r="C888" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D888" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E888">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889">
-        <v>9783131275936</v>
+        <v>9783132417229</v>
       </c>
       <c r="B889" t="s">
-        <v>646</v>
+        <v>1509</v>
       </c>
       <c r="C889" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="D889" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E889">
-        <v>2010</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890">
-        <v>9783132417229</v>
-[...2 lines deleted...]
-        <v>1509</v>
+        <v>9789388257916</v>
       </c>
       <c r="C890" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D890" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E890">
-        <v>2017</v>
+        <v>2020</v>
+      </c>
+      <c r="F890">
+        <v>161.0</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891">
-        <v>9789388257916</v>
+        <v>9781626233843</v>
+      </c>
+      <c r="B891" t="s">
+        <v>1512</v>
       </c>
       <c r="C891" t="s">
-        <v>1511</v>
+        <v>1513</v>
       </c>
       <c r="D891" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E891">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892">
-        <v>9781626233843</v>
+        <v>9788194857099</v>
       </c>
       <c r="B892" t="s">
-        <v>1512</v>
+        <v>724</v>
       </c>
       <c r="C892" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D892" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E892">
-        <v>2018</v>
+        <v>2021</v>
+      </c>
+      <c r="F892">
+        <v>145.0</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893">
-        <v>9788194857099</v>
+        <v>9781684200887</v>
       </c>
       <c r="B893" t="s">
-        <v>722</v>
+        <v>1515</v>
       </c>
       <c r="C893" t="s">
-        <v>1514</v>
+        <v>1516</v>
       </c>
       <c r="D893" t="s">
         <v>8</v>
       </c>
       <c r="E893">
         <v>2021</v>
       </c>
-      <c r="F893">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894">
-        <v>9781684200887</v>
+        <v>9781684201105</v>
       </c>
       <c r="B894" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="C894" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="D894" t="s">
         <v>8</v>
       </c>
       <c r="E894">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895">
-        <v>9781684201105</v>
+        <v>9789388257664</v>
       </c>
       <c r="B895" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="C895" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="D895" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E895">
         <v>2020</v>
       </c>
+      <c r="F895">
+        <v>74.99</v>
+      </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896">
-        <v>9789388257664</v>
+        <v>9781626233805</v>
       </c>
       <c r="B896" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="C896" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D896" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E896">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897">
-        <v>9781626233805</v>
+        <v>9783132434547</v>
       </c>
       <c r="B897" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="C897" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="D897" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E897">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898">
-        <v>9783132434547</v>
+        <v>9781604066425</v>
       </c>
       <c r="B898" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="C898" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D898" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E898">
-        <v>2022</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899">
-        <v>9781604066425</v>
+        <v>9781604068283</v>
       </c>
       <c r="B899" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="C899" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="D899" t="s">
         <v>8</v>
       </c>
       <c r="E899">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900">
-        <v>9781604068283</v>
+        <v>9789388257718</v>
       </c>
       <c r="B900" t="s">
-        <v>1527</v>
+        <v>425</v>
       </c>
       <c r="C900" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="D900" t="s">
         <v>8</v>
       </c>
       <c r="E900">
-        <v>2013</v>
+        <v>2020</v>
+      </c>
+      <c r="F900">
+        <v>181.99</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901">
-        <v>9789388257718</v>
+        <v>9783131768414</v>
       </c>
       <c r="B901" t="s">
-        <v>419</v>
+        <v>1530</v>
       </c>
       <c r="C901" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="D901" t="s">
         <v>8</v>
       </c>
       <c r="E901">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902">
-        <v>9783131768414</v>
+        <v>9788194857075</v>
       </c>
       <c r="B902" t="s">
-        <v>1530</v>
+        <v>425</v>
       </c>
       <c r="C902" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="D902" t="s">
         <v>8</v>
       </c>
       <c r="E902">
-        <v>2014</v>
+        <v>2021</v>
+      </c>
+      <c r="F902">
+        <v>181.99</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903">
-        <v>9788194857075</v>
+        <v>9781684201969</v>
       </c>
       <c r="B903" t="s">
-        <v>419</v>
+        <v>1533</v>
       </c>
       <c r="C903" t="s">
-        <v>1532</v>
+        <v>1534</v>
       </c>
       <c r="D903" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E903">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904">
-        <v>9781684201969</v>
+        <v>9781626235373</v>
       </c>
       <c r="B904" t="s">
-        <v>1533</v>
+        <v>1535</v>
       </c>
       <c r="C904" t="s">
-        <v>1534</v>
+        <v>1536</v>
       </c>
       <c r="D904" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E904">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905">
-        <v>9781626235373</v>
+        <v>9783132004016</v>
       </c>
       <c r="B905" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="C905" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="D905" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E905">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906">
-        <v>9783132004016</v>
+        <v>9783132421462</v>
       </c>
       <c r="B906" t="s">
-        <v>1537</v>
+        <v>1047</v>
       </c>
       <c r="C906" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="D906" t="s">
         <v>8</v>
       </c>
       <c r="E906">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907">
-        <v>9783132421462</v>
+        <v>9783132442634</v>
       </c>
       <c r="B907" t="s">
-        <v>1047</v>
+        <v>650</v>
       </c>
       <c r="C907" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D907" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E907">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908">
-        <v>9783132442634</v>
+        <v>9783132437609</v>
       </c>
       <c r="B908" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="C908" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D908" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E908">
         <v>2021</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909">
-        <v>9783132437609</v>
+        <v>9788194857082</v>
       </c>
       <c r="B909" t="s">
-        <v>646</v>
+        <v>1542</v>
       </c>
       <c r="C909" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D909" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E909">
-        <v>2021</v>
+        <v>2022</v>
+      </c>
+      <c r="F909">
+        <v>193.0</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910">
-        <v>9788194857082</v>
+        <v>9789386293091</v>
       </c>
       <c r="B910" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="C910" t="s">
-        <v>1543</v>
+        <v>1545</v>
       </c>
       <c r="D910" t="s">
         <v>8</v>
       </c>
       <c r="E910">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F910">
-        <v>213.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911">
-        <v>9789386293091</v>
+        <v>9789386293336</v>
       </c>
       <c r="B911" t="s">
-        <v>1544</v>
+        <v>425</v>
       </c>
       <c r="C911" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="D911" t="s">
         <v>8</v>
       </c>
       <c r="E911">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F911">
-        <v>168.0</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912">
-        <v>9789386293336</v>
+        <v>9789388257152</v>
       </c>
       <c r="B912" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="C912" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D912" t="s">
         <v>8</v>
       </c>
       <c r="E912">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F912">
-        <v>199.99</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913">
-        <v>9789388257152</v>
+        <v>9789388257855</v>
       </c>
       <c r="B913" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="C913" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="D913" t="s">
         <v>8</v>
       </c>
       <c r="E913">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F913">
-        <v>199.99</v>
+        <v>181.99</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914">
-        <v>9789388257855</v>
+        <v>9789388257237</v>
       </c>
       <c r="B914" t="s">
-        <v>419</v>
+        <v>755</v>
       </c>
       <c r="C914" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D914" t="s">
         <v>8</v>
       </c>
       <c r="E914">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F914">
-        <v>199.99</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915">
-        <v>9789388257237</v>
+        <v>9789390553334</v>
       </c>
       <c r="B915" t="s">
-        <v>753</v>
+        <v>1550</v>
       </c>
       <c r="C915" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="D915" t="s">
         <v>8</v>
       </c>
       <c r="E915">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F915">
-        <v>150.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916">
-        <v>9789390553334</v>
+        <v>9789385062339</v>
       </c>
       <c r="B916" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
       <c r="C916" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="D916" t="s">
         <v>8</v>
       </c>
       <c r="E916">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F916">
-        <v>178.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917">
-        <v>9789385062339</v>
+        <v>9781604068818</v>
       </c>
       <c r="B917" t="s">
-        <v>1552</v>
+        <v>793</v>
       </c>
       <c r="C917" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D917" t="s">
         <v>8</v>
       </c>
       <c r="E917">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>104.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918">
-        <v>9781604068818</v>
+        <v>9789385062124</v>
       </c>
       <c r="B918" t="s">
-        <v>791</v>
+        <v>1555</v>
       </c>
       <c r="C918" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="D918" t="s">
         <v>8</v>
       </c>
       <c r="E918">
-        <v>2018</v>
+        <v>2017</v>
+      </c>
+      <c r="F918">
+        <v>184.0</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919">
-        <v>9789385062124</v>
+        <v>9781684201334</v>
       </c>
       <c r="B919" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="C919" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="D919" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E919">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>203.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920">
-        <v>9781684201334</v>
+        <v>9789388257879</v>
       </c>
       <c r="B920" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C920" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D920" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E920">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F920">
+        <v>97.0</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921">
-        <v>9789388257879</v>
+        <v>9789385062230</v>
       </c>
       <c r="B921" t="s">
-        <v>1559</v>
+        <v>755</v>
       </c>
       <c r="C921" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="D921" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E921">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F921">
-        <v>107.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922">
-        <v>9789385062230</v>
+        <v>9781626235458</v>
       </c>
       <c r="B922" t="s">
-        <v>753</v>
+        <v>1562</v>
       </c>
       <c r="C922" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="D922" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E922">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>64.0</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923">
-        <v>9781626235458</v>
+        <v>9789388257107</v>
       </c>
       <c r="B923" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="C923" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
       <c r="D923" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E923">
-        <v>2013</v>
+        <v>2019</v>
+      </c>
+      <c r="F923">
+        <v>203.0</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924">
-        <v>9789388257107</v>
+        <v>9781626239067</v>
       </c>
       <c r="B924" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="C924" t="s">
-        <v>1565</v>
+        <v>1567</v>
       </c>
       <c r="D924" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E924">
         <v>2019</v>
       </c>
-      <c r="F924">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="925" spans="1:6">
       <c r="A925">
-        <v>9781626239067</v>
+        <v>9789388257084</v>
       </c>
       <c r="B925" t="s">
-        <v>1566</v>
+        <v>979</v>
       </c>
       <c r="C925" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="D925" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="E925">
         <v>2019</v>
       </c>
+      <c r="F925">
+        <v>18.0</v>
+      </c>
     </row>
     <row r="926" spans="1:6">
       <c r="A926">
-        <v>9789388257084</v>
+        <v>9783132411364</v>
       </c>
       <c r="B926" t="s">
-        <v>977</v>
+        <v>1569</v>
       </c>
       <c r="C926" t="s">
-        <v>1568</v>
+        <v>1570</v>
       </c>
       <c r="D926" t="s">
-        <v>96</v>
+        <v>8</v>
       </c>
       <c r="E926">
-        <v>2019</v>
-[...18 lines deleted...]
-      <c r="E927">
         <v>2017</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>