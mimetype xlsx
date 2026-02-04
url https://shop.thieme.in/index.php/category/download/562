--- v2 (2025-12-15)
+++ v3 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1571">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1568">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Walter C. Jean</t>
   </si>
   <si>
     <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
   </si>
   <si>
@@ -722,53 +722,50 @@
   <si>
     <t>Fernando Corella</t>
   </si>
   <si>
     <t>Carpal Ligament Injuries and Instability</t>
   </si>
   <si>
     <t>Jeremy A. Brauer</t>
   </si>
   <si>
     <t>Men's Aesthetics</t>
   </si>
   <si>
     <t>Volker Fintelmann</t>
   </si>
   <si>
     <t>Herbal Medicine</t>
   </si>
   <si>
     <t>Digestive Disease Interventions</t>
   </si>
   <si>
     <t>Libyan International Medical University Journal</t>
   </si>
   <si>
-    <t>Journal of Health and Allied Sciences</t>
-[...1 lines deleted...]
-  <si>
     <t>Ibnosina Journal of Medicine and Biomedical Sciences</t>
   </si>
   <si>
     <t>Avicenna Journal of Medicine</t>
   </si>
   <si>
     <t>Seminars in Reproductive Medicine</t>
   </si>
   <si>
     <t>Journal of Fetal Medicine</t>
   </si>
   <si>
     <t>American Journal of Perinatology</t>
   </si>
   <si>
     <t>World Journal of Nuclear Medicine</t>
   </si>
   <si>
     <t>Ultrasound International Open</t>
   </si>
   <si>
     <t>Ultraschall in der Medizin - European Journal of Ultrasound</t>
   </si>
   <si>
     <t>The Arab Journal of Interventional Radiology</t>
@@ -1457,56 +1454,50 @@
   <si>
     <t>Freyschmidt's "Koehler/Zimmer" Borderlands of Normal and Early Pathological Findings in Skeletal Radiography</t>
   </si>
   <si>
     <t>Truswell</t>
   </si>
   <si>
     <t>Lasers and Light, Peels and Abrasions</t>
   </si>
   <si>
     <t>Har-El</t>
   </si>
   <si>
     <t>Head &amp; Neck Surgery</t>
   </si>
   <si>
     <t>Otology and Neurotology</t>
   </si>
   <si>
     <t>Wildemann</t>
   </si>
   <si>
     <t>Laboratory Diagnosis in Neurology</t>
   </si>
   <si>
-    <t>Iro</t>
-[...4 lines deleted...]
-  <si>
     <t>Neumeister</t>
   </si>
   <si>
     <t>Problems in Hand Surgery</t>
   </si>
   <si>
     <t>Videla Cés</t>
   </si>
   <si>
     <t>Learning From Failures in Orthopedic Trauma</t>
   </si>
   <si>
     <t>Bister</t>
   </si>
   <si>
     <t>Self-ligating Brackets in Orthodontics</t>
   </si>
   <si>
     <t>Citow</t>
   </si>
   <si>
     <t>Comprehensive Neurosurgery Board Review</t>
   </si>
   <si>
     <t>Heimann</t>
@@ -2471,50 +2462,56 @@
   <si>
     <t>Meier</t>
   </si>
   <si>
     <t>Atlas of Peripheral Regional Anesthesia</t>
   </si>
   <si>
     <t>Mathoulin</t>
   </si>
   <si>
     <t>Wrist Arthroscopy Techniques</t>
   </si>
   <si>
     <t>Waldt</t>
   </si>
   <si>
     <t>Measurements and Classifications in Musculoskeletal Radiology</t>
   </si>
   <si>
     <t>Heary</t>
   </si>
   <si>
     <t>Cervical Trauma</t>
   </si>
   <si>
+    <t>Boyce</t>
+  </si>
+  <si>
+    <t>Tendon Disorders of the Hand and Wrist</t>
+  </si>
+  <si>
     <t>Pinal</t>
   </si>
   <si>
     <t>Distal Radius Fractures and Carpal Instabilities</t>
   </si>
   <si>
     <t>AOSpine Masters Series Volume 2</t>
   </si>
   <si>
     <t>Schroeder</t>
   </si>
   <si>
     <t>Peripheral Vascular Interventions</t>
   </si>
   <si>
     <t>Clinical Research for Surgeons</t>
   </si>
   <si>
     <t>Jutta Hochschild</t>
   </si>
   <si>
     <t>Functional Anatomy for Physical Therapists</t>
   </si>
   <si>
     <t>Smith</t>
@@ -4137,56 +4134,50 @@
     <t>Pamir</t>
   </si>
   <si>
     <t>Chordomas</t>
   </si>
   <si>
     <t>Few, Jr.</t>
   </si>
   <si>
     <t>The Art of Combining Surgical and Nonsurgical Techniques in Aesthetic Medicine</t>
   </si>
   <si>
     <t>Knee Surgery</t>
   </si>
   <si>
     <t>Marchioni</t>
   </si>
   <si>
     <t>Endoscopic Lateral Skull Base Surgery</t>
   </si>
   <si>
     <t>Stengel</t>
   </si>
   <si>
     <t>AO Trauma - Statistics and Data Management</t>
-  </si>
-[...4 lines deleted...]
-    <t>Diagnostic Breast Imaging</t>
   </si>
   <si>
     <t>Gastman</t>
   </si>
   <si>
     <t>Cutaneous Malignancies</t>
   </si>
   <si>
     <t>Dick</t>
   </si>
   <si>
     <t>Femtosecond Laser Surgery in Ophthalmology</t>
   </si>
   <si>
     <t>Georgalas</t>
   </si>
   <si>
     <t>The Frontal Sinus</t>
   </si>
   <si>
     <t>Choudhri</t>
   </si>
   <si>
     <t>Pediatric Neuroradiology</t>
   </si>
@@ -5072,51 +5063,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F926"/>
+  <dimension ref="A1:F924"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -7740,12307 +7731,12285 @@
       <c r="C214" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="C215" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="C216" t="s">
         <v>326</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="C217" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="C218" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="219" spans="1:6">
+      <c r="A219">
+        <v>9781626239272</v>
+      </c>
+      <c r="B219" t="s">
+        <v>329</v>
+      </c>
       <c r="C219" t="s">
-        <v>329</v>
+        <v>330</v>
+      </c>
+      <c r="D219" t="s">
+        <v>102</v>
+      </c>
+      <c r="E219">
+        <v>2019</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>9781626239272</v>
+        <v>9781626236639</v>
       </c>
       <c r="B220" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C220" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D220" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E220">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F220">
+        <v>324.99</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>9781626236639</v>
+        <v>9781626236349</v>
       </c>
       <c r="B221" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C221" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D221" t="s">
         <v>8</v>
       </c>
       <c r="E221">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>324.99</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>9781626236349</v>
+        <v>9781626236400</v>
       </c>
       <c r="B222" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C222" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="D222" t="s">
         <v>8</v>
       </c>
       <c r="E222">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>9781626236400</v>
+        <v>9789380378879</v>
       </c>
       <c r="B223" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C223" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D223" t="s">
         <v>8</v>
       </c>
       <c r="E223">
-        <v>2013</v>
+        <v>2006</v>
+      </c>
+      <c r="F223">
+        <v>369.99</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>9789380378879</v>
+        <v>9783131111029</v>
       </c>
       <c r="B224" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C224" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224">
-        <v>2006</v>
-[...2 lines deleted...]
-        <v>369.99</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>9783131111029</v>
+        <v>9783131486714</v>
       </c>
       <c r="B225" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="C225" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225">
-        <v>1996</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>9783131486714</v>
+        <v>9781626236318</v>
       </c>
       <c r="B226" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C226" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226">
-        <v>2008</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>9781626236318</v>
+        <v>9781626236769</v>
       </c>
       <c r="B227" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="C227" t="s">
         <v>345</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>9781626236769</v>
+        <v>9789385062629</v>
       </c>
       <c r="B228" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="C228" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228">
-        <v>2015</v>
+        <v>2016</v>
+      </c>
+      <c r="F228">
+        <v>399.99</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>9789385062629</v>
+        <v>9781626237001</v>
       </c>
       <c r="B229" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="C229" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
         <v>2016</v>
       </c>
-      <c r="F229">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>9781626237001</v>
+        <v>9781604067590</v>
       </c>
       <c r="B230" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="C230" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>9781604067590</v>
+        <v>9781626236745</v>
       </c>
       <c r="B231" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C231" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D231" t="s">
         <v>8</v>
       </c>
       <c r="E231">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>9781626236745</v>
+        <v>9781626236738</v>
       </c>
       <c r="B232" t="s">
-        <v>353</v>
+        <v>122</v>
       </c>
       <c r="C232" t="s">
         <v>354</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232">
-        <v>2018</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>9781626236738</v>
+        <v>9781626236141</v>
       </c>
       <c r="B233" t="s">
-        <v>122</v>
+        <v>355</v>
       </c>
       <c r="C233" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233">
         <v>2010</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>9781626236141</v>
+        <v>9783131455819</v>
       </c>
       <c r="B234" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C234" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>9783131455819</v>
+        <v>9783136450017</v>
       </c>
       <c r="B235" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C235" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235">
-        <v>2011</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>9783136450017</v>
+        <v>9783132442566</v>
       </c>
       <c r="B236" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C236" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236">
-        <v>1987</v>
+        <v>2021</v>
+      </c>
+      <c r="F236">
+        <v>271.99</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>9783132442566</v>
+        <v>9781626236189</v>
       </c>
       <c r="B237" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C237" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>271.99</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>9781626236189</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>9781588900890</v>
       </c>
       <c r="C238" t="s">
         <v>365</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238">
-        <v>2012</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>9781588900890</v>
+        <v>9781626236486</v>
+      </c>
+      <c r="B239" t="s">
+        <v>366</v>
       </c>
       <c r="C239" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239">
-        <v>2003</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>9781626236486</v>
+        <v>9781626236202</v>
       </c>
       <c r="B240" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C240" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>9781626236202</v>
+        <v>9789385062889</v>
       </c>
       <c r="B241" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C241" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241">
-        <v>2012</v>
+        <v>2016</v>
+      </c>
+      <c r="F241">
+        <v>254.99</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>9789385062889</v>
+        <v>9781626236295</v>
       </c>
       <c r="B242" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="C242" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>254.99</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>9781626236295</v>
+        <v>9781626236196</v>
       </c>
       <c r="B243" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C243" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D243" t="s">
         <v>8</v>
       </c>
       <c r="E243">
-        <v>2009</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>9781626236196</v>
+        <v>9783132429338</v>
       </c>
       <c r="B244" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C244" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D244" t="s">
         <v>8</v>
       </c>
       <c r="E244">
-        <v>2008</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>9783132429338</v>
+        <v>9781604068696</v>
       </c>
       <c r="B245" t="s">
-        <v>377</v>
+        <v>352</v>
       </c>
       <c r="C245" t="s">
         <v>378</v>
       </c>
       <c r="D245" t="s">
         <v>8</v>
       </c>
       <c r="E245">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>9781604068696</v>
+        <v>9781626230279</v>
       </c>
       <c r="B246" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C246" t="s">
         <v>379</v>
       </c>
       <c r="D246" t="s">
         <v>8</v>
       </c>
       <c r="E246">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>9781626230279</v>
+        <v>9781604063684</v>
       </c>
       <c r="B247" t="s">
-        <v>351</v>
+        <v>380</v>
       </c>
       <c r="C247" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D247" t="s">
         <v>8</v>
       </c>
       <c r="E247">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>9781604063684</v>
+        <v>9783131318923</v>
       </c>
       <c r="B248" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C248" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D248" t="s">
         <v>8</v>
       </c>
       <c r="E248">
         <v>2015</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>9783131318923</v>
+        <v>9781626236851</v>
       </c>
       <c r="B249" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C249" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="D249" t="s">
         <v>8</v>
       </c>
       <c r="E249">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>9781626236851</v>
+        <v>9781626236332</v>
       </c>
       <c r="B250" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C250" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="D250" t="s">
         <v>8</v>
       </c>
       <c r="E250">
-        <v>2020</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>9781626236332</v>
+        <v>9781626236844</v>
       </c>
       <c r="B251" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C251" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D251" t="s">
         <v>8</v>
       </c>
       <c r="E251">
-        <v>2004</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>9781626236844</v>
+        <v>9781626236868</v>
       </c>
       <c r="B252" t="s">
-        <v>389</v>
+        <v>386</v>
       </c>
       <c r="C252" t="s">
         <v>390</v>
       </c>
       <c r="D252" t="s">
         <v>8</v>
       </c>
       <c r="E252">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>9781626236868</v>
+        <v>9781626231115</v>
       </c>
       <c r="B253" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="C253" t="s">
-        <v>391</v>
+        <v>16</v>
       </c>
       <c r="D253" t="s">
         <v>8</v>
       </c>
       <c r="E253">
         <v>2018</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>9781626231115</v>
+        <v>9783131025425</v>
       </c>
       <c r="B254" t="s">
         <v>392</v>
       </c>
       <c r="C254" t="s">
-        <v>16</v>
+        <v>393</v>
       </c>
       <c r="D254" t="s">
         <v>8</v>
       </c>
       <c r="E254">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>9783131025425</v>
+        <v>9781626235601</v>
       </c>
       <c r="B255" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C255" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D255" t="s">
         <v>8</v>
       </c>
       <c r="E255">
-        <v>2012</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>9781626235601</v>
+        <v>9783131392718</v>
       </c>
       <c r="B256" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C256" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D256" t="s">
         <v>8</v>
       </c>
       <c r="E256">
-        <v>2010</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>9783131392718</v>
+        <v>9781626234291</v>
       </c>
       <c r="B257" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="C257" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D257" t="s">
         <v>8</v>
       </c>
       <c r="E257">
-        <v>2004</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>9781626234291</v>
+        <v>9781604069006</v>
       </c>
       <c r="B258" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="C258" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="D258" t="s">
         <v>8</v>
       </c>
       <c r="E258">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>9781604069006</v>
+        <v>9783132431867</v>
       </c>
       <c r="B259" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C259" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D259" t="s">
         <v>8</v>
       </c>
       <c r="E259">
         <v>2018</v>
       </c>
+      <c r="F259">
+        <v>204.99</v>
+      </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>9783132431867</v>
+        <v>9781604065466</v>
       </c>
       <c r="B260" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C260" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D260" t="s">
         <v>8</v>
       </c>
       <c r="E260">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>204.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>9781604065466</v>
+        <v>9789385062438</v>
       </c>
       <c r="B261" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C261" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D261" t="s">
         <v>8</v>
       </c>
       <c r="E261">
-        <v>2013</v>
+        <v>2015</v>
+      </c>
+      <c r="F261">
+        <v>199.99</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>9789385062438</v>
+        <v>9781626234833</v>
       </c>
       <c r="B262" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C262" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D262" t="s">
         <v>8</v>
       </c>
       <c r="E262">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>9781626234833</v>
+        <v>9781626236905</v>
       </c>
       <c r="B263" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C263" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D263" t="s">
         <v>8</v>
       </c>
       <c r="E263">
         <v>2018</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>9781626236905</v>
+        <v>9783131450913</v>
       </c>
       <c r="B264" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C264" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D264" t="s">
         <v>8</v>
       </c>
       <c r="E264">
-        <v>2018</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>9783131450913</v>
+        <v>9783131165725</v>
       </c>
       <c r="B265" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C265" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D265" t="s">
         <v>8</v>
       </c>
       <c r="E265">
-        <v>2009</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>9783131165725</v>
+        <v>9783132432826</v>
       </c>
       <c r="B266" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C266" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D266" t="s">
         <v>8</v>
       </c>
       <c r="E266">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F266">
+        <v>199.99</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>9783132432826</v>
+        <v>9783131490315</v>
       </c>
       <c r="B267" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C267" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D267" t="s">
         <v>8</v>
       </c>
       <c r="E267">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>9783131490315</v>
+        <v>9781684200559</v>
       </c>
       <c r="B268" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C268" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D268" t="s">
         <v>8</v>
       </c>
       <c r="E268">
-        <v>2010</v>
+        <v>2022</v>
+      </c>
+      <c r="F268">
+        <v>209.99</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>9781684200559</v>
+        <v>9783132406476</v>
       </c>
       <c r="B269" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C269" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D269" t="s">
         <v>8</v>
       </c>
       <c r="E269">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>209.99</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>9783132406476</v>
+        <v>9789385062759</v>
       </c>
       <c r="B270" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C270" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="D270" t="s">
         <v>8</v>
       </c>
       <c r="E270">
-        <v>2016</v>
+        <v>2017</v>
+      </c>
+      <c r="F270">
+        <v>187.99</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>9789385062759</v>
+        <v>9783132410756</v>
       </c>
       <c r="B271" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C271" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D271" t="s">
         <v>8</v>
       </c>
       <c r="E271">
         <v>2017</v>
       </c>
-      <c r="F271">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>9783132410756</v>
+        <v>9781626234918</v>
       </c>
       <c r="B272" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C272" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D272" t="s">
         <v>8</v>
       </c>
       <c r="E272">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>9781626234918</v>
+        <v>9783131711915</v>
       </c>
       <c r="B273" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="C273" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="D273" t="s">
         <v>8</v>
       </c>
       <c r="E273">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>9783131711915</v>
+        <v>9783131764614</v>
       </c>
       <c r="B274" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C274" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="D274" t="s">
         <v>8</v>
       </c>
       <c r="E274">
-        <v>2012</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>9783131764614</v>
+        <v>9783131465412</v>
       </c>
       <c r="B275" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="C275" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="D275" t="s">
         <v>8</v>
       </c>
       <c r="E275">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>9783131465412</v>
+        <v>9781604063349</v>
       </c>
       <c r="B276" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="C276" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="D276" t="s">
         <v>8</v>
       </c>
       <c r="E276">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>9781604063349</v>
+        <v>9783131243423</v>
       </c>
       <c r="B277" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C277" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D277" t="s">
         <v>8</v>
       </c>
       <c r="E277">
-        <v>2014</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>9783131243423</v>
+        <v>9783135824031</v>
       </c>
       <c r="B278" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C278" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D278" t="s">
         <v>8</v>
       </c>
       <c r="E278">
         <v>2008</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>9783135824031</v>
+        <v>9783131412515</v>
       </c>
       <c r="B279" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C279" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D279" t="s">
         <v>8</v>
       </c>
       <c r="E279">
-        <v>2008</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>9783131412515</v>
+        <v>9789386293381</v>
       </c>
       <c r="B280" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C280" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D280" t="s">
         <v>8</v>
       </c>
       <c r="E280">
-        <v>2007</v>
+        <v>2018</v>
+      </c>
+      <c r="F280">
+        <v>164.99</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>9789386293381</v>
+        <v>9783136599044</v>
       </c>
       <c r="B281" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C281" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="D281" t="s">
         <v>8</v>
       </c>
       <c r="E281">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>164.99</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>9783136599044</v>
+        <v>9781626236660</v>
       </c>
       <c r="B282" t="s">
-        <v>447</v>
+        <v>331</v>
       </c>
       <c r="C282" t="s">
-        <v>448</v>
+        <v>332</v>
       </c>
       <c r="D282" t="s">
         <v>8</v>
       </c>
       <c r="E282">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>9781626236660</v>
+        <v>9783131258533</v>
       </c>
       <c r="B283" t="s">
-        <v>332</v>
+        <v>448</v>
       </c>
       <c r="C283" t="s">
-        <v>333</v>
+        <v>449</v>
       </c>
       <c r="D283" t="s">
         <v>8</v>
       </c>
       <c r="E283">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>9783131258533</v>
+        <v>9781626238169</v>
       </c>
       <c r="B284" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C284" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D284" t="s">
         <v>8</v>
       </c>
       <c r="E284">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>9781626238169</v>
+        <v>9781626236646</v>
       </c>
       <c r="B285" t="s">
-        <v>451</v>
+        <v>331</v>
       </c>
       <c r="C285" t="s">
-        <v>452</v>
+        <v>332</v>
       </c>
       <c r="D285" t="s">
         <v>8</v>
       </c>
       <c r="E285">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>9781626236646</v>
+        <v>9783131488619</v>
       </c>
       <c r="B286" t="s">
-        <v>332</v>
+        <v>452</v>
       </c>
       <c r="C286" t="s">
-        <v>333</v>
+        <v>453</v>
       </c>
       <c r="D286" t="s">
         <v>8</v>
       </c>
       <c r="E286">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>9783131488619</v>
+        <v>9781588903716</v>
       </c>
       <c r="B287" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C287" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D287" t="s">
         <v>8</v>
       </c>
       <c r="E287">
-        <v>2010</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>9781588903716</v>
+        <v>9788194558699</v>
       </c>
       <c r="B288" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C288" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D288" t="s">
         <v>8</v>
       </c>
       <c r="E288">
-        <v>2006</v>
+        <v>2020</v>
+      </c>
+      <c r="F288">
+        <v>179.99</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>9788194558699</v>
+        <v>9783132434240</v>
       </c>
       <c r="B289" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C289" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="D289" t="s">
         <v>8</v>
       </c>
       <c r="E289">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F289">
         <v>179.99</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>9783132434240</v>
+        <v>9783132402515</v>
       </c>
       <c r="B290" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C290" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D290" t="s">
         <v>8</v>
       </c>
       <c r="E290">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F290">
         <v>179.99</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>9783132402515</v>
+        <v>9781626236929</v>
       </c>
       <c r="B291" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C291" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D291" t="s">
         <v>8</v>
       </c>
       <c r="E291">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>179.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>9781626236929</v>
+        <v>9781604068955</v>
       </c>
       <c r="B292" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="C292" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="D292" t="s">
         <v>8</v>
       </c>
       <c r="E292">
         <v>2018</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>9781604068955</v>
+        <v>9781588903891</v>
       </c>
       <c r="B293" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C293" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D293" t="s">
         <v>8</v>
       </c>
       <c r="E293">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>9781588903891</v>
+        <v>9783131467010</v>
       </c>
       <c r="B294" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C294" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="D294" t="s">
         <v>8</v>
       </c>
       <c r="E294">
-        <v>2007</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>9783131467010</v>
+        <v>9781588903440</v>
       </c>
       <c r="B295" t="s">
-        <v>469</v>
+        <v>408</v>
       </c>
       <c r="C295" t="s">
         <v>470</v>
       </c>
       <c r="D295" t="s">
         <v>8</v>
       </c>
       <c r="E295">
-        <v>2010</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>9781588903440</v>
+        <v>9783137841050</v>
       </c>
       <c r="B296" t="s">
-        <v>409</v>
+        <v>471</v>
       </c>
       <c r="C296" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D296" t="s">
         <v>8</v>
       </c>
       <c r="E296">
-        <v>2006</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>9783137841050</v>
+        <v>9781626230019</v>
       </c>
       <c r="B297" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="C297" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="D297" t="s">
         <v>8</v>
       </c>
       <c r="E297">
-        <v>2003</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>9781626230019</v>
+        <v>9789382076032</v>
       </c>
       <c r="B298" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C298" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D298" t="s">
         <v>8</v>
       </c>
       <c r="E298">
-        <v>2016</v>
+        <v>2013</v>
+      </c>
+      <c r="F298">
+        <v>124.99</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>9789382076032</v>
+        <v>9789382076001</v>
       </c>
       <c r="B299" t="s">
-        <v>476</v>
+        <v>146</v>
       </c>
       <c r="C299" t="s">
         <v>477</v>
       </c>
       <c r="D299" t="s">
         <v>8</v>
       </c>
       <c r="E299">
         <v>2013</v>
       </c>
       <c r="F299">
         <v>124.99</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>9789382076001</v>
+        <v>9783131441010</v>
       </c>
       <c r="B300" t="s">
-        <v>146</v>
+        <v>478</v>
       </c>
       <c r="C300" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D300" t="s">
         <v>8</v>
       </c>
       <c r="E300">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>124.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>9783131441010</v>
+        <v>9781626237094</v>
       </c>
       <c r="B301" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C301" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D301" t="s">
         <v>8</v>
       </c>
       <c r="E301">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>9783131603517</v>
+        <v>9789388257978</v>
       </c>
       <c r="B302" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C302" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D302" t="s">
         <v>8</v>
       </c>
       <c r="E302">
-        <v>2013</v>
+        <v>2020</v>
+      </c>
+      <c r="F302">
+        <v>159.99</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>9781626237094</v>
+        <v>9783131547019</v>
       </c>
       <c r="B303" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C303" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D303" t="s">
         <v>8</v>
       </c>
       <c r="E303">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>9789388257978</v>
+        <v>9781626231023</v>
       </c>
       <c r="B304" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C304" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D304" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E304">
         <v>2020</v>
       </c>
-      <c r="F304">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>9783131547019</v>
+        <v>9783131405517</v>
       </c>
       <c r="B305" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="C305" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="D305" t="s">
         <v>8</v>
       </c>
       <c r="E305">
-        <v>2012</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>9781626231023</v>
+        <v>9783131438317</v>
       </c>
       <c r="B306" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C306" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D306" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E306">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>9783131405517</v>
+        <v>9789382076056</v>
       </c>
       <c r="B307" t="s">
-        <v>491</v>
+        <v>146</v>
       </c>
       <c r="C307" t="s">
         <v>492</v>
       </c>
       <c r="D307" t="s">
         <v>8</v>
       </c>
       <c r="E307">
-        <v>2006</v>
+        <v>2013</v>
+      </c>
+      <c r="F307">
+        <v>109.99</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>9783131438317</v>
+        <v>9789382076025</v>
       </c>
       <c r="B308" t="s">
         <v>493</v>
       </c>
       <c r="C308" t="s">
         <v>494</v>
       </c>
       <c r="D308" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E308">
-        <v>2011</v>
+        <v>2014</v>
+      </c>
+      <c r="F308">
+        <v>109.99</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>9789382076056</v>
+        <v>9781626236677</v>
       </c>
       <c r="B309" t="s">
-        <v>146</v>
+        <v>495</v>
       </c>
       <c r="C309" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D309" t="s">
         <v>8</v>
       </c>
       <c r="E309">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>9789382076025</v>
+        <v>9781684200153</v>
       </c>
       <c r="B310" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C310" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D310" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E310">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>9781626236677</v>
+        <v>9781684202324</v>
       </c>
       <c r="B311" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C311" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="D311" t="s">
         <v>8</v>
       </c>
       <c r="E311">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>9781684200153</v>
+        <v>9783131394118</v>
       </c>
       <c r="B312" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C312" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D312" t="s">
         <v>8</v>
       </c>
       <c r="E312">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>9781684202324</v>
+        <v>9781604069037</v>
       </c>
       <c r="B313" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="C313" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="D313" t="s">
         <v>8</v>
       </c>
       <c r="E313">
-        <v>2022</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>9783131394118</v>
+        <v>9781684201181</v>
       </c>
       <c r="B314" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="C314" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="D314" t="s">
         <v>8</v>
       </c>
       <c r="E314">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>9781604069037</v>
+        <v>9783131471918</v>
       </c>
       <c r="B315" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="C315" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="D315" t="s">
         <v>8</v>
       </c>
       <c r="E315">
         <v>2014</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>9781684201181</v>
+        <v>9789385062384</v>
       </c>
       <c r="B316" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C316" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D316" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E316">
-        <v>2020</v>
+        <v>2010</v>
+      </c>
+      <c r="F316">
+        <v>94.99</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>9783131471918</v>
+        <v>9781588906526</v>
       </c>
       <c r="B317" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C317" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="D317" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E317">
-        <v>2014</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>9789385062384</v>
+        <v>9781626235243</v>
       </c>
       <c r="B318" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C318" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D318" t="s">
         <v>102</v>
       </c>
       <c r="E318">
-        <v>2010</v>
+        <v>2021</v>
       </c>
       <c r="F318">
-        <v>94.99</v>
+        <v>119.99</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>9781588906526</v>
+        <v>9783132400078</v>
       </c>
       <c r="B319" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C319" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D319" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E319">
-        <v>2011</v>
+        <v>2018</v>
+      </c>
+      <c r="F319">
+        <v>99.99</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>9781626235243</v>
+        <v>9781626236882</v>
       </c>
       <c r="B320" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C320" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D320" t="s">
         <v>102</v>
       </c>
       <c r="E320">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>119.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>9783132400078</v>
+        <v>9783131500717</v>
       </c>
       <c r="B321" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C321" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D321" t="s">
         <v>8</v>
       </c>
       <c r="E321">
-        <v>2018</v>
+        <v>2012</v>
       </c>
       <c r="F321">
-        <v>99.99</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>9781626236882</v>
+        <v>9781626234611</v>
       </c>
       <c r="B322" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C322" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D322" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E322">
         <v>2017</v>
       </c>
+      <c r="F322">
+        <v>94.99</v>
+      </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>9783131500717</v>
+        <v>9783131324429</v>
       </c>
       <c r="B323" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C323" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D323" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E323">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>94.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>9781626234611</v>
+        <v>9789385062162</v>
       </c>
       <c r="B324" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C324" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D324" t="s">
         <v>8</v>
       </c>
       <c r="E324">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F324">
-        <v>94.99</v>
+        <v>89.99</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>9783131324429</v>
+        <v>9781604066456</v>
       </c>
       <c r="B325" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C325" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D325" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E325">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>9789385062162</v>
+        <v>9789385062780</v>
       </c>
       <c r="B326" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C326" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="D326" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E326">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="F326">
-        <v>89.99</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>9781604066456</v>
+        <v>9789386293473</v>
       </c>
       <c r="B327" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C327" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="D327" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E327">
-        <v>2015</v>
+        <v>2018</v>
+      </c>
+      <c r="F327">
+        <v>89.99</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>9789385062780</v>
+        <v>9783136726044</v>
       </c>
       <c r="B328" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C328" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D328" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E328">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>184.0</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>9789386293473</v>
+        <v>9781604063615</v>
       </c>
       <c r="B329" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="C329" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="D329" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E329">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>89.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>9783136726044</v>
+        <v>9789386293053</v>
       </c>
       <c r="B330" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C330" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D330" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E330">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F330">
+        <v>79.99</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>9781604063615</v>
+        <v>9783131500625</v>
       </c>
       <c r="B331" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C331" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D331" t="s">
         <v>8</v>
       </c>
       <c r="E331">
-        <v>2011</v>
+        <v>2016</v>
+      </c>
+      <c r="F331">
+        <v>79.99</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>9789386293053</v>
+        <v>9783132429871</v>
       </c>
       <c r="B332" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C332" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D332" t="s">
         <v>102</v>
       </c>
       <c r="E332">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>9783131500625</v>
+        <v>9781604063592</v>
       </c>
       <c r="B333" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="C333" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="D333" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E333">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>9783132429871</v>
+        <v>9781626231337</v>
       </c>
       <c r="B334" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C334" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D334" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E334">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>9781604063592</v>
+        <v>9783131715111</v>
       </c>
       <c r="B335" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C335" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="D335" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E335">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>9781626231337</v>
+        <v>9783131485311</v>
       </c>
       <c r="B336" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C336" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D336" t="s">
         <v>8</v>
       </c>
       <c r="E336">
-        <v>2018</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>9783131715111</v>
+        <v>9783131383631</v>
       </c>
       <c r="B337" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C337" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D337" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E337">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>9783131485311</v>
+        <v>9781626235922</v>
       </c>
       <c r="B338" t="s">
-        <v>552</v>
+        <v>410</v>
       </c>
       <c r="C338" t="s">
         <v>553</v>
       </c>
       <c r="D338" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E338">
-        <v>2008</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>9783131383631</v>
+        <v>9781604068542</v>
       </c>
       <c r="B339" t="s">
         <v>554</v>
       </c>
       <c r="C339" t="s">
         <v>555</v>
       </c>
       <c r="D339" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E339">
         <v>2016</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>9781626235922</v>
+        <v>9781588902177</v>
       </c>
       <c r="B340" t="s">
-        <v>411</v>
+        <v>556</v>
       </c>
       <c r="C340" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="D340" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E340">
-        <v>2013</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>9781604068542</v>
+        <v>9781626235595</v>
       </c>
       <c r="B341" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C341" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D341" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E341">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>9781588902177</v>
+        <v>9783132422292</v>
       </c>
       <c r="B342" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="C342" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="D342" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E342">
-        <v>2006</v>
+        <v>2020</v>
+      </c>
+      <c r="F342">
+        <v>89.99</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>9781626235595</v>
+        <v>9781684202539</v>
       </c>
       <c r="B343" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="C343" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="D343" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E343">
-        <v>2012</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>9783132422292</v>
+        <v>9781626234871</v>
       </c>
       <c r="B344" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="C344" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="D344" t="s">
         <v>102</v>
       </c>
       <c r="E344">
         <v>2020</v>
       </c>
-      <c r="F344">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>9781684202539</v>
+        <v>9783131714312</v>
       </c>
       <c r="B345" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="C345" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="D345" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E345">
-        <v>2022</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>9781626234871</v>
+        <v>9781626231153</v>
       </c>
       <c r="B346" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C346" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D346" t="s">
         <v>102</v>
       </c>
       <c r="E346">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>9783131714312</v>
+        <v>9783131440815</v>
       </c>
       <c r="B347" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="C347" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="D347" t="s">
         <v>102</v>
       </c>
       <c r="E347">
-        <v>2014</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>9781626231153</v>
+        <v>9783137170044</v>
       </c>
       <c r="B348" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C348" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="D348" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E348">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>9783131440815</v>
+        <v>9783131440716</v>
       </c>
       <c r="B349" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C349" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D349" t="s">
         <v>102</v>
       </c>
       <c r="E349">
         <v>2007</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>9783137170044</v>
+        <v>9783131451019</v>
       </c>
       <c r="B350" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C350" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="D350" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E350">
-        <v>2017</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>9783131440716</v>
+        <v>9781626233416</v>
       </c>
       <c r="B351" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C351" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D351" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E351">
-        <v>2007</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>9783131451019</v>
+        <v>9783132423770</v>
       </c>
       <c r="B352" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C352" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D352" t="s">
         <v>102</v>
       </c>
       <c r="E352">
-        <v>2008</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>9781626233416</v>
+        <v>9781626233560</v>
       </c>
       <c r="B353" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C353" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="D353" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E353">
-        <v>2018</v>
+        <v>2019</v>
+      </c>
+      <c r="F353">
+        <v>69.99</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>9783132423770</v>
+        <v>9783131754813</v>
       </c>
       <c r="B354" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C354" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D354" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E354">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>9781626233560</v>
+        <v>9783131252425</v>
       </c>
       <c r="B355" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C355" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D355" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E355">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F355">
-        <v>69.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>9783131754813</v>
+        <v>9783131451316</v>
       </c>
       <c r="B356" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="C356" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="D356" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E356">
-        <v>2014</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>9783131252425</v>
+        <v>9783131275813</v>
       </c>
       <c r="B357" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C357" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D357" t="s">
         <v>8</v>
       </c>
       <c r="E357">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>64.99</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>9783131451316</v>
+        <v>9783131672711</v>
       </c>
       <c r="B358" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C358" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D358" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E358">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>9783131275813</v>
+        <v>9783131451613</v>
       </c>
       <c r="B359" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="C359" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="D359" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E359">
-        <v>2003</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>9783131672711</v>
+        <v>9783132427723</v>
       </c>
       <c r="B360" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C360" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D360" t="s">
         <v>8</v>
       </c>
       <c r="E360">
-        <v>2014</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>9783131451613</v>
+        <v>9783131451811</v>
       </c>
       <c r="B361" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C361" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D361" t="s">
         <v>102</v>
       </c>
       <c r="E361">
-        <v>2008</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>9783132427723</v>
+        <v>9783131987914</v>
       </c>
       <c r="B362" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="C362" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="D362" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E362">
-        <v>2021</v>
+        <v>2014</v>
+      </c>
+      <c r="F362">
+        <v>59.99</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>9783131451811</v>
+        <v>9781604063240</v>
       </c>
       <c r="B363" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C363" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D363" t="s">
         <v>102</v>
       </c>
       <c r="E363">
-        <v>2009</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>9783131987914</v>
+        <v>9783132204010</v>
       </c>
       <c r="B364" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C364" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D364" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E364">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="F364">
-        <v>59.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>9781604063240</v>
+        <v>9781626230941</v>
       </c>
       <c r="B365" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="C365" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="D365" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E365">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>9783132204010</v>
+        <v>9781684201266</v>
       </c>
       <c r="B366" t="s">
-        <v>607</v>
+        <v>486</v>
       </c>
       <c r="C366" t="s">
         <v>608</v>
       </c>
       <c r="D366" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E366">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>9781626230941</v>
+        <v>9783131398017</v>
       </c>
       <c r="B367" t="s">
         <v>609</v>
       </c>
       <c r="C367" t="s">
         <v>610</v>
       </c>
       <c r="D367" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E367">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>9781684201266</v>
+        <v>9783132004214</v>
       </c>
       <c r="B368" t="s">
-        <v>489</v>
+        <v>611</v>
       </c>
       <c r="C368" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="D368" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E368">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>9783131398017</v>
+        <v>9789385062117</v>
       </c>
       <c r="B369" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C369" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D369" t="s">
         <v>102</v>
       </c>
       <c r="E369">
-        <v>2007</v>
+        <v>2014</v>
+      </c>
+      <c r="F369">
+        <v>49.99</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>9783132004214</v>
+        <v>9783131480019</v>
       </c>
       <c r="B370" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C370" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D370" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E370">
-        <v>2015</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>9789385062117</v>
+        <v>9783132412705</v>
       </c>
       <c r="B371" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="C371" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="D371" t="s">
         <v>102</v>
       </c>
       <c r="E371">
-        <v>2014</v>
+        <v>2017</v>
       </c>
       <c r="F371">
         <v>49.99</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>9783131480019</v>
+        <v>9789382076506</v>
       </c>
       <c r="B372" t="s">
-        <v>618</v>
+        <v>434</v>
       </c>
       <c r="C372" t="s">
         <v>619</v>
       </c>
       <c r="D372" t="s">
         <v>102</v>
       </c>
       <c r="E372">
-        <v>2008</v>
+        <v>2013</v>
+      </c>
+      <c r="F372">
+        <v>44.99</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>9783132412705</v>
+        <v>9783131255044</v>
       </c>
       <c r="B373" t="s">
         <v>620</v>
       </c>
       <c r="C373" t="s">
         <v>621</v>
       </c>
       <c r="D373" t="s">
         <v>102</v>
       </c>
       <c r="E373">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>9789382076506</v>
+        <v>9781588902993</v>
       </c>
       <c r="B374" t="s">
-        <v>435</v>
+        <v>622</v>
       </c>
       <c r="C374" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D374" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E374">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>44.99</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>9783131255044</v>
+        <v>9781626235885</v>
       </c>
       <c r="B375" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="C375" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="D375" t="s">
         <v>102</v>
       </c>
       <c r="E375">
-        <v>2014</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>9781588902993</v>
+        <v>9781626236516</v>
       </c>
       <c r="B376" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C376" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D376" t="s">
         <v>8</v>
       </c>
       <c r="E376">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>9781626235885</v>
+        <v>9783131987617</v>
       </c>
       <c r="B377" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C377" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D377" t="s">
         <v>102</v>
       </c>
       <c r="E377">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>9781626236516</v>
+        <v>9783131398215</v>
       </c>
       <c r="B378" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C378" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D378" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E378">
-        <v>2016</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>9783131987617</v>
+        <v>9783131397812</v>
       </c>
       <c r="B379" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C379" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D379" t="s">
         <v>102</v>
       </c>
       <c r="E379">
-        <v>2014</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>9783131398215</v>
+        <v>9783131319128</v>
       </c>
       <c r="B380" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C380" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D380" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E380">
-        <v>2006</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>9783131397812</v>
+        <v>9781626230088</v>
       </c>
       <c r="B381" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C381" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D381" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E381">
-        <v>2006</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>9783131319128</v>
+        <v>9781626239883</v>
       </c>
       <c r="B382" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C382" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D382" t="s">
         <v>8</v>
       </c>
       <c r="E382">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>9781626230088</v>
+        <v>9783131699213</v>
       </c>
       <c r="B383" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C383" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D383" t="s">
         <v>8</v>
       </c>
       <c r="E383">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>9781626239883</v>
+        <v>9781927363782</v>
       </c>
       <c r="B384" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C384" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D384" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E384">
-        <v>2020</v>
+        <v>2021</v>
+      </c>
+      <c r="F384">
+        <v>34.99</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>9783131699213</v>
+        <v>9783131603616</v>
       </c>
       <c r="B385" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C385" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D385" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E385">
-        <v>2013</v>
+        <v>2011</v>
+      </c>
+      <c r="F385">
+        <v>34.99</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>9781927363782</v>
+        <v>9781604060546</v>
       </c>
       <c r="B386" t="s">
-        <v>645</v>
+        <v>408</v>
       </c>
       <c r="C386" t="s">
         <v>646</v>
       </c>
       <c r="D386" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E386">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>34.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>9783131603616</v>
+        <v>9783131442116</v>
       </c>
       <c r="B387" t="s">
         <v>647</v>
       </c>
       <c r="C387" t="s">
         <v>648</v>
       </c>
       <c r="D387" t="s">
         <v>102</v>
       </c>
       <c r="E387">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>34.99</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>9781604060546</v>
+        <v>9781626235281</v>
       </c>
       <c r="B388" t="s">
-        <v>409</v>
+        <v>649</v>
       </c>
       <c r="C388" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="D388" t="s">
         <v>8</v>
       </c>
       <c r="E388">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>9783131442116</v>
+        <v>9783131165213</v>
       </c>
       <c r="B389" t="s">
-        <v>650</v>
+        <v>434</v>
       </c>
       <c r="C389" t="s">
         <v>651</v>
       </c>
       <c r="D389" t="s">
         <v>102</v>
       </c>
       <c r="E389">
-        <v>2007</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>9781626235281</v>
+        <v>9781626233331</v>
       </c>
       <c r="B390" t="s">
         <v>652</v>
       </c>
       <c r="C390" t="s">
         <v>653</v>
       </c>
       <c r="D390" t="s">
         <v>8</v>
       </c>
       <c r="E390">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>9783131165213</v>
+        <v>9781626233225</v>
       </c>
       <c r="B391" t="s">
-        <v>435</v>
+        <v>654</v>
       </c>
       <c r="C391" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D391" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E391">
-        <v>1999</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>9781626233331</v>
+        <v>9783132018815</v>
       </c>
       <c r="B392" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C392" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D392" t="s">
         <v>8</v>
       </c>
       <c r="E392">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>9781626233225</v>
+        <v>9783132004719</v>
       </c>
       <c r="B393" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C393" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D393" t="s">
         <v>8</v>
       </c>
       <c r="E393">
         <v>2018</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>9783132018815</v>
+        <v>9789382076704</v>
       </c>
       <c r="B394" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C394" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D394" t="s">
         <v>8</v>
       </c>
       <c r="E394">
-        <v>2017</v>
+        <v>2014</v>
+      </c>
+      <c r="F394">
+        <v>144.99</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>9783132004719</v>
+        <v>9781604065909</v>
       </c>
       <c r="B395" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="C395" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="D395" t="s">
         <v>8</v>
       </c>
       <c r="E395">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>9789382076704</v>
+        <v>9783131605313</v>
       </c>
       <c r="B396" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="C396" t="s">
         <v>664</v>
       </c>
       <c r="D396" t="s">
         <v>8</v>
       </c>
       <c r="E396">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>144.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>9781604065909</v>
+        <v>9781604063110</v>
       </c>
       <c r="B397" t="s">
         <v>665</v>
       </c>
       <c r="C397" t="s">
         <v>666</v>
       </c>
       <c r="D397" t="s">
         <v>8</v>
       </c>
       <c r="E397">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>9783131605313</v>
+        <v>9781626236783</v>
       </c>
       <c r="B398" t="s">
-        <v>659</v>
+        <v>126</v>
       </c>
       <c r="C398" t="s">
         <v>667</v>
       </c>
       <c r="D398" t="s">
         <v>8</v>
       </c>
       <c r="E398">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>9781604063110</v>
+        <v>9781604060744</v>
       </c>
       <c r="B399" t="s">
+        <v>578</v>
+      </c>
+      <c r="C399" t="s">
         <v>668</v>
       </c>
-      <c r="C399" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D399" t="s">
         <v>8</v>
       </c>
       <c r="E399">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>9781626236783</v>
+        <v>9781626237773</v>
       </c>
       <c r="B400" t="s">
-        <v>126</v>
+        <v>669</v>
       </c>
       <c r="C400" t="s">
         <v>670</v>
       </c>
       <c r="D400" t="s">
         <v>8</v>
       </c>
       <c r="E400">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
-        <v>9781604060744</v>
+        <v>9781604068481</v>
       </c>
       <c r="B401" t="s">
-        <v>581</v>
+        <v>671</v>
       </c>
       <c r="C401" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D401" t="s">
         <v>8</v>
       </c>
       <c r="E401">
-        <v>2011</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
-        <v>9781626237773</v>
+        <v>9781626233270</v>
       </c>
       <c r="B402" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C402" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D402" t="s">
         <v>8</v>
       </c>
       <c r="E402">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
-        <v>9781604068481</v>
+        <v>9783131318824</v>
       </c>
       <c r="B403" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C403" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D403" t="s">
         <v>8</v>
       </c>
       <c r="E403">
-        <v>2016</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
-        <v>9781626233270</v>
+        <v>9781626232914</v>
       </c>
       <c r="B404" t="s">
-        <v>676</v>
+        <v>350</v>
       </c>
       <c r="C404" t="s">
         <v>677</v>
       </c>
       <c r="D404" t="s">
         <v>8</v>
       </c>
       <c r="E404">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
-        <v>9783131318824</v>
+        <v>9783131102829</v>
       </c>
       <c r="B405" t="s">
         <v>678</v>
       </c>
       <c r="C405" t="s">
         <v>679</v>
       </c>
       <c r="D405" t="s">
         <v>8</v>
       </c>
       <c r="E405">
-        <v>2004</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
-        <v>9781626232914</v>
+        <v>9783132054110</v>
       </c>
       <c r="B406" t="s">
-        <v>351</v>
+        <v>680</v>
       </c>
       <c r="C406" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D406" t="s">
         <v>8</v>
       </c>
       <c r="E406">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
-        <v>9783131102829</v>
+        <v>9781604067514</v>
       </c>
       <c r="B407" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C407" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="D407" t="s">
         <v>8</v>
       </c>
       <c r="E407">
-        <v>2010</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
-        <v>9783132054110</v>
+        <v>9781626236523</v>
       </c>
       <c r="B408" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C408" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D408" t="s">
         <v>8</v>
       </c>
       <c r="E408">
         <v>2019</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
-        <v>9781604067514</v>
+        <v>9781604067309</v>
       </c>
       <c r="B409" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C409" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D409" t="s">
         <v>8</v>
       </c>
       <c r="E409">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
-        <v>9781626236523</v>
+        <v>9781626231290</v>
       </c>
       <c r="B410" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C410" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D410" t="s">
         <v>8</v>
       </c>
       <c r="E410">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
-        <v>9781604067309</v>
+        <v>9781626230897</v>
       </c>
       <c r="B411" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C411" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D411" t="s">
         <v>8</v>
       </c>
       <c r="E411">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
-        <v>9781626231290</v>
+        <v>9781604063479</v>
       </c>
       <c r="B412" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="C412" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="D412" t="s">
         <v>8</v>
       </c>
       <c r="E412">
-        <v>2017</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
-        <v>9781626230897</v>
+        <v>9783131464910</v>
       </c>
       <c r="B413" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C413" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D413" t="s">
         <v>8</v>
       </c>
       <c r="E413">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
-        <v>9781604063479</v>
+        <v>9783132431904</v>
       </c>
       <c r="B414" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="C414" t="s">
         <v>696</v>
       </c>
       <c r="D414" t="s">
         <v>8</v>
       </c>
       <c r="E414">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
-        <v>9783131464910</v>
+        <v>9783132019317</v>
       </c>
       <c r="B415" t="s">
+        <v>468</v>
+      </c>
+      <c r="C415" t="s">
         <v>697</v>
       </c>
-      <c r="C415" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D415" t="s">
         <v>8</v>
       </c>
       <c r="E415">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
-        <v>9783132431904</v>
+        <v>9781684201068</v>
       </c>
       <c r="B416" t="s">
-        <v>681</v>
+        <v>698</v>
       </c>
       <c r="C416" t="s">
         <v>699</v>
       </c>
       <c r="D416" t="s">
         <v>8</v>
       </c>
       <c r="E416">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
-        <v>9783132019317</v>
+        <v>9781604068061</v>
       </c>
       <c r="B417" t="s">
-        <v>469</v>
+        <v>700</v>
       </c>
       <c r="C417" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D417" t="s">
         <v>8</v>
       </c>
       <c r="E417">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
-        <v>9781684201068</v>
+        <v>9781604068528</v>
       </c>
       <c r="B418" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C418" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D418" t="s">
         <v>8</v>
       </c>
       <c r="E418">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
-        <v>9781604068061</v>
+        <v>9781626232273</v>
       </c>
       <c r="B419" t="s">
-        <v>703</v>
+        <v>525</v>
       </c>
       <c r="C419" t="s">
         <v>704</v>
       </c>
       <c r="D419" t="s">
         <v>8</v>
       </c>
       <c r="E419">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420">
-        <v>9781604068528</v>
+        <v>9783131358417</v>
       </c>
       <c r="B420" t="s">
         <v>705</v>
       </c>
       <c r="C420" t="s">
         <v>706</v>
       </c>
       <c r="D420" t="s">
         <v>8</v>
       </c>
       <c r="E420">
-        <v>2015</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421">
-        <v>9781626232273</v>
+        <v>9781684200054</v>
       </c>
       <c r="B421" t="s">
-        <v>528</v>
+        <v>707</v>
       </c>
       <c r="C421" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D421" t="s">
         <v>8</v>
       </c>
       <c r="E421">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422">
-        <v>9783131358417</v>
+        <v>9781626233744</v>
       </c>
       <c r="B422" t="s">
-        <v>708</v>
+        <v>191</v>
       </c>
       <c r="C422" t="s">
-        <v>709</v>
+        <v>234</v>
       </c>
       <c r="D422" t="s">
         <v>8</v>
       </c>
       <c r="E422">
-        <v>2009</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423">
-        <v>9781684200054</v>
+        <v>9781626238343</v>
       </c>
       <c r="B423" t="s">
+        <v>709</v>
+      </c>
+      <c r="C423" t="s">
         <v>710</v>
       </c>
-      <c r="C423" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D423" t="s">
         <v>8</v>
       </c>
       <c r="E423">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424">
-        <v>9781626233744</v>
+        <v>9783131472618</v>
       </c>
       <c r="B424" t="s">
-        <v>191</v>
+        <v>711</v>
       </c>
       <c r="C424" t="s">
-        <v>234</v>
+        <v>712</v>
       </c>
       <c r="D424" t="s">
         <v>8</v>
       </c>
       <c r="E424">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425">
-        <v>9781626238343</v>
+        <v>9781684200955</v>
       </c>
       <c r="B425" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C425" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D425" t="s">
         <v>8</v>
       </c>
       <c r="E425">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426">
-        <v>9783131472618</v>
+        <v>9781626232969</v>
       </c>
       <c r="B426" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C426" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D426" t="s">
         <v>8</v>
       </c>
       <c r="E426">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427">
-        <v>9781684200955</v>
+        <v>9781626232105</v>
       </c>
       <c r="B427" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C427" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D427" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E427">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428">
-        <v>9781626232969</v>
+        <v>9781604063981</v>
       </c>
       <c r="B428" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C428" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D428" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E428">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429">
-        <v>9781626232105</v>
+        <v>9789385062490</v>
       </c>
       <c r="B429" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C429" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D429" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E429">
-        <v>2017</v>
+        <v>2016</v>
+      </c>
+      <c r="F429">
+        <v>152.0</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430">
-        <v>9781604063981</v>
+        <v>9781604067286</v>
       </c>
       <c r="B430" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C430" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D430" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E430">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431">
-        <v>9789385062490</v>
+        <v>9783131997814</v>
       </c>
       <c r="B431" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C431" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D431" t="s">
         <v>8</v>
       </c>
       <c r="E431">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>152.0</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432">
-        <v>9781604067286</v>
+        <v>9783132057913</v>
       </c>
       <c r="B432" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C432" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D432" t="s">
         <v>8</v>
       </c>
       <c r="E432">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433">
-        <v>9783131997814</v>
+        <v>9783131547217</v>
       </c>
       <c r="B433" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C433" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D433" t="s">
         <v>8</v>
       </c>
       <c r="E433">
-        <v>2015</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434">
-        <v>9783132057913</v>
+        <v>9783132431935</v>
       </c>
       <c r="B434" t="s">
-        <v>730</v>
+        <v>468</v>
       </c>
       <c r="C434" t="s">
         <v>731</v>
       </c>
       <c r="D434" t="s">
         <v>8</v>
       </c>
       <c r="E434">
-        <v>2019</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435">
-        <v>9783131547217</v>
+        <v>9783131543011</v>
       </c>
       <c r="B435" t="s">
+        <v>468</v>
+      </c>
+      <c r="C435" t="s">
         <v>732</v>
       </c>
-      <c r="C435" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D435" t="s">
         <v>8</v>
       </c>
       <c r="E435">
-        <v>2012</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436">
-        <v>9783132431935</v>
+        <v>9781604062113</v>
       </c>
       <c r="B436" t="s">
-        <v>469</v>
+        <v>733</v>
       </c>
       <c r="C436" t="s">
         <v>734</v>
       </c>
       <c r="D436" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E436">
-        <v>2012</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437">
-        <v>9783131543011</v>
+        <v>9781626232587</v>
       </c>
       <c r="B437" t="s">
-        <v>469</v>
+        <v>735</v>
       </c>
       <c r="C437" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="D437" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E437">
-        <v>2011</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438">
-        <v>9781604062113</v>
+        <v>9781684200238</v>
       </c>
       <c r="B438" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C438" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D438" t="s">
         <v>102</v>
       </c>
       <c r="E438">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439">
-        <v>9781626232587</v>
+        <v>9783131538017</v>
       </c>
       <c r="B439" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C439" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D439" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E439">
-        <v>2021</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440">
-        <v>9781684200238</v>
+        <v>9781626238718</v>
       </c>
       <c r="B440" t="s">
-        <v>740</v>
+        <v>682</v>
       </c>
       <c r="C440" t="s">
         <v>741</v>
       </c>
       <c r="D440" t="s">
         <v>102</v>
       </c>
       <c r="E440">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441">
-        <v>9783131538017</v>
+        <v>9781626237742</v>
       </c>
       <c r="B441" t="s">
         <v>742</v>
       </c>
       <c r="C441" t="s">
         <v>743</v>
       </c>
       <c r="D441" t="s">
         <v>8</v>
       </c>
       <c r="E441">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442">
-        <v>9781626238718</v>
+        <v>9781604065732</v>
       </c>
       <c r="B442" t="s">
-        <v>685</v>
+        <v>744</v>
       </c>
       <c r="C442" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D442" t="s">
         <v>102</v>
       </c>
       <c r="E442">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443">
-        <v>9781626237742</v>
+        <v>9781684200689</v>
       </c>
       <c r="B443" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C443" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="D443" t="s">
         <v>8</v>
       </c>
       <c r="E443">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444">
-        <v>9781604065732</v>
+        <v>9781626233782</v>
       </c>
       <c r="B444" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C444" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D444" t="s">
         <v>102</v>
       </c>
       <c r="E444">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445">
-        <v>9781684200689</v>
+        <v>9783132412897</v>
       </c>
       <c r="B445" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C445" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D445" t="s">
         <v>8</v>
       </c>
       <c r="E445">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446">
-        <v>9781626233782</v>
+        <v>9781604061932</v>
       </c>
       <c r="B446" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C446" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D446" t="s">
         <v>102</v>
       </c>
       <c r="E446">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447">
-        <v>9783132412897</v>
+        <v>9783132422049</v>
       </c>
       <c r="B447" t="s">
-        <v>753</v>
+        <v>551</v>
       </c>
       <c r="C447" t="s">
         <v>754</v>
       </c>
       <c r="D447" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E447">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448">
-        <v>9781604061932</v>
+        <v>9783132048218</v>
       </c>
       <c r="B448" t="s">
         <v>755</v>
       </c>
       <c r="C448" t="s">
         <v>756</v>
       </c>
       <c r="D448" t="s">
         <v>102</v>
       </c>
       <c r="E448">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449">
-        <v>9783132422049</v>
+        <v>9781604067651</v>
       </c>
       <c r="B449" t="s">
-        <v>554</v>
+        <v>757</v>
       </c>
       <c r="C449" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D449" t="s">
         <v>102</v>
       </c>
       <c r="E449">
-        <v>2022</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450">
-        <v>9783132048218</v>
+        <v>9783131450616</v>
       </c>
       <c r="B450" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C450" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D450" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E450">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451">
-        <v>9781604067651</v>
+        <v>9781626238121</v>
       </c>
       <c r="B451" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C451" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D451" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E451">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452">
-        <v>9783131450616</v>
+        <v>9781604067644</v>
       </c>
       <c r="B452" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="C452" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="D452" t="s">
         <v>8</v>
       </c>
       <c r="E452">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453">
-        <v>9781626238121</v>
+        <v>9781604068054</v>
       </c>
       <c r="B453" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C453" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="D453" t="s">
         <v>8</v>
       </c>
       <c r="E453">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454">
-        <v>9781604067644</v>
+        <v>9781626236752</v>
       </c>
       <c r="B454" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C454" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="D454" t="s">
         <v>8</v>
       </c>
       <c r="E454">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455">
-        <v>9781604068054</v>
+        <v>9783132008519</v>
       </c>
       <c r="B455" t="s">
-        <v>768</v>
+        <v>598</v>
       </c>
       <c r="C455" t="s">
         <v>769</v>
       </c>
       <c r="D455" t="s">
         <v>8</v>
       </c>
       <c r="E455">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456">
-        <v>9781626236752</v>
+        <v>9781684200573</v>
       </c>
       <c r="B456" t="s">
+        <v>505</v>
+      </c>
+      <c r="C456" t="s">
         <v>770</v>
-      </c>
-[...1 lines deleted...]
-        <v>771</v>
       </c>
       <c r="D456" t="s">
         <v>8</v>
       </c>
       <c r="E456">
         <v>2018</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457">
-        <v>9783132008519</v>
+        <v>9781604065671</v>
       </c>
       <c r="B457" t="s">
-        <v>601</v>
+        <v>771</v>
       </c>
       <c r="C457" t="s">
         <v>772</v>
       </c>
       <c r="D457" t="s">
         <v>8</v>
       </c>
       <c r="E457">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458">
-        <v>9781684200573</v>
+        <v>9783131708212</v>
       </c>
       <c r="B458" t="s">
-        <v>508</v>
+        <v>773</v>
       </c>
       <c r="C458" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D458" t="s">
         <v>8</v>
       </c>
       <c r="E458">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459">
-        <v>9781604065671</v>
+        <v>9781684202553</v>
       </c>
       <c r="B459" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C459" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D459" t="s">
         <v>8</v>
       </c>
       <c r="E459">
-        <v>2014</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460">
-        <v>9783131708212</v>
+        <v>9781626239579</v>
       </c>
       <c r="B460" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C460" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D460" t="s">
         <v>8</v>
       </c>
       <c r="E460">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461">
-        <v>9781684202553</v>
+        <v>9783131296429</v>
       </c>
       <c r="B461" t="s">
-        <v>778</v>
+        <v>501</v>
       </c>
       <c r="C461" t="s">
         <v>779</v>
       </c>
       <c r="D461" t="s">
         <v>8</v>
       </c>
       <c r="E461">
-        <v>2023</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462">
-        <v>9781626239579</v>
+        <v>9783131294326</v>
       </c>
       <c r="B462" t="s">
         <v>780</v>
       </c>
       <c r="C462" t="s">
         <v>781</v>
       </c>
       <c r="D462" t="s">
         <v>8</v>
       </c>
       <c r="E462">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463">
-        <v>9783131296429</v>
+        <v>9781604060508</v>
       </c>
       <c r="B463" t="s">
-        <v>504</v>
+        <v>782</v>
       </c>
       <c r="C463" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="D463" t="s">
         <v>8</v>
       </c>
       <c r="E463">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464">
-        <v>9783131294326</v>
+        <v>9781626238282</v>
       </c>
       <c r="B464" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C464" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="D464" t="s">
         <v>8</v>
       </c>
       <c r="E464">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465">
-        <v>9781604060508</v>
+        <v>9783132000056</v>
       </c>
       <c r="B465" t="s">
-        <v>785</v>
+        <v>678</v>
       </c>
       <c r="C465" t="s">
         <v>786</v>
       </c>
       <c r="D465" t="s">
         <v>8</v>
       </c>
       <c r="E465">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466">
-        <v>9781626238282</v>
+        <v>9781604068856</v>
       </c>
       <c r="B466" t="s">
         <v>787</v>
       </c>
       <c r="C466" t="s">
         <v>788</v>
       </c>
       <c r="D466" t="s">
         <v>8</v>
       </c>
       <c r="E466">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467">
-        <v>9783132000056</v>
+        <v>9781604068757</v>
       </c>
       <c r="B467" t="s">
-        <v>681</v>
+        <v>408</v>
       </c>
       <c r="C467" t="s">
         <v>789</v>
       </c>
       <c r="D467" t="s">
         <v>8</v>
       </c>
       <c r="E467">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468">
-        <v>9781604068856</v>
+        <v>9781684200313</v>
       </c>
       <c r="B468" t="s">
         <v>790</v>
       </c>
       <c r="C468" t="s">
         <v>791</v>
       </c>
       <c r="D468" t="s">
         <v>8</v>
       </c>
       <c r="E468">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469">
-        <v>9781604068757</v>
+        <v>9781626233379</v>
       </c>
       <c r="B469" t="s">
-        <v>409</v>
+        <v>792</v>
       </c>
       <c r="C469" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D469" t="s">
         <v>8</v>
       </c>
       <c r="E469">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470">
-        <v>9781684200313</v>
+        <v>9781626238084</v>
       </c>
       <c r="B470" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C470" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D470" t="s">
         <v>8</v>
       </c>
       <c r="E470">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471">
-        <v>9781626233379</v>
+        <v>9783132410497</v>
       </c>
       <c r="B471" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C471" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D471" t="s">
         <v>8</v>
       </c>
       <c r="E471">
         <v>2018</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472">
-        <v>9781626238084</v>
+        <v>9783132409552</v>
       </c>
       <c r="B472" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C472" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D472" t="s">
         <v>8</v>
       </c>
       <c r="E472">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473">
-        <v>9783132410497</v>
+        <v>9781604069198</v>
       </c>
       <c r="B473" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C473" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D473" t="s">
         <v>8</v>
       </c>
       <c r="E473">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474">
-        <v>9783132409552</v>
+        <v>9781626234772</v>
       </c>
       <c r="B474" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="C474" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="D474" t="s">
         <v>8</v>
       </c>
       <c r="E474">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475">
-        <v>9781604069198</v>
+        <v>9783132415652</v>
       </c>
       <c r="B475" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C475" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D475" t="s">
         <v>8</v>
       </c>
       <c r="E475">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476">
-        <v>9781626234772</v>
+        <v>9783132038110</v>
       </c>
       <c r="B476" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C476" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D476" t="s">
         <v>8</v>
       </c>
       <c r="E476">
         <v>2017</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477">
-        <v>9783132415652</v>
+        <v>9783131397935</v>
       </c>
       <c r="B477" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C477" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="D477" t="s">
         <v>8</v>
       </c>
       <c r="E477">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478">
-        <v>9783132038110</v>
+        <v>9783132429109</v>
       </c>
       <c r="B478" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C478" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="D478" t="s">
         <v>8</v>
       </c>
       <c r="E478">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479">
-        <v>9783131397935</v>
+        <v>9783131692719</v>
       </c>
       <c r="B479" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="C479" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="D479" t="s">
         <v>8</v>
       </c>
       <c r="E479">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480">
-        <v>9783132429109</v>
+        <v>9781626238534</v>
       </c>
       <c r="B480" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C480" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="D480" t="s">
         <v>8</v>
       </c>
       <c r="E480">
         <v>2019</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481">
-        <v>9783131692719</v>
+        <v>9783132442214</v>
       </c>
       <c r="B481" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C481" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D481" t="s">
         <v>8</v>
       </c>
       <c r="E481">
-        <v>2014</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482">
-        <v>9781626238534</v>
+        <v>9783132423794</v>
       </c>
       <c r="B482" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="C482" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="D482" t="s">
         <v>8</v>
       </c>
       <c r="E482">
         <v>2019</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483">
-        <v>9783132423794</v>
+        <v>9781626230477</v>
       </c>
       <c r="B483" t="s">
-        <v>819</v>
+        <v>525</v>
       </c>
       <c r="C483" t="s">
         <v>820</v>
       </c>
       <c r="D483" t="s">
         <v>8</v>
       </c>
       <c r="E483">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484">
-        <v>9781626230477</v>
+        <v>9783131697516</v>
       </c>
       <c r="B484" t="s">
-        <v>528</v>
+        <v>821</v>
       </c>
       <c r="C484" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D484" t="s">
         <v>8</v>
       </c>
       <c r="E484">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485">
-        <v>9783131697516</v>
+        <v>9783131439314</v>
       </c>
       <c r="B485" t="s">
-        <v>822</v>
+        <v>560</v>
       </c>
       <c r="C485" t="s">
         <v>823</v>
       </c>
       <c r="D485" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E485">
-        <v>2013</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486">
-        <v>9783131439314</v>
+        <v>9783131768612</v>
       </c>
       <c r="B486" t="s">
-        <v>563</v>
+        <v>824</v>
       </c>
       <c r="C486" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D486" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E486">
-        <v>2009</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487">
-        <v>9783131768612</v>
+        <v>9781626232853</v>
       </c>
       <c r="B487" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C487" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D487" t="s">
         <v>8</v>
       </c>
       <c r="E487">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488">
-        <v>9781626232853</v>
+        <v>9781626236943</v>
       </c>
       <c r="B488" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C488" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D488" t="s">
         <v>8</v>
       </c>
       <c r="E488">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489">
-        <v>9781626236943</v>
+        <v>9781626239081</v>
       </c>
       <c r="B489" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C489" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D489" t="s">
         <v>8</v>
       </c>
       <c r="E489">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490">
-        <v>9781626239081</v>
+        <v>9781626235052</v>
       </c>
       <c r="B490" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C490" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D490" t="s">
         <v>8</v>
       </c>
       <c r="E490">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491">
-        <v>9781626235052</v>
+        <v>9783132419346</v>
       </c>
       <c r="B491" t="s">
-        <v>833</v>
+        <v>678</v>
       </c>
       <c r="C491" t="s">
         <v>834</v>
       </c>
       <c r="D491" t="s">
         <v>8</v>
       </c>
       <c r="E491">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492">
-        <v>9783132419346</v>
+        <v>9783131732217</v>
       </c>
       <c r="B492" t="s">
-        <v>681</v>
+        <v>835</v>
       </c>
       <c r="C492" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="D492" t="s">
         <v>8</v>
       </c>
       <c r="E492">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493">
-        <v>9783131732217</v>
+        <v>9781684200801</v>
       </c>
       <c r="B493" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="C493" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="D493" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E493">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494">
-        <v>9781684200801</v>
+        <v>9781626234574</v>
       </c>
       <c r="B494" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="C494" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="D494" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E494">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495">
-        <v>9781626234574</v>
+        <v>9783131510815</v>
       </c>
       <c r="B495" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C495" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D495" t="s">
         <v>8</v>
       </c>
       <c r="E495">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496">
-        <v>9783131510815</v>
+        <v>9783131294128</v>
       </c>
       <c r="B496" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C496" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D496" t="s">
         <v>8</v>
       </c>
       <c r="E496">
-        <v>2010</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497">
-        <v>9783131294128</v>
+        <v>9783131752215</v>
       </c>
       <c r="B497" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C497" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D497" t="s">
         <v>8</v>
       </c>
       <c r="E497">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498">
-        <v>9783131752215</v>
+        <v>9781604068399</v>
       </c>
       <c r="B498" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C498" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D498" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E498">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499">
-        <v>9781604068399</v>
+        <v>9783131768223</v>
       </c>
       <c r="B499" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C499" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D499" t="s">
         <v>102</v>
       </c>
       <c r="E499">
         <v>2015</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500">
-        <v>9783131768223</v>
+        <v>9781626231047</v>
       </c>
       <c r="B500" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C500" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D500" t="s">
         <v>102</v>
       </c>
       <c r="E500">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501">
-        <v>9781626231047</v>
+        <v>9781626232716</v>
       </c>
       <c r="B501" t="s">
-        <v>852</v>
+        <v>702</v>
       </c>
       <c r="C501" t="s">
         <v>853</v>
       </c>
       <c r="D501" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E501">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502">
-        <v>9781626232716</v>
+        <v>9783132401198</v>
       </c>
       <c r="B502" t="s">
-        <v>705</v>
+        <v>854</v>
       </c>
       <c r="C502" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="D502" t="s">
         <v>8</v>
       </c>
       <c r="E502">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503">
-        <v>9783132401198</v>
+        <v>9781626231719</v>
       </c>
       <c r="B503" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="C503" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D503" t="s">
         <v>8</v>
       </c>
       <c r="E503">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504">
-        <v>9781626231719</v>
+        <v>9781604065442</v>
       </c>
       <c r="B504" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C504" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D504" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E504">
         <v>2015</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505">
-        <v>9781604065442</v>
+        <v>9783131454522</v>
       </c>
       <c r="B505" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C505" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D505" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E505">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506">
-        <v>9783131454522</v>
+        <v>9783132053410</v>
       </c>
       <c r="B506" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C506" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D506" t="s">
         <v>8</v>
       </c>
       <c r="E506">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507">
-        <v>9783132053410</v>
+        <v>9781626235304</v>
       </c>
       <c r="B507" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C507" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D507" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E507">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508">
-        <v>9781626235304</v>
+        <v>9783131373823</v>
       </c>
       <c r="B508" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="C508" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="D508" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E508">
-        <v>2020</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509">
-        <v>9783131373823</v>
+        <v>9781626232822</v>
       </c>
       <c r="B509" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="C509" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="D509" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E509">
-        <v>2003</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510">
-        <v>9781626232822</v>
+        <v>9781684201716</v>
       </c>
       <c r="B510" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C510" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="D510" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E510">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511">
-        <v>9781684201716</v>
+        <v>9783132415850</v>
       </c>
       <c r="B511" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C511" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D511" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E511">
-        <v>2022</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512">
-        <v>9783132415850</v>
+        <v>9781626230385</v>
       </c>
       <c r="B512" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C512" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D512" t="s">
         <v>102</v>
       </c>
       <c r="E512">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513">
-        <v>9781626230385</v>
+        <v>9783131662910</v>
       </c>
       <c r="B513" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="C513" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="D513" t="s">
         <v>102</v>
       </c>
       <c r="E513">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514">
-        <v>9783131662910</v>
+        <v>9783131323415</v>
       </c>
       <c r="B514" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="C514" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D514" t="s">
         <v>102</v>
       </c>
       <c r="E514">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515">
-        <v>9783131323415</v>
+        <v>9781626234536</v>
       </c>
       <c r="B515" t="s">
-        <v>879</v>
+        <v>525</v>
       </c>
       <c r="C515" t="s">
         <v>880</v>
       </c>
       <c r="D515" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E515">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516">
-        <v>9781626234536</v>
+        <v>9783131074423</v>
       </c>
       <c r="B516" t="s">
-        <v>528</v>
+        <v>434</v>
       </c>
       <c r="C516" t="s">
         <v>881</v>
       </c>
       <c r="D516" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E516">
-        <v>2018</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517">
-        <v>9783131074423</v>
+        <v>9781626239234</v>
       </c>
       <c r="B517" t="s">
-        <v>435</v>
+        <v>882</v>
       </c>
       <c r="C517" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D517" t="s">
         <v>102</v>
       </c>
       <c r="E517">
-        <v>2009</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518">
-        <v>9781626239234</v>
+        <v>9781626232600</v>
       </c>
       <c r="B518" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C518" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D518" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E518">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519">
-        <v>9781626232600</v>
+        <v>9781626230545</v>
       </c>
       <c r="B519" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C519" t="s">
-        <v>886</v>
+        <v>347</v>
       </c>
       <c r="D519" t="s">
         <v>8</v>
       </c>
       <c r="E519">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520">
-        <v>9781626230545</v>
+        <v>9781604067156</v>
       </c>
       <c r="B520" t="s">
         <v>887</v>
       </c>
       <c r="C520" t="s">
-        <v>348</v>
+        <v>888</v>
       </c>
       <c r="D520" t="s">
         <v>8</v>
       </c>
       <c r="E520">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521">
-        <v>9781604067156</v>
+        <v>9783131538710</v>
       </c>
       <c r="B521" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C521" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D521" t="s">
         <v>8</v>
       </c>
       <c r="E521">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522">
-        <v>9783131538710</v>
+        <v>9783131486110</v>
       </c>
       <c r="B522" t="s">
-        <v>890</v>
+        <v>678</v>
       </c>
       <c r="C522" t="s">
         <v>891</v>
       </c>
       <c r="D522" t="s">
         <v>8</v>
       </c>
       <c r="E522">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523">
-        <v>9783131486110</v>
+        <v>9781604064131</v>
       </c>
       <c r="B523" t="s">
-        <v>681</v>
+        <v>892</v>
       </c>
       <c r="C523" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D523" t="s">
         <v>8</v>
       </c>
       <c r="E523">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524">
-        <v>9781604064131</v>
+        <v>9783132026810</v>
       </c>
       <c r="B524" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C524" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D524" t="s">
         <v>8</v>
       </c>
       <c r="E524">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525">
-        <v>9783132026810</v>
+        <v>9781604068078</v>
       </c>
       <c r="B525" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C525" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D525" t="s">
         <v>8</v>
       </c>
       <c r="E525">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526">
-        <v>9781604068078</v>
+        <v>9783131473912</v>
       </c>
       <c r="B526" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C526" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D526" t="s">
         <v>8</v>
       </c>
       <c r="E526">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527">
-        <v>9783131473912</v>
+        <v>9783131723918</v>
       </c>
       <c r="B527" t="s">
-        <v>899</v>
+        <v>656</v>
       </c>
       <c r="C527" t="s">
         <v>900</v>
       </c>
       <c r="D527" t="s">
         <v>8</v>
       </c>
       <c r="E527">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528">
-        <v>9783131723918</v>
+        <v>9781588903693</v>
       </c>
       <c r="B528" t="s">
-        <v>659</v>
+        <v>901</v>
       </c>
       <c r="C528" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D528" t="s">
         <v>8</v>
       </c>
       <c r="E528">
-        <v>2016</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529">
-        <v>9781588903693</v>
+        <v>9781626231146</v>
       </c>
       <c r="B529" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C529" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D529" t="s">
         <v>8</v>
       </c>
       <c r="E529">
-        <v>2009</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530">
-        <v>9781626231146</v>
+        <v>9781626234758</v>
       </c>
       <c r="B530" t="s">
-        <v>904</v>
+        <v>802</v>
       </c>
       <c r="C530" t="s">
         <v>905</v>
       </c>
       <c r="D530" t="s">
         <v>8</v>
       </c>
       <c r="E530">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531">
-        <v>9781626234758</v>
+        <v>9781604067002</v>
       </c>
       <c r="B531" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="C531" t="s">
         <v>906</v>
       </c>
       <c r="D531" t="s">
         <v>8</v>
       </c>
       <c r="E531">
         <v>2017</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532">
-        <v>9781604067002</v>
+        <v>9781604063950</v>
       </c>
       <c r="B532" t="s">
-        <v>805</v>
+        <v>755</v>
       </c>
       <c r="C532" t="s">
         <v>907</v>
       </c>
       <c r="D532" t="s">
         <v>8</v>
       </c>
       <c r="E532">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533">
-        <v>9781604063950</v>
+        <v>9781626230910</v>
       </c>
       <c r="B533" t="s">
-        <v>758</v>
+        <v>908</v>
       </c>
       <c r="C533" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D533" t="s">
         <v>8</v>
       </c>
       <c r="E533">
         <v>2016</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534">
-        <v>9781626230910</v>
+        <v>9781626232754</v>
       </c>
       <c r="B534" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="C534" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="D534" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E534">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535">
-        <v>9781626232754</v>
+        <v>9781626237346</v>
       </c>
       <c r="B535" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C535" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="D535" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E535">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536">
-        <v>9781626237346</v>
+        <v>9783132414471</v>
       </c>
       <c r="B536" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C536" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D536" t="s">
         <v>8</v>
       </c>
       <c r="E536">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537">
-        <v>9783132414471</v>
+        <v>9783132428393</v>
       </c>
       <c r="B537" t="s">
-        <v>915</v>
+        <v>361</v>
       </c>
       <c r="C537" t="s">
         <v>916</v>
       </c>
       <c r="D537" t="s">
         <v>8</v>
       </c>
       <c r="E537">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538">
-        <v>9783132428393</v>
+        <v>9783131726612</v>
       </c>
       <c r="B538" t="s">
-        <v>362</v>
+        <v>917</v>
       </c>
       <c r="C538" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D538" t="s">
         <v>8</v>
       </c>
       <c r="E538">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539">
-        <v>9783131726612</v>
+        <v>9783132415621</v>
       </c>
       <c r="B539" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C539" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D539" t="s">
         <v>8</v>
       </c>
       <c r="E539">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540">
-        <v>9783132415621</v>
+        <v>9783131546715</v>
       </c>
       <c r="B540" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C540" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D540" t="s">
         <v>8</v>
       </c>
       <c r="E540">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541">
-        <v>9783131546715</v>
+        <v>9783132037915</v>
       </c>
       <c r="B541" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C541" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D541" t="s">
         <v>8</v>
       </c>
       <c r="E541">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542">
-        <v>9783132037915</v>
+        <v>9781604062724</v>
       </c>
       <c r="B542" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C542" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D542" t="s">
         <v>8</v>
       </c>
       <c r="E542">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543">
-        <v>9781604062724</v>
+        <v>9781626234093</v>
       </c>
       <c r="B543" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C543" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D543" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E543">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544">
-        <v>9781626234093</v>
+        <v>9781604067231</v>
       </c>
       <c r="B544" t="s">
-        <v>928</v>
+        <v>582</v>
       </c>
       <c r="C544" t="s">
         <v>929</v>
       </c>
       <c r="D544" t="s">
         <v>102</v>
       </c>
       <c r="E544">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545">
-        <v>9781604067231</v>
+        <v>9781684200924</v>
       </c>
       <c r="B545" t="s">
-        <v>585</v>
+        <v>930</v>
       </c>
       <c r="C545" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="D545" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E545">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546">
-        <v>9781684200924</v>
+        <v>9781626232167</v>
       </c>
       <c r="B546" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C546" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="D546" t="s">
         <v>8</v>
       </c>
       <c r="E546">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547">
-        <v>9781626232167</v>
+        <v>9781626239012</v>
       </c>
       <c r="B547" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C547" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="D547" t="s">
         <v>8</v>
       </c>
       <c r="E547">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548">
-        <v>9781626239012</v>
+        <v>9781684200078</v>
       </c>
       <c r="B548" t="s">
-        <v>935</v>
+        <v>669</v>
       </c>
       <c r="C548" t="s">
         <v>936</v>
       </c>
       <c r="D548" t="s">
         <v>8</v>
       </c>
       <c r="E548">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549">
-        <v>9781684200078</v>
+        <v>9781626232785</v>
       </c>
       <c r="B549" t="s">
-        <v>672</v>
+        <v>582</v>
       </c>
       <c r="C549" t="s">
         <v>937</v>
       </c>
       <c r="D549" t="s">
         <v>8</v>
       </c>
       <c r="E549">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550">
-        <v>9781626232785</v>
+        <v>9781626230507</v>
       </c>
       <c r="B550" t="s">
-        <v>585</v>
+        <v>525</v>
       </c>
       <c r="C550" t="s">
         <v>938</v>
       </c>
       <c r="D550" t="s">
         <v>8</v>
       </c>
       <c r="E550">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551">
-        <v>9781626230507</v>
+        <v>9781684200979</v>
       </c>
       <c r="B551" t="s">
-        <v>528</v>
+        <v>733</v>
       </c>
       <c r="C551" t="s">
         <v>939</v>
       </c>
       <c r="D551" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E551">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552">
-        <v>9781684200979</v>
+        <v>9783131750617</v>
       </c>
       <c r="B552" t="s">
-        <v>736</v>
+        <v>940</v>
       </c>
       <c r="C552" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D552" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E552">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553">
-        <v>9783131750617</v>
+        <v>9783132415232</v>
       </c>
       <c r="B553" t="s">
-        <v>941</v>
+        <v>678</v>
       </c>
       <c r="C553" t="s">
         <v>942</v>
       </c>
       <c r="D553" t="s">
         <v>8</v>
       </c>
       <c r="E553">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554">
-        <v>9783132415232</v>
+        <v>9781588904027</v>
       </c>
       <c r="B554" t="s">
-        <v>681</v>
+        <v>943</v>
       </c>
       <c r="C554" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="D554" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E554">
-        <v>2017</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555">
-        <v>9781588904027</v>
+        <v>9781684200214</v>
       </c>
       <c r="B555" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C555" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="D555" t="s">
         <v>102</v>
       </c>
       <c r="E555">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556">
-        <v>9781684200214</v>
+        <v>9781626232938</v>
       </c>
       <c r="B556" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C556" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D556" t="s">
         <v>102</v>
       </c>
       <c r="E556">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557">
-        <v>9781626232938</v>
+        <v>9781626233904</v>
       </c>
       <c r="B557" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C557" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D557" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E557">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558">
-        <v>9781626233904</v>
+        <v>9781604065930</v>
       </c>
       <c r="B558" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C558" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D558" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E558">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559">
-        <v>9781604065930</v>
+        <v>9781604067422</v>
       </c>
       <c r="B559" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C559" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D559" t="s">
         <v>102</v>
       </c>
       <c r="E559">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560">
-        <v>9781604067422</v>
+        <v>9781626239043</v>
       </c>
       <c r="B560" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C560" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="D560" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E560">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561">
-        <v>9781626239043</v>
+        <v>9783131997616</v>
       </c>
       <c r="B561" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C561" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D561" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E561">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562">
-        <v>9783131997616</v>
+        <v>9783131714510</v>
       </c>
       <c r="B562" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C562" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D562" t="s">
         <v>102</v>
       </c>
       <c r="E562">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563">
-        <v>9783131714510</v>
+        <v>9781626232563</v>
       </c>
       <c r="B563" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C563" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D563" t="s">
         <v>102</v>
       </c>
       <c r="E563">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564">
-        <v>9781626232563</v>
+        <v>9783131324528</v>
       </c>
       <c r="B564" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C564" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D564" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E564">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565">
-        <v>9783131324528</v>
+        <v>9783131658111</v>
       </c>
       <c r="B565" t="s">
-        <v>964</v>
+        <v>560</v>
       </c>
       <c r="C565" t="s">
         <v>965</v>
       </c>
       <c r="D565" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E565">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566">
-        <v>9783131658111</v>
+        <v>9781604066517</v>
       </c>
       <c r="B566" t="s">
-        <v>563</v>
+        <v>966</v>
       </c>
       <c r="C566" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D566" t="s">
         <v>102</v>
       </c>
       <c r="E566">
         <v>2012</v>
       </c>
+      <c r="F566">
+        <v>294.99</v>
+      </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567">
-        <v>9781604066517</v>
+        <v>9781626233447</v>
       </c>
       <c r="B567" t="s">
-        <v>967</v>
+        <v>582</v>
       </c>
       <c r="C567" t="s">
         <v>968</v>
       </c>
       <c r="D567" t="s">
         <v>102</v>
       </c>
       <c r="E567">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>294.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568">
-        <v>9781626233447</v>
+        <v>9783131398321</v>
       </c>
       <c r="B568" t="s">
-        <v>585</v>
+        <v>969</v>
       </c>
       <c r="C568" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D568" t="s">
         <v>102</v>
       </c>
       <c r="E568">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569">
-        <v>9783131398321</v>
+        <v>9781626238008</v>
       </c>
       <c r="B569" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C569" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D569" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="E569">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570">
-        <v>9781626238008</v>
+        <v>9781626231511</v>
       </c>
       <c r="B570" t="s">
-        <v>972</v>
+        <v>464</v>
       </c>
       <c r="C570" t="s">
         <v>973</v>
       </c>
       <c r="D570" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="E570">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571">
-        <v>9781626231511</v>
+        <v>9781626230033</v>
       </c>
       <c r="B571" t="s">
-        <v>465</v>
+        <v>531</v>
       </c>
       <c r="C571" t="s">
-        <v>974</v>
+        <v>801</v>
       </c>
       <c r="D571" t="s">
         <v>102</v>
       </c>
       <c r="E571">
         <v>2017</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572">
-        <v>9781626230033</v>
+        <v>9781626231757</v>
       </c>
       <c r="B572" t="s">
-        <v>534</v>
+        <v>974</v>
       </c>
       <c r="C572" t="s">
-        <v>804</v>
+        <v>975</v>
       </c>
       <c r="D572" t="s">
         <v>102</v>
       </c>
       <c r="E572">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573">
-        <v>9781626231757</v>
+        <v>9781626234420</v>
       </c>
       <c r="B573" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C573" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D573" t="s">
         <v>102</v>
       </c>
       <c r="E573">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574">
-        <v>9781626234420</v>
+        <v>9789388257640</v>
       </c>
       <c r="B574" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C574" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D574" t="s">
         <v>102</v>
       </c>
       <c r="E574">
-        <v>2017</v>
+        <v>2020</v>
+      </c>
+      <c r="F574">
+        <v>10.99</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575">
-        <v>9789388257640</v>
+        <v>9783131165015</v>
       </c>
       <c r="B575" t="s">
-        <v>979</v>
+        <v>359</v>
       </c>
       <c r="C575" t="s">
         <v>980</v>
       </c>
       <c r="D575" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E575">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>10.99</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576">
-        <v>9783131165015</v>
+        <v>9783136507049</v>
       </c>
       <c r="B576" t="s">
-        <v>360</v>
+        <v>725</v>
       </c>
       <c r="C576" t="s">
         <v>981</v>
       </c>
       <c r="D576" t="s">
         <v>8</v>
       </c>
       <c r="E576">
-        <v>1995</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577">
-        <v>9783136507049</v>
+        <v>9781626239753</v>
       </c>
       <c r="B577" t="s">
-        <v>728</v>
+        <v>982</v>
       </c>
       <c r="C577" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D577" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E577">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578">
-        <v>9781626239753</v>
+        <v>9781626235175</v>
       </c>
       <c r="B578" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C578" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D578" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E578">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579">
-        <v>9781626235175</v>
+        <v>9781626236790</v>
       </c>
       <c r="B579" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C579" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D579" t="s">
         <v>8</v>
       </c>
       <c r="E579">
-        <v>2022</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580">
-        <v>9781626236790</v>
+        <v>9781626230323</v>
       </c>
       <c r="B580" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="C580" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="D580" t="s">
         <v>8</v>
       </c>
       <c r="E580">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581">
-        <v>9781626230323</v>
+        <v>9781626232181</v>
       </c>
       <c r="B581" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="C581" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="D581" t="s">
         <v>8</v>
       </c>
       <c r="E581">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582">
-        <v>9781626232181</v>
+        <v>9781626234192</v>
       </c>
       <c r="B582" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C582" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="D582" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E582">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583">
-        <v>9781626234192</v>
+        <v>9781684202492</v>
       </c>
       <c r="B583" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C583" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="D583" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E583">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584">
-        <v>9781684202492</v>
+        <v>9781626231986</v>
       </c>
       <c r="B584" t="s">
-        <v>995</v>
+        <v>436</v>
       </c>
       <c r="C584" t="s">
         <v>996</v>
       </c>
       <c r="D584" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E584">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585">
-        <v>9781626231986</v>
+        <v>9781626232044</v>
       </c>
       <c r="B585" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
       <c r="C585" t="s">
         <v>997</v>
       </c>
       <c r="D585" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E585">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586">
-        <v>9781626232044</v>
+        <v>9783132053915</v>
       </c>
       <c r="B586" t="s">
-        <v>397</v>
+        <v>998</v>
       </c>
       <c r="C586" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="D586" t="s">
         <v>8</v>
       </c>
       <c r="E586">
         <v>2017</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587">
-        <v>9783132053915</v>
+        <v>9781604068795</v>
       </c>
       <c r="B587" t="s">
-        <v>999</v>
+        <v>578</v>
       </c>
       <c r="C587" t="s">
         <v>1000</v>
       </c>
       <c r="D587" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E587">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588">
-        <v>9781604068795</v>
+        <v>9781604068269</v>
       </c>
       <c r="B588" t="s">
-        <v>581</v>
+        <v>1001</v>
       </c>
       <c r="C588" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D588" t="s">
         <v>102</v>
       </c>
       <c r="E588">
         <v>2018</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589">
-        <v>9781604068269</v>
+        <v>9781626232808</v>
       </c>
       <c r="B589" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C589" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D589" t="s">
         <v>102</v>
       </c>
       <c r="E589">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590">
-        <v>9781626232808</v>
+        <v>9781684202478</v>
       </c>
       <c r="B590" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C590" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D590" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E590">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591">
-        <v>9781684202478</v>
+        <v>9781604068382</v>
       </c>
       <c r="B591" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C591" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D591" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E591">
-        <v>2022</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592">
-        <v>9781604068382</v>
+        <v>9781626231009</v>
       </c>
       <c r="B592" t="s">
-        <v>1008</v>
+        <v>525</v>
       </c>
       <c r="C592" t="s">
         <v>1009</v>
       </c>
       <c r="D592" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E592">
         <v>2015</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593">
-        <v>9781626231009</v>
+        <v>9781684200740</v>
       </c>
       <c r="B593" t="s">
-        <v>528</v>
+        <v>1010</v>
       </c>
       <c r="C593" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="D593" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E593">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594">
-        <v>9781684200740</v>
+        <v>9781626236547</v>
       </c>
       <c r="B594" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C594" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="D594" t="s">
         <v>102</v>
       </c>
       <c r="E594">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595">
-        <v>9781626236547</v>
+        <v>9783132412873</v>
       </c>
       <c r="B595" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C595" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D595" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E595">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596">
-        <v>9783132412873</v>
+        <v>9781626231764</v>
       </c>
       <c r="B596" t="s">
-        <v>1015</v>
+        <v>139</v>
       </c>
       <c r="C596" t="s">
         <v>1016</v>
       </c>
       <c r="D596" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E596">
         <v>2019</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597">
-        <v>9781626231764</v>
+        <v>9781604064179</v>
       </c>
       <c r="B597" t="s">
-        <v>139</v>
+        <v>1017</v>
       </c>
       <c r="C597" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D597" t="s">
         <v>102</v>
       </c>
       <c r="E597">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598">
-        <v>9781604064179</v>
+        <v>9781626234017</v>
       </c>
       <c r="B598" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C598" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D598" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E598">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599">
-        <v>9781626234017</v>
+        <v>9783132404779</v>
       </c>
       <c r="B599" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C599" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D599" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E599">
         <v>2019</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600">
-        <v>9783132404779</v>
+        <v>9781626230309</v>
       </c>
       <c r="B600" t="s">
-        <v>1022</v>
+        <v>707</v>
       </c>
       <c r="C600" t="s">
         <v>1023</v>
       </c>
       <c r="D600" t="s">
         <v>102</v>
       </c>
       <c r="E600">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601">
-        <v>9781626230309</v>
+        <v>9783131353917</v>
       </c>
       <c r="B601" t="s">
-        <v>710</v>
+        <v>549</v>
       </c>
       <c r="C601" t="s">
         <v>1024</v>
       </c>
       <c r="D601" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E601">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602">
-        <v>9783131353917</v>
+        <v>9781684201693</v>
       </c>
       <c r="B602" t="s">
-        <v>552</v>
+        <v>1025</v>
       </c>
       <c r="C602" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D602" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E602">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603">
-        <v>9781684201693</v>
+        <v>9781626237124</v>
       </c>
       <c r="B603" t="s">
-        <v>1026</v>
+        <v>837</v>
       </c>
       <c r="C603" t="s">
         <v>1027</v>
       </c>
       <c r="D603" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E603">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604">
-        <v>9781626237124</v>
+        <v>9783132427792</v>
       </c>
       <c r="B604" t="s">
-        <v>838</v>
+        <v>1028</v>
       </c>
       <c r="C604" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D604" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E604">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605">
-        <v>9783132427792</v>
+        <v>9781626233515</v>
       </c>
       <c r="B605" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C605" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="D605" t="s">
         <v>102</v>
       </c>
       <c r="E605">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606">
-        <v>9781626233515</v>
+        <v>9781626238893</v>
       </c>
       <c r="B606" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C606" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="D606" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E606">
         <v>2019</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607">
-        <v>9781626238893</v>
+        <v>9781626238145</v>
       </c>
       <c r="B607" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C607" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="D607" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E607">
         <v>2019</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608">
-        <v>9781626238145</v>
+        <v>9781626231382</v>
       </c>
       <c r="B608" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C608" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="D608" t="s">
         <v>102</v>
       </c>
       <c r="E608">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609">
-        <v>9781626231382</v>
+        <v>9783131319623</v>
       </c>
       <c r="B609" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C609" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D609" t="s">
         <v>102</v>
       </c>
       <c r="E609">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610">
-        <v>9783131319623</v>
+        <v>9783131416117</v>
       </c>
       <c r="B610" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C610" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="D610" t="s">
         <v>102</v>
       </c>
       <c r="E610">
-        <v>2011</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611">
-        <v>9783131416117</v>
+        <v>9781626234314</v>
       </c>
       <c r="B611" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C611" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="D611" t="s">
         <v>102</v>
       </c>
       <c r="E611">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612">
-        <v>9781626234314</v>
+        <v>9781626232068</v>
       </c>
       <c r="B612" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C612" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="D612" t="s">
         <v>102</v>
       </c>
       <c r="E612">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613">
-        <v>9781626232068</v>
+        <v>9783132409576</v>
       </c>
       <c r="B613" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C613" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="D613" t="s">
         <v>102</v>
       </c>
       <c r="E613">
         <v>2017</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614">
-        <v>9783132409576</v>
+        <v>9783131444813</v>
       </c>
       <c r="B614" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C614" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="D614" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E614">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615">
-        <v>9783131444813</v>
+        <v>9781604068986</v>
       </c>
       <c r="B615" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C615" t="s">
-        <v>1050</v>
+        <v>16</v>
       </c>
       <c r="D615" t="s">
         <v>8</v>
       </c>
       <c r="E615">
-        <v>2007</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616">
-        <v>9781604068986</v>
+        <v>9781626233362</v>
       </c>
       <c r="B616" t="s">
+        <v>578</v>
+      </c>
+      <c r="C616" t="s">
         <v>1051</v>
       </c>
-      <c r="C616" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D616" t="s">
         <v>8</v>
       </c>
       <c r="E616">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617">
-        <v>9781626233362</v>
+        <v>9781626236431</v>
       </c>
       <c r="B617" t="s">
-        <v>581</v>
+        <v>1052</v>
       </c>
       <c r="C617" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D617" t="s">
         <v>8</v>
       </c>
       <c r="E617">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618">
-        <v>9781626236431</v>
+        <v>9783131455918</v>
       </c>
       <c r="B618" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C618" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="D618" t="s">
         <v>8</v>
       </c>
       <c r="E618">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619">
-        <v>9783131455918</v>
+        <v>9789382076452</v>
       </c>
       <c r="B619" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="C619" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="D619" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E619">
-        <v>2010</v>
+        <v>2013</v>
+      </c>
+      <c r="F619">
+        <v>84.99</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620">
-        <v>9789382076452</v>
+        <v>9783131307224</v>
       </c>
       <c r="B620" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C620" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="D620" t="s">
         <v>102</v>
       </c>
       <c r="E620">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>84.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621">
-        <v>9783131307224</v>
+        <v>9781626237100</v>
       </c>
       <c r="B621" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="C621" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="D621" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E621">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622">
-        <v>9781626237100</v>
+        <v>9783131547118</v>
       </c>
       <c r="B622" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C622" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="D622" t="s">
         <v>8</v>
       </c>
       <c r="E622">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623">
-        <v>9783131547118</v>
+        <v>9783132420175</v>
       </c>
       <c r="B623" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C623" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="D623" t="s">
         <v>8</v>
       </c>
       <c r="E623">
-        <v>2013</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624">
-        <v>9783132420175</v>
+        <v>9781626233317</v>
       </c>
       <c r="B624" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C624" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="D624" t="s">
         <v>8</v>
       </c>
       <c r="E624">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625">
-        <v>9781626233317</v>
+        <v>9781626239531</v>
       </c>
       <c r="B625" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C625" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="D625" t="s">
         <v>8</v>
       </c>
       <c r="E625">
         <v>2019</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626">
-        <v>9781626239531</v>
+        <v>9781626239821</v>
       </c>
       <c r="B626" t="s">
-        <v>1069</v>
+        <v>638</v>
       </c>
       <c r="C626" t="s">
-        <v>1070</v>
+        <v>639</v>
       </c>
       <c r="D626" t="s">
         <v>8</v>
       </c>
       <c r="E626">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627">
-        <v>9781626239821</v>
+        <v>9781626239319</v>
       </c>
       <c r="B627" t="s">
-        <v>641</v>
+        <v>185</v>
       </c>
       <c r="C627" t="s">
-        <v>642</v>
+        <v>1070</v>
       </c>
       <c r="D627" t="s">
         <v>8</v>
       </c>
       <c r="E627">
-        <v>2023</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628">
-        <v>9781626239319</v>
+        <v>9781626233539</v>
       </c>
       <c r="B628" t="s">
-        <v>185</v>
+        <v>1071</v>
       </c>
       <c r="C628" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="D628" t="s">
         <v>8</v>
       </c>
       <c r="E628">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629">
-        <v>9781626233539</v>
+        <v>9781626230255</v>
       </c>
       <c r="B629" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C629" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="D629" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E629">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630">
-        <v>9781626230255</v>
+        <v>9781626232877</v>
       </c>
       <c r="B630" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C630" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="D630" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E630">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631">
-        <v>9781626232877</v>
+        <v>9781604064117</v>
       </c>
       <c r="B631" t="s">
-        <v>1076</v>
+        <v>814</v>
       </c>
       <c r="C631" t="s">
-        <v>1077</v>
+        <v>365</v>
       </c>
       <c r="D631" t="s">
         <v>8</v>
       </c>
       <c r="E631">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632">
-        <v>9781604064117</v>
+        <v>9781626237322</v>
       </c>
       <c r="B632" t="s">
-        <v>817</v>
+        <v>1077</v>
       </c>
       <c r="C632" t="s">
-        <v>366</v>
+        <v>1078</v>
       </c>
       <c r="D632" t="s">
         <v>8</v>
       </c>
       <c r="E632">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633">
-        <v>9781626237322</v>
+        <v>9783131545213</v>
       </c>
       <c r="B633" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C633" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D633" t="s">
         <v>8</v>
       </c>
       <c r="E633">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634">
-        <v>9783131545213</v>
+        <v>9789385062766</v>
       </c>
       <c r="B634" t="s">
-        <v>1080</v>
+        <v>189</v>
       </c>
       <c r="C634" t="s">
         <v>1081</v>
       </c>
       <c r="D634" t="s">
         <v>8</v>
       </c>
       <c r="E634">
-        <v>2014</v>
+        <v>2017</v>
+      </c>
+      <c r="F634">
+        <v>184.0</v>
       </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635">
-        <v>9789385062766</v>
+        <v>9781626230811</v>
       </c>
       <c r="B635" t="s">
-        <v>189</v>
+        <v>1082</v>
       </c>
       <c r="C635" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="D635" t="s">
         <v>8</v>
       </c>
       <c r="E635">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>184.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636">
-        <v>9781626230811</v>
+        <v>9789388257398</v>
       </c>
       <c r="B636" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="C636" t="s">
-        <v>1084</v>
+        <v>39</v>
       </c>
       <c r="D636" t="s">
         <v>8</v>
       </c>
       <c r="E636">
-        <v>2016</v>
+        <v>2019</v>
+      </c>
+      <c r="F636">
+        <v>109.99</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637">
-        <v>9789388257398</v>
+        <v>9781626235267</v>
       </c>
       <c r="B637" t="s">
         <v>1085</v>
       </c>
       <c r="C637" t="s">
-        <v>39</v>
+        <v>1086</v>
       </c>
       <c r="D637" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E637">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638">
-        <v>9781626235267</v>
+        <v>9781626234338</v>
       </c>
       <c r="B638" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C638" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="D638" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E638">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639">
-        <v>9781626234338</v>
+        <v>9781588905147</v>
       </c>
       <c r="B639" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C639" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="D639" t="s">
         <v>8</v>
       </c>
       <c r="E639">
-        <v>2018</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640">
-        <v>9781588905147</v>
+        <v>9781626235953</v>
       </c>
       <c r="B640" t="s">
-        <v>1090</v>
+        <v>896</v>
       </c>
       <c r="C640" t="s">
         <v>1091</v>
       </c>
       <c r="D640" t="s">
         <v>8</v>
       </c>
       <c r="E640">
-        <v>2008</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641">
-        <v>9781626235953</v>
+        <v>9783132403468</v>
       </c>
       <c r="B641" t="s">
-        <v>897</v>
+        <v>1092</v>
       </c>
       <c r="C641" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="D641" t="s">
         <v>8</v>
       </c>
       <c r="E641">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642">
-        <v>9783132403468</v>
+        <v>9781626233287</v>
       </c>
       <c r="B642" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="C642" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="D642" t="s">
         <v>8</v>
       </c>
       <c r="E642">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643">
-        <v>9781626233287</v>
+        <v>9781604069044</v>
       </c>
       <c r="B643" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C643" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="D643" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E643">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644">
-        <v>9781604069044</v>
+        <v>9781684202515</v>
       </c>
       <c r="B644" t="s">
-        <v>1097</v>
+        <v>1019</v>
       </c>
       <c r="C644" t="s">
         <v>1098</v>
       </c>
       <c r="D644" t="s">
         <v>102</v>
       </c>
       <c r="E644">
-        <v>2015</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645">
-        <v>9781684202515</v>
+        <v>9781626232143</v>
       </c>
       <c r="B645" t="s">
-        <v>1020</v>
+        <v>1099</v>
       </c>
       <c r="C645" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="D645" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E645">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646">
-        <v>9781626232143</v>
+        <v>9781684200627</v>
       </c>
       <c r="B646" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="C646" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="D646" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E646">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647">
-        <v>9781684200627</v>
+        <v>9781626234710</v>
       </c>
       <c r="B647" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="C647" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="D647" t="s">
         <v>102</v>
       </c>
       <c r="E647">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648">
-        <v>9781626234710</v>
+        <v>9781626233485</v>
       </c>
       <c r="B648" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="C648" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="D648" t="s">
         <v>102</v>
       </c>
       <c r="E648">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649">
-        <v>9781626233485</v>
+        <v>9781626234949</v>
       </c>
       <c r="B649" t="s">
-        <v>1106</v>
+        <v>578</v>
       </c>
       <c r="C649" t="s">
         <v>1107</v>
       </c>
       <c r="D649" t="s">
         <v>102</v>
       </c>
       <c r="E649">
         <v>2021</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650">
-        <v>9781626234949</v>
+        <v>9781626238930</v>
       </c>
       <c r="B650" t="s">
-        <v>581</v>
+        <v>458</v>
       </c>
       <c r="C650" t="s">
         <v>1108</v>
       </c>
       <c r="D650" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E650">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651">
-        <v>9781626238930</v>
+        <v>9781604061918</v>
       </c>
       <c r="B651" t="s">
-        <v>459</v>
+        <v>1109</v>
       </c>
       <c r="C651" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="D651" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E651">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652">
-        <v>9781604061918</v>
+        <v>9781684202249</v>
       </c>
       <c r="B652" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="C652" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="D652" t="s">
         <v>102</v>
       </c>
       <c r="E652">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653">
-        <v>9781684202249</v>
+        <v>9781626238060</v>
       </c>
       <c r="B653" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="C653" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="D653" t="s">
         <v>102</v>
       </c>
       <c r="E653">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654">
-        <v>9781626238060</v>
+        <v>9783131482075</v>
       </c>
       <c r="B654" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="C654" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="D654" t="s">
         <v>102</v>
       </c>
       <c r="E654">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655">
-        <v>9783131482075</v>
+        <v>9781684201839</v>
       </c>
       <c r="B655" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C655" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="D655" t="s">
         <v>102</v>
       </c>
       <c r="E655">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656">
-        <v>9781684201839</v>
+        <v>9781626234413</v>
       </c>
       <c r="B656" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="C656" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="D656" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E656">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657">
-        <v>9781626234413</v>
+        <v>9783131421418</v>
       </c>
       <c r="B657" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="C657" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="D657" t="s">
         <v>8</v>
       </c>
       <c r="E657">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658">
-        <v>9783131421418</v>
+        <v>9781604061741</v>
       </c>
       <c r="B658" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C658" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="D658" t="s">
         <v>8</v>
       </c>
       <c r="E658">
-        <v>2007</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659">
-        <v>9781604061741</v>
+        <v>9781604060577</v>
       </c>
       <c r="B659" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="C659" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="D659" t="s">
         <v>8</v>
       </c>
       <c r="E659">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660">
-        <v>9781604060577</v>
+        <v>9781604068672</v>
       </c>
       <c r="B660" t="s">
-        <v>1126</v>
+        <v>527</v>
       </c>
       <c r="C660" t="s">
-        <v>1127</v>
+        <v>64</v>
       </c>
       <c r="D660" t="s">
         <v>8</v>
       </c>
       <c r="E660">
         <v>2015</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661">
-        <v>9781604068672</v>
+        <v>9781626231108</v>
       </c>
       <c r="B661" t="s">
-        <v>530</v>
+        <v>1127</v>
       </c>
       <c r="C661" t="s">
-        <v>64</v>
+        <v>16</v>
       </c>
       <c r="D661" t="s">
         <v>8</v>
       </c>
       <c r="E661">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662">
-        <v>9781626231108</v>
+        <v>9783131418722</v>
       </c>
       <c r="B662" t="s">
         <v>1128</v>
       </c>
       <c r="C662" t="s">
-        <v>16</v>
+        <v>1129</v>
       </c>
       <c r="D662" t="s">
         <v>8</v>
       </c>
       <c r="E662">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663">
-        <v>9783131418722</v>
+        <v>9781626232624</v>
       </c>
       <c r="B663" t="s">
-        <v>1129</v>
+        <v>410</v>
       </c>
       <c r="C663" t="s">
         <v>1130</v>
       </c>
       <c r="D663" t="s">
         <v>8</v>
       </c>
       <c r="E663">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664">
-        <v>9781626232624</v>
+        <v>9783132215818</v>
       </c>
       <c r="B664" t="s">
-        <v>411</v>
+        <v>1131</v>
       </c>
       <c r="C664" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="D664" t="s">
         <v>8</v>
       </c>
       <c r="E664">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665">
-        <v>9783132215818</v>
+        <v>9781604067538</v>
       </c>
       <c r="B665" t="s">
-        <v>1132</v>
+        <v>992</v>
       </c>
       <c r="C665" t="s">
         <v>1133</v>
       </c>
       <c r="D665" t="s">
         <v>8</v>
       </c>
       <c r="E665">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666">
-        <v>9781604067538</v>
+        <v>9783132425170</v>
       </c>
       <c r="B666" t="s">
-        <v>993</v>
+        <v>1134</v>
       </c>
       <c r="C666" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="D666" t="s">
         <v>8</v>
       </c>
       <c r="E666">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667">
-        <v>9783132425170</v>
+        <v>9781626239685</v>
       </c>
       <c r="B667" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="C667" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="D667" t="s">
         <v>8</v>
       </c>
       <c r="E667">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668">
-        <v>9781626239685</v>
+        <v>9781626237162</v>
       </c>
       <c r="B668" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C668" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="D668" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E668">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669">
-        <v>9781626237162</v>
+        <v>9783131500519</v>
       </c>
       <c r="B669" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C669" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D669" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E669">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670">
-        <v>9783131500519</v>
+        <v>9783132417205</v>
       </c>
       <c r="B670" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C670" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="D670" t="s">
         <v>8</v>
       </c>
       <c r="E670">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671">
-        <v>9783132417205</v>
+        <v>9781684200139</v>
       </c>
       <c r="B671" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C671" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="D671" t="s">
         <v>8</v>
       </c>
       <c r="E671">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672">
-        <v>9781684200139</v>
+        <v>9781626232686</v>
       </c>
       <c r="B672" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C672" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="D672" t="s">
         <v>8</v>
       </c>
       <c r="E672">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673">
-        <v>9781626232686</v>
+        <v>9781604066951</v>
       </c>
       <c r="B673" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C673" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="D673" t="s">
         <v>8</v>
       </c>
       <c r="E673">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674">
-        <v>9781604066951</v>
+        <v>9781684200030</v>
       </c>
       <c r="B674" t="s">
-        <v>1149</v>
+        <v>126</v>
       </c>
       <c r="C674" t="s">
         <v>1150</v>
       </c>
       <c r="D674" t="s">
         <v>8</v>
       </c>
       <c r="E674">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675">
-        <v>9781684200030</v>
+        <v>9783132202917</v>
       </c>
       <c r="B675" t="s">
-        <v>126</v>
+        <v>1151</v>
       </c>
       <c r="C675" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D675" t="s">
         <v>8</v>
       </c>
       <c r="E675">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676">
-        <v>9783132202917</v>
+        <v>9781684200535</v>
       </c>
       <c r="B676" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C676" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D676" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E676">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677">
-        <v>9781684200535</v>
+        <v>9781626234512</v>
       </c>
       <c r="B677" t="s">
-        <v>1154</v>
+        <v>733</v>
       </c>
       <c r="C677" t="s">
         <v>1155</v>
       </c>
       <c r="D677" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E677">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678">
-        <v>9781626234512</v>
+        <v>9781626232235</v>
       </c>
       <c r="B678" t="s">
-        <v>736</v>
+        <v>525</v>
       </c>
       <c r="C678" t="s">
         <v>1156</v>
       </c>
       <c r="D678" t="s">
         <v>8</v>
       </c>
       <c r="E678">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679">
-        <v>9781626232235</v>
+        <v>9781626234550</v>
       </c>
       <c r="B679" t="s">
-        <v>528</v>
+        <v>525</v>
       </c>
       <c r="C679" t="s">
         <v>1157</v>
       </c>
       <c r="D679" t="s">
         <v>8</v>
       </c>
       <c r="E679">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680">
-        <v>9781626234550</v>
+        <v>9783132059115</v>
       </c>
       <c r="B680" t="s">
-        <v>528</v>
+        <v>1158</v>
       </c>
       <c r="C680" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D680" t="s">
         <v>8</v>
       </c>
       <c r="E680">
         <v>2018</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681">
-        <v>9783132059115</v>
+        <v>9783132203815</v>
       </c>
       <c r="B681" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="C681" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="D681" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E681">
         <v>2018</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682">
-        <v>9783132203815</v>
+        <v>9781588905253</v>
       </c>
       <c r="B682" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="C682" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="D682" t="s">
         <v>102</v>
       </c>
       <c r="E682">
-        <v>2018</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683">
-        <v>9781588905253</v>
+        <v>9783132419537</v>
       </c>
       <c r="B683" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C683" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D683" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E683">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684">
-        <v>9783132419537</v>
+        <v>9781626230217</v>
       </c>
       <c r="B684" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C684" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="D684" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E684">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685">
-        <v>9781626230217</v>
+        <v>9783131472014</v>
       </c>
       <c r="B685" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C685" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="D685" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E685">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686">
-        <v>9783131472014</v>
+        <v>9781626239722</v>
       </c>
       <c r="B686" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C686" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D686" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E686">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687">
-        <v>9781626239722</v>
+        <v>9781626230125</v>
       </c>
       <c r="B687" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="C687" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="D687" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E687">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
-        <v>9781626230125</v>
+        <v>9781626237971</v>
       </c>
       <c r="B688" t="s">
-        <v>1173</v>
+        <v>1017</v>
       </c>
       <c r="C688" t="s">
         <v>1174</v>
       </c>
       <c r="D688" t="s">
         <v>8</v>
       </c>
       <c r="E688">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689">
-        <v>9781626237971</v>
+        <v>9781626232549</v>
       </c>
       <c r="B689" t="s">
-        <v>1018</v>
+        <v>343</v>
       </c>
       <c r="C689" t="s">
         <v>1175</v>
       </c>
       <c r="D689" t="s">
         <v>8</v>
       </c>
       <c r="E689">
         <v>2019</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690">
-        <v>9781626232549</v>
+        <v>9783131383723</v>
       </c>
       <c r="B690" t="s">
-        <v>344</v>
+        <v>1176</v>
       </c>
       <c r="C690" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="D690" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E690">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691">
-        <v>9783131383723</v>
+        <v>9781604068320</v>
       </c>
       <c r="B691" t="s">
-        <v>1177</v>
+        <v>715</v>
       </c>
       <c r="C691" t="s">
         <v>1178</v>
       </c>
       <c r="D691" t="s">
         <v>102</v>
       </c>
       <c r="E691">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692">
-        <v>9781604068320</v>
+        <v>9783132417878</v>
       </c>
       <c r="B692" t="s">
-        <v>718</v>
+        <v>572</v>
       </c>
       <c r="C692" t="s">
         <v>1179</v>
       </c>
       <c r="D692" t="s">
         <v>102</v>
       </c>
       <c r="E692">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693">
-        <v>9783132417878</v>
+        <v>9781604060423</v>
       </c>
       <c r="B693" t="s">
-        <v>575</v>
+        <v>1180</v>
       </c>
       <c r="C693" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="D693" t="s">
         <v>102</v>
       </c>
       <c r="E693">
-        <v>2020</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694">
-        <v>9781604060423</v>
+        <v>9781684205592</v>
       </c>
       <c r="B694" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="C694" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="D694" t="s">
         <v>102</v>
       </c>
       <c r="E694">
-        <v>2009</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695">
-        <v>9781684205592</v>
+        <v>9783132417182</v>
       </c>
       <c r="B695" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="C695" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="D695" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="E695">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696">
-        <v>9783132417182</v>
+        <v>9781626234857</v>
       </c>
       <c r="B696" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="C696" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="D696" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="E696">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697">
-        <v>9781626234857</v>
+        <v>9781626232020</v>
       </c>
       <c r="B697" t="s">
-        <v>1187</v>
+        <v>139</v>
       </c>
       <c r="C697" t="s">
         <v>1188</v>
       </c>
       <c r="D697" t="s">
         <v>102</v>
       </c>
       <c r="E697">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698">
-        <v>9781626232020</v>
+        <v>9781626236899</v>
       </c>
       <c r="B698" t="s">
-        <v>139</v>
+        <v>1189</v>
       </c>
       <c r="C698" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D698" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E698">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699">
-        <v>9781626236899</v>
+        <v>9781626231344</v>
       </c>
       <c r="B699" t="s">
-        <v>1190</v>
+        <v>124</v>
       </c>
       <c r="C699" t="s">
         <v>1191</v>
       </c>
       <c r="D699" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E699">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700">
-        <v>9781626231344</v>
+        <v>9781626237087</v>
       </c>
       <c r="B700" t="s">
-        <v>124</v>
+        <v>374</v>
       </c>
       <c r="C700" t="s">
         <v>1192</v>
       </c>
       <c r="D700" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E700">
         <v>2019</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701">
-        <v>9781626237087</v>
+        <v>9789385062612</v>
       </c>
       <c r="B701" t="s">
-        <v>375</v>
+        <v>790</v>
       </c>
       <c r="C701" t="s">
         <v>1193</v>
       </c>
       <c r="D701" t="s">
         <v>8</v>
       </c>
       <c r="E701">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F701">
+        <v>184.99</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702">
-        <v>9789385062612</v>
+        <v>9781626238756</v>
       </c>
       <c r="B702" t="s">
-        <v>793</v>
+        <v>1119</v>
       </c>
       <c r="C702" t="s">
         <v>1194</v>
       </c>
       <c r="D702" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E702">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>184.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703">
-        <v>9781626238756</v>
+        <v>9783131749413</v>
       </c>
       <c r="B703" t="s">
-        <v>1120</v>
+        <v>1195</v>
       </c>
       <c r="C703" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D703" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E703">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704">
-        <v>9783131749413</v>
+        <v>9781684200092</v>
       </c>
       <c r="B704" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C704" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D704" t="s">
         <v>8</v>
       </c>
       <c r="E704">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705">
-        <v>9781684200092</v>
+        <v>9781626235168</v>
       </c>
       <c r="B705" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C705" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D705" t="s">
         <v>8</v>
       </c>
       <c r="E705">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706">
-        <v>9781626235168</v>
+        <v>9783132427518</v>
       </c>
       <c r="B706" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C706" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D706" t="s">
         <v>8</v>
       </c>
       <c r="E706">
         <v>2019</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707">
-        <v>9783132427518</v>
+        <v>9783131624710</v>
       </c>
       <c r="B707" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="C707" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="D707" t="s">
         <v>8</v>
       </c>
       <c r="E707">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708">
-        <v>9783131624710</v>
+        <v>9783131435910</v>
       </c>
       <c r="B708" t="s">
-        <v>1204</v>
+        <v>634</v>
       </c>
       <c r="C708" t="s">
         <v>1205</v>
       </c>
       <c r="D708" t="s">
         <v>8</v>
       </c>
       <c r="E708">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709">
-        <v>9783131435910</v>
+        <v>9783131723819</v>
       </c>
       <c r="B709" t="s">
-        <v>637</v>
+        <v>1206</v>
       </c>
       <c r="C709" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D709" t="s">
         <v>8</v>
       </c>
       <c r="E709">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710">
-        <v>9783131723819</v>
+        <v>9783132414266</v>
       </c>
       <c r="B710" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C710" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D710" t="s">
         <v>8</v>
       </c>
       <c r="E710">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711">
-        <v>9783132414266</v>
+        <v>9783132004412</v>
       </c>
       <c r="B711" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C711" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D711" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E711">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712">
-        <v>9783132004412</v>
+        <v>9781684202300</v>
       </c>
       <c r="B712" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C712" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D712" t="s">
         <v>102</v>
       </c>
       <c r="E712">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713">
-        <v>9781684202300</v>
+        <v>9781626235113</v>
       </c>
       <c r="B713" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C713" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D713" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E713">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714">
-        <v>9781626235113</v>
+        <v>9789386293565</v>
       </c>
       <c r="B714" t="s">
-        <v>1215</v>
+        <v>153</v>
       </c>
       <c r="C714" t="s">
         <v>1216</v>
       </c>
       <c r="D714" t="s">
         <v>8</v>
       </c>
       <c r="E714">
-        <v>2020</v>
+        <v>2019</v>
+      </c>
+      <c r="F714">
+        <v>155.0</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715">
-        <v>9789386293565</v>
+        <v>9781626234734</v>
       </c>
       <c r="B715" t="s">
-        <v>153</v>
+        <v>1217</v>
       </c>
       <c r="C715" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="D715" t="s">
         <v>8</v>
       </c>
       <c r="E715">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>155.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716">
-        <v>9781626234734</v>
+        <v>9789382076933</v>
       </c>
       <c r="B716" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="C716" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="D716" t="s">
         <v>8</v>
       </c>
       <c r="E716">
-        <v>2018</v>
+        <v>2016</v>
+      </c>
+      <c r="F716">
+        <v>152.0</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717">
-        <v>9789382076933</v>
+        <v>9783132413511</v>
       </c>
       <c r="B717" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C717" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D717" t="s">
         <v>8</v>
       </c>
       <c r="E717">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>152.0</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718">
-        <v>9783132413511</v>
+        <v>9783131477613</v>
       </c>
       <c r="B718" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C718" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D718" t="s">
         <v>8</v>
       </c>
       <c r="E718">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719">
-        <v>9783131477613</v>
+        <v>9781626235076</v>
       </c>
       <c r="B719" t="s">
-        <v>1224</v>
+        <v>139</v>
       </c>
       <c r="C719" t="s">
         <v>1225</v>
       </c>
       <c r="D719" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E719">
-        <v>2008</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720">
-        <v>9781626235076</v>
+        <v>9781626232372</v>
       </c>
       <c r="B720" t="s">
-        <v>139</v>
+        <v>1226</v>
       </c>
       <c r="C720" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D720" t="s">
         <v>102</v>
       </c>
       <c r="E720">
         <v>2019</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721">
-        <v>9781626232372</v>
+        <v>9781626235199</v>
       </c>
       <c r="B721" t="s">
-        <v>1227</v>
+        <v>744</v>
       </c>
       <c r="C721" t="s">
         <v>1228</v>
       </c>
       <c r="D721" t="s">
         <v>102</v>
       </c>
       <c r="E721">
         <v>2019</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722">
-        <v>9781626235199</v>
+        <v>9781626232440</v>
       </c>
       <c r="B722" t="s">
-        <v>747</v>
+        <v>1229</v>
       </c>
       <c r="C722" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="D722" t="s">
         <v>102</v>
       </c>
       <c r="E722">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723">
-        <v>9781626232440</v>
+        <v>9783131543219</v>
       </c>
       <c r="B723" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="C723" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="D723" t="s">
         <v>102</v>
       </c>
       <c r="E723">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724">
-        <v>9783131543219</v>
+        <v>9783132409583</v>
       </c>
       <c r="B724" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="C724" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="D724" t="s">
         <v>102</v>
       </c>
       <c r="E724">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725">
-        <v>9783132409583</v>
+        <v>9781684205561</v>
       </c>
       <c r="B725" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="C725" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="D725" t="s">
         <v>102</v>
       </c>
       <c r="E725">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726">
-        <v>9781684205561</v>
+        <v>9781626233461</v>
       </c>
       <c r="B726" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="C726" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D726" t="s">
         <v>102</v>
       </c>
       <c r="E726">
-        <v>2023</v>
+        <v>2018</v>
+      </c>
+      <c r="F726">
+        <v>49.99</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727">
-        <v>9781626233461</v>
+        <v>9783132431720</v>
       </c>
       <c r="B727" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="C727" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="D727" t="s">
         <v>102</v>
       </c>
       <c r="E727">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728">
-        <v>9783132431720</v>
+        <v>9783131724212</v>
       </c>
       <c r="B728" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="C728" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D728" t="s">
         <v>102</v>
       </c>
       <c r="E728">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729">
-        <v>9783131724212</v>
+        <v>9783131658517</v>
       </c>
       <c r="B729" t="s">
-        <v>1242</v>
+        <v>341</v>
       </c>
       <c r="C729" t="s">
         <v>1243</v>
       </c>
       <c r="D729" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E729">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730">
-        <v>9783131658517</v>
+        <v>9781604066807</v>
       </c>
       <c r="B730" t="s">
-        <v>342</v>
+        <v>1244</v>
       </c>
       <c r="C730" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D730" t="s">
         <v>8</v>
       </c>
       <c r="E730">
-        <v>2011</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731">
-        <v>9781604066807</v>
+        <v>9781626238558</v>
       </c>
       <c r="B731" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C731" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D731" t="s">
         <v>8</v>
       </c>
       <c r="E731">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732">
-        <v>9781626238558</v>
+        <v>9783131471512</v>
       </c>
       <c r="B732" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C732" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D732" t="s">
         <v>8</v>
       </c>
       <c r="E732">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733">
-        <v>9783131471512</v>
+        <v>9781604065763</v>
       </c>
       <c r="B733" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C733" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D733" t="s">
         <v>8</v>
       </c>
       <c r="E733">
-        <v>2010</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734">
-        <v>9781604065763</v>
+        <v>9781588903709</v>
       </c>
       <c r="B734" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C734" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D734" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E734">
-        <v>2012</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735">
-        <v>9781588903709</v>
+        <v>9781626230989</v>
       </c>
       <c r="B735" t="s">
-        <v>1253</v>
+        <v>733</v>
       </c>
       <c r="C735" t="s">
         <v>1254</v>
       </c>
       <c r="D735" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E735">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736">
-        <v>9781626230989</v>
+        <v>9781626234673</v>
       </c>
       <c r="B736" t="s">
-        <v>736</v>
+        <v>1255</v>
       </c>
       <c r="C736" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="D736" t="s">
         <v>8</v>
       </c>
       <c r="E736">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737">
-        <v>9781626234673</v>
+        <v>9783132411449</v>
       </c>
       <c r="B737" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C737" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="D737" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E737">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738">
-        <v>9783132411449</v>
+        <v>9781626239180</v>
       </c>
       <c r="B738" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="C738" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="D738" t="s">
         <v>102</v>
       </c>
       <c r="E738">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739">
-        <v>9781626239180</v>
+        <v>9781626237148</v>
       </c>
       <c r="B739" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C739" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D739" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E739">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740">
-        <v>9781626237148</v>
+        <v>9781604060515</v>
       </c>
       <c r="B740" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C740" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D740" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E740">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741">
-        <v>9781604060515</v>
+        <v>9781626232341</v>
       </c>
       <c r="B741" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C741" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="D741" t="s">
         <v>102</v>
       </c>
       <c r="E741">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742">
-        <v>9781626232341</v>
+        <v>9781604060591</v>
       </c>
       <c r="B742" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="C742" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="D742" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E742">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743">
-        <v>9781604060591</v>
+        <v>9781684201532</v>
       </c>
       <c r="B743" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="C743" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="D743" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E743">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744">
-        <v>9781684201532</v>
+        <v>9781684200191</v>
       </c>
       <c r="B744" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C744" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="D744" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E744">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745">
-        <v>9781684200191</v>
+        <v>9783131261632</v>
       </c>
       <c r="B745" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="C745" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="D745" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E745">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746">
-        <v>9783131261632</v>
+        <v>9781626234901</v>
       </c>
       <c r="B746" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="C746" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D746" t="s">
         <v>102</v>
       </c>
       <c r="E746">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747">
-        <v>9781626234901</v>
+        <v>9781626237292</v>
       </c>
       <c r="B747" t="s">
-        <v>1276</v>
+        <v>543</v>
       </c>
       <c r="C747" t="s">
         <v>1277</v>
       </c>
       <c r="D747" t="s">
         <v>102</v>
       </c>
       <c r="E747">
         <v>2019</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748">
-        <v>9781626237292</v>
+        <v>9781626234253</v>
       </c>
       <c r="B748" t="s">
-        <v>546</v>
+        <v>1278</v>
       </c>
       <c r="C748" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="D748" t="s">
         <v>102</v>
       </c>
       <c r="E748">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749">
-        <v>9781626234253</v>
+        <v>9781626233201</v>
       </c>
       <c r="B749" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="C749" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="D749" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
       <c r="E749">
         <v>2017</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750">
-        <v>9781626233201</v>
+        <v>9781626235038</v>
       </c>
       <c r="B750" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C750" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="D750" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
       <c r="E750">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751">
-        <v>9781626235038</v>
+        <v>9781626233584</v>
       </c>
       <c r="B751" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C751" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="D751" t="s">
         <v>102</v>
       </c>
       <c r="E751">
         <v>2019</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752">
-        <v>9781626233584</v>
+        <v>9781626236936</v>
       </c>
       <c r="B752" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="C752" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="D752" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E752">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753">
-        <v>9781626236936</v>
+        <v>9783131486219</v>
       </c>
       <c r="B753" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C753" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="D753" t="s">
         <v>8</v>
       </c>
       <c r="E753">
-        <v>2022</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754">
-        <v>9783131486219</v>
+        <v>9783131646019</v>
       </c>
       <c r="B754" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C754" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="D754" t="s">
         <v>8</v>
       </c>
       <c r="E754">
-        <v>2010</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755">
-        <v>9783131646019</v>
+        <v>9781626232082</v>
       </c>
       <c r="B755" t="s">
-        <v>1291</v>
+        <v>1109</v>
       </c>
       <c r="C755" t="s">
         <v>1292</v>
       </c>
       <c r="D755" t="s">
         <v>8</v>
       </c>
       <c r="E755">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756">
-        <v>9781626232082</v>
+        <v>9783131731111</v>
       </c>
       <c r="B756" t="s">
-        <v>1110</v>
+        <v>1293</v>
       </c>
       <c r="C756" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D756" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E756">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757">
-        <v>9783131731111</v>
+        <v>9783137055020</v>
       </c>
       <c r="B757" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C757" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="D757" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E757">
         <v>2015</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758">
-        <v>9783137055020</v>
+        <v>9781626237032</v>
       </c>
       <c r="B758" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C758" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D758" t="s">
         <v>8</v>
       </c>
       <c r="E758">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759">
-        <v>9781626237032</v>
+        <v>9781684201518</v>
       </c>
       <c r="B759" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C759" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D759" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E759">
-        <v>2011</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760">
-        <v>9781684201518</v>
+        <v>9781626233706</v>
       </c>
       <c r="B760" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C760" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D760" t="s">
         <v>102</v>
       </c>
       <c r="E760">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761">
-        <v>9781626233706</v>
+        <v>9781588904010</v>
       </c>
       <c r="B761" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C761" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D761" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E761">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762">
-        <v>9781588904010</v>
+        <v>9783131997210</v>
       </c>
       <c r="B762" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C762" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D762" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E762">
-        <v>2008</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763">
-        <v>9783131997210</v>
+        <v>9781684201679</v>
       </c>
       <c r="B763" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C763" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D763" t="s">
         <v>102</v>
       </c>
       <c r="E763">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764">
-        <v>9781684201679</v>
+        <v>9781626235533</v>
       </c>
       <c r="B764" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C764" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D764" t="s">
         <v>102</v>
       </c>
       <c r="E764">
-        <v>2022</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765">
-        <v>9781626235533</v>
+        <v>9781626239678</v>
       </c>
       <c r="B765" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C765" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D765" t="s">
         <v>102</v>
       </c>
       <c r="E765">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766">
-        <v>9781626239678</v>
+        <v>9781626236448</v>
       </c>
       <c r="B766" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C766" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D766" t="s">
         <v>102</v>
       </c>
       <c r="E766">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767">
-        <v>9781626236448</v>
+        <v>9783131427113</v>
       </c>
       <c r="B767" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C767" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D767" t="s">
         <v>102</v>
       </c>
       <c r="E767">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768">
-        <v>9783131427113</v>
+        <v>9783131697318</v>
       </c>
       <c r="B768" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C768" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D768" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E768">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769">
-        <v>9783131697318</v>
+        <v>9781626236011</v>
       </c>
       <c r="B769" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C769" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="D769" t="s">
         <v>8</v>
       </c>
       <c r="E769">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770">
-        <v>9781626236011</v>
+        <v>9783137407034</v>
       </c>
       <c r="B770" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C770" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="D770" t="s">
         <v>8</v>
       </c>
       <c r="E770">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771">
-        <v>9783137407034</v>
+        <v>9781604067682</v>
       </c>
       <c r="B771" t="s">
-        <v>1322</v>
+        <v>1066</v>
       </c>
       <c r="C771" t="s">
         <v>1323</v>
       </c>
       <c r="D771" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E771">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772">
-        <v>9781604067682</v>
+        <v>9783132431744</v>
       </c>
       <c r="B772" t="s">
-        <v>1067</v>
+        <v>1324</v>
       </c>
       <c r="C772" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D772" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E772">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773">
-        <v>9783132431744</v>
+        <v>9781626238312</v>
       </c>
       <c r="B773" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C773" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D773" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E773">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774">
-        <v>9781626238312</v>
+        <v>9783131499813</v>
       </c>
       <c r="B774" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C774" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D774" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E774">
-        <v>2020</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775">
-        <v>9783131499813</v>
+        <v>9783131492715</v>
       </c>
       <c r="B775" t="s">
-        <v>1329</v>
+        <v>1131</v>
       </c>
       <c r="C775" t="s">
         <v>1330</v>
       </c>
       <c r="D775" t="s">
         <v>8</v>
       </c>
       <c r="E775">
         <v>2009</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776">
-        <v>9783131492715</v>
+        <v>9781626238237</v>
       </c>
       <c r="B776" t="s">
-        <v>1132</v>
+        <v>1331</v>
       </c>
       <c r="C776" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D776" t="s">
         <v>8</v>
       </c>
       <c r="E776">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777">
-        <v>9781626238237</v>
+        <v>9783132053618</v>
       </c>
       <c r="B777" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C777" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D777" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E777">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778">
-        <v>9783132053618</v>
+        <v>9781604067729</v>
       </c>
       <c r="B778" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C778" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D778" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E778">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779">
-        <v>9781604067729</v>
+        <v>9781684202171</v>
       </c>
       <c r="B779" t="s">
-        <v>1336</v>
+        <v>126</v>
       </c>
       <c r="C779" t="s">
         <v>1337</v>
       </c>
       <c r="D779" t="s">
         <v>8</v>
       </c>
       <c r="E779">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780">
-        <v>9781684202171</v>
+        <v>9783134535020</v>
       </c>
       <c r="B780" t="s">
-        <v>126</v>
+        <v>359</v>
       </c>
       <c r="C780" t="s">
         <v>1338</v>
       </c>
       <c r="D780" t="s">
         <v>8</v>
       </c>
       <c r="E780">
-        <v>2021</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781">
-        <v>9783134535020</v>
+        <v>9781604060362</v>
       </c>
       <c r="B781" t="s">
-        <v>360</v>
+        <v>1339</v>
       </c>
       <c r="C781" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D781" t="s">
         <v>8</v>
       </c>
       <c r="E781">
-        <v>2006</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782">
-        <v>9781604060362</v>
+        <v>9789388257060</v>
       </c>
       <c r="B782" t="s">
-        <v>1340</v>
+        <v>189</v>
       </c>
       <c r="C782" t="s">
         <v>1341</v>
       </c>
       <c r="D782" t="s">
         <v>8</v>
       </c>
       <c r="E782">
-        <v>2010</v>
+        <v>2019</v>
+      </c>
+      <c r="F782">
+        <v>96.99</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783">
-        <v>9789388257060</v>
+        <v>9781588901866</v>
       </c>
       <c r="B783" t="s">
-        <v>189</v>
+        <v>1123</v>
       </c>
       <c r="C783" t="s">
         <v>1342</v>
       </c>
       <c r="D783" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E783">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>96.99</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784">
-        <v>9781588901866</v>
+        <v>9781684201464</v>
       </c>
       <c r="B784" t="s">
-        <v>1124</v>
+        <v>531</v>
       </c>
       <c r="C784" t="s">
         <v>1343</v>
       </c>
       <c r="D784" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E784">
-        <v>2003</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785">
-        <v>9781684201464</v>
+        <v>9781626236493</v>
       </c>
       <c r="B785" t="s">
-        <v>534</v>
+        <v>1344</v>
       </c>
       <c r="C785" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D785" t="s">
         <v>8</v>
       </c>
       <c r="E785">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786">
-        <v>9781626236493</v>
+        <v>9781626235328</v>
       </c>
       <c r="B786" t="s">
-        <v>1345</v>
+        <v>1275</v>
       </c>
       <c r="C786" t="s">
         <v>1346</v>
       </c>
       <c r="D786" t="s">
         <v>8</v>
       </c>
       <c r="E786">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787">
-        <v>9781626235328</v>
+        <v>9781626233461</v>
       </c>
       <c r="B787" t="s">
-        <v>1276</v>
+        <v>1237</v>
       </c>
       <c r="C787" t="s">
-        <v>1347</v>
+        <v>37</v>
       </c>
       <c r="D787" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E787">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F787">
+        <v>49.99</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788">
-        <v>9781626233461</v>
+        <v>9781604063752</v>
       </c>
       <c r="B788" t="s">
-        <v>1238</v>
+        <v>1347</v>
       </c>
       <c r="C788" t="s">
-        <v>37</v>
+        <v>1348</v>
       </c>
       <c r="D788" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E788">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789">
-        <v>9781604063752</v>
+        <v>9783131746412</v>
       </c>
       <c r="B789" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="C789" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D789" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E789">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790">
-        <v>9783131746412</v>
+        <v>9783132428416</v>
       </c>
       <c r="B790" t="s">
-        <v>1350</v>
+        <v>1131</v>
       </c>
       <c r="C790" t="s">
         <v>1351</v>
       </c>
       <c r="D790" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E790">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791">
-        <v>9783132428416</v>
+        <v>9781626233607</v>
       </c>
       <c r="B791" t="s">
-        <v>1132</v>
+        <v>1199</v>
       </c>
       <c r="C791" t="s">
         <v>1352</v>
       </c>
       <c r="D791" t="s">
         <v>8</v>
       </c>
       <c r="E791">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792">
-        <v>9781626233607</v>
+        <v>9781626232501</v>
       </c>
       <c r="B792" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="C792" t="s">
         <v>1353</v>
       </c>
       <c r="D792" t="s">
         <v>8</v>
       </c>
       <c r="E792">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793">
-        <v>9781626232501</v>
+        <v>9783131538819</v>
       </c>
       <c r="B793" t="s">
-        <v>1198</v>
+        <v>1354</v>
       </c>
       <c r="C793" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D793" t="s">
         <v>8</v>
       </c>
       <c r="E793">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794">
-        <v>9783131538819</v>
+        <v>9783131076120</v>
       </c>
       <c r="B794" t="s">
-        <v>1355</v>
+        <v>392</v>
       </c>
       <c r="C794" t="s">
-        <v>1356</v>
+        <v>648</v>
       </c>
       <c r="D794" t="s">
         <v>8</v>
       </c>
       <c r="E794">
-        <v>2011</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795">
-        <v>9783131076120</v>
+        <v>9781684200580</v>
       </c>
       <c r="B795" t="s">
-        <v>393</v>
+        <v>1356</v>
       </c>
       <c r="C795" t="s">
-        <v>651</v>
+        <v>1357</v>
       </c>
       <c r="D795" t="s">
         <v>8</v>
       </c>
       <c r="E795">
-        <v>2006</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796">
-        <v>9781684200580</v>
-[...2 lines deleted...]
-        <v>1357</v>
+        <v>9781626231566</v>
       </c>
       <c r="C796" t="s">
         <v>1358</v>
       </c>
       <c r="D796" t="s">
         <v>8</v>
       </c>
       <c r="E796">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797">
-        <v>9781626231566</v>
+        <v>9783131463319</v>
+      </c>
+      <c r="B797" t="s">
+        <v>1359</v>
       </c>
       <c r="C797" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D797" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E797">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798">
-        <v>9783131463319</v>
+        <v>9783132415607</v>
       </c>
       <c r="B798" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C798" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D798" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E798">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799">
-        <v>9783132415607</v>
+        <v>9781604066838</v>
       </c>
       <c r="B799" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C799" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D799" t="s">
         <v>8</v>
       </c>
       <c r="E799">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800">
-        <v>9781604066838</v>
+        <v>9781626231597</v>
       </c>
       <c r="B800" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C800" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D800" t="s">
         <v>8</v>
       </c>
       <c r="E800">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801">
-        <v>9781626231597</v>
+        <v>9781626236820</v>
       </c>
       <c r="B801" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C801" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="D801" t="s">
         <v>8</v>
       </c>
       <c r="E801">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802">
-        <v>9781626236820</v>
+        <v>9781626235410</v>
       </c>
       <c r="B802" t="s">
-        <v>1368</v>
+        <v>370</v>
       </c>
       <c r="C802" t="s">
         <v>1369</v>
       </c>
       <c r="D802" t="s">
         <v>8</v>
       </c>
       <c r="E802">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803">
-        <v>9781626235410</v>
+        <v>9783132412774</v>
       </c>
       <c r="B803" t="s">
-        <v>371</v>
+        <v>1370</v>
       </c>
       <c r="C803" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D803" t="s">
         <v>8</v>
       </c>
       <c r="E803">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804">
-        <v>9783132412774</v>
+        <v>9783131528810</v>
       </c>
       <c r="B804" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C804" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="D804" t="s">
         <v>8</v>
       </c>
       <c r="E804">
-        <v>2023</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805">
-        <v>9783131528810</v>
+        <v>9781626231474</v>
       </c>
       <c r="B805" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C805" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="D805" t="s">
         <v>8</v>
       </c>
       <c r="E805">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806">
-        <v>9783132431928</v>
+        <v>9781626232365</v>
       </c>
       <c r="B806" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C806" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="D806" t="s">
         <v>8</v>
       </c>
       <c r="E806">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807">
-        <v>9781626231474</v>
+        <v>9783132400528</v>
       </c>
       <c r="B807" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C807" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D807" t="s">
         <v>8</v>
       </c>
       <c r="E807">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808">
-        <v>9781626232365</v>
+        <v>9781626230965</v>
       </c>
       <c r="B808" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C808" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D808" t="s">
         <v>8</v>
       </c>
       <c r="E808">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809">
-        <v>9783132400528</v>
+        <v>9781626231931</v>
       </c>
       <c r="B809" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="C809" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="D809" t="s">
         <v>8</v>
       </c>
       <c r="E809">
-        <v>2022</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810">
-        <v>9781626230965</v>
+        <v>9781626232730</v>
       </c>
       <c r="B810" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="C810" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="D810" t="s">
         <v>8</v>
       </c>
       <c r="E810">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811">
-        <v>9781626231931</v>
+        <v>9783131364524</v>
       </c>
       <c r="B811" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="C811" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="D811" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E811">
         <v>2017</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812">
-        <v>9781626232730</v>
+        <v>9781626232488</v>
       </c>
       <c r="B812" t="s">
-        <v>1387</v>
+        <v>1269</v>
       </c>
       <c r="C812" t="s">
         <v>1388</v>
       </c>
       <c r="D812" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E812">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813">
-        <v>9783131364524</v>
+        <v>9781626238688</v>
       </c>
       <c r="B813" t="s">
         <v>1389</v>
       </c>
       <c r="C813" t="s">
         <v>1390</v>
       </c>
       <c r="D813" t="s">
         <v>102</v>
       </c>
       <c r="E813">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814">
-        <v>9781626232488</v>
+        <v>9781626235137</v>
       </c>
       <c r="B814" t="s">
-        <v>1270</v>
+        <v>662</v>
       </c>
       <c r="C814" t="s">
         <v>1391</v>
       </c>
       <c r="D814" t="s">
         <v>102</v>
       </c>
       <c r="E814">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815">
-        <v>9781626238688</v>
+        <v>9781626237964</v>
       </c>
       <c r="B815" t="s">
+        <v>543</v>
+      </c>
+      <c r="C815" t="s">
         <v>1392</v>
       </c>
-      <c r="C815" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D815" t="s">
         <v>102</v>
       </c>
       <c r="E815">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816">
-        <v>9781626235137</v>
+        <v>9783132405516</v>
       </c>
       <c r="B816" t="s">
-        <v>665</v>
+        <v>1393</v>
       </c>
       <c r="C816" t="s">
         <v>1394</v>
       </c>
       <c r="D816" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E816">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817">
-        <v>9781626237964</v>
+        <v>9781626236837</v>
       </c>
       <c r="B817" t="s">
-        <v>546</v>
+        <v>1395</v>
       </c>
       <c r="C817" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="D817" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E817">
         <v>2017</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818">
-        <v>9783132405516</v>
+        <v>9783131746214</v>
       </c>
       <c r="B818" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C818" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D818" t="s">
         <v>8</v>
       </c>
       <c r="E818">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819">
-        <v>9781626236837</v>
+        <v>9783132412866</v>
       </c>
       <c r="B819" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C819" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D819" t="s">
         <v>8</v>
       </c>
       <c r="E819">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820">
-        <v>9783131746214</v>
+        <v>9783131699015</v>
       </c>
       <c r="B820" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C820" t="s">
-        <v>1401</v>
+        <v>893</v>
       </c>
       <c r="D820" t="s">
         <v>8</v>
       </c>
       <c r="E820">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821">
-        <v>9783132412866</v>
+        <v>9781604068467</v>
       </c>
       <c r="B821" t="s">
         <v>1402</v>
       </c>
       <c r="C821" t="s">
         <v>1403</v>
       </c>
       <c r="D821" t="s">
         <v>8</v>
       </c>
       <c r="E821">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822">
-        <v>9783131699015</v>
+        <v>9781626238978</v>
       </c>
       <c r="B822" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C822" t="s">
         <v>1404</v>
       </c>
-      <c r="C822" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D822" t="s">
         <v>8</v>
       </c>
       <c r="E822">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823">
-        <v>9781604068467</v>
+        <v>9783131751812</v>
       </c>
       <c r="B823" t="s">
         <v>1405</v>
       </c>
       <c r="C823" t="s">
         <v>1406</v>
       </c>
       <c r="D823" t="s">
         <v>8</v>
       </c>
       <c r="E823">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824">
-        <v>9781626238978</v>
+        <v>9781626235465</v>
       </c>
       <c r="B824" t="s">
-        <v>1332</v>
+        <v>1407</v>
       </c>
       <c r="C824" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D824" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E824">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825">
-        <v>9783131751812</v>
+        <v>9781684200016</v>
       </c>
       <c r="B825" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="C825" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D825" t="s">
         <v>8</v>
       </c>
       <c r="E825">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826">
-        <v>9781626235465</v>
+        <v>9789386293411</v>
       </c>
       <c r="B826" t="s">
-        <v>1410</v>
+        <v>1219</v>
       </c>
       <c r="C826" t="s">
         <v>1411</v>
       </c>
       <c r="D826" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E826">
-        <v>2014</v>
+        <v>2018</v>
+      </c>
+      <c r="F826">
+        <v>155.0</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827">
-        <v>9781684200016</v>
+        <v>9781684201280</v>
       </c>
       <c r="B827" t="s">
         <v>1412</v>
       </c>
       <c r="C827" t="s">
         <v>1413</v>
       </c>
       <c r="D827" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E827">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828">
-        <v>9789386293411</v>
+        <v>9783131367938</v>
       </c>
       <c r="B828" t="s">
-        <v>1220</v>
+        <v>1414</v>
       </c>
       <c r="C828" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D828" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E828">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>155.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829">
-        <v>9781684201280</v>
+        <v>9781626236806</v>
       </c>
       <c r="B829" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C829" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="D829" t="s">
         <v>102</v>
       </c>
       <c r="E829">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830">
-        <v>9783131367938</v>
+        <v>9783131164629</v>
       </c>
       <c r="B830" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="C830" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="D830" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E830">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831">
-        <v>9781626236806</v>
+        <v>9781626239210</v>
       </c>
       <c r="B831" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="C831" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="D831" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E831">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832">
-        <v>9783131164629</v>
+        <v>9781626236561</v>
       </c>
       <c r="B832" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="C832" t="s">
-        <v>1422</v>
+        <v>209</v>
       </c>
       <c r="D832" t="s">
         <v>8</v>
       </c>
       <c r="E832">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833">
-        <v>9781626239210</v>
+        <v>9781626236912</v>
       </c>
       <c r="B833" t="s">
+        <v>363</v>
+      </c>
+      <c r="C833" t="s">
         <v>1423</v>
       </c>
-      <c r="C833" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D833" t="s">
         <v>8</v>
       </c>
       <c r="E833">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834">
-        <v>9781626236561</v>
+        <v>9781626234796</v>
       </c>
       <c r="B834" t="s">
+        <v>1424</v>
+      </c>
+      <c r="C834" t="s">
         <v>1425</v>
       </c>
-      <c r="C834" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D834" t="s">
         <v>8</v>
       </c>
       <c r="E834">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835">
-        <v>9781626236912</v>
+        <v>9781604068641</v>
       </c>
       <c r="B835" t="s">
-        <v>364</v>
+        <v>1426</v>
       </c>
       <c r="C835" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D835" t="s">
         <v>8</v>
       </c>
       <c r="E835">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836">
-        <v>9781626234796</v>
+        <v>9781626232310</v>
       </c>
       <c r="B836" t="s">
-        <v>1427</v>
+        <v>1250</v>
       </c>
       <c r="C836" t="s">
         <v>1428</v>
       </c>
       <c r="D836" t="s">
         <v>8</v>
       </c>
       <c r="E836">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837">
-        <v>9781604068641</v>
+        <v>9783132031616</v>
       </c>
       <c r="B837" t="s">
         <v>1429</v>
       </c>
       <c r="C837" t="s">
         <v>1430</v>
       </c>
       <c r="D837" t="s">
         <v>8</v>
       </c>
       <c r="E837">
         <v>2016</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838">
-        <v>9781626232310</v>
+        <v>9789390553402</v>
       </c>
       <c r="B838" t="s">
-        <v>1251</v>
+        <v>1431</v>
       </c>
       <c r="C838" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D838" t="s">
         <v>8</v>
       </c>
       <c r="E838">
-        <v>2019</v>
+        <v>2022</v>
+      </c>
+      <c r="F838">
+        <v>129.0</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839">
-        <v>9783132031616</v>
+        <v>9783131758316</v>
       </c>
       <c r="B839" t="s">
-        <v>1432</v>
+        <v>1014</v>
       </c>
       <c r="C839" t="s">
         <v>1433</v>
       </c>
       <c r="D839" t="s">
         <v>8</v>
       </c>
       <c r="E839">
         <v>2016</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840">
-        <v>9789390553402</v>
+        <v>9783131252524</v>
       </c>
       <c r="B840" t="s">
         <v>1434</v>
       </c>
       <c r="C840" t="s">
         <v>1435</v>
       </c>
       <c r="D840" t="s">
         <v>8</v>
       </c>
       <c r="E840">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>129.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841">
-        <v>9783131758316</v>
+        <v>9781684200177</v>
       </c>
       <c r="B841" t="s">
-        <v>1015</v>
+        <v>578</v>
       </c>
       <c r="C841" t="s">
         <v>1436</v>
       </c>
       <c r="D841" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E841">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842">
-        <v>9783131252524</v>
+        <v>9783131165534</v>
       </c>
       <c r="B842" t="s">
         <v>1437</v>
       </c>
       <c r="C842" t="s">
         <v>1438</v>
       </c>
       <c r="D842" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E842">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843">
-        <v>9781684200177</v>
+        <v>9783131301116</v>
       </c>
       <c r="B843" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="C843" t="s">
         <v>1439</v>
       </c>
       <c r="D843" t="s">
         <v>102</v>
       </c>
       <c r="E843">
-        <v>2021</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844">
-        <v>9783131165534</v>
+        <v>9781604068733</v>
       </c>
       <c r="B844" t="s">
+        <v>464</v>
+      </c>
+      <c r="C844" t="s">
         <v>1440</v>
       </c>
-      <c r="C844" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D844" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E844">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845">
-        <v>9783131301116</v>
+        <v>9781626236684</v>
       </c>
       <c r="B845" t="s">
-        <v>575</v>
+        <v>331</v>
       </c>
       <c r="C845" t="s">
-        <v>1442</v>
+        <v>1441</v>
       </c>
       <c r="D845" t="s">
         <v>102</v>
       </c>
       <c r="E845">
-        <v>2004</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846">
-        <v>9781604068733</v>
+        <v>9783131994011</v>
       </c>
       <c r="B846" t="s">
-        <v>465</v>
+        <v>1442</v>
       </c>
       <c r="C846" t="s">
         <v>1443</v>
       </c>
       <c r="D846" t="s">
         <v>8</v>
       </c>
       <c r="E846">
         <v>2015</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847">
-        <v>9781626236684</v>
+        <v>9789388257190</v>
       </c>
       <c r="B847" t="s">
-        <v>332</v>
+        <v>1219</v>
       </c>
       <c r="C847" t="s">
         <v>1444</v>
       </c>
       <c r="D847" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E847">
-        <v>2015</v>
+        <v>2019</v>
+      </c>
+      <c r="F847">
+        <v>187.0</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848">
-        <v>9783131994011</v>
+        <v>9781626238305</v>
       </c>
       <c r="B848" t="s">
         <v>1445</v>
       </c>
       <c r="C848" t="s">
         <v>1446</v>
       </c>
       <c r="D848" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E848">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849">
-        <v>9789388257190</v>
+        <v>9781684200764</v>
       </c>
       <c r="B849" t="s">
-        <v>1220</v>
+        <v>1447</v>
       </c>
       <c r="C849" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D849" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E849">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>187.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850">
-        <v>9781626238305</v>
+        <v>9789390553136</v>
       </c>
       <c r="B850" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="C850" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D850" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E850">
-        <v>2020</v>
+        <v>2021</v>
+      </c>
+      <c r="F850">
+        <v>514.0</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851">
-        <v>9781684200764</v>
+        <v>9783132432833</v>
       </c>
       <c r="B851" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C851" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D851" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E851">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852">
-        <v>9789390553136</v>
+        <v>9783131488411</v>
       </c>
       <c r="B852" t="s">
-        <v>1452</v>
+        <v>519</v>
       </c>
       <c r="C852" t="s">
         <v>1453</v>
       </c>
       <c r="D852" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E852">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>514.0</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853">
-        <v>9783132432833</v>
+        <v>9781604063226</v>
       </c>
       <c r="B853" t="s">
         <v>1454</v>
       </c>
       <c r="C853" t="s">
         <v>1455</v>
       </c>
       <c r="D853" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E853">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854">
-        <v>9783131488411</v>
+        <v>9783131165312</v>
       </c>
       <c r="B854" t="s">
-        <v>522</v>
+        <v>434</v>
       </c>
       <c r="C854" t="s">
         <v>1456</v>
       </c>
       <c r="D854" t="s">
         <v>102</v>
       </c>
       <c r="E854">
-        <v>2008</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
-        <v>9781604063226</v>
+        <v>9783132414273</v>
       </c>
       <c r="B855" t="s">
         <v>1457</v>
       </c>
       <c r="C855" t="s">
         <v>1458</v>
       </c>
       <c r="D855" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E855">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>9783131165312</v>
+        <v>9781626234598</v>
       </c>
       <c r="B856" t="s">
-        <v>435</v>
+        <v>927</v>
       </c>
       <c r="C856" t="s">
         <v>1459</v>
       </c>
       <c r="D856" t="s">
         <v>102</v>
       </c>
       <c r="E856">
-        <v>1999</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>9783132414273</v>
+        <v>9781588902283</v>
       </c>
       <c r="B857" t="s">
+        <v>719</v>
+      </c>
+      <c r="C857" t="s">
         <v>1460</v>
       </c>
-      <c r="C857" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D857" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E857">
-        <v>2021</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>9781626234598</v>
+        <v>9783131997012</v>
       </c>
       <c r="B858" t="s">
-        <v>928</v>
+        <v>1461</v>
       </c>
       <c r="C858" t="s">
         <v>1462</v>
       </c>
       <c r="D858" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E858">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>9781588902283</v>
+        <v>9781626235014</v>
       </c>
       <c r="B859" t="s">
-        <v>722</v>
+        <v>139</v>
       </c>
       <c r="C859" t="s">
         <v>1463</v>
       </c>
       <c r="D859" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E859">
-        <v>2004</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>9783131997012</v>
+        <v>9789388257756</v>
       </c>
       <c r="B860" t="s">
+        <v>187</v>
+      </c>
+      <c r="C860" t="s">
         <v>1464</v>
       </c>
-      <c r="C860" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D860" t="s">
         <v>8</v>
       </c>
       <c r="E860">
-        <v>2016</v>
+        <v>2020</v>
+      </c>
+      <c r="F860">
+        <v>81.0</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>9781626235014</v>
+        <v>9789390553341</v>
       </c>
       <c r="B861" t="s">
-        <v>139</v>
+        <v>187</v>
       </c>
       <c r="C861" t="s">
-        <v>1466</v>
+        <v>1465</v>
       </c>
       <c r="D861" t="s">
         <v>8</v>
       </c>
       <c r="E861">
-        <v>2020</v>
+        <v>2022</v>
+      </c>
+      <c r="F861">
+        <v>81.0</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>9789388257756</v>
+        <v>9781626238268</v>
       </c>
       <c r="B862" t="s">
-        <v>187</v>
+        <v>1466</v>
       </c>
       <c r="C862" t="s">
         <v>1467</v>
       </c>
       <c r="D862" t="s">
         <v>8</v>
       </c>
       <c r="E862">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>81.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>9789390553341</v>
+        <v>9783131994219</v>
       </c>
       <c r="B863" t="s">
-        <v>187</v>
+        <v>1468</v>
       </c>
       <c r="C863" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D863" t="s">
         <v>8</v>
       </c>
       <c r="E863">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>81.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>9781626238268</v>
+        <v>9783132436039</v>
       </c>
       <c r="B864" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C864" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D864" t="s">
         <v>8</v>
       </c>
       <c r="E864">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>9783131994219</v>
+        <v>9789388257541</v>
       </c>
       <c r="B865" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="C865" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D865" t="s">
         <v>8</v>
       </c>
       <c r="E865">
-        <v>2017</v>
+        <v>2020</v>
+      </c>
+      <c r="F865">
+        <v>129.0</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>9783132436039</v>
+        <v>9781604068160</v>
       </c>
       <c r="B866" t="s">
-        <v>1473</v>
+        <v>153</v>
       </c>
       <c r="C866" t="s">
         <v>1474</v>
       </c>
       <c r="D866" t="s">
         <v>8</v>
       </c>
       <c r="E866">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>9789388257541</v>
+        <v>9789388257534</v>
       </c>
       <c r="B867" t="s">
+        <v>189</v>
+      </c>
+      <c r="C867" t="s">
         <v>1475</v>
-      </c>
-[...1 lines deleted...]
-        <v>1476</v>
       </c>
       <c r="D867" t="s">
         <v>8</v>
       </c>
       <c r="E867">
         <v>2020</v>
       </c>
       <c r="F867">
-        <v>129.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>9781604068160</v>
+        <v>9789390553877</v>
       </c>
       <c r="B868" t="s">
-        <v>153</v>
+        <v>1476</v>
       </c>
       <c r="C868" t="s">
         <v>1477</v>
       </c>
       <c r="D868" t="s">
         <v>8</v>
       </c>
       <c r="E868">
-        <v>2021</v>
+        <v>2022</v>
+      </c>
+      <c r="F868">
+        <v>81.0</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>9789388257534</v>
+        <v>9781626236233</v>
       </c>
       <c r="B869" t="s">
-        <v>189</v>
+        <v>139</v>
       </c>
       <c r="C869" t="s">
         <v>1478</v>
       </c>
       <c r="D869" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E869">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>290.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>9789390553877</v>
+        <v>9781684202287</v>
       </c>
       <c r="B870" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C870" t="s">
         <v>1479</v>
       </c>
-      <c r="C870" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D870" t="s">
         <v>8</v>
       </c>
       <c r="E870">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>81.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>9781626236233</v>
+        <v>9783131489913</v>
       </c>
       <c r="B871" t="s">
-        <v>139</v>
+        <v>1480</v>
       </c>
       <c r="C871" t="s">
         <v>1481</v>
       </c>
       <c r="D871" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E871">
-        <v>2018</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>9781684202287</v>
+        <v>9781626231436</v>
       </c>
       <c r="B872" t="s">
-        <v>1340</v>
+        <v>1482</v>
       </c>
       <c r="C872" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D872" t="s">
         <v>8</v>
       </c>
       <c r="E872">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>9783131489913</v>
+        <v>9781626239661</v>
       </c>
       <c r="B873" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C873" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D873" t="s">
         <v>8</v>
       </c>
       <c r="E873">
-        <v>2010</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>9781626231436</v>
+        <v>9789388257947</v>
       </c>
       <c r="B874" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="C874" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="D874" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E874">
-        <v>2016</v>
+        <v>2020</v>
+      </c>
+      <c r="F874">
+        <v>48.0</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>9781626239661</v>
+        <v>9783136561034</v>
       </c>
       <c r="B875" t="s">
-        <v>1487</v>
+        <v>392</v>
       </c>
       <c r="C875" t="s">
         <v>1488</v>
       </c>
       <c r="D875" t="s">
         <v>8</v>
       </c>
       <c r="E875">
-        <v>2021</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>9789388257947</v>
+        <v>9781684202577</v>
       </c>
       <c r="B876" t="s">
+        <v>458</v>
+      </c>
+      <c r="C876" t="s">
         <v>1489</v>
       </c>
-      <c r="C876" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D876" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E876">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>48.0</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>9783136561034</v>
+        <v>9783132012110</v>
       </c>
       <c r="B877" t="s">
-        <v>393</v>
+        <v>1490</v>
       </c>
       <c r="C877" t="s">
         <v>1491</v>
       </c>
       <c r="D877" t="s">
         <v>8</v>
       </c>
       <c r="E877">
-        <v>2008</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>9781684202577</v>
+        <v>9783131630414</v>
       </c>
       <c r="B878" t="s">
-        <v>459</v>
+        <v>1492</v>
       </c>
       <c r="C878" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="D878" t="s">
         <v>8</v>
       </c>
       <c r="E878">
-        <v>2022</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>9783132012110</v>
+        <v>9781684200511</v>
       </c>
       <c r="B879" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="C879" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="D879" t="s">
         <v>8</v>
       </c>
       <c r="E879">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>9783131630414</v>
+        <v>9781626239258</v>
       </c>
       <c r="B880" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="C880" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="D880" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E880">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
-        <v>9781684200511</v>
+        <v>9783132408722</v>
       </c>
       <c r="B881" t="s">
-        <v>1497</v>
+        <v>1282</v>
       </c>
       <c r="C881" t="s">
         <v>1498</v>
       </c>
       <c r="D881" t="s">
         <v>8</v>
       </c>
       <c r="E881">
-        <v>2022</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882">
-        <v>9781626239258</v>
+        <v>9783132416031</v>
       </c>
       <c r="B882" t="s">
         <v>1499</v>
       </c>
       <c r="C882" t="s">
         <v>1500</v>
       </c>
       <c r="D882" t="s">
         <v>102</v>
       </c>
       <c r="E882">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883">
-        <v>9783132408722</v>
+        <v>9789390553204</v>
       </c>
       <c r="B883" t="s">
-        <v>1283</v>
+        <v>130</v>
       </c>
       <c r="C883" t="s">
         <v>1501</v>
       </c>
       <c r="D883" t="s">
         <v>8</v>
       </c>
       <c r="E883">
-        <v>2017</v>
+        <v>2021</v>
+      </c>
+      <c r="F883">
+        <v>138.0</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884">
-        <v>9783132416031</v>
+        <v>9789390553624</v>
       </c>
       <c r="B884" t="s">
         <v>1502</v>
       </c>
       <c r="C884" t="s">
         <v>1503</v>
       </c>
       <c r="D884" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E884">
-        <v>2018</v>
+        <v>2022</v>
+      </c>
+      <c r="F884">
+        <v>123.0</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885">
-        <v>9789390553204</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>9789388257923</v>
       </c>
       <c r="C885" t="s">
         <v>1504</v>
       </c>
       <c r="D885" t="s">
         <v>8</v>
       </c>
       <c r="E885">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F885">
-        <v>138.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886">
-        <v>9789390553624</v>
+        <v>9783131275936</v>
       </c>
       <c r="B886" t="s">
+        <v>647</v>
+      </c>
+      <c r="C886" t="s">
         <v>1505</v>
       </c>
-      <c r="C886" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D886" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E886">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>123.0</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887">
-        <v>9789388257923</v>
+        <v>9783132417229</v>
+      </c>
+      <c r="B887" t="s">
+        <v>1506</v>
       </c>
       <c r="C887" t="s">
         <v>1507</v>
       </c>
       <c r="D887" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E887">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>161.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888">
-        <v>9783131275936</v>
-[...2 lines deleted...]
-        <v>650</v>
+        <v>9789388257916</v>
       </c>
       <c r="C888" t="s">
         <v>1508</v>
       </c>
       <c r="D888" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E888">
-        <v>2010</v>
+        <v>2020</v>
+      </c>
+      <c r="F888">
+        <v>161.0</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889">
-        <v>9783132417229</v>
+        <v>9781626233843</v>
       </c>
       <c r="B889" t="s">
         <v>1509</v>
       </c>
       <c r="C889" t="s">
         <v>1510</v>
       </c>
       <c r="D889" t="s">
         <v>102</v>
       </c>
       <c r="E889">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890">
-        <v>9789388257916</v>
+        <v>9788194857099</v>
+      </c>
+      <c r="B890" t="s">
+        <v>721</v>
       </c>
       <c r="C890" t="s">
         <v>1511</v>
       </c>
       <c r="D890" t="s">
         <v>8</v>
       </c>
       <c r="E890">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F890">
-        <v>161.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891">
-        <v>9781626233843</v>
+        <v>9781684200887</v>
       </c>
       <c r="B891" t="s">
         <v>1512</v>
       </c>
       <c r="C891" t="s">
         <v>1513</v>
       </c>
       <c r="D891" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E891">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892">
-        <v>9788194857099</v>
+        <v>9781684201105</v>
       </c>
       <c r="B892" t="s">
-        <v>724</v>
+        <v>1514</v>
       </c>
       <c r="C892" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="D892" t="s">
         <v>8</v>
       </c>
       <c r="E892">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>145.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893">
-        <v>9781684200887</v>
+        <v>9789388257664</v>
       </c>
       <c r="B893" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C893" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D893" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E893">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F893">
+        <v>74.99</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894">
-        <v>9781684201105</v>
+        <v>9781626233805</v>
       </c>
       <c r="B894" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C894" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D894" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E894">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895">
-        <v>9789388257664</v>
+        <v>9783132434547</v>
       </c>
       <c r="B895" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="C895" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="D895" t="s">
         <v>102</v>
       </c>
       <c r="E895">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>74.99</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896">
-        <v>9781626233805</v>
+        <v>9781604066425</v>
       </c>
       <c r="B896" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C896" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D896" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E896">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897">
-        <v>9783132434547</v>
+        <v>9781604068283</v>
       </c>
       <c r="B897" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="C897" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="D897" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E897">
-        <v>2022</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898">
-        <v>9781604066425</v>
+        <v>9789388257718</v>
       </c>
       <c r="B898" t="s">
-        <v>1525</v>
+        <v>424</v>
       </c>
       <c r="C898" t="s">
         <v>1526</v>
       </c>
       <c r="D898" t="s">
         <v>8</v>
       </c>
       <c r="E898">
-        <v>2012</v>
+        <v>2020</v>
+      </c>
+      <c r="F898">
+        <v>181.99</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899">
-        <v>9781604068283</v>
+        <v>9783131768414</v>
       </c>
       <c r="B899" t="s">
         <v>1527</v>
       </c>
       <c r="C899" t="s">
         <v>1528</v>
       </c>
       <c r="D899" t="s">
         <v>8</v>
       </c>
       <c r="E899">
-        <v>2013</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900">
-        <v>9789388257718</v>
+        <v>9788194857075</v>
       </c>
       <c r="B900" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C900" t="s">
         <v>1529</v>
       </c>
       <c r="D900" t="s">
         <v>8</v>
       </c>
       <c r="E900">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F900">
         <v>181.99</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901">
-        <v>9783131768414</v>
+        <v>9781684201969</v>
       </c>
       <c r="B901" t="s">
         <v>1530</v>
       </c>
       <c r="C901" t="s">
         <v>1531</v>
       </c>
       <c r="D901" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E901">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902">
-        <v>9788194857075</v>
+        <v>9781626235373</v>
       </c>
       <c r="B902" t="s">
-        <v>425</v>
+        <v>1532</v>
       </c>
       <c r="C902" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="D902" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E902">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>181.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903">
-        <v>9781684201969</v>
+        <v>9783132004016</v>
       </c>
       <c r="B903" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C903" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="D903" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E903">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904">
-        <v>9781626235373</v>
+        <v>9783132421462</v>
       </c>
       <c r="B904" t="s">
-        <v>1535</v>
+        <v>1046</v>
       </c>
       <c r="C904" t="s">
         <v>1536</v>
       </c>
       <c r="D904" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E904">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905">
-        <v>9783132004016</v>
+        <v>9783132442634</v>
       </c>
       <c r="B905" t="s">
+        <v>647</v>
+      </c>
+      <c r="C905" t="s">
         <v>1537</v>
       </c>
-      <c r="C905" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D905" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E905">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906">
-        <v>9783132421462</v>
+        <v>9783132437609</v>
       </c>
       <c r="B906" t="s">
-        <v>1047</v>
+        <v>647</v>
       </c>
       <c r="C906" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="D906" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E906">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907">
-        <v>9783132442634</v>
+        <v>9788194857082</v>
       </c>
       <c r="B907" t="s">
-        <v>650</v>
+        <v>1539</v>
       </c>
       <c r="C907" t="s">
         <v>1540</v>
       </c>
       <c r="D907" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E907">
-        <v>2021</v>
+        <v>2022</v>
+      </c>
+      <c r="F907">
+        <v>193.0</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908">
-        <v>9783132437609</v>
+        <v>9789386293091</v>
       </c>
       <c r="B908" t="s">
-        <v>650</v>
+        <v>1541</v>
       </c>
       <c r="C908" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D908" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E908">
-        <v>2021</v>
+        <v>2017</v>
+      </c>
+      <c r="F908">
+        <v>152.0</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909">
-        <v>9788194857082</v>
+        <v>9789386293336</v>
       </c>
       <c r="B909" t="s">
-        <v>1542</v>
+        <v>424</v>
       </c>
       <c r="C909" t="s">
         <v>1543</v>
       </c>
       <c r="D909" t="s">
         <v>8</v>
       </c>
       <c r="E909">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F909">
-        <v>193.0</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910">
-        <v>9789386293091</v>
+        <v>9789388257152</v>
       </c>
       <c r="B910" t="s">
+        <v>424</v>
+      </c>
+      <c r="C910" t="s">
         <v>1544</v>
       </c>
-      <c r="C910" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D910" t="s">
         <v>8</v>
       </c>
       <c r="E910">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F910">
-        <v>152.0</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911">
-        <v>9789386293336</v>
+        <v>9789388257855</v>
       </c>
       <c r="B911" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="C911" t="s">
-        <v>1546</v>
+        <v>1545</v>
       </c>
       <c r="D911" t="s">
         <v>8</v>
       </c>
       <c r="E911">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="F911">
-        <v>187.99</v>
+        <v>181.99</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912">
-        <v>9789388257152</v>
+        <v>9789388257237</v>
       </c>
       <c r="B912" t="s">
-        <v>425</v>
+        <v>752</v>
       </c>
       <c r="C912" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="D912" t="s">
         <v>8</v>
       </c>
       <c r="E912">
         <v>2019</v>
       </c>
       <c r="F912">
-        <v>187.99</v>
+        <v>136.0</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913">
-        <v>9789388257855</v>
+        <v>9789390553334</v>
       </c>
       <c r="B913" t="s">
-        <v>425</v>
+        <v>1547</v>
       </c>
       <c r="C913" t="s">
         <v>1548</v>
       </c>
       <c r="D913" t="s">
         <v>8</v>
       </c>
       <c r="E913">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F913">
-        <v>181.99</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914">
-        <v>9789388257237</v>
+        <v>9789385062339</v>
       </c>
       <c r="B914" t="s">
-        <v>755</v>
+        <v>1549</v>
       </c>
       <c r="C914" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="D914" t="s">
         <v>8</v>
       </c>
       <c r="E914">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F914">
-        <v>136.0</v>
+        <v>94.0</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915">
-        <v>9789390553334</v>
+        <v>9781604068818</v>
       </c>
       <c r="B915" t="s">
-        <v>1550</v>
+        <v>790</v>
       </c>
       <c r="C915" t="s">
         <v>1551</v>
       </c>
       <c r="D915" t="s">
         <v>8</v>
       </c>
       <c r="E915">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>161.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916">
-        <v>9789385062339</v>
+        <v>9789385062124</v>
       </c>
       <c r="B916" t="s">
         <v>1552</v>
       </c>
       <c r="C916" t="s">
         <v>1553</v>
       </c>
       <c r="D916" t="s">
         <v>8</v>
       </c>
       <c r="E916">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F916">
-        <v>94.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917">
-        <v>9781604068818</v>
+        <v>9781684201334</v>
       </c>
       <c r="B917" t="s">
-        <v>793</v>
+        <v>1554</v>
       </c>
       <c r="C917" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D917" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E917">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918">
-        <v>9789385062124</v>
+        <v>9789388257879</v>
       </c>
       <c r="B918" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C918" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D918" t="s">
         <v>8</v>
       </c>
       <c r="E918">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="F918">
-        <v>184.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919">
-        <v>9781684201334</v>
+        <v>9789385062230</v>
       </c>
       <c r="B919" t="s">
-        <v>1557</v>
+        <v>752</v>
       </c>
       <c r="C919" t="s">
         <v>1558</v>
       </c>
       <c r="D919" t="s">
         <v>102</v>
       </c>
       <c r="E919">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F919">
+        <v>58.0</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920">
-        <v>9789388257879</v>
+        <v>9781626235458</v>
       </c>
       <c r="B920" t="s">
         <v>1559</v>
       </c>
       <c r="C920" t="s">
         <v>1560</v>
       </c>
       <c r="D920" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E920">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>97.0</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921">
-        <v>9789385062230</v>
+        <v>9789388257107</v>
       </c>
       <c r="B921" t="s">
-        <v>755</v>
+        <v>1561</v>
       </c>
       <c r="C921" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="D921" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E921">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="F921">
-        <v>58.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="922" spans="1:6">
       <c r="A922">
-        <v>9781626235458</v>
+        <v>9781626239067</v>
       </c>
       <c r="B922" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="C922" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="D922" t="s">
         <v>102</v>
       </c>
       <c r="E922">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="923" spans="1:6">
       <c r="A923">
-        <v>9789388257107</v>
+        <v>9789388257084</v>
       </c>
       <c r="B923" t="s">
-        <v>1564</v>
+        <v>978</v>
       </c>
       <c r="C923" t="s">
         <v>1565</v>
       </c>
       <c r="D923" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E923">
         <v>2019</v>
       </c>
       <c r="F923">
-        <v>203.0</v>
+        <v>18.0</v>
       </c>
     </row>
     <row r="924" spans="1:6">
       <c r="A924">
-        <v>9781626239067</v>
+        <v>9783132411364</v>
       </c>
       <c r="B924" t="s">
         <v>1566</v>
       </c>
       <c r="C924" t="s">
         <v>1567</v>
       </c>
       <c r="D924" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E924">
-        <v>2019</v>
-[...35 lines deleted...]
-      <c r="E926">
         <v>2017</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>