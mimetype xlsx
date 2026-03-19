--- v4 (2026-02-27)
+++ v5 (2026-03-19)
@@ -12,124 +12,175 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1577">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
+    <t>Daniel H. Kim</t>
+  </si>
+  <si>
+    <t>Video Atlas of  Endoscopic Spine Surgery  and Procedures</t>
+  </si>
+  <si>
+    <t>Hardcover</t>
+  </si>
+  <si>
+    <t>Theda C. Kontis</t>
+  </si>
+  <si>
+    <t>Cosmetic Injection Techniques :  A Text and Video Guide to Neurotoxins and Fillers</t>
+  </si>
+  <si>
+    <t>Hardback</t>
+  </si>
+  <si>
+    <t>Syed I. Khalid</t>
+  </si>
+  <si>
+    <t>Neurosurgery Primary  Examination Review - Questions and Answers</t>
+  </si>
+  <si>
+    <t>Paperback</t>
+  </si>
+  <si>
+    <t>Ali Tayebi Meybodi</t>
+  </si>
+  <si>
+    <t>Anatomy, Techniques, and Approaches in Temporal Lobe Surgery: A Step-by-Step Guide</t>
+  </si>
+  <si>
+    <t>Farhood Sarem</t>
+  </si>
+  <si>
+    <t>Atlas of Imaging Anatomy: Brain, Spinal Cord, Head and Neck Vol- 4</t>
+  </si>
+  <si>
+    <t>Matthew Hanasono</t>
+  </si>
+  <si>
+    <t>Reconstructive Surgery: A Problem-Based Approach</t>
+  </si>
+  <si>
+    <t>Nitin Agarwal MD</t>
+  </si>
+  <si>
+    <t>Operative Fundamentals in Neurological Surgery</t>
+  </si>
+  <si>
+    <t>Diana L. Lam</t>
+  </si>
+  <si>
+    <t>Breast Imaging Q&amp;A for the Radiology Boards</t>
+  </si>
+  <si>
     <t>Walter C. Jean</t>
   </si>
   <si>
     <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
   </si>
   <si>
-    <t>Hardback</t>
-[...1 lines deleted...]
-  <si>
     <t>Neil S. Sadick</t>
   </si>
   <si>
     <t>Dermal Filler Complications</t>
   </si>
   <si>
     <t>B M Gupta</t>
   </si>
   <si>
     <t>Cholesteatoma Surgery</t>
   </si>
   <si>
     <t>Muhammad M. Abd-El-Barr</t>
   </si>
   <si>
     <t>Awake Spine Surgery</t>
   </si>
   <si>
     <t>Andrew J. Kobets</t>
   </si>
   <si>
     <t>Neurosurgical Operative Atlas</t>
   </si>
   <si>
     <t>Uma Srikumaran</t>
   </si>
   <si>
     <t>MRI in Orthopaedics and Sports Medicine</t>
   </si>
   <si>
     <t>Susan E. Mackinnon</t>
   </si>
   <si>
     <t>Nerve Surgery</t>
   </si>
   <si>
     <t>Abigail G. Crum</t>
   </si>
   <si>
     <t>Neurosurgery Fundamentals for Advanced Practice Providers</t>
   </si>
   <si>
-    <t>Paperback</t>
-[...1 lines deleted...]
-  <si>
     <t>Preetha Kamath Agarwal</t>
   </si>
   <si>
     <t>Dermatology Fundamentals</t>
   </si>
   <si>
     <t>Michael T. Lawton</t>
   </si>
   <si>
     <t>Seven Carvernomas</t>
   </si>
   <si>
     <t>Timo Krings</t>
   </si>
   <si>
     <t>Case-Based Interventional Neuroradiology</t>
   </si>
   <si>
     <t>Peter Fischer</t>
   </si>
   <si>
     <t>Tests and Exercises for the Spine</t>
   </si>
   <si>
     <t>Elizabeth McFarland</t>
@@ -4470,56 +4521,50 @@
     <t>Aesthetic Plastic Surgery of the East Asian Face</t>
   </si>
   <si>
     <t>Borba</t>
   </si>
   <si>
     <t>Microsurgical and Endoscopic Approaches to the Skull Base</t>
   </si>
   <si>
     <t>Wegner</t>
   </si>
   <si>
     <t>Breast Cancer Mimics</t>
   </si>
   <si>
     <t>Differential Diagnosis in Conventional Radiology</t>
   </si>
   <si>
     <t>The Art of Refractive Cataract Surgery</t>
   </si>
   <si>
     <t>Krukemeyer</t>
   </si>
   <si>
     <t>Introductory Guide to Medical Training</t>
-  </si>
-[...4 lines deleted...]
-    <t>Endoscopic Ear Surgery</t>
   </si>
   <si>
     <t>Lai</t>
   </si>
   <si>
     <t>Neurosurgical Diseases</t>
   </si>
   <si>
     <t>Gurung</t>
   </si>
   <si>
     <t>Thieme Review for the USMLE®: A WIN for Step 2 and 3 CK</t>
   </si>
   <si>
     <t>Encyclopedia of Football Medicine, Vol.3</t>
   </si>
   <si>
     <t>Hecker</t>
   </si>
   <si>
     <t>Pocket Atlas of Acupuncture and Trigger Points</t>
   </si>
   <si>
     <t>Cervical Spondylotic Myelopathy and Ossification of Posterior Longitudinal Ligament</t>
   </si>
@@ -5045,14902 +5090,15018 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F921"/>
+  <dimension ref="A1:F928"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781684206391</v>
+        <v>9781684207053</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
-      <c r="E2">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9783132428492</v>
+        <v>9781684207121</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3">
         <v>2026</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9789349433083</v>
+        <v>9781684206148</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9781684206735</v>
+        <v>9781684206346</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9781626231061</v>
+        <v>9781626239869</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9781626233942</v>
+        <v>9781626236509</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E7">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9781684204700</v>
+        <v>9781684205615</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E8">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9781684206698</v>
+        <v>9781684207282</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9781684205691</v>
+        <v>9781684206391</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D10" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E10">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9781684204946</v>
+        <v>9783132428492</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E11">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>9781684200702</v>
+        <v>9789349433083</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E12">
         <v>2025</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>9783131760012</v>
+        <v>9781684206735</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E13">
-        <v>2015</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9781626230224</v>
+        <v>9781626231061</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>33</v>
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
       </c>
       <c r="E14">
-        <v>2015</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9781604062410</v>
+        <v>9781626233942</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E15">
-        <v>2010</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9781626233478</v>
+        <v>9781684204700</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E16">
-        <v>2016</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9781626238954</v>
+        <v>9781684206698</v>
       </c>
       <c r="B17" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E17">
-        <v>2019</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9781684206261</v>
+        <v>9781684205691</v>
       </c>
       <c r="B18" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E18">
         <v>2025</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>9789349433564</v>
+        <v>9781684204946</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E19">
         <v>2025</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9781684201440</v>
+        <v>9781684200702</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E20">
         <v>2025</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9783136712047</v>
+        <v>9783131760012</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E21">
-        <v>2025</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9788198126542</v>
+        <v>9781626230224</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22">
-        <v>2025</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9781626231085</v>
+        <v>9781604062410</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E23">
-        <v>2025</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9781684204984</v>
+        <v>9781626233478</v>
       </c>
       <c r="B24" t="s">
         <v>53</v>
       </c>
       <c r="C24" t="s">
         <v>54</v>
       </c>
       <c r="D24" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E24">
-        <v>2025</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9783132451704</v>
+        <v>9781626238954</v>
       </c>
       <c r="B25" t="s">
         <v>55</v>
       </c>
       <c r="C25" t="s">
         <v>56</v>
       </c>
       <c r="D25" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E25">
-        <v>2025</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9781684201631</v>
+        <v>9781684206261</v>
       </c>
       <c r="B26" t="s">
         <v>57</v>
       </c>
       <c r="C26" t="s">
         <v>58</v>
       </c>
       <c r="D26" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E26">
         <v>2025</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9788198109491</v>
+        <v>9789349433564</v>
       </c>
       <c r="B27" t="s">
         <v>59</v>
       </c>
       <c r="C27" t="s">
         <v>60</v>
       </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>61</v>
       </c>
       <c r="E27">
         <v>2025</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9788197299032</v>
+        <v>9781684201440</v>
       </c>
       <c r="B28" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C28" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D28" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E28">
         <v>2025</v>
       </c>
-      <c r="F28">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9781684200603</v>
+        <v>9783136712047</v>
       </c>
       <c r="B29" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C29" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E29">
         <v>2025</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9781684206308</v>
+        <v>9788198126542</v>
       </c>
       <c r="B30" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C30" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D30" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E30">
         <v>2025</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9788198109484</v>
+        <v>9781626231085</v>
       </c>
       <c r="B31" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C31" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D31" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E31">
         <v>2025</v>
       </c>
-      <c r="F31">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9781626237247</v>
+        <v>9781684204984</v>
       </c>
       <c r="B32" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C32" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D32" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="E32">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9788196736781</v>
+        <v>9783132451704</v>
       </c>
       <c r="B33" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C33" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D33" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E33">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>132.0</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9781684205790</v>
+        <v>9781684201631</v>
       </c>
       <c r="B34" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C34" t="s">
-        <v>74</v>
+        <v>75</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
       </c>
       <c r="E34">
         <v>2025</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9781626233768</v>
+        <v>9788198109491</v>
       </c>
       <c r="B35" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C35" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D35" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E35">
         <v>2025</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9781684201372</v>
+        <v>9788197299032</v>
       </c>
       <c r="B36" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C36" t="s">
-        <v>78</v>
+        <v>79</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
       </c>
       <c r="E36">
-        <v>2019</v>
+        <v>2025</v>
+      </c>
+      <c r="F36">
+        <v>219.99</v>
       </c>
     </row>
     <row r="37" spans="1:6">
+      <c r="A37">
+        <v>9781684200603</v>
+      </c>
+      <c r="B37" t="s">
+        <v>80</v>
+      </c>
       <c r="C37" t="s">
-        <v>79</v>
+        <v>81</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37">
+        <v>2025</v>
       </c>
     </row>
     <row r="38" spans="1:6">
+      <c r="A38">
+        <v>9781684206308</v>
+      </c>
+      <c r="B38" t="s">
+        <v>82</v>
+      </c>
       <c r="C38" t="s">
-        <v>80</v>
+        <v>83</v>
+      </c>
+      <c r="D38" t="s">
+        <v>14</v>
+      </c>
+      <c r="E38">
+        <v>2025</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9781626233720</v>
+        <v>9788198109484</v>
       </c>
       <c r="B39" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C39" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D39" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E39">
-        <v>2024</v>
+        <v>2025</v>
+      </c>
+      <c r="F39">
+        <v>50.99</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9781684201563</v>
+        <v>9781626237247</v>
       </c>
       <c r="B40" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="C40" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E40">
         <v>2024</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9781684205547</v>
+        <v>9788196736781</v>
       </c>
       <c r="B41" t="s">
-        <v>40</v>
+        <v>88</v>
       </c>
       <c r="C41" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D41" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E41">
         <v>2024</v>
       </c>
+      <c r="F41">
+        <v>132.0</v>
+      </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9781684206612</v>
+        <v>9781684205790</v>
       </c>
       <c r="B42" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C42" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="E42">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9781684201358</v>
+        <v>9781626233768</v>
       </c>
       <c r="B43" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C43" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D43" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="E43">
-        <v>2024</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9781604062809</v>
+        <v>9781684201372</v>
       </c>
       <c r="B44" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="C44" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="E44">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="45" spans="1:6">
-      <c r="A45">
-[...4 lines deleted...]
-      </c>
       <c r="C45" t="s">
-        <v>95</v>
-[...2 lines deleted...]
-        <v>2015</v>
+        <v>96</v>
       </c>
     </row>
     <row r="46" spans="1:6">
-      <c r="A46" t="s">
-[...2 lines deleted...]
-      <c r="B46" t="s">
+      <c r="C46" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>2019</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>9789382076940</v>
+        <v>9781626233720</v>
       </c>
       <c r="B47" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C47" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D47" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E47">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>74.99</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>9783132444720</v>
+        <v>9781684201563</v>
       </c>
       <c r="B48" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C48" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="D48" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E48">
-        <v>2015</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>9781684205011</v>
+        <v>9781684205547</v>
       </c>
       <c r="B49" t="s">
-        <v>105</v>
+        <v>57</v>
       </c>
       <c r="C49" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E49">
         <v>2024</v>
       </c>
     </row>
     <row r="50" spans="1:6">
+      <c r="A50">
+        <v>9781684206612</v>
+      </c>
+      <c r="B50" t="s">
+        <v>103</v>
+      </c>
       <c r="C50" t="s">
-        <v>107</v>
-[...2 lines deleted...]
-        <v>0.0</v>
+        <v>104</v>
+      </c>
+      <c r="D50" t="s">
+        <v>14</v>
+      </c>
+      <c r="E50">
+        <v>2024</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>9781684200436</v>
+        <v>9781684201358</v>
       </c>
       <c r="B51" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C51" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D51" t="s">
-        <v>8</v>
+        <v>107</v>
       </c>
       <c r="E51">
         <v>2024</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>9781684201167</v>
+        <v>9781604062809</v>
       </c>
       <c r="B52" t="s">
+        <v>108</v>
+      </c>
+      <c r="C52" t="s">
+        <v>109</v>
+      </c>
+      <c r="D52" t="s">
         <v>110</v>
       </c>
-      <c r="C52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E52">
-        <v>2024</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>9781684204960</v>
+        <v>9789385062209</v>
       </c>
       <c r="B53" t="s">
+        <v>111</v>
+      </c>
+      <c r="C53" t="s">
         <v>112</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
         <v>113</v>
-      </c>
-[...9 lines deleted...]
-        <v>9781626235748</v>
       </c>
       <c r="B54" t="s">
         <v>114</v>
       </c>
       <c r="C54" t="s">
         <v>115</v>
       </c>
       <c r="D54" t="s">
-        <v>8</v>
+        <v>116</v>
       </c>
       <c r="E54">
-        <v>2025</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>9781684201143</v>
+        <v>9789382076940</v>
       </c>
       <c r="B55" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C55" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D55" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E55">
-        <v>2024</v>
+        <v>2014</v>
+      </c>
+      <c r="F55">
+        <v>74.99</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>9781626236042</v>
+        <v>9783132444720</v>
       </c>
       <c r="B56" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C56" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="D56" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E56">
-        <v>2024</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9788197475887</v>
+        <v>9781684205011</v>
       </c>
       <c r="B57" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="C57" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="D57" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E57">
         <v>2024</v>
       </c>
-      <c r="F57">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="58" spans="1:6">
-      <c r="A58">
-[...4 lines deleted...]
-      </c>
       <c r="C58" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>2023</v>
+        <v>124</v>
+      </c>
+      <c r="F58">
+        <v>0.0</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9781626239630</v>
+        <v>9781684200436</v>
       </c>
       <c r="B59" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C59" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D59" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E59">
         <v>2024</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9781684205226</v>
+        <v>9781684201167</v>
       </c>
       <c r="B60" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C60" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D60" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E60">
         <v>2024</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9781684206018</v>
+        <v>9781684204960</v>
       </c>
       <c r="B61" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D61" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="E61">
         <v>2024</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9789395390101</v>
+        <v>9781626235748</v>
       </c>
       <c r="B62" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C62" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E62">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9789386293534</v>
+        <v>9781684201143</v>
       </c>
       <c r="B63" t="s">
-        <v>97</v>
+        <v>133</v>
       </c>
       <c r="C63" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D63" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E63">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>75.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9789386293497</v>
+        <v>9781626236042</v>
       </c>
       <c r="B64" t="s">
-        <v>97</v>
+        <v>135</v>
       </c>
       <c r="C64" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="D64" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E64">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>75.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9789386293510</v>
+        <v>9788197475887</v>
       </c>
       <c r="B65" t="s">
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="C65" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E65">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F65">
-        <v>75.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9789386293985</v>
+        <v>9781626238107</v>
       </c>
       <c r="B66" t="s">
-        <v>97</v>
+        <v>139</v>
       </c>
       <c r="C66" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="D66" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E66">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>104.99</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9789386293923</v>
+        <v>9781626239630</v>
       </c>
       <c r="B67" t="s">
-        <v>97</v>
+        <v>141</v>
       </c>
       <c r="C67" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="D67" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E67">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9789388257329</v>
+        <v>9781684205226</v>
       </c>
       <c r="B68" t="s">
-        <v>97</v>
+        <v>143</v>
       </c>
       <c r="C68" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="D68" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E68">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9789388257305</v>
+        <v>9781684206018</v>
       </c>
       <c r="B69" t="s">
-        <v>97</v>
+        <v>145</v>
       </c>
       <c r="C69" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="D69" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E69">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9788196691493</v>
+        <v>9789395390101</v>
       </c>
       <c r="B70" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="C70" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="D70" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E70">
         <v>2023</v>
       </c>
       <c r="F70">
-        <v>142.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9789390553068</v>
+        <v>9789386293534</v>
       </c>
       <c r="B71" t="s">
-        <v>141</v>
+        <v>114</v>
       </c>
       <c r="C71" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="D71" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E71">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F71">
-        <v>49.99</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9789390553174</v>
+        <v>9789386293497</v>
       </c>
       <c r="B72" t="s">
-        <v>143</v>
+        <v>114</v>
       </c>
       <c r="C72" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="D72" t="s">
-        <v>145</v>
+        <v>11</v>
       </c>
       <c r="E72">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F72">
-        <v>142.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9789382076049</v>
+        <v>9789386293510</v>
       </c>
       <c r="B73" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="C73" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D73" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E73">
-        <v>2012</v>
+        <v>2018</v>
       </c>
       <c r="F73">
-        <v>124.99</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9789382076070</v>
+        <v>9789386293985</v>
       </c>
       <c r="B74" t="s">
-        <v>146</v>
+        <v>114</v>
       </c>
       <c r="C74" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D74" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E74">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F74">
-        <v>149.99</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9789395390576</v>
+        <v>9789386293923</v>
       </c>
       <c r="B75" t="s">
-        <v>149</v>
+        <v>114</v>
       </c>
       <c r="C75" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="D75" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E75">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F75">
-        <v>178.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9789395390842</v>
+        <v>9789388257329</v>
       </c>
       <c r="B76" t="s">
-        <v>151</v>
+        <v>114</v>
       </c>
       <c r="C76" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D76" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E76">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F76">
-        <v>47.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9789395390934</v>
+        <v>9789388257305</v>
       </c>
       <c r="B77" t="s">
-        <v>153</v>
+        <v>114</v>
       </c>
       <c r="C77" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D77" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E77">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F77">
-        <v>90.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9789382076674</v>
+        <v>9788196691493</v>
       </c>
       <c r="B78" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C78" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D78" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E78">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F78">
-        <v>104.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9789385062094</v>
+        <v>9789390553068</v>
       </c>
       <c r="B79" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C79" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="D79" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E79">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="F79">
-        <v>94.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9789385062001</v>
+        <v>9789390553174</v>
       </c>
       <c r="B80" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C80" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="D80" t="s">
-        <v>8</v>
+        <v>162</v>
       </c>
       <c r="E80">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F80">
-        <v>168.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9789385062735</v>
+        <v>9789382076049</v>
       </c>
       <c r="B81" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C81" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="D81" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E81">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="F81">
-        <v>142.0</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9789385062742</v>
+        <v>9789382076070</v>
       </c>
       <c r="B82" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C82" t="s">
-        <v>156</v>
+        <v>165</v>
       </c>
       <c r="D82" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E82">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F82">
-        <v>168.0</v>
+        <v>149.99</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9789382076681</v>
+        <v>9789395390576</v>
       </c>
       <c r="B83" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="C83" t="s">
-        <v>156</v>
+        <v>167</v>
       </c>
       <c r="D83" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E83">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F83">
-        <v>142.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9789392819360</v>
+        <v>9789395390842</v>
       </c>
       <c r="B84" t="s">
-        <v>160</v>
+        <v>168</v>
       </c>
       <c r="C84" t="s">
-        <v>161</v>
+        <v>169</v>
       </c>
       <c r="D84" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E84">
         <v>2023</v>
       </c>
       <c r="F84">
-        <v>142.0</v>
+        <v>47.0</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9789388257602</v>
+        <v>9789395390934</v>
       </c>
       <c r="B85" t="s">
-        <v>97</v>
+        <v>170</v>
       </c>
       <c r="C85" t="s">
-        <v>162</v>
+        <v>171</v>
       </c>
       <c r="D85" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E85">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F85">
-        <v>72.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9789395390620</v>
+        <v>9789382076674</v>
       </c>
       <c r="B86" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="C86" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="D86" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E86">
-        <v>2023</v>
+        <v>2014</v>
+      </c>
+      <c r="F86">
+        <v>104.0</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9789395390613</v>
+        <v>9789385062094</v>
       </c>
       <c r="B87" t="s">
-        <v>163</v>
+        <v>174</v>
       </c>
       <c r="C87" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
       <c r="D87" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E87">
-        <v>2023</v>
+        <v>2015</v>
+      </c>
+      <c r="F87">
+        <v>94.99</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9789390553105</v>
+        <v>9789385062001</v>
       </c>
       <c r="B88" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="C88" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="D88" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E88">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F88">
-        <v>125.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9788194857013</v>
+        <v>9789385062735</v>
       </c>
       <c r="B89" t="s">
-        <v>168</v>
+        <v>176</v>
       </c>
       <c r="C89" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D89" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E89">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F89">
-        <v>79.99</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9789390553426</v>
+        <v>9789385062742</v>
       </c>
       <c r="B90" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="C90" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D90" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E90">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F90">
-        <v>107.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9789392819261</v>
+        <v>9789382076681</v>
       </c>
       <c r="B91" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="C91" t="s">
         <v>173</v>
       </c>
       <c r="D91" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E91">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="F91">
-        <v>90.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9789390553075</v>
+        <v>9789392819360</v>
       </c>
       <c r="B92" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C92" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D92" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E92">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F92">
-        <v>72.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9789390553761</v>
+        <v>9789388257602</v>
       </c>
       <c r="B93" t="s">
-        <v>176</v>
+        <v>114</v>
       </c>
       <c r="C93" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D93" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E93">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F93">
-        <v>51.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9781626236875</v>
+        <v>9789395390620</v>
       </c>
       <c r="B94" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C94" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="D94" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E94">
-        <v>2014</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9789386293688</v>
+        <v>9789395390613</v>
       </c>
       <c r="B95" t="s">
         <v>180</v>
       </c>
       <c r="C95" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D95" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E95">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>419.99</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9789395390057</v>
+        <v>9789390553105</v>
       </c>
       <c r="B96" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C96" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D96" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E96">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F96">
-        <v>142.0</v>
+        <v>125.0</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9789395390248</v>
+        <v>9788194857013</v>
       </c>
       <c r="B97" t="s">
-        <v>139</v>
+        <v>185</v>
       </c>
       <c r="C97" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="D97" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E97">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F97">
-        <v>178.0</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9789392819131</v>
+        <v>9789390553426</v>
       </c>
       <c r="B98" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C98" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D98" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E98">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F98">
-        <v>178.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9789392819957</v>
+        <v>9789392819261</v>
       </c>
       <c r="B99" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C99" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D99" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E99">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F99">
         <v>90.0</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9789395390316</v>
+        <v>9789390553075</v>
       </c>
       <c r="B100" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C100" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D100" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E100">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F100">
-        <v>178.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9789392819100</v>
+        <v>9789390553761</v>
       </c>
       <c r="B101" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C101" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D101" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E101">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F101">
-        <v>178.0</v>
+        <v>51.0</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781626239845</v>
+        <v>9781626236875</v>
       </c>
       <c r="B102" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C102" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D102" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E102">
-        <v>2024</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9781626238473</v>
+        <v>9789386293688</v>
       </c>
       <c r="B103" t="s">
-        <v>88</v>
+        <v>197</v>
       </c>
       <c r="C103" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="D103" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E103">
-        <v>2023</v>
+        <v>2018</v>
+      </c>
+      <c r="F103">
+        <v>419.99</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781684203987</v>
+        <v>9789395390057</v>
       </c>
       <c r="B104" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="C104" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="D104" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E104">
         <v>2023</v>
       </c>
+      <c r="F104">
+        <v>142.0</v>
+      </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781626238916</v>
+        <v>9789395390248</v>
       </c>
       <c r="B105" t="s">
-        <v>198</v>
+        <v>156</v>
       </c>
       <c r="C105" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D105" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E105">
         <v>2023</v>
       </c>
+      <c r="F105">
+        <v>178.0</v>
+      </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781684205073</v>
+        <v>9789392819131</v>
       </c>
       <c r="B106" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C106" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D106" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E106">
         <v>2023</v>
       </c>
+      <c r="F106">
+        <v>178.0</v>
+      </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781626237858</v>
+        <v>9789392819957</v>
       </c>
       <c r="B107" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C107" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="D107" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E107">
         <v>2023</v>
       </c>
+      <c r="F107">
+        <v>90.0</v>
+      </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781684200900</v>
+        <v>9789395390316</v>
       </c>
       <c r="B108" t="s">
-        <v>88</v>
+        <v>206</v>
       </c>
       <c r="C108" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="D108" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E108">
         <v>2023</v>
       </c>
+      <c r="F108">
+        <v>178.0</v>
+      </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781684201402</v>
+        <v>9789392819100</v>
       </c>
       <c r="B109" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="C109" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="D109" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E109">
-        <v>2024</v>
+        <v>2023</v>
+      </c>
+      <c r="F109">
+        <v>178.0</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781684200726</v>
+        <v>9781626239845</v>
       </c>
       <c r="B110" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="C110" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="D110" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E110">
         <v>2024</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781626236585</v>
+        <v>9781626238473</v>
       </c>
       <c r="B111" t="s">
-        <v>208</v>
+        <v>105</v>
       </c>
       <c r="C111" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="D111" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E111">
-        <v>2024</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9781684205042</v>
+        <v>9781684203987</v>
       </c>
       <c r="B112" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C112" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D112" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E112">
         <v>2023</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9781684205837</v>
+        <v>9781626238916</v>
       </c>
       <c r="B113" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C113" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="D113" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E113">
         <v>2023</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9783131730817</v>
+        <v>9781684205073</v>
       </c>
       <c r="B114" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="C114" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="D114" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E114">
         <v>2023</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9783132424050</v>
+        <v>9781626237858</v>
       </c>
       <c r="B115" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C115" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="D115" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E115">
         <v>2023</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9783132424074</v>
+        <v>9781684200900</v>
       </c>
       <c r="B116" t="s">
-        <v>218</v>
+        <v>105</v>
       </c>
       <c r="C116" t="s">
-        <v>219</v>
+        <v>212</v>
       </c>
       <c r="D116" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E116">
         <v>2023</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9789395390958</v>
+        <v>9781684201402</v>
       </c>
       <c r="B117" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C117" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D117" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E117">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>299.99</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9783132414280</v>
+        <v>9781684200726</v>
       </c>
       <c r="B118" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C118" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D118" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E118">
         <v>2024</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9783132423985</v>
+        <v>9781626236585</v>
       </c>
       <c r="B119" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C119" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D119" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E119">
         <v>2024</v>
       </c>
-      <c r="F119">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9783132405431</v>
+        <v>9781684205042</v>
       </c>
       <c r="B120" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="C120" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="D120" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E120">
         <v>2023</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9783132451896</v>
+        <v>9781684205837</v>
       </c>
       <c r="B121" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C121" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D121" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E121">
         <v>2023</v>
       </c>
-      <c r="F121">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9783132428379</v>
+        <v>9783131730817</v>
       </c>
       <c r="B122" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C122" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="D122" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E122">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>144.99</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
+        <v>9783132424050</v>
+      </c>
+      <c r="B123" t="s">
+        <v>233</v>
+      </c>
+      <c r="C123" t="s">
+        <v>234</v>
+      </c>
+      <c r="D123" t="s">
+        <v>11</v>
+      </c>
+      <c r="E123">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6">
+      <c r="A124">
+        <v>9783132424074</v>
+      </c>
+      <c r="B124" t="s">
+        <v>235</v>
+      </c>
+      <c r="C124" t="s">
+        <v>236</v>
+      </c>
+      <c r="D124" t="s">
+        <v>11</v>
+      </c>
+      <c r="E124">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6">
+      <c r="A125">
+        <v>9789395390958</v>
+      </c>
+      <c r="B125" t="s">
+        <v>237</v>
+      </c>
+      <c r="C125" t="s">
+        <v>238</v>
+      </c>
+      <c r="D125" t="s">
+        <v>11</v>
+      </c>
+      <c r="E125">
+        <v>2023</v>
+      </c>
+      <c r="F125">
+        <v>299.99</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6">
+      <c r="A126">
+        <v>9783132414280</v>
+      </c>
+      <c r="B126" t="s">
+        <v>239</v>
+      </c>
+      <c r="C126" t="s">
+        <v>240</v>
+      </c>
+      <c r="D126" t="s">
+        <v>11</v>
+      </c>
+      <c r="E126">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6">
+      <c r="A127">
+        <v>9783132423985</v>
+      </c>
+      <c r="B127" t="s">
+        <v>241</v>
+      </c>
+      <c r="C127" t="s">
+        <v>242</v>
+      </c>
+      <c r="D127" t="s">
+        <v>14</v>
+      </c>
+      <c r="E127">
+        <v>2024</v>
+      </c>
+      <c r="F127">
+        <v>49.99</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6">
+      <c r="A128">
+        <v>9783132405431</v>
+      </c>
+      <c r="B128" t="s">
+        <v>243</v>
+      </c>
+      <c r="C128" t="s">
+        <v>244</v>
+      </c>
+      <c r="D128" t="s">
+        <v>11</v>
+      </c>
+      <c r="E128">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6">
+      <c r="A129">
+        <v>9783132451896</v>
+      </c>
+      <c r="B129" t="s">
+        <v>245</v>
+      </c>
+      <c r="C129" t="s">
+        <v>246</v>
+      </c>
+      <c r="D129" t="s">
+        <v>11</v>
+      </c>
+      <c r="E129">
+        <v>2023</v>
+      </c>
+      <c r="F129">
+        <v>129.99</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6">
+      <c r="A130">
+        <v>9783132428379</v>
+      </c>
+      <c r="B130" t="s">
+        <v>247</v>
+      </c>
+      <c r="C130" t="s">
+        <v>248</v>
+      </c>
+      <c r="D130" t="s">
+        <v>11</v>
+      </c>
+      <c r="E130">
+        <v>2024</v>
+      </c>
+      <c r="F130">
+        <v>144.99</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6">
+      <c r="A131">
         <v>9783132414235</v>
       </c>
-      <c r="B123" t="s">
-[...8 lines deleted...]
-      <c r="E123">
+      <c r="B131" t="s">
+        <v>249</v>
+      </c>
+      <c r="C131" t="s">
+        <v>250</v>
+      </c>
+      <c r="D131" t="s">
+        <v>11</v>
+      </c>
+      <c r="E131">
         <v>2024</v>
-      </c>
-[...38 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="C132" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="C133" t="s">
-        <v>243</v>
+        <v>252</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="C134" t="s">
-        <v>244</v>
+        <v>253</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="C135" t="s">
-        <v>245</v>
+        <v>254</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="C136" t="s">
-        <v>246</v>
+        <v>255</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="C137" t="s">
-        <v>247</v>
+        <v>256</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="C138" t="s">
-        <v>248</v>
+        <v>257</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="C139" t="s">
-        <v>249</v>
+        <v>258</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="C140" t="s">
-        <v>250</v>
+        <v>259</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="C141" t="s">
-        <v>251</v>
+        <v>260</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="C142" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="C143" t="s">
-        <v>253</v>
+        <v>262</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="C144" t="s">
-        <v>254</v>
+        <v>263</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="C145" t="s">
-        <v>255</v>
+        <v>264</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="C146" t="s">
-        <v>256</v>
+        <v>265</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="C147" t="s">
-        <v>257</v>
+        <v>266</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="C148" t="s">
-        <v>258</v>
+        <v>267</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="C149" t="s">
-        <v>259</v>
+        <v>268</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="C150" t="s">
-        <v>260</v>
+        <v>269</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="C151" t="s">
-        <v>261</v>
+        <v>270</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="C152" t="s">
-        <v>262</v>
+        <v>271</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="C153" t="s">
-        <v>263</v>
+        <v>272</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="C154" t="s">
-        <v>264</v>
+        <v>273</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="C155" t="s">
-        <v>265</v>
+        <v>274</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="C156" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="C157" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="C158" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="C159" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="C160" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="C161" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="C162" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="C163" t="s">
-        <v>273</v>
+        <v>282</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="C164" t="s">
-        <v>274</v>
+        <v>283</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="C165" t="s">
-        <v>275</v>
+        <v>284</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="C166" t="s">
-        <v>276</v>
+        <v>285</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="C167" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="C168" t="s">
-        <v>278</v>
+        <v>287</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="C169" t="s">
-        <v>279</v>
+        <v>288</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="C170" t="s">
-        <v>280</v>
+        <v>289</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="C171" t="s">
-        <v>281</v>
+        <v>290</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="C172" t="s">
-        <v>282</v>
+        <v>291</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="C173" t="s">
-        <v>283</v>
+        <v>292</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="C174" t="s">
-        <v>284</v>
+        <v>293</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="C175" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="C176" t="s">
-        <v>286</v>
+        <v>295</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="C177" t="s">
-        <v>287</v>
+        <v>296</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="C178" t="s">
-        <v>288</v>
+        <v>297</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="C179" t="s">
-        <v>289</v>
+        <v>298</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="C180" t="s">
-        <v>290</v>
+        <v>299</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="C181" t="s">
-        <v>291</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="C182" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="C183" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="C184" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="C185" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="C186" t="s">
-        <v>296</v>
+        <v>305</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="C187" t="s">
-        <v>297</v>
+        <v>306</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="C188" t="s">
-        <v>298</v>
+        <v>307</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="C189" t="s">
-        <v>299</v>
+        <v>308</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="C190" t="s">
-        <v>300</v>
+        <v>309</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="C191" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="C192" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="C193" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="C194" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="C195" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="C196" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="C197" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="C198" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="C199" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="C200" t="s">
-        <v>310</v>
+        <v>319</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="C201" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="C202" t="s">
-        <v>312</v>
+        <v>321</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="C203" t="s">
-        <v>313</v>
+        <v>322</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="C204" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="C205" t="s">
-        <v>315</v>
+        <v>324</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="C206" t="s">
-        <v>316</v>
+        <v>325</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="C207" t="s">
-        <v>317</v>
+        <v>326</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="C208" t="s">
-        <v>318</v>
+        <v>327</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="C209" t="s">
-        <v>319</v>
+        <v>328</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="C210" t="s">
-        <v>320</v>
+        <v>329</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="C211" t="s">
-        <v>321</v>
+        <v>330</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="C212" t="s">
-        <v>322</v>
+        <v>331</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="C213" t="s">
-        <v>323</v>
+        <v>332</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="C214" t="s">
-        <v>324</v>
+        <v>333</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="C215" t="s">
-        <v>325</v>
+        <v>334</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="C216" t="s">
-        <v>326</v>
+        <v>335</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="C217" t="s">
-        <v>327</v>
+        <v>336</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="C218" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
     </row>
     <row r="219" spans="1:6">
-      <c r="A219">
-[...4 lines deleted...]
-      </c>
       <c r="C219" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>2019</v>
+        <v>338</v>
       </c>
     </row>
     <row r="220" spans="1:6">
-      <c r="A220">
-[...4 lines deleted...]
-      </c>
       <c r="C220" t="s">
-        <v>332</v>
-[...8 lines deleted...]
-        <v>374.99</v>
+        <v>339</v>
       </c>
     </row>
     <row r="221" spans="1:6">
-      <c r="A221">
-[...4 lines deleted...]
-      </c>
       <c r="C221" t="s">
-        <v>334</v>
-[...5 lines deleted...]
-        <v>2012</v>
+        <v>340</v>
       </c>
     </row>
     <row r="222" spans="1:6">
-      <c r="A222">
-[...4 lines deleted...]
-      </c>
       <c r="C222" t="s">
-        <v>336</v>
-[...5 lines deleted...]
-        <v>2013</v>
+        <v>341</v>
       </c>
     </row>
     <row r="223" spans="1:6">
-      <c r="A223">
-[...4 lines deleted...]
-      </c>
       <c r="C223" t="s">
-        <v>338</v>
-[...8 lines deleted...]
-        <v>449.99</v>
+        <v>342</v>
       </c>
     </row>
     <row r="224" spans="1:6">
-      <c r="A224">
-[...4 lines deleted...]
-      </c>
       <c r="C224" t="s">
-        <v>340</v>
-[...5 lines deleted...]
-        <v>1996</v>
+        <v>343</v>
       </c>
     </row>
     <row r="225" spans="1:6">
-      <c r="A225">
-[...4 lines deleted...]
-      </c>
       <c r="C225" t="s">
-        <v>342</v>
-[...5 lines deleted...]
-        <v>2008</v>
+        <v>344</v>
       </c>
     </row>
     <row r="226" spans="1:6">
-      <c r="A226">
-[...4 lines deleted...]
-      </c>
       <c r="C226" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>2013</v>
+        <v>345</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>9781626236769</v>
+        <v>9781626239272</v>
       </c>
       <c r="B227" t="s">
-        <v>335</v>
+        <v>346</v>
       </c>
       <c r="C227" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D227" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E227">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>9789385062629</v>
+        <v>9781626236639</v>
       </c>
       <c r="B228" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C228" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D228" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E228">
         <v>2016</v>
       </c>
       <c r="F228">
-        <v>464.99</v>
+        <v>374.99</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>9781626237001</v>
+        <v>9781626236349</v>
       </c>
       <c r="B229" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="C229" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="D229" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E229">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>9781604067590</v>
+        <v>9781626236400</v>
       </c>
       <c r="B230" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C230" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="D230" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E230">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>9781626236745</v>
+        <v>9789380378879</v>
       </c>
       <c r="B231" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C231" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="D231" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E231">
-        <v>2018</v>
+        <v>2006</v>
+      </c>
+      <c r="F231">
+        <v>449.99</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>9781626236738</v>
+        <v>9783131111029</v>
       </c>
       <c r="B232" t="s">
-        <v>122</v>
+        <v>356</v>
       </c>
       <c r="C232" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="D232" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E232">
-        <v>2010</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>9781626236141</v>
+        <v>9783131486714</v>
       </c>
       <c r="B233" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C233" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D233" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E233">
-        <v>2010</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>9783131455819</v>
+        <v>9781626236318</v>
       </c>
       <c r="B234" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C234" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="D234" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E234">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>9783136450017</v>
+        <v>9781626236769</v>
       </c>
       <c r="B235" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="C235" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D235" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E235">
-        <v>1987</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>9783132442566</v>
+        <v>9789385062629</v>
       </c>
       <c r="B236" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C236" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D236" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E236">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F236">
-        <v>311.99</v>
+        <v>464.99</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>9781626236189</v>
+        <v>9781626237001</v>
       </c>
       <c r="B237" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C237" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D237" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E237">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>9781588900890</v>
+        <v>9781604067590</v>
+      </c>
+      <c r="B238" t="s">
+        <v>367</v>
       </c>
       <c r="C238" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="D238" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E238">
-        <v>2003</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>9781626236486</v>
+        <v>9781626236745</v>
       </c>
       <c r="B239" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C239" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D239" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E239">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>9781626236202</v>
+        <v>9781626236738</v>
       </c>
       <c r="B240" t="s">
-        <v>368</v>
+        <v>139</v>
       </c>
       <c r="C240" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D240" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E240">
-        <v>2012</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>9789385062889</v>
+        <v>9781626236141</v>
       </c>
       <c r="B241" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C241" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D241" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E241">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>299.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>9781626236295</v>
+        <v>9783131455819</v>
       </c>
       <c r="B242" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C242" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D242" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E242">
-        <v>2009</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="243" spans="1:6">
       <c r="A243">
-        <v>9781626236196</v>
+        <v>9783136450017</v>
       </c>
       <c r="B243" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C243" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D243" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E243">
-        <v>2008</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="244" spans="1:6">
       <c r="A244">
-        <v>9783132429338</v>
+        <v>9783132442566</v>
       </c>
       <c r="B244" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C244" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="D244" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E244">
-        <v>2020</v>
+        <v>2021</v>
+      </c>
+      <c r="F244">
+        <v>311.99</v>
       </c>
     </row>
     <row r="245" spans="1:6">
       <c r="A245">
-        <v>9781604068696</v>
+        <v>9781626236189</v>
       </c>
       <c r="B245" t="s">
-        <v>352</v>
+        <v>380</v>
       </c>
       <c r="C245" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="D245" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E245">
-        <v>2015</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="246" spans="1:6">
       <c r="A246">
-        <v>9781626230279</v>
-[...2 lines deleted...]
-        <v>350</v>
+        <v>9781588900890</v>
       </c>
       <c r="C246" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D246" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E246">
-        <v>2017</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="247" spans="1:6">
       <c r="A247">
-        <v>9781604063684</v>
+        <v>9781626236486</v>
       </c>
       <c r="B247" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="C247" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D247" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E247">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="248" spans="1:6">
       <c r="A248">
-        <v>9783131318923</v>
+        <v>9781626236202</v>
       </c>
       <c r="B248" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="C248" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D248" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E248">
-        <v>2015</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="249" spans="1:6">
       <c r="A249">
-        <v>9781626236851</v>
+        <v>9789385062889</v>
       </c>
       <c r="B249" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C249" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="D249" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E249">
-        <v>2020</v>
+        <v>2016</v>
+      </c>
+      <c r="F249">
+        <v>299.99</v>
       </c>
     </row>
     <row r="250" spans="1:6">
       <c r="A250">
-        <v>9781626236332</v>
+        <v>9781626236295</v>
       </c>
       <c r="B250" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="C250" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D250" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E250">
-        <v>2004</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="251" spans="1:6">
       <c r="A251">
-        <v>9781626236844</v>
+        <v>9781626236196</v>
       </c>
       <c r="B251" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C251" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D251" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E251">
-        <v>2017</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="252" spans="1:6">
       <c r="A252">
-        <v>9781626236868</v>
+        <v>9783132429338</v>
       </c>
       <c r="B252" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="C252" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="D252" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E252">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="253" spans="1:6">
       <c r="A253">
-        <v>9781626231115</v>
+        <v>9781604068696</v>
       </c>
       <c r="B253" t="s">
-        <v>391</v>
+        <v>369</v>
       </c>
       <c r="C253" t="s">
-        <v>16</v>
+        <v>395</v>
       </c>
       <c r="D253" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E253">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="254" spans="1:6">
       <c r="A254">
-        <v>9783131025425</v>
+        <v>9781626230279</v>
       </c>
       <c r="B254" t="s">
-        <v>392</v>
+        <v>367</v>
       </c>
       <c r="C254" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D254" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E254">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="255" spans="1:6">
       <c r="A255">
-        <v>9781626235601</v>
+        <v>9781604063684</v>
       </c>
       <c r="B255" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="C255" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="D255" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E255">
-        <v>2010</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="256" spans="1:6">
       <c r="A256">
-        <v>9783131392718</v>
+        <v>9783131318923</v>
       </c>
       <c r="B256" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="C256" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="D256" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E256">
-        <v>2004</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="257" spans="1:6">
       <c r="A257">
-        <v>9781626234291</v>
+        <v>9781626236851</v>
       </c>
       <c r="B257" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C257" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D257" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E257">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="258" spans="1:6">
       <c r="A258">
-        <v>9781604069006</v>
+        <v>9781626236332</v>
       </c>
       <c r="B258" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="C258" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="D258" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E258">
-        <v>2018</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="259" spans="1:6">
       <c r="A259">
-        <v>9783132431867</v>
+        <v>9781626236844</v>
       </c>
       <c r="B259" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C259" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="D259" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E259">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>224.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="260" spans="1:6">
       <c r="A260">
-        <v>9781604065466</v>
+        <v>9781626236868</v>
       </c>
       <c r="B260" t="s">
-        <v>404</v>
+        <v>403</v>
       </c>
       <c r="C260" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="D260" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E260">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="261" spans="1:6">
       <c r="A261">
-        <v>9789385062438</v>
+        <v>9781626231115</v>
       </c>
       <c r="B261" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C261" t="s">
-        <v>407</v>
+        <v>34</v>
       </c>
       <c r="D261" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E261">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>219.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="262" spans="1:6">
       <c r="A262">
-        <v>9781626234833</v>
+        <v>9783131025425</v>
       </c>
       <c r="B262" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C262" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D262" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E262">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="263" spans="1:6">
       <c r="A263">
-        <v>9781626236905</v>
+        <v>9781626235601</v>
       </c>
       <c r="B263" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C263" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D263" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E263">
-        <v>2018</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="264" spans="1:6">
       <c r="A264">
-        <v>9783131450913</v>
+        <v>9783131392718</v>
       </c>
       <c r="B264" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C264" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D264" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E264">
-        <v>2009</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="265" spans="1:6">
       <c r="A265">
-        <v>9783131165725</v>
+        <v>9781626234291</v>
       </c>
       <c r="B265" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="C265" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="D265" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E265">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="266" spans="1:6">
       <c r="A266">
-        <v>9783131490315</v>
+        <v>9781604069006</v>
       </c>
       <c r="B266" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C266" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D266" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E266">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="267" spans="1:6">
       <c r="A267">
-        <v>9781684200559</v>
+        <v>9783132431867</v>
       </c>
       <c r="B267" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C267" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="D267" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E267">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F267">
-        <v>249.99</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="268" spans="1:6">
       <c r="A268">
-        <v>9783132406476</v>
+        <v>9781604065466</v>
       </c>
       <c r="B268" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C268" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D268" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E268">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="269" spans="1:6">
       <c r="A269">
-        <v>9789385062759</v>
+        <v>9789385062438</v>
       </c>
       <c r="B269" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C269" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D269" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E269">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F269">
-        <v>199.99</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="270" spans="1:6">
       <c r="A270">
-        <v>9783132410756</v>
+        <v>9781626234833</v>
       </c>
       <c r="B270" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="C270" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D270" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E270">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="271" spans="1:6">
       <c r="A271">
-        <v>9781626234918</v>
+        <v>9781626236905</v>
       </c>
       <c r="B271" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C271" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="D271" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E271">
         <v>2018</v>
       </c>
     </row>
     <row r="272" spans="1:6">
       <c r="A272">
-        <v>9783131711915</v>
+        <v>9783131450913</v>
       </c>
       <c r="B272" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C272" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="D272" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E272">
-        <v>2012</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="273" spans="1:6">
       <c r="A273">
-        <v>9783131764614</v>
+        <v>9783131165725</v>
       </c>
       <c r="B273" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C273" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D273" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E273">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="274" spans="1:6">
       <c r="A274">
-        <v>9783131465412</v>
+        <v>9783131490315</v>
       </c>
       <c r="B274" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C274" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D274" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E274">
         <v>2010</v>
       </c>
     </row>
     <row r="275" spans="1:6">
       <c r="A275">
-        <v>9781604063349</v>
+        <v>9781684200559</v>
       </c>
       <c r="B275" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C275" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D275" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E275">
-        <v>2014</v>
+        <v>2022</v>
+      </c>
+      <c r="F275">
+        <v>249.99</v>
       </c>
     </row>
     <row r="276" spans="1:6">
       <c r="A276">
-        <v>9783131243423</v>
+        <v>9783132406476</v>
       </c>
       <c r="B276" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="C276" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="D276" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E276">
-        <v>2008</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="277" spans="1:6">
       <c r="A277">
-        <v>9783135824031</v>
+        <v>9789385062759</v>
       </c>
       <c r="B277" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C277" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="D277" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E277">
-        <v>2008</v>
+        <v>2017</v>
+      </c>
+      <c r="F277">
+        <v>199.99</v>
       </c>
     </row>
     <row r="278" spans="1:6">
       <c r="A278">
-        <v>9783131412515</v>
+        <v>9783132410756</v>
       </c>
       <c r="B278" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C278" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D278" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E278">
-        <v>2007</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="279" spans="1:6">
       <c r="A279">
-        <v>9789386293381</v>
+        <v>9781626234918</v>
       </c>
       <c r="B279" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="C279" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="D279" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E279">
         <v>2018</v>
       </c>
-      <c r="F279">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="280" spans="1:6">
       <c r="A280">
-        <v>9783136599044</v>
+        <v>9783131711915</v>
       </c>
       <c r="B280" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="C280" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D280" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E280">
-        <v>2015</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="281" spans="1:6">
       <c r="A281">
-        <v>9781626236660</v>
+        <v>9783131764614</v>
       </c>
       <c r="B281" t="s">
-        <v>331</v>
+        <v>447</v>
       </c>
       <c r="C281" t="s">
-        <v>332</v>
+        <v>448</v>
       </c>
       <c r="D281" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E281">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="282" spans="1:6">
       <c r="A282">
-        <v>9783131258533</v>
+        <v>9783131465412</v>
       </c>
       <c r="B282" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="C282" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D282" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E282">
-        <v>2018</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="283" spans="1:6">
       <c r="A283">
-        <v>9781626238169</v>
+        <v>9781604063349</v>
       </c>
       <c r="B283" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="C283" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D283" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E283">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="284" spans="1:6">
       <c r="A284">
-        <v>9781626236646</v>
+        <v>9783131243423</v>
       </c>
       <c r="B284" t="s">
-        <v>331</v>
+        <v>453</v>
       </c>
       <c r="C284" t="s">
-        <v>332</v>
+        <v>454</v>
       </c>
       <c r="D284" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E284">
-        <v>2016</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="285" spans="1:6">
       <c r="A285">
-        <v>9783131488619</v>
+        <v>9783135824031</v>
       </c>
       <c r="B285" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="C285" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="D285" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E285">
-        <v>2010</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="286" spans="1:6">
       <c r="A286">
-        <v>9781588903716</v>
+        <v>9783131412515</v>
       </c>
       <c r="B286" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C286" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="D286" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E286">
-        <v>2006</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="287" spans="1:6">
       <c r="A287">
-        <v>9788194558699</v>
+        <v>9789386293381</v>
       </c>
       <c r="B287" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C287" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="D287" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E287">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F287">
-        <v>199.99</v>
+        <v>179.99</v>
       </c>
     </row>
     <row r="288" spans="1:6">
       <c r="A288">
-        <v>9783132434240</v>
+        <v>9783136599044</v>
       </c>
       <c r="B288" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="C288" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="D288" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E288">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="289" spans="1:6">
       <c r="A289">
-        <v>9783132402515</v>
+        <v>9781626236660</v>
       </c>
       <c r="B289" t="s">
-        <v>458</v>
+        <v>348</v>
       </c>
       <c r="C289" t="s">
-        <v>459</v>
+        <v>349</v>
       </c>
       <c r="D289" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E289">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="290" spans="1:6">
       <c r="A290">
-        <v>9781626236929</v>
+        <v>9783131258533</v>
       </c>
       <c r="B290" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="C290" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D290" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E290">
         <v>2018</v>
       </c>
     </row>
     <row r="291" spans="1:6">
       <c r="A291">
-        <v>9781604068955</v>
+        <v>9781626238169</v>
       </c>
       <c r="B291" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="C291" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D291" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E291">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="292" spans="1:6">
       <c r="A292">
-        <v>9781588903891</v>
+        <v>9781626236646</v>
       </c>
       <c r="B292" t="s">
-        <v>464</v>
+        <v>348</v>
       </c>
       <c r="C292" t="s">
-        <v>465</v>
+        <v>349</v>
       </c>
       <c r="D292" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E292">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="293" spans="1:6">
       <c r="A293">
-        <v>9783131467010</v>
+        <v>9783131488619</v>
       </c>
       <c r="B293" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C293" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D293" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E293">
         <v>2010</v>
       </c>
     </row>
     <row r="294" spans="1:6">
       <c r="A294">
-        <v>9781588903440</v>
+        <v>9781588903716</v>
       </c>
       <c r="B294" t="s">
-        <v>408</v>
+        <v>469</v>
       </c>
       <c r="C294" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D294" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E294">
         <v>2006</v>
       </c>
     </row>
     <row r="295" spans="1:6">
       <c r="A295">
-        <v>9783137841050</v>
+        <v>9788194558699</v>
       </c>
       <c r="B295" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C295" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D295" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E295">
-        <v>2003</v>
+        <v>2020</v>
+      </c>
+      <c r="F295">
+        <v>199.99</v>
       </c>
     </row>
     <row r="296" spans="1:6">
       <c r="A296">
-        <v>9781626230019</v>
+        <v>9783132434240</v>
       </c>
       <c r="B296" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C296" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D296" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E296">
-        <v>2016</v>
+        <v>2021</v>
+      </c>
+      <c r="F296">
+        <v>199.99</v>
       </c>
     </row>
     <row r="297" spans="1:6">
       <c r="A297">
-        <v>9789382076032</v>
+        <v>9783132402515</v>
       </c>
       <c r="B297" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="C297" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="D297" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E297">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="F297">
-        <v>149.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="298" spans="1:6">
       <c r="A298">
-        <v>9789382076001</v>
+        <v>9781626236929</v>
       </c>
       <c r="B298" t="s">
-        <v>146</v>
+        <v>477</v>
       </c>
       <c r="C298" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="D298" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E298">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>149.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="299" spans="1:6">
       <c r="A299">
-        <v>9783131441010</v>
+        <v>9781604068955</v>
       </c>
       <c r="B299" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="C299" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D299" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E299">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="300" spans="1:6">
       <c r="A300">
-        <v>9781626237094</v>
+        <v>9781588903891</v>
       </c>
       <c r="B300" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C300" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="D300" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E300">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="301" spans="1:6">
       <c r="A301">
-        <v>9789388257978</v>
+        <v>9783131467010</v>
       </c>
       <c r="B301" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="C301" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D301" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E301">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>174.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="302" spans="1:6">
       <c r="A302">
-        <v>9783131547019</v>
+        <v>9781588903440</v>
       </c>
       <c r="B302" t="s">
-        <v>482</v>
+        <v>425</v>
       </c>
       <c r="C302" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="D302" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E302">
-        <v>2012</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="303" spans="1:6">
       <c r="A303">
-        <v>9781626231023</v>
+        <v>9783137841050</v>
       </c>
       <c r="B303" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="C303" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="D303" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E303">
-        <v>2020</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="304" spans="1:6">
       <c r="A304">
-        <v>9783131405517</v>
+        <v>9781626230019</v>
       </c>
       <c r="B304" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="C304" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="D304" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E304">
-        <v>2006</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="305" spans="1:6">
       <c r="A305">
-        <v>9783131438317</v>
+        <v>9789382076032</v>
       </c>
       <c r="B305" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="C305" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="D305" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E305">
-        <v>2011</v>
+        <v>2013</v>
+      </c>
+      <c r="F305">
+        <v>149.99</v>
       </c>
     </row>
     <row r="306" spans="1:6">
       <c r="A306">
-        <v>9789382076056</v>
+        <v>9789382076001</v>
       </c>
       <c r="B306" t="s">
-        <v>146</v>
+        <v>163</v>
       </c>
       <c r="C306" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D306" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E306">
         <v>2013</v>
       </c>
       <c r="F306">
-        <v>129.99</v>
+        <v>149.99</v>
       </c>
     </row>
     <row r="307" spans="1:6">
       <c r="A307">
-        <v>9789382076025</v>
+        <v>9783131441010</v>
       </c>
       <c r="B307" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
       <c r="C307" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="D307" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E307">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>129.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="308" spans="1:6">
       <c r="A308">
-        <v>9781626236677</v>
+        <v>9781626237094</v>
       </c>
       <c r="B308" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="C308" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="D308" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E308">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="309" spans="1:6">
       <c r="A309">
-        <v>9781684200153</v>
+        <v>9789388257978</v>
       </c>
       <c r="B309" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C309" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D309" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E309">
         <v>2020</v>
       </c>
+      <c r="F309">
+        <v>174.99</v>
+      </c>
     </row>
     <row r="310" spans="1:6">
       <c r="A310">
-        <v>9781684202324</v>
+        <v>9783131547019</v>
       </c>
       <c r="B310" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="C310" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="D310" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E310">
-        <v>2022</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="311" spans="1:6">
       <c r="A311">
-        <v>9783131394118</v>
+        <v>9781626231023</v>
       </c>
       <c r="B311" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="C311" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="D311" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E311">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="312" spans="1:6">
       <c r="A312">
-        <v>9781604069037</v>
+        <v>9783131405517</v>
       </c>
       <c r="B312" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="C312" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="D312" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E312">
-        <v>2014</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="313" spans="1:6">
       <c r="A313">
-        <v>9781684201181</v>
+        <v>9783131438317</v>
       </c>
       <c r="B313" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="C313" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="D313" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E313">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="314" spans="1:6">
       <c r="A314">
-        <v>9783131471918</v>
+        <v>9789382076056</v>
       </c>
       <c r="B314" t="s">
-        <v>505</v>
+        <v>163</v>
       </c>
       <c r="C314" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D314" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E314">
-        <v>2014</v>
+        <v>2013</v>
+      </c>
+      <c r="F314">
+        <v>129.99</v>
       </c>
     </row>
     <row r="315" spans="1:6">
       <c r="A315">
-        <v>9789385062384</v>
+        <v>9789382076025</v>
       </c>
       <c r="B315" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C315" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D315" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E315">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="F315">
-        <v>109.99</v>
+        <v>129.99</v>
       </c>
     </row>
     <row r="316" spans="1:6">
       <c r="A316">
-        <v>9781588906526</v>
+        <v>9781626236677</v>
       </c>
       <c r="B316" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C316" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D316" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E316">
-        <v>2011</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="317" spans="1:6">
       <c r="A317">
-        <v>9781626235243</v>
+        <v>9781684200153</v>
       </c>
       <c r="B317" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C317" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D317" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E317">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>129.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="318" spans="1:6">
       <c r="A318">
-        <v>9783132400078</v>
+        <v>9781684202324</v>
       </c>
       <c r="B318" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C318" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D318" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E318">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="319" spans="1:6">
       <c r="A319">
-        <v>9781626236882</v>
+        <v>9783131394118</v>
       </c>
       <c r="B319" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C319" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D319" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E319">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="320" spans="1:6">
       <c r="A320">
-        <v>9783131500717</v>
+        <v>9781604069037</v>
       </c>
       <c r="B320" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C320" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D320" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E320">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>109.99</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="321" spans="1:6">
       <c r="A321">
-        <v>9781626234611</v>
+        <v>9781684201181</v>
       </c>
       <c r="B321" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C321" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D321" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E321">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>104.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="322" spans="1:6">
       <c r="A322">
-        <v>9783131324429</v>
+        <v>9783131471918</v>
       </c>
       <c r="B322" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C322" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D322" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E322">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="323" spans="1:6">
       <c r="A323">
-        <v>9789385062162</v>
+        <v>9789385062384</v>
       </c>
       <c r="B323" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="C323" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="D323" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E323">
-        <v>2015</v>
+        <v>2010</v>
       </c>
       <c r="F323">
-        <v>99.99</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="324" spans="1:6">
       <c r="A324">
-        <v>9781604066456</v>
+        <v>9781588906526</v>
       </c>
       <c r="B324" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C324" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D324" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E324">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="325" spans="1:6">
       <c r="A325">
-        <v>9789385062780</v>
+        <v>9781626235243</v>
       </c>
       <c r="B325" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="C325" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="D325" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E325">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="F325">
-        <v>203.0</v>
+        <v>129.99</v>
       </c>
     </row>
     <row r="326" spans="1:6">
       <c r="A326">
-        <v>9789386293473</v>
+        <v>9783132400078</v>
       </c>
       <c r="B326" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="C326" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="D326" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E326">
         <v>2018</v>
       </c>
       <c r="F326">
-        <v>99.99</v>
+        <v>109.99</v>
       </c>
     </row>
     <row r="327" spans="1:6">
       <c r="A327">
-        <v>9783136726044</v>
+        <v>9781626236882</v>
       </c>
       <c r="B327" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C327" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D327" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E327">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="328" spans="1:6">
       <c r="A328">
-        <v>9781604063615</v>
+        <v>9783131500717</v>
       </c>
       <c r="B328" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="C328" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="D328" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E328">
-        <v>2011</v>
+        <v>2012</v>
+      </c>
+      <c r="F328">
+        <v>109.99</v>
       </c>
     </row>
     <row r="329" spans="1:6">
       <c r="A329">
-        <v>9789386293053</v>
+        <v>9781626234611</v>
       </c>
       <c r="B329" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="C329" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="D329" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E329">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="F329">
-        <v>89.99</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="330" spans="1:6">
       <c r="A330">
-        <v>9783131500625</v>
+        <v>9783131324429</v>
       </c>
       <c r="B330" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C330" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D330" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E330">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>89.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="331" spans="1:6">
       <c r="A331">
-        <v>9783132429871</v>
+        <v>9789385062162</v>
       </c>
       <c r="B331" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="C331" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="D331" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E331">
-        <v>2021</v>
+        <v>2015</v>
+      </c>
+      <c r="F331">
+        <v>99.99</v>
       </c>
     </row>
     <row r="332" spans="1:6">
       <c r="A332">
-        <v>9781604063592</v>
+        <v>9781604066456</v>
       </c>
       <c r="B332" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="C332" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="D332" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E332">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="333" spans="1:6">
       <c r="A333">
-        <v>9781626231337</v>
+        <v>9789385062780</v>
       </c>
       <c r="B333" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C333" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D333" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E333">
-        <v>2018</v>
+        <v>2017</v>
+      </c>
+      <c r="F333">
+        <v>203.0</v>
       </c>
     </row>
     <row r="334" spans="1:6">
       <c r="A334">
-        <v>9783131715111</v>
+        <v>9789386293473</v>
       </c>
       <c r="B334" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="C334" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="D334" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E334">
-        <v>2014</v>
+        <v>2018</v>
+      </c>
+      <c r="F334">
+        <v>99.99</v>
       </c>
     </row>
     <row r="335" spans="1:6">
       <c r="A335">
-        <v>9783131485311</v>
+        <v>9783136726044</v>
       </c>
       <c r="B335" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C335" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D335" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E335">
-        <v>2008</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="336" spans="1:6">
       <c r="A336">
-        <v>9783131383631</v>
+        <v>9781604063615</v>
       </c>
       <c r="B336" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C336" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D336" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E336">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="337" spans="1:6">
       <c r="A337">
-        <v>9781626235922</v>
+        <v>9789386293053</v>
       </c>
       <c r="B337" t="s">
-        <v>410</v>
+        <v>552</v>
       </c>
       <c r="C337" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="D337" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E337">
-        <v>2013</v>
+        <v>2016</v>
+      </c>
+      <c r="F337">
+        <v>89.99</v>
       </c>
     </row>
     <row r="338" spans="1:6">
       <c r="A338">
-        <v>9781604068542</v>
+        <v>9783131500625</v>
       </c>
       <c r="B338" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C338" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D338" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E338">
         <v>2016</v>
       </c>
+      <c r="F338">
+        <v>89.99</v>
+      </c>
     </row>
     <row r="339" spans="1:6">
       <c r="A339">
-        <v>9781588902177</v>
+        <v>9783132429871</v>
       </c>
       <c r="B339" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
       <c r="C339" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="D339" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E339">
-        <v>2006</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="340" spans="1:6">
       <c r="A340">
-        <v>9781626235595</v>
+        <v>9781604063592</v>
       </c>
       <c r="B340" t="s">
-        <v>556</v>
+        <v>558</v>
       </c>
       <c r="C340" t="s">
-        <v>557</v>
+        <v>559</v>
       </c>
       <c r="D340" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E340">
-        <v>2012</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="341" spans="1:6">
       <c r="A341">
-        <v>9783132422292</v>
+        <v>9781626231337</v>
       </c>
       <c r="B341" t="s">
-        <v>558</v>
+        <v>560</v>
       </c>
       <c r="C341" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="D341" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E341">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>99.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="342" spans="1:6">
       <c r="A342">
-        <v>9781684202539</v>
+        <v>9783131715111</v>
       </c>
       <c r="B342" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="C342" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="D342" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E342">
-        <v>2022</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="343" spans="1:6">
       <c r="A343">
-        <v>9781626234871</v>
+        <v>9783131485311</v>
       </c>
       <c r="B343" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C343" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D343" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E343">
-        <v>2020</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="344" spans="1:6">
       <c r="A344">
-        <v>9783131714312</v>
+        <v>9783131383631</v>
       </c>
       <c r="B344" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C344" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="D344" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E344">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="345" spans="1:6">
       <c r="A345">
-        <v>9781626231153</v>
+        <v>9781626235922</v>
       </c>
       <c r="B345" t="s">
-        <v>566</v>
+        <v>427</v>
       </c>
       <c r="C345" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="D345" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E345">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="346" spans="1:6">
       <c r="A346">
-        <v>9783131440815</v>
+        <v>9781604068542</v>
       </c>
       <c r="B346" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="C346" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="D346" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E346">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="347" spans="1:6">
       <c r="A347">
-        <v>9783137170044</v>
+        <v>9781588902177</v>
       </c>
       <c r="B347" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="C347" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="D347" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E347">
-        <v>2017</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="348" spans="1:6">
       <c r="A348">
-        <v>9783131440716</v>
+        <v>9781626235595</v>
       </c>
       <c r="B348" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C348" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D348" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E348">
-        <v>2007</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="349" spans="1:6">
       <c r="A349">
-        <v>9783131451019</v>
+        <v>9783132422292</v>
       </c>
       <c r="B349" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C349" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="D349" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E349">
-        <v>2008</v>
+        <v>2020</v>
+      </c>
+      <c r="F349">
+        <v>99.99</v>
       </c>
     </row>
     <row r="350" spans="1:6">
       <c r="A350">
-        <v>9781626233416</v>
+        <v>9781684202539</v>
       </c>
       <c r="B350" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C350" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D350" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E350">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="351" spans="1:6">
       <c r="A351">
-        <v>9783132423770</v>
+        <v>9781626234871</v>
       </c>
       <c r="B351" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C351" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D351" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E351">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="352" spans="1:6">
       <c r="A352">
-        <v>9781626233560</v>
+        <v>9783131714312</v>
       </c>
       <c r="B352" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C352" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D352" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E352">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="353" spans="1:6">
       <c r="A353">
-        <v>9783131754813</v>
+        <v>9781626231153</v>
       </c>
       <c r="B353" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C353" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D353" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E353">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="354" spans="1:6">
       <c r="A354">
-        <v>9783131252425</v>
+        <v>9783131440815</v>
       </c>
       <c r="B354" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C354" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D354" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E354">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>69.99</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="355" spans="1:6">
       <c r="A355">
-        <v>9783131451316</v>
+        <v>9783137170044</v>
       </c>
       <c r="B355" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C355" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D355" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E355">
-        <v>2010</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="356" spans="1:6">
       <c r="A356">
-        <v>9783131275813</v>
+        <v>9783131440716</v>
       </c>
       <c r="B356" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C356" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D356" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E356">
-        <v>2003</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="357" spans="1:6">
       <c r="A357">
-        <v>9783131672711</v>
+        <v>9783131451019</v>
       </c>
       <c r="B357" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C357" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D357" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E357">
-        <v>2014</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="358" spans="1:6">
       <c r="A358">
-        <v>9783131451613</v>
+        <v>9781626233416</v>
       </c>
       <c r="B358" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C358" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D358" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E358">
-        <v>2008</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359">
-        <v>9783132427723</v>
+        <v>9783132423770</v>
       </c>
       <c r="B359" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C359" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D359" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E359">
         <v>2021</v>
       </c>
     </row>
     <row r="360" spans="1:6">
       <c r="A360">
-        <v>9783131451811</v>
+        <v>9781626233560</v>
       </c>
       <c r="B360" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C360" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D360" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E360">
-        <v>2009</v>
+        <v>2019</v>
+      </c>
+      <c r="F360">
+        <v>79.99</v>
       </c>
     </row>
     <row r="361" spans="1:6">
       <c r="A361">
-        <v>9783131987914</v>
+        <v>9783131754813</v>
       </c>
       <c r="B361" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C361" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="D361" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E361">
         <v>2014</v>
       </c>
-      <c r="F361">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="362" spans="1:6">
       <c r="A362">
-        <v>9781604063240</v>
+        <v>9783131252425</v>
       </c>
       <c r="B362" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C362" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D362" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E362">
-        <v>2012</v>
+        <v>2017</v>
+      </c>
+      <c r="F362">
+        <v>69.99</v>
       </c>
     </row>
     <row r="363" spans="1:6">
       <c r="A363">
-        <v>9783132204010</v>
+        <v>9783131451316</v>
       </c>
       <c r="B363" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C363" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D363" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E363">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364">
-        <v>9781626230941</v>
+        <v>9783131275813</v>
       </c>
       <c r="B364" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C364" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D364" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E364">
-        <v>2016</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365">
-        <v>9781684201266</v>
+        <v>9783131672711</v>
       </c>
       <c r="B365" t="s">
-        <v>484</v>
+        <v>607</v>
       </c>
       <c r="C365" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="D365" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E365">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366">
-        <v>9783131398017</v>
+        <v>9783131451613</v>
       </c>
       <c r="B366" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="C366" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="D366" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E366">
-        <v>2007</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367">
-        <v>9783132004214</v>
+        <v>9783132427723</v>
       </c>
       <c r="B367" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C367" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D367" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E367">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368">
-        <v>9789385062117</v>
+        <v>9783131451811</v>
       </c>
       <c r="B368" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="C368" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="D368" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E368">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>54.99</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369">
-        <v>9783131480019</v>
+        <v>9783131987914</v>
       </c>
       <c r="B369" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C369" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="D369" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E369">
-        <v>2008</v>
+        <v>2014</v>
+      </c>
+      <c r="F369">
+        <v>64.99</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370">
-        <v>9783132412705</v>
+        <v>9781604063240</v>
       </c>
       <c r="B370" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C370" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="D370" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E370">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>54.99</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371">
-        <v>9789382076506</v>
+        <v>9783132204010</v>
       </c>
       <c r="B371" t="s">
-        <v>432</v>
+        <v>619</v>
       </c>
       <c r="C371" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="D371" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E371">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F371">
-        <v>54.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372">
-        <v>9783131255044</v>
+        <v>9781626230941</v>
       </c>
       <c r="B372" t="s">
-        <v>618</v>
+        <v>621</v>
       </c>
       <c r="C372" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="D372" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E372">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373">
-        <v>9781588902993</v>
+        <v>9781684201266</v>
       </c>
       <c r="B373" t="s">
-        <v>620</v>
+        <v>501</v>
       </c>
       <c r="C373" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="D373" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E373">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374">
-        <v>9781626236516</v>
+        <v>9783131398017</v>
       </c>
       <c r="B374" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C374" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
       <c r="D374" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E374">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="375" spans="1:6">
       <c r="A375">
-        <v>9783131987617</v>
+        <v>9783132004214</v>
       </c>
       <c r="B375" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="C375" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="D375" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E375">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="376" spans="1:6">
       <c r="A376">
-        <v>9783131398215</v>
+        <v>9789385062117</v>
       </c>
       <c r="B376" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="C376" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="D376" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E376">
-        <v>2006</v>
+        <v>2014</v>
+      </c>
+      <c r="F376">
+        <v>54.99</v>
       </c>
     </row>
     <row r="377" spans="1:6">
       <c r="A377">
-        <v>9783131397812</v>
+        <v>9783131480019</v>
       </c>
       <c r="B377" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="C377" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="D377" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E377">
-        <v>2006</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="378" spans="1:6">
       <c r="A378">
-        <v>9783131319128</v>
+        <v>9783132412705</v>
       </c>
       <c r="B378" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C378" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D378" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E378">
         <v>2017</v>
       </c>
+      <c r="F378">
+        <v>54.99</v>
+      </c>
     </row>
     <row r="379" spans="1:6">
       <c r="A379">
-        <v>9781626230088</v>
+        <v>9789382076506</v>
       </c>
       <c r="B379" t="s">
-        <v>632</v>
+        <v>449</v>
       </c>
       <c r="C379" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D379" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E379">
-        <v>2016</v>
+        <v>2013</v>
+      </c>
+      <c r="F379">
+        <v>54.99</v>
       </c>
     </row>
     <row r="380" spans="1:6">
       <c r="A380">
-        <v>9781626239883</v>
+        <v>9783131255044</v>
       </c>
       <c r="B380" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="C380" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="D380" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E380">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="381" spans="1:6">
       <c r="A381">
-        <v>9783131699213</v>
+        <v>9781588902993</v>
       </c>
       <c r="B381" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C381" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D381" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E381">
-        <v>2013</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="382" spans="1:6">
       <c r="A382">
-        <v>9781927363782</v>
+        <v>9781626236516</v>
       </c>
       <c r="B382" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C382" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D382" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E382">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>39.99</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="383" spans="1:6">
       <c r="A383">
-        <v>9783131603616</v>
+        <v>9783131987617</v>
       </c>
       <c r="B383" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C383" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="D383" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E383">
-        <v>2011</v>
-[...2 lines deleted...]
-        <v>39.99</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="384" spans="1:6">
       <c r="A384">
-        <v>9781604060546</v>
+        <v>9783131398215</v>
       </c>
       <c r="B384" t="s">
-        <v>408</v>
+        <v>643</v>
       </c>
       <c r="C384" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="D384" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E384">
-        <v>2011</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="385" spans="1:6">
       <c r="A385">
-        <v>9783131442116</v>
+        <v>9783131397812</v>
       </c>
       <c r="B385" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C385" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="D385" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E385">
-        <v>2007</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="386" spans="1:6">
       <c r="A386">
-        <v>9781626235281</v>
+        <v>9783131319128</v>
       </c>
       <c r="B386" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C386" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="D386" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E386">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="387" spans="1:6">
       <c r="A387">
-        <v>9783131165213</v>
+        <v>9781626230088</v>
       </c>
       <c r="B387" t="s">
-        <v>432</v>
+        <v>649</v>
       </c>
       <c r="C387" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
       <c r="D387" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E387">
-        <v>1999</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="388" spans="1:6">
       <c r="A388">
-        <v>9781626233331</v>
+        <v>9781626239883</v>
       </c>
       <c r="B388" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="C388" t="s">
-        <v>649</v>
+        <v>652</v>
       </c>
       <c r="D388" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E388">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="389" spans="1:6">
       <c r="A389">
-        <v>9781626233225</v>
+        <v>9783131699213</v>
       </c>
       <c r="B389" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="C389" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="D389" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E389">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="390" spans="1:6">
       <c r="A390">
-        <v>9783132018815</v>
+        <v>9781927363782</v>
       </c>
       <c r="B390" t="s">
-        <v>652</v>
+        <v>655</v>
       </c>
       <c r="C390" t="s">
-        <v>653</v>
+        <v>656</v>
       </c>
       <c r="D390" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E390">
-        <v>2017</v>
+        <v>2021</v>
+      </c>
+      <c r="F390">
+        <v>39.99</v>
       </c>
     </row>
     <row r="391" spans="1:6">
       <c r="A391">
-        <v>9783132004719</v>
+        <v>9783131603616</v>
       </c>
       <c r="B391" t="s">
-        <v>654</v>
+        <v>657</v>
       </c>
       <c r="C391" t="s">
-        <v>655</v>
+        <v>658</v>
       </c>
       <c r="D391" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E391">
-        <v>2018</v>
+        <v>2011</v>
+      </c>
+      <c r="F391">
+        <v>39.99</v>
       </c>
     </row>
     <row r="392" spans="1:6">
       <c r="A392">
-        <v>9789382076704</v>
+        <v>9781604060546</v>
       </c>
       <c r="B392" t="s">
-        <v>656</v>
+        <v>425</v>
       </c>
       <c r="C392" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="D392" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E392">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>159.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="393" spans="1:6">
       <c r="A393">
-        <v>9781604065909</v>
+        <v>9783131442116</v>
       </c>
       <c r="B393" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C393" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="D393" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E393">
-        <v>2012</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="394" spans="1:6">
       <c r="A394">
-        <v>9783131605313</v>
+        <v>9781626235281</v>
       </c>
       <c r="B394" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="C394" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D394" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E394">
-        <v>2013</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="395" spans="1:6">
       <c r="A395">
-        <v>9781604063110</v>
+        <v>9783131165213</v>
       </c>
       <c r="B395" t="s">
-        <v>661</v>
+        <v>449</v>
       </c>
       <c r="C395" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="D395" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E395">
-        <v>2016</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="396" spans="1:6">
       <c r="A396">
-        <v>9781626236783</v>
+        <v>9781626233331</v>
       </c>
       <c r="B396" t="s">
-        <v>126</v>
+        <v>665</v>
       </c>
       <c r="C396" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="D396" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E396">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="397" spans="1:6">
       <c r="A397">
-        <v>9781604060744</v>
+        <v>9781626233225</v>
       </c>
       <c r="B397" t="s">
-        <v>576</v>
+        <v>667</v>
       </c>
       <c r="C397" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="D397" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E397">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="398" spans="1:6">
       <c r="A398">
-        <v>9781626237773</v>
+        <v>9783132018815</v>
       </c>
       <c r="B398" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C398" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D398" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E398">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="399" spans="1:6">
       <c r="A399">
-        <v>9781604068481</v>
+        <v>9783132004719</v>
       </c>
       <c r="B399" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="C399" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="D399" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E399">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="400" spans="1:6">
       <c r="A400">
-        <v>9781626233270</v>
+        <v>9789382076704</v>
       </c>
       <c r="B400" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="C400" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="D400" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E400">
-        <v>2017</v>
+        <v>2014</v>
+      </c>
+      <c r="F400">
+        <v>159.99</v>
       </c>
     </row>
     <row r="401" spans="1:6">
       <c r="A401">
-        <v>9783131318824</v>
+        <v>9781604065909</v>
       </c>
       <c r="B401" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="C401" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="D401" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E401">
-        <v>2004</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="402" spans="1:6">
       <c r="A402">
-        <v>9781626232914</v>
+        <v>9783131605313</v>
       </c>
       <c r="B402" t="s">
-        <v>350</v>
+        <v>669</v>
       </c>
       <c r="C402" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="D402" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E402">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="403" spans="1:6">
       <c r="A403">
-        <v>9783131102829</v>
+        <v>9781604063110</v>
       </c>
       <c r="B403" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="C403" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D403" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E403">
-        <v>2010</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="404" spans="1:6">
       <c r="A404">
-        <v>9783132054110</v>
+        <v>9781626236783</v>
       </c>
       <c r="B404" t="s">
-        <v>676</v>
+        <v>143</v>
       </c>
       <c r="C404" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="D404" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E404">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="405" spans="1:6">
       <c r="A405">
-        <v>9781604067514</v>
+        <v>9781604060744</v>
       </c>
       <c r="B405" t="s">
-        <v>678</v>
+        <v>593</v>
       </c>
       <c r="C405" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="D405" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E405">
-        <v>2015</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="406" spans="1:6">
       <c r="A406">
-        <v>9781626236523</v>
+        <v>9781626237773</v>
       </c>
       <c r="B406" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C406" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="D406" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E406">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="407" spans="1:6">
       <c r="A407">
-        <v>9781604067309</v>
+        <v>9781604068481</v>
       </c>
       <c r="B407" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C407" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D407" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E407">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="408" spans="1:6">
       <c r="A408">
-        <v>9781626231290</v>
+        <v>9781626233270</v>
       </c>
       <c r="B408" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C408" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="D408" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E408">
         <v>2017</v>
       </c>
     </row>
     <row r="409" spans="1:6">
       <c r="A409">
-        <v>9781626230897</v>
+        <v>9783131318824</v>
       </c>
       <c r="B409" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C409" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="D409" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E409">
-        <v>2016</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="410" spans="1:6">
       <c r="A410">
-        <v>9781604063479</v>
+        <v>9781626232914</v>
       </c>
       <c r="B410" t="s">
-        <v>688</v>
+        <v>367</v>
       </c>
       <c r="C410" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D410" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E410">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="411" spans="1:6">
       <c r="A411">
-        <v>9783131464910</v>
+        <v>9783131102829</v>
       </c>
       <c r="B411" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C411" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D411" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E411">
-        <v>2011</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="412" spans="1:6">
       <c r="A412">
-        <v>9783132431904</v>
+        <v>9783132054110</v>
       </c>
       <c r="B412" t="s">
-        <v>674</v>
+        <v>693</v>
       </c>
       <c r="C412" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="D412" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E412">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="413" spans="1:6">
       <c r="A413">
-        <v>9783132019317</v>
+        <v>9781604067514</v>
       </c>
       <c r="B413" t="s">
-        <v>466</v>
+        <v>695</v>
       </c>
       <c r="C413" t="s">
-        <v>693</v>
+        <v>696</v>
       </c>
       <c r="D413" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E413">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="414" spans="1:6">
       <c r="A414">
-        <v>9781684201068</v>
+        <v>9781626236523</v>
       </c>
       <c r="B414" t="s">
-        <v>694</v>
+        <v>697</v>
       </c>
       <c r="C414" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="D414" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E414">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="415" spans="1:6">
       <c r="A415">
-        <v>9781604068061</v>
+        <v>9781604067309</v>
       </c>
       <c r="B415" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C415" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D415" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E415">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="416" spans="1:6">
       <c r="A416">
-        <v>9781604068528</v>
+        <v>9781626231290</v>
       </c>
       <c r="B416" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="C416" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="D416" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E416">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="417" spans="1:6">
       <c r="A417">
-        <v>9781626232273</v>
+        <v>9781626230897</v>
       </c>
       <c r="B417" t="s">
-        <v>523</v>
+        <v>703</v>
       </c>
       <c r="C417" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D417" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E417">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="418" spans="1:6">
       <c r="A418">
-        <v>9783131358417</v>
+        <v>9781604063479</v>
       </c>
       <c r="B418" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="C418" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="D418" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E418">
-        <v>2009</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="419" spans="1:6">
       <c r="A419">
-        <v>9781684200054</v>
+        <v>9783131464910</v>
       </c>
       <c r="B419" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="C419" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="D419" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E419">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="420" spans="1:6">
       <c r="A420">
-        <v>9781626233744</v>
+        <v>9783132431904</v>
       </c>
       <c r="B420" t="s">
-        <v>191</v>
+        <v>691</v>
       </c>
       <c r="C420" t="s">
-        <v>234</v>
+        <v>709</v>
       </c>
       <c r="D420" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E420">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="421" spans="1:6">
       <c r="A421">
-        <v>9781626238343</v>
+        <v>9783132019317</v>
       </c>
       <c r="B421" t="s">
-        <v>705</v>
+        <v>483</v>
       </c>
       <c r="C421" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="D421" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E421">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="422" spans="1:6">
       <c r="A422">
-        <v>9783131472618</v>
+        <v>9781684201068</v>
       </c>
       <c r="B422" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="C422" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="D422" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E422">
-        <v>2013</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="423" spans="1:6">
       <c r="A423">
-        <v>9781684200955</v>
+        <v>9781604068061</v>
       </c>
       <c r="B423" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="C423" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="D423" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E423">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="424" spans="1:6">
       <c r="A424">
-        <v>9781626232969</v>
+        <v>9781604068528</v>
       </c>
       <c r="B424" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C424" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="D424" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E424">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="425" spans="1:6">
       <c r="A425">
-        <v>9781626232105</v>
+        <v>9781626232273</v>
       </c>
       <c r="B425" t="s">
-        <v>713</v>
+        <v>540</v>
       </c>
       <c r="C425" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="D425" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E425">
         <v>2017</v>
       </c>
     </row>
     <row r="426" spans="1:6">
       <c r="A426">
-        <v>9781604063981</v>
+        <v>9783131358417</v>
       </c>
       <c r="B426" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="C426" t="s">
-        <v>716</v>
+        <v>719</v>
       </c>
       <c r="D426" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E426">
-        <v>2013</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="427" spans="1:6">
       <c r="A427">
-        <v>9789385062490</v>
+        <v>9781684200054</v>
       </c>
       <c r="B427" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="C427" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="D427" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E427">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="428" spans="1:6">
       <c r="A428">
-        <v>9781604067286</v>
+        <v>9781626233744</v>
       </c>
       <c r="B428" t="s">
-        <v>719</v>
+        <v>208</v>
       </c>
       <c r="C428" t="s">
-        <v>720</v>
+        <v>251</v>
       </c>
       <c r="D428" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E428">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="429" spans="1:6">
       <c r="A429">
-        <v>9783131997814</v>
+        <v>9781626238343</v>
       </c>
       <c r="B429" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C429" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="D429" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E429">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="430" spans="1:6">
       <c r="A430">
-        <v>9783132057913</v>
+        <v>9783131472618</v>
       </c>
       <c r="B430" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C430" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="D430" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E430">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="431" spans="1:6">
       <c r="A431">
-        <v>9783131547217</v>
+        <v>9781684200955</v>
       </c>
       <c r="B431" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="C431" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="D431" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E431">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="432" spans="1:6">
       <c r="A432">
-        <v>9783132431935</v>
+        <v>9781626232969</v>
       </c>
       <c r="B432" t="s">
-        <v>466</v>
+        <v>728</v>
       </c>
       <c r="C432" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="D432" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E432">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="433" spans="1:6">
       <c r="A433">
-        <v>9783131543011</v>
+        <v>9781626232105</v>
       </c>
       <c r="B433" t="s">
-        <v>466</v>
+        <v>730</v>
       </c>
       <c r="C433" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="D433" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E433">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="434" spans="1:6">
       <c r="A434">
-        <v>9781604062113</v>
+        <v>9781604063981</v>
       </c>
       <c r="B434" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="C434" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="D434" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E434">
-        <v>2010</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="435" spans="1:6">
       <c r="A435">
-        <v>9781626232587</v>
+        <v>9789385062490</v>
       </c>
       <c r="B435" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="C435" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="D435" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E435">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F435">
+        <v>168.0</v>
       </c>
     </row>
     <row r="436" spans="1:6">
       <c r="A436">
-        <v>9781684200238</v>
+        <v>9781604067286</v>
       </c>
       <c r="B436" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="C436" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="D436" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E436">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="437" spans="1:6">
       <c r="A437">
-        <v>9783131538017</v>
+        <v>9783131997814</v>
       </c>
       <c r="B437" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="C437" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="D437" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E437">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="438" spans="1:6">
       <c r="A438">
-        <v>9781626238718</v>
+        <v>9783132057913</v>
       </c>
       <c r="B438" t="s">
-        <v>678</v>
+        <v>740</v>
       </c>
       <c r="C438" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="D438" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E438">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="439" spans="1:6">
       <c r="A439">
-        <v>9781626237742</v>
+        <v>9783131547217</v>
       </c>
       <c r="B439" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="C439" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="D439" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E439">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="440" spans="1:6">
       <c r="A440">
-        <v>9781604065732</v>
+        <v>9783132431935</v>
       </c>
       <c r="B440" t="s">
-        <v>740</v>
+        <v>483</v>
       </c>
       <c r="C440" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="D440" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E440">
-        <v>2014</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="441" spans="1:6">
       <c r="A441">
-        <v>9781684200689</v>
+        <v>9783131543011</v>
       </c>
       <c r="B441" t="s">
-        <v>742</v>
+        <v>483</v>
       </c>
       <c r="C441" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="D441" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E441">
-        <v>2022</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="442" spans="1:6">
       <c r="A442">
-        <v>9781626233782</v>
+        <v>9781604062113</v>
       </c>
       <c r="B442" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
       <c r="C442" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="D442" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E442">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="443" spans="1:6">
       <c r="A443">
-        <v>9783132412897</v>
+        <v>9781626232587</v>
       </c>
       <c r="B443" t="s">
-        <v>746</v>
+        <v>748</v>
       </c>
       <c r="C443" t="s">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D443" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E443">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="444" spans="1:6">
       <c r="A444">
-        <v>9781604061932</v>
+        <v>9781684200238</v>
       </c>
       <c r="B444" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="C444" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
       <c r="D444" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E444">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="445" spans="1:6">
       <c r="A445">
-        <v>9783132422049</v>
+        <v>9783131538017</v>
       </c>
       <c r="B445" t="s">
-        <v>549</v>
+        <v>752</v>
       </c>
       <c r="C445" t="s">
-        <v>750</v>
+        <v>753</v>
       </c>
       <c r="D445" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E445">
-        <v>2022</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="446" spans="1:6">
       <c r="A446">
-        <v>9783132048218</v>
+        <v>9781626238718</v>
       </c>
       <c r="B446" t="s">
-        <v>751</v>
+        <v>695</v>
       </c>
       <c r="C446" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="D446" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E446">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="447" spans="1:6">
       <c r="A447">
-        <v>9781604067651</v>
+        <v>9781626237742</v>
       </c>
       <c r="B447" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C447" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="D447" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E447">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="448" spans="1:6">
       <c r="A448">
-        <v>9783131450616</v>
+        <v>9781604065732</v>
       </c>
       <c r="B448" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C448" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="D448" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E448">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="449" spans="1:6">
       <c r="A449">
-        <v>9781626238121</v>
+        <v>9781684200689</v>
       </c>
       <c r="B449" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C449" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D449" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E449">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="450" spans="1:6">
       <c r="A450">
-        <v>9781604067644</v>
+        <v>9781626233782</v>
       </c>
       <c r="B450" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="C450" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="D450" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E450">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="451" spans="1:6">
       <c r="A451">
-        <v>9781604068054</v>
+        <v>9783132412897</v>
       </c>
       <c r="B451" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="C451" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="D451" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E451">
-        <v>2013</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="452" spans="1:6">
       <c r="A452">
-        <v>9781626236752</v>
+        <v>9781604061932</v>
       </c>
       <c r="B452" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="C452" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
       <c r="D452" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E452">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="453" spans="1:6">
       <c r="A453">
-        <v>9783132008519</v>
+        <v>9783132422049</v>
       </c>
       <c r="B453" t="s">
-        <v>596</v>
+        <v>566</v>
       </c>
       <c r="C453" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="D453" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E453">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="454" spans="1:6">
       <c r="A454">
-        <v>9781684200573</v>
+        <v>9783132048218</v>
       </c>
       <c r="B454" t="s">
-        <v>503</v>
+        <v>768</v>
       </c>
       <c r="C454" t="s">
-        <v>766</v>
+        <v>769</v>
       </c>
       <c r="D454" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E454">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="455" spans="1:6">
       <c r="A455">
-        <v>9781604065671</v>
+        <v>9781604067651</v>
       </c>
       <c r="B455" t="s">
-        <v>767</v>
+        <v>770</v>
       </c>
       <c r="C455" t="s">
-        <v>768</v>
+        <v>771</v>
       </c>
       <c r="D455" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E455">
-        <v>2014</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="456" spans="1:6">
       <c r="A456">
-        <v>9783131708212</v>
+        <v>9783131450616</v>
       </c>
       <c r="B456" t="s">
-        <v>769</v>
+        <v>772</v>
       </c>
       <c r="C456" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="D456" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E456">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="457" spans="1:6">
       <c r="A457">
-        <v>9781684202553</v>
+        <v>9781626238121</v>
       </c>
       <c r="B457" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
       <c r="C457" t="s">
-        <v>772</v>
+        <v>775</v>
       </c>
       <c r="D457" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E457">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="458" spans="1:6">
       <c r="A458">
-        <v>9781626239579</v>
+        <v>9781604067644</v>
       </c>
       <c r="B458" t="s">
-        <v>773</v>
+        <v>776</v>
       </c>
       <c r="C458" t="s">
-        <v>774</v>
+        <v>777</v>
       </c>
       <c r="D458" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E458">
-        <v>2019</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="459" spans="1:6">
       <c r="A459">
-        <v>9783131296429</v>
+        <v>9781604068054</v>
       </c>
       <c r="B459" t="s">
-        <v>499</v>
+        <v>778</v>
       </c>
       <c r="C459" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="D459" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E459">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="460" spans="1:6">
       <c r="A460">
-        <v>9783131294326</v>
+        <v>9781626236752</v>
       </c>
       <c r="B460" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="C460" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="D460" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E460">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="461" spans="1:6">
       <c r="A461">
-        <v>9781604060508</v>
+        <v>9783132008519</v>
       </c>
       <c r="B461" t="s">
-        <v>778</v>
+        <v>613</v>
       </c>
       <c r="C461" t="s">
-        <v>779</v>
+        <v>782</v>
       </c>
       <c r="D461" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E461">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="462" spans="1:6">
       <c r="A462">
-        <v>9781626238282</v>
+        <v>9781684200573</v>
       </c>
       <c r="B462" t="s">
-        <v>780</v>
+        <v>520</v>
       </c>
       <c r="C462" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="D462" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E462">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="463" spans="1:6">
       <c r="A463">
-        <v>9783132000056</v>
+        <v>9781604065671</v>
       </c>
       <c r="B463" t="s">
-        <v>674</v>
+        <v>784</v>
       </c>
       <c r="C463" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="D463" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E463">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="464" spans="1:6">
       <c r="A464">
-        <v>9781604068856</v>
+        <v>9783131708212</v>
       </c>
       <c r="B464" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="C464" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="D464" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E464">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="465" spans="1:6">
       <c r="A465">
-        <v>9781604068757</v>
+        <v>9781684202553</v>
       </c>
       <c r="B465" t="s">
-        <v>408</v>
+        <v>788</v>
       </c>
       <c r="C465" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="D465" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E465">
-        <v>2014</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="466" spans="1:6">
       <c r="A466">
-        <v>9781684200313</v>
+        <v>9781626239579</v>
       </c>
       <c r="B466" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C466" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="D466" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E466">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="467" spans="1:6">
       <c r="A467">
-        <v>9781626233379</v>
+        <v>9783131296429</v>
       </c>
       <c r="B467" t="s">
-        <v>788</v>
+        <v>516</v>
       </c>
       <c r="C467" t="s">
-        <v>789</v>
+        <v>792</v>
       </c>
       <c r="D467" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E467">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="468" spans="1:6">
       <c r="A468">
-        <v>9781626238084</v>
+        <v>9783131294326</v>
       </c>
       <c r="B468" t="s">
-        <v>790</v>
+        <v>793</v>
       </c>
       <c r="C468" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="D468" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E468">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="469" spans="1:6">
       <c r="A469">
-        <v>9783132410497</v>
+        <v>9781604060508</v>
       </c>
       <c r="B469" t="s">
-        <v>792</v>
+        <v>795</v>
       </c>
       <c r="C469" t="s">
-        <v>793</v>
+        <v>796</v>
       </c>
       <c r="D469" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E469">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="470" spans="1:6">
       <c r="A470">
-        <v>9783132409552</v>
+        <v>9781626238282</v>
       </c>
       <c r="B470" t="s">
-        <v>794</v>
+        <v>797</v>
       </c>
       <c r="C470" t="s">
-        <v>795</v>
+        <v>798</v>
       </c>
       <c r="D470" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E470">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="471" spans="1:6">
       <c r="A471">
-        <v>9781604069198</v>
+        <v>9783132000056</v>
       </c>
       <c r="B471" t="s">
-        <v>796</v>
+        <v>691</v>
       </c>
       <c r="C471" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="D471" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E471">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="472" spans="1:6">
       <c r="A472">
-        <v>9781626234772</v>
+        <v>9781604068856</v>
       </c>
       <c r="B472" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="C472" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="D472" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E472">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="473" spans="1:6">
       <c r="A473">
-        <v>9783132415652</v>
+        <v>9781604068757</v>
       </c>
       <c r="B473" t="s">
-        <v>800</v>
+        <v>425</v>
       </c>
       <c r="C473" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D473" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E473">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="474" spans="1:6">
       <c r="A474">
-        <v>9783132038110</v>
+        <v>9781684200313</v>
       </c>
       <c r="B474" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="C474" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="D474" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E474">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="475" spans="1:6">
       <c r="A475">
-        <v>9783131397935</v>
+        <v>9781626233379</v>
       </c>
       <c r="B475" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C475" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="D475" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E475">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="476" spans="1:6">
       <c r="A476">
-        <v>9783132429109</v>
+        <v>9781626238084</v>
       </c>
       <c r="B476" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="C476" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="D476" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E476">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="477" spans="1:6">
       <c r="A477">
-        <v>9783131692719</v>
+        <v>9783132410497</v>
       </c>
       <c r="B477" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C477" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="D477" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E477">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="478" spans="1:6">
       <c r="A478">
-        <v>9781626238534</v>
+        <v>9783132409552</v>
       </c>
       <c r="B478" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C478" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D478" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E478">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="479" spans="1:6">
       <c r="A479">
-        <v>9783132442214</v>
+        <v>9781604069198</v>
       </c>
       <c r="B479" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C479" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D479" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E479">
-        <v>2022</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="480" spans="1:6">
       <c r="A480">
-        <v>9783132423794</v>
+        <v>9781626234772</v>
       </c>
       <c r="B480" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C480" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D480" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E480">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="481" spans="1:6">
       <c r="A481">
-        <v>9781626230477</v>
+        <v>9783132415652</v>
       </c>
       <c r="B481" t="s">
-        <v>523</v>
+        <v>817</v>
       </c>
       <c r="C481" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="D481" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E481">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="482" spans="1:6">
       <c r="A482">
-        <v>9783131697516</v>
+        <v>9783132038110</v>
       </c>
       <c r="B482" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="C482" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="D482" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E482">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="483" spans="1:6">
       <c r="A483">
-        <v>9783131439314</v>
+        <v>9783131397935</v>
       </c>
       <c r="B483" t="s">
-        <v>558</v>
+        <v>821</v>
       </c>
       <c r="C483" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="D483" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E483">
-        <v>2009</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="484" spans="1:6">
       <c r="A484">
-        <v>9783131768612</v>
+        <v>9783132429109</v>
       </c>
       <c r="B484" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C484" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="D484" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E484">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="485" spans="1:6">
       <c r="A485">
-        <v>9781626232853</v>
+        <v>9783131692719</v>
       </c>
       <c r="B485" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C485" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="D485" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E485">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="486" spans="1:6">
       <c r="A486">
-        <v>9781626236943</v>
+        <v>9781626238534</v>
       </c>
       <c r="B486" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C486" t="s">
-        <v>825</v>
+        <v>828</v>
       </c>
       <c r="D486" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E486">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="487" spans="1:6">
       <c r="A487">
-        <v>9781626239081</v>
+        <v>9783132442214</v>
       </c>
       <c r="B487" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C487" t="s">
-        <v>827</v>
+        <v>830</v>
       </c>
       <c r="D487" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E487">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="488" spans="1:6">
       <c r="A488">
-        <v>9781626235052</v>
+        <v>9783132423794</v>
       </c>
       <c r="B488" t="s">
-        <v>828</v>
+        <v>831</v>
       </c>
       <c r="C488" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="D488" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E488">
         <v>2019</v>
       </c>
     </row>
     <row r="489" spans="1:6">
       <c r="A489">
-        <v>9783132419346</v>
+        <v>9781626230477</v>
       </c>
       <c r="B489" t="s">
-        <v>674</v>
+        <v>540</v>
       </c>
       <c r="C489" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="D489" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E489">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="490" spans="1:6">
       <c r="A490">
-        <v>9783131732217</v>
+        <v>9783131697516</v>
       </c>
       <c r="B490" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="C490" t="s">
-        <v>832</v>
+        <v>835</v>
       </c>
       <c r="D490" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E490">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="491" spans="1:6">
       <c r="A491">
-        <v>9781684200801</v>
+        <v>9783131439314</v>
       </c>
       <c r="B491" t="s">
-        <v>833</v>
+        <v>575</v>
       </c>
       <c r="C491" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="D491" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E491">
-        <v>2021</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="492" spans="1:6">
       <c r="A492">
-        <v>9781626234574</v>
+        <v>9783131768612</v>
       </c>
       <c r="B492" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="C492" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="D492" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E492">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="493" spans="1:6">
       <c r="A493">
-        <v>9783131510815</v>
+        <v>9781626232853</v>
       </c>
       <c r="B493" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C493" t="s">
-        <v>838</v>
+        <v>840</v>
       </c>
       <c r="D493" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E493">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="494" spans="1:6">
       <c r="A494">
-        <v>9783131294128</v>
+        <v>9781626236943</v>
       </c>
       <c r="B494" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
       <c r="C494" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="D494" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E494">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="495" spans="1:6">
       <c r="A495">
-        <v>9783131752215</v>
+        <v>9781626239081</v>
       </c>
       <c r="B495" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="C495" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="D495" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E495">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="496" spans="1:6">
       <c r="A496">
-        <v>9781604068399</v>
+        <v>9781626235052</v>
       </c>
       <c r="B496" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="C496" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="D496" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E496">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="497" spans="1:6">
       <c r="A497">
-        <v>9783131768223</v>
+        <v>9783132419346</v>
       </c>
       <c r="B497" t="s">
-        <v>845</v>
+        <v>691</v>
       </c>
       <c r="C497" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D497" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E497">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="498" spans="1:6">
       <c r="A498">
-        <v>9781626231047</v>
+        <v>9783131732217</v>
       </c>
       <c r="B498" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="C498" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="D498" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E498">
         <v>2016</v>
       </c>
     </row>
     <row r="499" spans="1:6">
       <c r="A499">
-        <v>9781626232716</v>
+        <v>9781684200801</v>
       </c>
       <c r="B499" t="s">
-        <v>698</v>
+        <v>850</v>
       </c>
       <c r="C499" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="D499" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E499">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="500" spans="1:6">
       <c r="A500">
-        <v>9783132401198</v>
+        <v>9781626234574</v>
       </c>
       <c r="B500" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="C500" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="D500" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E500">
         <v>2019</v>
       </c>
     </row>
     <row r="501" spans="1:6">
       <c r="A501">
-        <v>9781626231719</v>
+        <v>9783131510815</v>
       </c>
       <c r="B501" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="C501" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="D501" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E501">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="502" spans="1:6">
       <c r="A502">
-        <v>9781604065442</v>
+        <v>9783131294128</v>
       </c>
       <c r="B502" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="C502" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="D502" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E502">
         <v>2015</v>
       </c>
     </row>
     <row r="503" spans="1:6">
       <c r="A503">
-        <v>9783131454522</v>
+        <v>9783131752215</v>
       </c>
       <c r="B503" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="C503" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="D503" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E503">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="504" spans="1:6">
       <c r="A504">
-        <v>9783132053410</v>
+        <v>9781604068399</v>
       </c>
       <c r="B504" t="s">
-        <v>858</v>
+        <v>860</v>
       </c>
       <c r="C504" t="s">
-        <v>859</v>
+        <v>861</v>
       </c>
       <c r="D504" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E504">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="505" spans="1:6">
       <c r="A505">
-        <v>9781626235304</v>
+        <v>9783131768223</v>
       </c>
       <c r="B505" t="s">
-        <v>860</v>
+        <v>862</v>
       </c>
       <c r="C505" t="s">
-        <v>861</v>
+        <v>863</v>
       </c>
       <c r="D505" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E505">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="506" spans="1:6">
       <c r="A506">
-        <v>9783131373823</v>
+        <v>9781626231047</v>
       </c>
       <c r="B506" t="s">
-        <v>862</v>
+        <v>864</v>
       </c>
       <c r="C506" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="D506" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E506">
-        <v>2003</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="507" spans="1:6">
       <c r="A507">
-        <v>9781626232822</v>
+        <v>9781626232716</v>
       </c>
       <c r="B507" t="s">
-        <v>864</v>
+        <v>715</v>
       </c>
       <c r="C507" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D507" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E507">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="508" spans="1:6">
       <c r="A508">
-        <v>9781684201716</v>
+        <v>9783132401198</v>
       </c>
       <c r="B508" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C508" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D508" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E508">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="509" spans="1:6">
       <c r="A509">
-        <v>9783132415850</v>
+        <v>9781626231719</v>
       </c>
       <c r="B509" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C509" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D509" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E509">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="510" spans="1:6">
       <c r="A510">
-        <v>9781626230385</v>
+        <v>9781604065442</v>
       </c>
       <c r="B510" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C510" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D510" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E510">
         <v>2015</v>
       </c>
     </row>
     <row r="511" spans="1:6">
       <c r="A511">
-        <v>9783131662910</v>
+        <v>9783131454522</v>
       </c>
       <c r="B511" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C511" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D511" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E511">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="512" spans="1:6">
       <c r="A512">
-        <v>9783131323415</v>
+        <v>9783132053410</v>
       </c>
       <c r="B512" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C512" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D512" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E512">
-        <v>2012</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="513" spans="1:6">
       <c r="A513">
-        <v>9781626234536</v>
+        <v>9781626235304</v>
       </c>
       <c r="B513" t="s">
-        <v>523</v>
+        <v>877</v>
       </c>
       <c r="C513" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="D513" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E513">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="514" spans="1:6">
       <c r="A514">
-        <v>9783131074423</v>
+        <v>9783131373823</v>
       </c>
       <c r="B514" t="s">
-        <v>432</v>
+        <v>879</v>
       </c>
       <c r="C514" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="D514" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E514">
-        <v>2009</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="515" spans="1:6">
       <c r="A515">
-        <v>9781626239234</v>
+        <v>9781626232822</v>
       </c>
       <c r="B515" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C515" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="D515" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E515">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="516" spans="1:6">
       <c r="A516">
-        <v>9781626232600</v>
+        <v>9781684201716</v>
       </c>
       <c r="B516" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="C516" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="D516" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E516">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="517" spans="1:6">
       <c r="A517">
-        <v>9781626230545</v>
+        <v>9783132415850</v>
       </c>
       <c r="B517" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="C517" t="s">
-        <v>347</v>
+        <v>886</v>
       </c>
       <c r="D517" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E517">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="518" spans="1:6">
       <c r="A518">
-        <v>9781604067156</v>
+        <v>9781626230385</v>
       </c>
       <c r="B518" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="C518" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="D518" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E518">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="519" spans="1:6">
       <c r="A519">
-        <v>9783131538710</v>
+        <v>9783131662910</v>
       </c>
       <c r="B519" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="C519" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="D519" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E519">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="520" spans="1:6">
       <c r="A520">
-        <v>9783131486110</v>
+        <v>9783131323415</v>
       </c>
       <c r="B520" t="s">
-        <v>674</v>
+        <v>891</v>
       </c>
       <c r="C520" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="D520" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E520">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="521" spans="1:6">
       <c r="A521">
-        <v>9781604064131</v>
+        <v>9781626234536</v>
       </c>
       <c r="B521" t="s">
-        <v>888</v>
+        <v>540</v>
       </c>
       <c r="C521" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="D521" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E521">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="522" spans="1:6">
       <c r="A522">
-        <v>9783132026810</v>
+        <v>9783131074423</v>
       </c>
       <c r="B522" t="s">
-        <v>890</v>
+        <v>449</v>
       </c>
       <c r="C522" t="s">
-        <v>891</v>
+        <v>894</v>
       </c>
       <c r="D522" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E522">
-        <v>2017</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="523" spans="1:6">
       <c r="A523">
-        <v>9781604068078</v>
+        <v>9781626239234</v>
       </c>
       <c r="B523" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="C523" t="s">
-        <v>893</v>
+        <v>896</v>
       </c>
       <c r="D523" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E523">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="524" spans="1:6">
       <c r="A524">
-        <v>9783131473912</v>
+        <v>9781626232600</v>
       </c>
       <c r="B524" t="s">
-        <v>894</v>
+        <v>897</v>
       </c>
       <c r="C524" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="D524" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E524">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="525" spans="1:6">
       <c r="A525">
-        <v>9783131723918</v>
+        <v>9781626230545</v>
       </c>
       <c r="B525" t="s">
-        <v>652</v>
+        <v>899</v>
       </c>
       <c r="C525" t="s">
-        <v>896</v>
+        <v>364</v>
       </c>
       <c r="D525" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E525">
         <v>2016</v>
       </c>
     </row>
     <row r="526" spans="1:6">
       <c r="A526">
-        <v>9781588903693</v>
+        <v>9781604067156</v>
       </c>
       <c r="B526" t="s">
-        <v>897</v>
+        <v>900</v>
       </c>
       <c r="C526" t="s">
-        <v>898</v>
+        <v>901</v>
       </c>
       <c r="D526" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E526">
-        <v>2009</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="527" spans="1:6">
       <c r="A527">
-        <v>9781626231146</v>
+        <v>9783131538710</v>
       </c>
       <c r="B527" t="s">
-        <v>899</v>
+        <v>902</v>
       </c>
       <c r="C527" t="s">
-        <v>900</v>
+        <v>903</v>
       </c>
       <c r="D527" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E527">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="528" spans="1:6">
       <c r="A528">
-        <v>9781626234758</v>
+        <v>9783131486110</v>
       </c>
       <c r="B528" t="s">
-        <v>798</v>
+        <v>691</v>
       </c>
       <c r="C528" t="s">
-        <v>901</v>
+        <v>904</v>
       </c>
       <c r="D528" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E528">
-        <v>2017</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="529" spans="1:6">
       <c r="A529">
-        <v>9781604067002</v>
+        <v>9781604064131</v>
       </c>
       <c r="B529" t="s">
-        <v>798</v>
+        <v>905</v>
       </c>
       <c r="C529" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="D529" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E529">
-        <v>2017</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="530" spans="1:6">
       <c r="A530">
-        <v>9781604063950</v>
+        <v>9783132026810</v>
       </c>
       <c r="B530" t="s">
-        <v>751</v>
+        <v>907</v>
       </c>
       <c r="C530" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="D530" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E530">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="531" spans="1:6">
       <c r="A531">
-        <v>9781626230910</v>
+        <v>9781604068078</v>
       </c>
       <c r="B531" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="C531" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="D531" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E531">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="532" spans="1:6">
       <c r="A532">
-        <v>9781626232754</v>
+        <v>9783131473912</v>
       </c>
       <c r="B532" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="C532" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="D532" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E532">
-        <v>2021</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="533" spans="1:6">
       <c r="A533">
-        <v>9781626237346</v>
+        <v>9783131723918</v>
       </c>
       <c r="B533" t="s">
-        <v>908</v>
+        <v>669</v>
       </c>
       <c r="C533" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="D533" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E533">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="534" spans="1:6">
       <c r="A534">
-        <v>9783132414471</v>
+        <v>9781588903693</v>
       </c>
       <c r="B534" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="C534" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="D534" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E534">
-        <v>2019</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="535" spans="1:6">
       <c r="A535">
-        <v>9783132428393</v>
+        <v>9781626231146</v>
       </c>
       <c r="B535" t="s">
-        <v>361</v>
+        <v>916</v>
       </c>
       <c r="C535" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="D535" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E535">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="536" spans="1:6">
       <c r="A536">
-        <v>9783131726612</v>
+        <v>9781626234758</v>
       </c>
       <c r="B536" t="s">
-        <v>913</v>
+        <v>815</v>
       </c>
       <c r="C536" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="D536" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E536">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="537" spans="1:6">
       <c r="A537">
-        <v>9783132415621</v>
+        <v>9781604067002</v>
       </c>
       <c r="B537" t="s">
-        <v>915</v>
+        <v>815</v>
       </c>
       <c r="C537" t="s">
-        <v>916</v>
+        <v>919</v>
       </c>
       <c r="D537" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E537">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="538" spans="1:6">
       <c r="A538">
-        <v>9783131546715</v>
+        <v>9781604063950</v>
       </c>
       <c r="B538" t="s">
-        <v>917</v>
+        <v>768</v>
       </c>
       <c r="C538" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="D538" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E538">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="539" spans="1:6">
       <c r="A539">
-        <v>9783132037915</v>
+        <v>9781626230910</v>
       </c>
       <c r="B539" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="C539" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="D539" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E539">
         <v>2016</v>
       </c>
     </row>
     <row r="540" spans="1:6">
       <c r="A540">
-        <v>9781604062724</v>
+        <v>9781626232754</v>
       </c>
       <c r="B540" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="C540" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="D540" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E540">
-        <v>2010</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="541" spans="1:6">
       <c r="A541">
-        <v>9781626234093</v>
+        <v>9781626237346</v>
       </c>
       <c r="B541" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C541" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="D541" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E541">
         <v>2018</v>
       </c>
     </row>
     <row r="542" spans="1:6">
       <c r="A542">
-        <v>9781604067231</v>
+        <v>9783132414471</v>
       </c>
       <c r="B542" t="s">
-        <v>580</v>
+        <v>927</v>
       </c>
       <c r="C542" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="D542" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E542">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="543" spans="1:6">
       <c r="A543">
-        <v>9781684200924</v>
+        <v>9783132428393</v>
       </c>
       <c r="B543" t="s">
-        <v>926</v>
+        <v>378</v>
       </c>
       <c r="C543" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="D543" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E543">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="544" spans="1:6">
       <c r="A544">
-        <v>9781626232167</v>
+        <v>9783131726612</v>
       </c>
       <c r="B544" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C544" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="D544" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E544">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="545" spans="1:6">
       <c r="A545">
-        <v>9781626239012</v>
+        <v>9783132415621</v>
       </c>
       <c r="B545" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C545" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="D545" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E545">
         <v>2020</v>
       </c>
     </row>
     <row r="546" spans="1:6">
       <c r="A546">
-        <v>9781684200078</v>
+        <v>9783131546715</v>
       </c>
       <c r="B546" t="s">
-        <v>665</v>
+        <v>934</v>
       </c>
       <c r="C546" t="s">
-        <v>932</v>
+        <v>935</v>
       </c>
       <c r="D546" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E546">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="547" spans="1:6">
       <c r="A547">
-        <v>9781626232785</v>
+        <v>9783132037915</v>
       </c>
       <c r="B547" t="s">
-        <v>580</v>
+        <v>936</v>
       </c>
       <c r="C547" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="D547" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E547">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="548" spans="1:6">
       <c r="A548">
-        <v>9781626230507</v>
+        <v>9781604062724</v>
       </c>
       <c r="B548" t="s">
-        <v>523</v>
+        <v>938</v>
       </c>
       <c r="C548" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="D548" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E548">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="549" spans="1:6">
       <c r="A549">
-        <v>9781684200979</v>
+        <v>9781626234093</v>
       </c>
       <c r="B549" t="s">
-        <v>729</v>
+        <v>940</v>
       </c>
       <c r="C549" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="D549" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E549">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="550" spans="1:6">
       <c r="A550">
-        <v>9783131750617</v>
+        <v>9781604067231</v>
       </c>
       <c r="B550" t="s">
-        <v>936</v>
+        <v>597</v>
       </c>
       <c r="C550" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="D550" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E550">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="551" spans="1:6">
       <c r="A551">
-        <v>9783132415232</v>
+        <v>9781684200924</v>
       </c>
       <c r="B551" t="s">
-        <v>674</v>
+        <v>943</v>
       </c>
       <c r="C551" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="D551" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E551">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="552" spans="1:6">
       <c r="A552">
-        <v>9781588904027</v>
+        <v>9781626232167</v>
       </c>
       <c r="B552" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="C552" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="D552" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E552">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="553" spans="1:6">
       <c r="A553">
-        <v>9781684200214</v>
+        <v>9781626239012</v>
       </c>
       <c r="B553" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
       <c r="C553" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="D553" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E553">
         <v>2020</v>
       </c>
     </row>
     <row r="554" spans="1:6">
       <c r="A554">
-        <v>9781626232938</v>
+        <v>9781684200078</v>
       </c>
       <c r="B554" t="s">
-        <v>943</v>
+        <v>682</v>
       </c>
       <c r="C554" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
       <c r="D554" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E554">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="555" spans="1:6">
       <c r="A555">
-        <v>9781626233904</v>
+        <v>9781626232785</v>
       </c>
       <c r="B555" t="s">
-        <v>945</v>
+        <v>597</v>
       </c>
       <c r="C555" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="D555" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E555">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="556" spans="1:6">
       <c r="A556">
-        <v>9781604065930</v>
+        <v>9781626230507</v>
       </c>
       <c r="B556" t="s">
-        <v>947</v>
+        <v>540</v>
       </c>
       <c r="C556" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="D556" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E556">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="557" spans="1:6">
       <c r="A557">
-        <v>9781604067422</v>
+        <v>9781684200979</v>
       </c>
       <c r="B557" t="s">
-        <v>949</v>
+        <v>746</v>
       </c>
       <c r="C557" t="s">
-        <v>950</v>
+        <v>952</v>
       </c>
       <c r="D557" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E557">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="558" spans="1:6">
       <c r="A558">
-        <v>9781626239043</v>
+        <v>9783131750617</v>
       </c>
       <c r="B558" t="s">
-        <v>951</v>
+        <v>953</v>
       </c>
       <c r="C558" t="s">
-        <v>952</v>
+        <v>954</v>
       </c>
       <c r="D558" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E558">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="559" spans="1:6">
       <c r="A559">
-        <v>9783131997616</v>
+        <v>9783132415232</v>
       </c>
       <c r="B559" t="s">
-        <v>953</v>
+        <v>691</v>
       </c>
       <c r="C559" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D559" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E559">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="560" spans="1:6">
       <c r="A560">
-        <v>9783131714510</v>
+        <v>9781588904027</v>
       </c>
       <c r="B560" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C560" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D560" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E560">
-        <v>2014</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="561" spans="1:6">
       <c r="A561">
-        <v>9781626232563</v>
+        <v>9781684200214</v>
       </c>
       <c r="B561" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C561" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D561" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E561">
         <v>2020</v>
       </c>
     </row>
     <row r="562" spans="1:6">
       <c r="A562">
-        <v>9783131324528</v>
+        <v>9781626232938</v>
       </c>
       <c r="B562" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C562" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D562" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E562">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="563" spans="1:6">
       <c r="A563">
-        <v>9783131658111</v>
+        <v>9781626233904</v>
       </c>
       <c r="B563" t="s">
-        <v>558</v>
+        <v>962</v>
       </c>
       <c r="C563" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="D563" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E563">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="564" spans="1:6">
       <c r="A564">
-        <v>9781604066517</v>
+        <v>9781604065930</v>
       </c>
       <c r="B564" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="C564" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="D564" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E564">
-        <v>2012</v>
-[...2 lines deleted...]
-        <v>134.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="565" spans="1:6">
       <c r="A565">
-        <v>9781626233447</v>
+        <v>9781604067422</v>
       </c>
       <c r="B565" t="s">
-        <v>580</v>
+        <v>966</v>
       </c>
       <c r="C565" t="s">
-        <v>964</v>
+        <v>967</v>
       </c>
       <c r="D565" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E565">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="566" spans="1:6">
       <c r="A566">
-        <v>9783131398321</v>
+        <v>9781626239043</v>
       </c>
       <c r="B566" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="C566" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
       <c r="D566" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E566">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="567" spans="1:6">
       <c r="A567">
-        <v>9781626238008</v>
+        <v>9783131997616</v>
       </c>
       <c r="B567" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="C567" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="D567" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="E567">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="568" spans="1:6">
       <c r="A568">
-        <v>9781626231511</v>
+        <v>9783131714510</v>
       </c>
       <c r="B568" t="s">
-        <v>462</v>
+        <v>972</v>
       </c>
       <c r="C568" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="D568" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E568">
-        <v>2017</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="569" spans="1:6">
       <c r="A569">
-        <v>9781626230033</v>
+        <v>9781626232563</v>
       </c>
       <c r="B569" t="s">
-        <v>529</v>
+        <v>974</v>
       </c>
       <c r="C569" t="s">
-        <v>797</v>
+        <v>975</v>
       </c>
       <c r="D569" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E569">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="570" spans="1:6">
       <c r="A570">
-        <v>9781626231757</v>
+        <v>9783131324528</v>
       </c>
       <c r="B570" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="C570" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="D570" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E570">
-        <v>2016</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="571" spans="1:6">
       <c r="A571">
-        <v>9781626234420</v>
+        <v>9783131658111</v>
       </c>
       <c r="B571" t="s">
-        <v>972</v>
+        <v>575</v>
       </c>
       <c r="C571" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="D571" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E571">
-        <v>2017</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="572" spans="1:6">
       <c r="A572">
-        <v>9789388257640</v>
+        <v>9781604066517</v>
       </c>
       <c r="B572" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="C572" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="D572" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E572">
-        <v>2020</v>
+        <v>2012</v>
       </c>
       <c r="F572">
-        <v>14.99</v>
+        <v>134.99</v>
       </c>
     </row>
     <row r="573" spans="1:6">
       <c r="A573">
-        <v>9783131165015</v>
+        <v>9781626233447</v>
       </c>
       <c r="B573" t="s">
-        <v>359</v>
+        <v>597</v>
       </c>
       <c r="C573" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="D573" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E573">
-        <v>1995</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="574" spans="1:6">
       <c r="A574">
-        <v>9783136507049</v>
+        <v>9783131398321</v>
       </c>
       <c r="B574" t="s">
-        <v>721</v>
+        <v>982</v>
       </c>
       <c r="C574" t="s">
-        <v>977</v>
+        <v>983</v>
       </c>
       <c r="D574" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E574">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="575" spans="1:6">
       <c r="A575">
-        <v>9781626239753</v>
+        <v>9781626238008</v>
       </c>
       <c r="B575" t="s">
-        <v>978</v>
+        <v>984</v>
       </c>
       <c r="C575" t="s">
-        <v>979</v>
+        <v>985</v>
       </c>
       <c r="D575" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="E575">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="576" spans="1:6">
       <c r="A576">
-        <v>9781626235175</v>
+        <v>9781626231511</v>
       </c>
       <c r="B576" t="s">
-        <v>980</v>
+        <v>479</v>
       </c>
       <c r="C576" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="D576" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E576">
-        <v>2022</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="577" spans="1:6">
       <c r="A577">
-        <v>9781626236790</v>
+        <v>9781626230033</v>
       </c>
       <c r="B577" t="s">
-        <v>982</v>
+        <v>546</v>
       </c>
       <c r="C577" t="s">
-        <v>983</v>
+        <v>814</v>
       </c>
       <c r="D577" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E577">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="578" spans="1:6">
       <c r="A578">
-        <v>9781626230323</v>
+        <v>9781626231757</v>
       </c>
       <c r="B578" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
       <c r="C578" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="D578" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E578">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="579" spans="1:6">
       <c r="A579">
-        <v>9781626232181</v>
+        <v>9781626234420</v>
       </c>
       <c r="B579" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="C579" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="D579" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E579">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="580" spans="1:6">
       <c r="A580">
-        <v>9781626234192</v>
+        <v>9789388257640</v>
       </c>
       <c r="B580" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="C580" t="s">
-        <v>989</v>
+        <v>992</v>
       </c>
       <c r="D580" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E580">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F580">
+        <v>14.99</v>
       </c>
     </row>
     <row r="581" spans="1:6">
       <c r="A581">
-        <v>9781684202492</v>
+        <v>9783131165015</v>
       </c>
       <c r="B581" t="s">
-        <v>990</v>
+        <v>376</v>
       </c>
       <c r="C581" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="D581" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E581">
-        <v>2022</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="582" spans="1:6">
       <c r="A582">
-        <v>9781626231986</v>
+        <v>9783136507049</v>
       </c>
       <c r="B582" t="s">
-        <v>434</v>
+        <v>738</v>
       </c>
       <c r="C582" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D582" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E582">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="583" spans="1:6">
       <c r="A583">
-        <v>9781626232044</v>
+        <v>9781626239753</v>
       </c>
       <c r="B583" t="s">
-        <v>396</v>
+        <v>995</v>
       </c>
       <c r="C583" t="s">
-        <v>993</v>
+        <v>996</v>
       </c>
       <c r="D583" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E583">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="584" spans="1:6">
       <c r="A584">
-        <v>9783132053915</v>
+        <v>9781626235175</v>
       </c>
       <c r="B584" t="s">
-        <v>994</v>
+        <v>997</v>
       </c>
       <c r="C584" t="s">
-        <v>995</v>
+        <v>998</v>
       </c>
       <c r="D584" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E584">
-        <v>2017</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="585" spans="1:6">
       <c r="A585">
-        <v>9781604068795</v>
+        <v>9781626236790</v>
       </c>
       <c r="B585" t="s">
-        <v>576</v>
+        <v>999</v>
       </c>
       <c r="C585" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="D585" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E585">
         <v>2018</v>
       </c>
     </row>
     <row r="586" spans="1:6">
       <c r="A586">
-        <v>9781604068269</v>
+        <v>9781626230323</v>
       </c>
       <c r="B586" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="C586" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="D586" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E586">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="587" spans="1:6">
       <c r="A587">
-        <v>9781626232808</v>
+        <v>9781626232181</v>
       </c>
       <c r="B587" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="C587" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="D587" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E587">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="588" spans="1:6">
       <c r="A588">
-        <v>9781684202478</v>
+        <v>9781626234192</v>
       </c>
       <c r="B588" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="C588" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="D588" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E588">
-        <v>2022</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="589" spans="1:6">
       <c r="A589">
-        <v>9781604068382</v>
+        <v>9781684202492</v>
       </c>
       <c r="B589" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C589" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="D589" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E589">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="590" spans="1:6">
       <c r="A590">
-        <v>9781626231009</v>
+        <v>9781626231986</v>
       </c>
       <c r="B590" t="s">
-        <v>523</v>
+        <v>451</v>
       </c>
       <c r="C590" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="D590" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E590">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="591" spans="1:6">
       <c r="A591">
-        <v>9781684200740</v>
+        <v>9781626232044</v>
       </c>
       <c r="B591" t="s">
-        <v>1006</v>
+        <v>413</v>
       </c>
       <c r="C591" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D591" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E591">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="592" spans="1:6">
       <c r="A592">
-        <v>9781626236547</v>
+        <v>9783132053915</v>
       </c>
       <c r="B592" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="C592" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="D592" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E592">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="593" spans="1:6">
       <c r="A593">
-        <v>9783132412873</v>
+        <v>9781604068795</v>
       </c>
       <c r="B593" t="s">
-        <v>1010</v>
+        <v>593</v>
       </c>
       <c r="C593" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
       <c r="D593" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E593">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="594" spans="1:6">
       <c r="A594">
-        <v>9781626231764</v>
+        <v>9781604068269</v>
       </c>
       <c r="B594" t="s">
-        <v>139</v>
+        <v>1014</v>
       </c>
       <c r="C594" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="D594" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E594">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="595" spans="1:6">
       <c r="A595">
-        <v>9781604064179</v>
+        <v>9781626232808</v>
       </c>
       <c r="B595" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C595" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="D595" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E595">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="596" spans="1:6">
       <c r="A596">
-        <v>9781626234017</v>
+        <v>9781684202478</v>
       </c>
       <c r="B596" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="C596" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="D596" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E596">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="597" spans="1:6">
       <c r="A597">
-        <v>9783132404779</v>
+        <v>9781604068382</v>
       </c>
       <c r="B597" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="C597" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="D597" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E597">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="598" spans="1:6">
       <c r="A598">
-        <v>9781626230309</v>
+        <v>9781626231009</v>
       </c>
       <c r="B598" t="s">
-        <v>703</v>
+        <v>540</v>
       </c>
       <c r="C598" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="D598" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E598">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="599" spans="1:6">
       <c r="A599">
-        <v>9783131353917</v>
+        <v>9781684200740</v>
       </c>
       <c r="B599" t="s">
-        <v>547</v>
+        <v>1023</v>
       </c>
       <c r="C599" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="D599" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E599">
-        <v>2007</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="600" spans="1:6">
       <c r="A600">
-        <v>9781684201693</v>
+        <v>9781626236547</v>
       </c>
       <c r="B600" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="C600" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="D600" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E600">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="601" spans="1:6">
       <c r="A601">
-        <v>9781626237124</v>
+        <v>9783132412873</v>
       </c>
       <c r="B601" t="s">
-        <v>833</v>
+        <v>1027</v>
       </c>
       <c r="C601" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="D601" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E601">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="602" spans="1:6">
       <c r="A602">
-        <v>9783132427792</v>
+        <v>9781626231764</v>
       </c>
       <c r="B602" t="s">
-        <v>1024</v>
+        <v>156</v>
       </c>
       <c r="C602" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="D602" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E602">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="603" spans="1:6">
       <c r="A603">
-        <v>9781626233515</v>
+        <v>9781604064179</v>
       </c>
       <c r="B603" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C603" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="D603" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E603">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="604" spans="1:6">
       <c r="A604">
-        <v>9781626238893</v>
+        <v>9781626234017</v>
       </c>
       <c r="B604" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="C604" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="D604" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E604">
         <v>2019</v>
       </c>
     </row>
     <row r="605" spans="1:6">
       <c r="A605">
-        <v>9781626238145</v>
+        <v>9783132404779</v>
       </c>
       <c r="B605" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="C605" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="D605" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E605">
         <v>2019</v>
       </c>
     </row>
     <row r="606" spans="1:6">
       <c r="A606">
-        <v>9781626231382</v>
+        <v>9781626230309</v>
       </c>
       <c r="B606" t="s">
-        <v>1032</v>
+        <v>720</v>
       </c>
       <c r="C606" t="s">
-        <v>1033</v>
+        <v>1036</v>
       </c>
       <c r="D606" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E606">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="607" spans="1:6">
       <c r="A607">
-        <v>9783131319623</v>
+        <v>9783131353917</v>
       </c>
       <c r="B607" t="s">
-        <v>1034</v>
+        <v>564</v>
       </c>
       <c r="C607" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="D607" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E607">
-        <v>2011</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="608" spans="1:6">
       <c r="A608">
-        <v>9783131416117</v>
+        <v>9781684201693</v>
       </c>
       <c r="B608" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="C608" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="D608" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E608">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="609" spans="1:6">
       <c r="A609">
-        <v>9781626234314</v>
+        <v>9781626237124</v>
       </c>
       <c r="B609" t="s">
-        <v>1038</v>
+        <v>850</v>
       </c>
       <c r="C609" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D609" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E609">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="610" spans="1:6">
       <c r="A610">
-        <v>9781626232068</v>
+        <v>9783132427792</v>
       </c>
       <c r="B610" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C610" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D610" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E610">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="611" spans="1:6">
       <c r="A611">
-        <v>9783132409576</v>
+        <v>9781626233515</v>
       </c>
       <c r="B611" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C611" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D611" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E611">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="612" spans="1:6">
       <c r="A612">
-        <v>9783131444813</v>
+        <v>9781626238893</v>
       </c>
       <c r="B612" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C612" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D612" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E612">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="613" spans="1:6">
       <c r="A613">
-        <v>9781604068986</v>
+        <v>9781626238145</v>
       </c>
       <c r="B613" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C613" t="s">
-        <v>16</v>
+        <v>1048</v>
       </c>
       <c r="D613" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E613">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="614" spans="1:6">
       <c r="A614">
-        <v>9781626233362</v>
+        <v>9781626231382</v>
       </c>
       <c r="B614" t="s">
-        <v>576</v>
+        <v>1049</v>
       </c>
       <c r="C614" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="D614" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E614">
         <v>2018</v>
       </c>
     </row>
     <row r="615" spans="1:6">
       <c r="A615">
-        <v>9781626236431</v>
+        <v>9783131319623</v>
       </c>
       <c r="B615" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="C615" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="D615" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E615">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="616" spans="1:6">
       <c r="A616">
-        <v>9783131455918</v>
+        <v>9783131416117</v>
       </c>
       <c r="B616" t="s">
-        <v>1050</v>
+        <v>1053</v>
       </c>
       <c r="C616" t="s">
-        <v>1051</v>
+        <v>1054</v>
       </c>
       <c r="D616" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E616">
-        <v>2010</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="617" spans="1:6">
       <c r="A617">
-        <v>9789382076452</v>
+        <v>9781626234314</v>
       </c>
       <c r="B617" t="s">
-        <v>1052</v>
+        <v>1055</v>
       </c>
       <c r="C617" t="s">
-        <v>1053</v>
+        <v>1056</v>
       </c>
       <c r="D617" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E617">
-        <v>2013</v>
-[...2 lines deleted...]
-        <v>94.99</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="618" spans="1:6">
       <c r="A618">
-        <v>9783131307224</v>
+        <v>9781626232068</v>
       </c>
       <c r="B618" t="s">
-        <v>1054</v>
+        <v>1057</v>
       </c>
       <c r="C618" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="D618" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E618">
         <v>2017</v>
       </c>
     </row>
     <row r="619" spans="1:6">
       <c r="A619">
-        <v>9781626237100</v>
+        <v>9783132409576</v>
       </c>
       <c r="B619" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C619" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D619" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E619">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="620" spans="1:6">
       <c r="A620">
-        <v>9783131547118</v>
+        <v>9783131444813</v>
       </c>
       <c r="B620" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="C620" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="D620" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E620">
-        <v>2013</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="621" spans="1:6">
       <c r="A621">
-        <v>9783132420175</v>
+        <v>9781604068986</v>
       </c>
       <c r="B621" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="C621" t="s">
-        <v>1061</v>
+        <v>34</v>
       </c>
       <c r="D621" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E621">
-        <v>2023</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="622" spans="1:6">
       <c r="A622">
-        <v>9781626233317</v>
+        <v>9781626233362</v>
       </c>
       <c r="B622" t="s">
-        <v>1062</v>
+        <v>593</v>
       </c>
       <c r="C622" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D622" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E622">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="623" spans="1:6">
       <c r="A623">
-        <v>9781626239531</v>
+        <v>9781626236431</v>
       </c>
       <c r="B623" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="C623" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="D623" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E623">
         <v>2019</v>
       </c>
     </row>
     <row r="624" spans="1:6">
       <c r="A624">
-        <v>9781626239821</v>
+        <v>9783131455918</v>
       </c>
       <c r="B624" t="s">
-        <v>634</v>
+        <v>1067</v>
       </c>
       <c r="C624" t="s">
-        <v>635</v>
+        <v>1068</v>
       </c>
       <c r="D624" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E624">
-        <v>2023</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="625" spans="1:6">
       <c r="A625">
-        <v>9781626239319</v>
+        <v>9789382076452</v>
       </c>
       <c r="B625" t="s">
-        <v>185</v>
+        <v>1069</v>
       </c>
       <c r="C625" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="D625" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E625">
-        <v>2022</v>
+        <v>2013</v>
+      </c>
+      <c r="F625">
+        <v>94.99</v>
       </c>
     </row>
     <row r="626" spans="1:6">
       <c r="A626">
-        <v>9781626233539</v>
+        <v>9783131307224</v>
       </c>
       <c r="B626" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="C626" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="D626" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E626">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="627" spans="1:6">
       <c r="A627">
-        <v>9781626230255</v>
+        <v>9781626237100</v>
       </c>
       <c r="B627" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="C627" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="D627" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E627">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="628" spans="1:6">
       <c r="A628">
-        <v>9781626232877</v>
+        <v>9783131547118</v>
       </c>
       <c r="B628" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="C628" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="D628" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E628">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="629" spans="1:6">
       <c r="A629">
-        <v>9781604064117</v>
+        <v>9783132420175</v>
       </c>
       <c r="B629" t="s">
-        <v>810</v>
+        <v>1077</v>
       </c>
       <c r="C629" t="s">
-        <v>365</v>
+        <v>1078</v>
       </c>
       <c r="D629" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E629">
-        <v>2014</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="630" spans="1:6">
       <c r="A630">
-        <v>9781626237322</v>
+        <v>9781626233317</v>
       </c>
       <c r="B630" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="C630" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="D630" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E630">
         <v>2019</v>
       </c>
     </row>
     <row r="631" spans="1:6">
       <c r="A631">
-        <v>9783131545213</v>
+        <v>9781626239531</v>
       </c>
       <c r="B631" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="C631" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="D631" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E631">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="632" spans="1:6">
       <c r="A632">
-        <v>9789385062766</v>
+        <v>9781626239821</v>
       </c>
       <c r="B632" t="s">
-        <v>189</v>
+        <v>651</v>
       </c>
       <c r="C632" t="s">
-        <v>1077</v>
+        <v>652</v>
       </c>
       <c r="D632" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E632">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>203.0</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="633" spans="1:6">
       <c r="A633">
-        <v>9781626230811</v>
+        <v>9781626239319</v>
       </c>
       <c r="B633" t="s">
-        <v>1078</v>
+        <v>202</v>
       </c>
       <c r="C633" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="D633" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E633">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="634" spans="1:6">
       <c r="A634">
-        <v>9789388257398</v>
+        <v>9781626233539</v>
       </c>
       <c r="B634" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="C634" t="s">
-        <v>39</v>
+        <v>1085</v>
       </c>
       <c r="D634" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E634">
         <v>2019</v>
       </c>
-      <c r="F634">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="635" spans="1:6">
       <c r="A635">
-        <v>9781626235267</v>
+        <v>9781626230255</v>
       </c>
       <c r="B635" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="C635" t="s">
-        <v>1082</v>
+        <v>1087</v>
       </c>
       <c r="D635" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E635">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="636" spans="1:6">
       <c r="A636">
-        <v>9781626234338</v>
+        <v>9781626232877</v>
       </c>
       <c r="B636" t="s">
-        <v>1083</v>
+        <v>1088</v>
       </c>
       <c r="C636" t="s">
-        <v>1084</v>
+        <v>1089</v>
       </c>
       <c r="D636" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E636">
         <v>2018</v>
       </c>
     </row>
     <row r="637" spans="1:6">
       <c r="A637">
-        <v>9781588905147</v>
+        <v>9781604064117</v>
       </c>
       <c r="B637" t="s">
-        <v>1085</v>
+        <v>827</v>
       </c>
       <c r="C637" t="s">
-        <v>1086</v>
+        <v>382</v>
       </c>
       <c r="D637" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E637">
-        <v>2008</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="638" spans="1:6">
       <c r="A638">
-        <v>9781626235953</v>
+        <v>9781626237322</v>
       </c>
       <c r="B638" t="s">
-        <v>892</v>
+        <v>1090</v>
       </c>
       <c r="C638" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="D638" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E638">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="639" spans="1:6">
       <c r="A639">
-        <v>9783132403468</v>
+        <v>9783131545213</v>
       </c>
       <c r="B639" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="C639" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="D639" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E639">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="640" spans="1:6">
       <c r="A640">
-        <v>9781626233287</v>
+        <v>9789385062766</v>
       </c>
       <c r="B640" t="s">
-        <v>1090</v>
+        <v>206</v>
       </c>
       <c r="C640" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="D640" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E640">
-        <v>2019</v>
+        <v>2017</v>
+      </c>
+      <c r="F640">
+        <v>203.0</v>
       </c>
     </row>
     <row r="641" spans="1:6">
       <c r="A641">
-        <v>9781604069044</v>
+        <v>9781626230811</v>
       </c>
       <c r="B641" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="C641" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="D641" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E641">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="642" spans="1:6">
       <c r="A642">
-        <v>9781684202515</v>
+        <v>9789388257398</v>
       </c>
       <c r="B642" t="s">
-        <v>1015</v>
+        <v>1097</v>
       </c>
       <c r="C642" t="s">
-        <v>1094</v>
+        <v>56</v>
       </c>
       <c r="D642" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E642">
-        <v>2023</v>
+        <v>2019</v>
+      </c>
+      <c r="F642">
+        <v>124.99</v>
       </c>
     </row>
     <row r="643" spans="1:6">
       <c r="A643">
-        <v>9781626232143</v>
+        <v>9781626235267</v>
       </c>
       <c r="B643" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C643" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="D643" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E643">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="644" spans="1:6">
       <c r="A644">
-        <v>9781684200627</v>
+        <v>9781626234338</v>
       </c>
       <c r="B644" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="C644" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="D644" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E644">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="645" spans="1:6">
       <c r="A645">
-        <v>9781626234710</v>
+        <v>9781588905147</v>
       </c>
       <c r="B645" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C645" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D645" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E645">
-        <v>2018</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="646" spans="1:6">
       <c r="A646">
-        <v>9781626233485</v>
+        <v>9781626235953</v>
       </c>
       <c r="B646" t="s">
-        <v>1101</v>
+        <v>909</v>
       </c>
       <c r="C646" t="s">
-        <v>1102</v>
+        <v>1104</v>
       </c>
       <c r="D646" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E646">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="647" spans="1:6">
       <c r="A647">
-        <v>9781626234949</v>
+        <v>9783132403468</v>
       </c>
       <c r="B647" t="s">
-        <v>576</v>
+        <v>1105</v>
       </c>
       <c r="C647" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="D647" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E647">
         <v>2021</v>
       </c>
     </row>
     <row r="648" spans="1:6">
       <c r="A648">
-        <v>9781626238930</v>
+        <v>9781626233287</v>
       </c>
       <c r="B648" t="s">
-        <v>456</v>
+        <v>1107</v>
       </c>
       <c r="C648" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="D648" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E648">
         <v>2019</v>
       </c>
     </row>
     <row r="649" spans="1:6">
       <c r="A649">
-        <v>9781604061918</v>
+        <v>9781604069044</v>
       </c>
       <c r="B649" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="C649" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="D649" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E649">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="650" spans="1:6">
       <c r="A650">
-        <v>9781684202249</v>
+        <v>9781684202515</v>
       </c>
       <c r="B650" t="s">
-        <v>1107</v>
+        <v>1032</v>
       </c>
       <c r="C650" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
       <c r="D650" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E650">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="651" spans="1:6">
       <c r="A651">
-        <v>9781626238060</v>
+        <v>9781626232143</v>
       </c>
       <c r="B651" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C651" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D651" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E651">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="652" spans="1:6">
       <c r="A652">
-        <v>9783131482075</v>
+        <v>9781684200627</v>
       </c>
       <c r="B652" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C652" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="D652" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E652">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="653" spans="1:6">
       <c r="A653">
-        <v>9781684201839</v>
+        <v>9781626234710</v>
       </c>
       <c r="B653" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="C653" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="D653" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E653">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="654" spans="1:6">
       <c r="A654">
-        <v>9781626234413</v>
+        <v>9781626233485</v>
       </c>
       <c r="B654" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="C654" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="D654" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E654">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="655" spans="1:6">
       <c r="A655">
-        <v>9783131421418</v>
+        <v>9781626234949</v>
       </c>
       <c r="B655" t="s">
-        <v>1117</v>
+        <v>593</v>
       </c>
       <c r="C655" t="s">
-        <v>1118</v>
+        <v>1120</v>
       </c>
       <c r="D655" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E655">
-        <v>2007</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="656" spans="1:6">
       <c r="A656">
-        <v>9781604061741</v>
+        <v>9781626238930</v>
       </c>
       <c r="B656" t="s">
-        <v>1119</v>
+        <v>473</v>
       </c>
       <c r="C656" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="D656" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E656">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="657" spans="1:6">
       <c r="A657">
-        <v>9781604060577</v>
+        <v>9781604061918</v>
       </c>
       <c r="B657" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C657" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D657" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E657">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="658" spans="1:6">
       <c r="A658">
-        <v>9781604068672</v>
+        <v>9781684202249</v>
       </c>
       <c r="B658" t="s">
-        <v>525</v>
+        <v>1124</v>
       </c>
       <c r="C658" t="s">
-        <v>64</v>
+        <v>1125</v>
       </c>
       <c r="D658" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E658">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="659" spans="1:6">
       <c r="A659">
-        <v>9781626231108</v>
+        <v>9781626238060</v>
       </c>
       <c r="B659" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="C659" t="s">
-        <v>16</v>
+        <v>1127</v>
       </c>
       <c r="D659" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E659">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="660" spans="1:6">
       <c r="A660">
-        <v>9783131418722</v>
+        <v>9783131482075</v>
       </c>
       <c r="B660" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="C660" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="D660" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E660">
         <v>2017</v>
       </c>
     </row>
     <row r="661" spans="1:6">
       <c r="A661">
-        <v>9781626232624</v>
+        <v>9781684201839</v>
       </c>
       <c r="B661" t="s">
-        <v>410</v>
+        <v>1130</v>
       </c>
       <c r="C661" t="s">
-        <v>1126</v>
+        <v>1131</v>
       </c>
       <c r="D661" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E661">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="662" spans="1:6">
       <c r="A662">
-        <v>9783132215818</v>
+        <v>9781626234413</v>
       </c>
       <c r="B662" t="s">
-        <v>1127</v>
+        <v>1132</v>
       </c>
       <c r="C662" t="s">
-        <v>1128</v>
+        <v>1133</v>
       </c>
       <c r="D662" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E662">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="663" spans="1:6">
       <c r="A663">
-        <v>9781604067538</v>
+        <v>9783131421418</v>
       </c>
       <c r="B663" t="s">
-        <v>988</v>
+        <v>1134</v>
       </c>
       <c r="C663" t="s">
-        <v>1129</v>
+        <v>1135</v>
       </c>
       <c r="D663" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E663">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="664" spans="1:6">
       <c r="A664">
-        <v>9783132425170</v>
+        <v>9781604061741</v>
       </c>
       <c r="B664" t="s">
-        <v>1130</v>
+        <v>1136</v>
       </c>
       <c r="C664" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="D664" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E664">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="665" spans="1:6">
       <c r="A665">
-        <v>9781626239685</v>
+        <v>9781604060577</v>
       </c>
       <c r="B665" t="s">
-        <v>1132</v>
+        <v>1138</v>
       </c>
       <c r="C665" t="s">
-        <v>1133</v>
+        <v>1139</v>
       </c>
       <c r="D665" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E665">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="666" spans="1:6">
       <c r="A666">
-        <v>9781626237162</v>
+        <v>9781604068672</v>
       </c>
       <c r="B666" t="s">
-        <v>1134</v>
+        <v>542</v>
       </c>
       <c r="C666" t="s">
-        <v>1135</v>
+        <v>81</v>
       </c>
       <c r="D666" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E666">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="667" spans="1:6">
       <c r="A667">
-        <v>9783131500519</v>
+        <v>9781626231108</v>
       </c>
       <c r="B667" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="C667" t="s">
-        <v>1137</v>
+        <v>34</v>
       </c>
       <c r="D667" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E667">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="668" spans="1:6">
       <c r="A668">
-        <v>9783132417205</v>
+        <v>9783131418722</v>
       </c>
       <c r="B668" t="s">
-        <v>1138</v>
+        <v>1141</v>
       </c>
       <c r="C668" t="s">
-        <v>1139</v>
+        <v>1142</v>
       </c>
       <c r="D668" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E668">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="669" spans="1:6">
       <c r="A669">
-        <v>9781684200139</v>
+        <v>9781626232624</v>
       </c>
       <c r="B669" t="s">
-        <v>1140</v>
+        <v>427</v>
       </c>
       <c r="C669" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D669" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E669">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="670" spans="1:6">
       <c r="A670">
-        <v>9781626232686</v>
+        <v>9783132215818</v>
       </c>
       <c r="B670" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C670" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D670" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E670">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="671" spans="1:6">
       <c r="A671">
-        <v>9781604066951</v>
+        <v>9781604067538</v>
       </c>
       <c r="B671" t="s">
-        <v>1144</v>
+        <v>1005</v>
       </c>
       <c r="C671" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="D671" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E671">
-        <v>2012</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="672" spans="1:6">
       <c r="A672">
-        <v>9781684200030</v>
+        <v>9783132425170</v>
       </c>
       <c r="B672" t="s">
-        <v>126</v>
+        <v>1147</v>
       </c>
       <c r="C672" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="D672" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E672">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="673" spans="1:6">
       <c r="A673">
-        <v>9783132202917</v>
+        <v>9781626239685</v>
       </c>
       <c r="B673" t="s">
-        <v>1147</v>
+        <v>1149</v>
       </c>
       <c r="C673" t="s">
-        <v>1148</v>
+        <v>1150</v>
       </c>
       <c r="D673" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E673">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="674" spans="1:6">
       <c r="A674">
-        <v>9781684200535</v>
+        <v>9781626237162</v>
       </c>
       <c r="B674" t="s">
-        <v>1149</v>
+        <v>1151</v>
       </c>
       <c r="C674" t="s">
-        <v>1150</v>
+        <v>1152</v>
       </c>
       <c r="D674" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E674">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="675" spans="1:6">
       <c r="A675">
-        <v>9781626234512</v>
+        <v>9783131500519</v>
       </c>
       <c r="B675" t="s">
-        <v>729</v>
+        <v>1153</v>
       </c>
       <c r="C675" t="s">
-        <v>1151</v>
+        <v>1154</v>
       </c>
       <c r="D675" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E675">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="676" spans="1:6">
       <c r="A676">
-        <v>9781626232235</v>
+        <v>9783132417205</v>
       </c>
       <c r="B676" t="s">
-        <v>523</v>
+        <v>1155</v>
       </c>
       <c r="C676" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="D676" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E676">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="677" spans="1:6">
       <c r="A677">
-        <v>9781626234550</v>
+        <v>9781684200139</v>
       </c>
       <c r="B677" t="s">
-        <v>523</v>
+        <v>1157</v>
       </c>
       <c r="C677" t="s">
-        <v>1153</v>
+        <v>1158</v>
       </c>
       <c r="D677" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E677">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="678" spans="1:6">
       <c r="A678">
-        <v>9783132059115</v>
+        <v>9781626232686</v>
       </c>
       <c r="B678" t="s">
-        <v>1154</v>
+        <v>1159</v>
       </c>
       <c r="C678" t="s">
-        <v>1155</v>
+        <v>1160</v>
       </c>
       <c r="D678" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E678">
         <v>2018</v>
       </c>
     </row>
     <row r="679" spans="1:6">
       <c r="A679">
-        <v>9783132203815</v>
+        <v>9781604066951</v>
       </c>
       <c r="B679" t="s">
-        <v>1156</v>
+        <v>1161</v>
       </c>
       <c r="C679" t="s">
-        <v>1157</v>
+        <v>1162</v>
       </c>
       <c r="D679" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E679">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="680" spans="1:6">
       <c r="A680">
-        <v>9781588905253</v>
+        <v>9781684200030</v>
       </c>
       <c r="B680" t="s">
-        <v>1158</v>
+        <v>143</v>
       </c>
       <c r="C680" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="D680" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E680">
-        <v>2009</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="681" spans="1:6">
       <c r="A681">
-        <v>9783132419537</v>
+        <v>9783132202917</v>
       </c>
       <c r="B681" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="C681" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="D681" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E681">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="682" spans="1:6">
       <c r="A682">
-        <v>9781626230217</v>
+        <v>9781684200535</v>
       </c>
       <c r="B682" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="C682" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="D682" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E682">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="683" spans="1:6">
       <c r="A683">
-        <v>9783131472014</v>
+        <v>9781626234512</v>
       </c>
       <c r="B683" t="s">
-        <v>1164</v>
+        <v>746</v>
       </c>
       <c r="C683" t="s">
-        <v>1165</v>
+        <v>1168</v>
       </c>
       <c r="D683" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E683">
-        <v>2010</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="684" spans="1:6">
       <c r="A684">
-        <v>9781626239722</v>
+        <v>9781626232235</v>
       </c>
       <c r="B684" t="s">
-        <v>1166</v>
+        <v>540</v>
       </c>
       <c r="C684" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="D684" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E684">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="685" spans="1:6">
       <c r="A685">
-        <v>9781626230125</v>
+        <v>9781626234550</v>
       </c>
       <c r="B685" t="s">
-        <v>1168</v>
+        <v>540</v>
       </c>
       <c r="C685" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D685" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E685">
         <v>2018</v>
       </c>
     </row>
     <row r="686" spans="1:6">
       <c r="A686">
-        <v>9781626237971</v>
+        <v>9783132059115</v>
       </c>
       <c r="B686" t="s">
-        <v>1013</v>
+        <v>1171</v>
       </c>
       <c r="C686" t="s">
-        <v>1170</v>
+        <v>1172</v>
       </c>
       <c r="D686" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E686">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="687" spans="1:6">
       <c r="A687">
-        <v>9781626232549</v>
+        <v>9783132203815</v>
       </c>
       <c r="B687" t="s">
-        <v>343</v>
+        <v>1173</v>
       </c>
       <c r="C687" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D687" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E687">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
-        <v>9783131383723</v>
+        <v>9781588905253</v>
       </c>
       <c r="B688" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C688" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="D688" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E688">
-        <v>2016</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="689" spans="1:6">
       <c r="A689">
-        <v>9781604068320</v>
+        <v>9783132419537</v>
       </c>
       <c r="B689" t="s">
-        <v>711</v>
+        <v>1177</v>
       </c>
       <c r="C689" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="D689" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E689">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="690" spans="1:6">
       <c r="A690">
-        <v>9783132417878</v>
+        <v>9781626230217</v>
       </c>
       <c r="B690" t="s">
-        <v>570</v>
+        <v>1179</v>
       </c>
       <c r="C690" t="s">
-        <v>1175</v>
+        <v>1180</v>
       </c>
       <c r="D690" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E690">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="691" spans="1:6">
       <c r="A691">
-        <v>9781604060423</v>
+        <v>9783131472014</v>
       </c>
       <c r="B691" t="s">
-        <v>1176</v>
+        <v>1181</v>
       </c>
       <c r="C691" t="s">
-        <v>1177</v>
+        <v>1182</v>
       </c>
       <c r="D691" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E691">
-        <v>2009</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="692" spans="1:6">
       <c r="A692">
-        <v>9781684205592</v>
+        <v>9781626239722</v>
       </c>
       <c r="B692" t="s">
-        <v>1178</v>
+        <v>1183</v>
       </c>
       <c r="C692" t="s">
-        <v>1179</v>
+        <v>1184</v>
       </c>
       <c r="D692" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E692">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="693" spans="1:6">
       <c r="A693">
-        <v>9783132417182</v>
+        <v>9781626230125</v>
       </c>
       <c r="B693" t="s">
-        <v>1180</v>
+        <v>1185</v>
       </c>
       <c r="C693" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="D693" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="E693">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="694" spans="1:6">
       <c r="A694">
-        <v>9781626234857</v>
+        <v>9781626237971</v>
       </c>
       <c r="B694" t="s">
-        <v>1182</v>
+        <v>1030</v>
       </c>
       <c r="C694" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="D694" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E694">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="695" spans="1:6">
       <c r="A695">
-        <v>9781626232020</v>
+        <v>9781626232549</v>
       </c>
       <c r="B695" t="s">
-        <v>139</v>
+        <v>360</v>
       </c>
       <c r="C695" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="D695" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E695">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="696" spans="1:6">
       <c r="A696">
-        <v>9781626236899</v>
+        <v>9783131383723</v>
       </c>
       <c r="B696" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="C696" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="D696" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E696">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="697" spans="1:6">
       <c r="A697">
-        <v>9781626231344</v>
+        <v>9781604068320</v>
       </c>
       <c r="B697" t="s">
-        <v>124</v>
+        <v>728</v>
       </c>
       <c r="C697" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="D697" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E697">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="698" spans="1:6">
       <c r="A698">
-        <v>9781626237087</v>
+        <v>9783132417878</v>
       </c>
       <c r="B698" t="s">
-        <v>374</v>
+        <v>587</v>
       </c>
       <c r="C698" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="D698" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E698">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="699" spans="1:6">
       <c r="A699">
-        <v>9789385062612</v>
+        <v>9781604060423</v>
       </c>
       <c r="B699" t="s">
-        <v>786</v>
+        <v>1193</v>
       </c>
       <c r="C699" t="s">
-        <v>1189</v>
+        <v>1194</v>
       </c>
       <c r="D699" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E699">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>204.99</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="700" spans="1:6">
       <c r="A700">
-        <v>9781626238756</v>
+        <v>9781684205592</v>
       </c>
       <c r="B700" t="s">
-        <v>1115</v>
+        <v>1195</v>
       </c>
       <c r="C700" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="D700" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E700">
-        <v>2019</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="701" spans="1:6">
       <c r="A701">
-        <v>9783131749413</v>
+        <v>9783132417182</v>
       </c>
       <c r="B701" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="C701" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="D701" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E701">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="702" spans="1:6">
       <c r="A702">
-        <v>9781684200092</v>
+        <v>9781626234857</v>
       </c>
       <c r="B702" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="C702" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="D702" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E702">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="703" spans="1:6">
       <c r="A703">
-        <v>9781626235168</v>
+        <v>9781626232020</v>
       </c>
       <c r="B703" t="s">
-        <v>1195</v>
+        <v>156</v>
       </c>
       <c r="C703" t="s">
-        <v>1196</v>
+        <v>1201</v>
       </c>
       <c r="D703" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E703">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="704" spans="1:6">
       <c r="A704">
-        <v>9783132427518</v>
+        <v>9781626236899</v>
       </c>
       <c r="B704" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="C704" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="D704" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E704">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="705" spans="1:6">
       <c r="A705">
-        <v>9783131624710</v>
+        <v>9781626231344</v>
       </c>
       <c r="B705" t="s">
-        <v>1199</v>
+        <v>141</v>
       </c>
       <c r="C705" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="D705" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E705">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="706" spans="1:6">
       <c r="A706">
-        <v>9783131435910</v>
+        <v>9781626237087</v>
       </c>
       <c r="B706" t="s">
-        <v>630</v>
+        <v>391</v>
       </c>
       <c r="C706" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="D706" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E706">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="707" spans="1:6">
       <c r="A707">
-        <v>9783131723819</v>
+        <v>9789385062612</v>
       </c>
       <c r="B707" t="s">
-        <v>1202</v>
+        <v>803</v>
       </c>
       <c r="C707" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="D707" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E707">
-        <v>2013</v>
+        <v>2016</v>
+      </c>
+      <c r="F707">
+        <v>204.99</v>
       </c>
     </row>
     <row r="708" spans="1:6">
       <c r="A708">
-        <v>9783132414266</v>
+        <v>9781626238756</v>
       </c>
       <c r="B708" t="s">
-        <v>1204</v>
+        <v>1132</v>
       </c>
       <c r="C708" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="D708" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E708">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="709" spans="1:6">
       <c r="A709">
-        <v>9783132004412</v>
+        <v>9783131749413</v>
       </c>
       <c r="B709" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C709" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D709" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E709">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="710" spans="1:6">
       <c r="A710">
-        <v>9781684202300</v>
+        <v>9781684200092</v>
       </c>
       <c r="B710" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="C710" t="s">
-        <v>1209</v>
+        <v>1211</v>
       </c>
       <c r="D710" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E710">
         <v>2022</v>
       </c>
     </row>
     <row r="711" spans="1:6">
       <c r="A711">
-        <v>9781626235113</v>
+        <v>9781626235168</v>
       </c>
       <c r="B711" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="C711" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="D711" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E711">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="712" spans="1:6">
       <c r="A712">
-        <v>9789386293565</v>
+        <v>9783132427518</v>
       </c>
       <c r="B712" t="s">
-        <v>153</v>
+        <v>1214</v>
       </c>
       <c r="C712" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="D712" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E712">
         <v>2019</v>
       </c>
-      <c r="F712">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="713" spans="1:6">
       <c r="A713">
-        <v>9781626234734</v>
+        <v>9783131624710</v>
       </c>
       <c r="B713" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="C713" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="D713" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E713">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="714" spans="1:6">
       <c r="A714">
-        <v>9789382076933</v>
+        <v>9783131435910</v>
       </c>
       <c r="B714" t="s">
-        <v>1215</v>
+        <v>647</v>
       </c>
       <c r="C714" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="D714" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E714">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="715" spans="1:6">
       <c r="A715">
-        <v>9783132413511</v>
+        <v>9783131723819</v>
       </c>
       <c r="B715" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="C715" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="D715" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E715">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="716" spans="1:6">
       <c r="A716">
-        <v>9783131477613</v>
+        <v>9783132414266</v>
       </c>
       <c r="B716" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="C716" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="D716" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E716">
-        <v>2008</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="717" spans="1:6">
       <c r="A717">
-        <v>9781626235076</v>
+        <v>9783132004412</v>
       </c>
       <c r="B717" t="s">
-        <v>139</v>
+        <v>1223</v>
       </c>
       <c r="C717" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="D717" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E717">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="718" spans="1:6">
       <c r="A718">
-        <v>9781626232372</v>
+        <v>9781684202300</v>
       </c>
       <c r="B718" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="C718" t="s">
-        <v>1223</v>
+        <v>1226</v>
       </c>
       <c r="D718" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E718">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="719" spans="1:6">
       <c r="A719">
-        <v>9781626235199</v>
+        <v>9781626235113</v>
       </c>
       <c r="B719" t="s">
-        <v>740</v>
+        <v>1227</v>
       </c>
       <c r="C719" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="D719" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E719">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="720" spans="1:6">
       <c r="A720">
-        <v>9781626232440</v>
+        <v>9789386293565</v>
       </c>
       <c r="B720" t="s">
-        <v>1225</v>
+        <v>170</v>
       </c>
       <c r="C720" t="s">
-        <v>1226</v>
+        <v>1229</v>
       </c>
       <c r="D720" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E720">
-        <v>2018</v>
+        <v>2019</v>
+      </c>
+      <c r="F720">
+        <v>171.0</v>
       </c>
     </row>
     <row r="721" spans="1:6">
       <c r="A721">
-        <v>9783131543219</v>
+        <v>9781626234734</v>
       </c>
       <c r="B721" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C721" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="D721" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E721">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="722" spans="1:6">
       <c r="A722">
-        <v>9783132409583</v>
+        <v>9789382076933</v>
       </c>
       <c r="B722" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="C722" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="D722" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E722">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F722">
+        <v>168.0</v>
       </c>
     </row>
     <row r="723" spans="1:6">
       <c r="A723">
-        <v>9781684205561</v>
+        <v>9783132413511</v>
       </c>
       <c r="B723" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="C723" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="D723" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E723">
-        <v>2023</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="724" spans="1:6">
       <c r="A724">
-        <v>9781626233461</v>
+        <v>9783131477613</v>
       </c>
       <c r="B724" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="C724" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="D724" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E724">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="725" spans="1:6">
       <c r="A725">
-        <v>9783132431720</v>
+        <v>9781626235076</v>
       </c>
       <c r="B725" t="s">
-        <v>1235</v>
+        <v>156</v>
       </c>
       <c r="C725" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="D725" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E725">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="726" spans="1:6">
       <c r="A726">
-        <v>9783131724212</v>
+        <v>9781626232372</v>
       </c>
       <c r="B726" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="C726" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="D726" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E726">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="727" spans="1:6">
       <c r="A727">
-        <v>9783131658517</v>
+        <v>9781626235199</v>
       </c>
       <c r="B727" t="s">
-        <v>341</v>
+        <v>757</v>
       </c>
       <c r="C727" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="D727" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E727">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="728" spans="1:6">
       <c r="A728">
-        <v>9781604066807</v>
+        <v>9781626232440</v>
       </c>
       <c r="B728" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="C728" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="D728" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E728">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="729" spans="1:6">
       <c r="A729">
-        <v>9781626238558</v>
+        <v>9783131543219</v>
       </c>
       <c r="B729" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="C729" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="D729" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E729">
-        <v>2019</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="730" spans="1:6">
       <c r="A730">
-        <v>9783131471512</v>
+        <v>9783132409583</v>
       </c>
       <c r="B730" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="C730" t="s">
-        <v>1245</v>
+        <v>1247</v>
       </c>
       <c r="D730" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E730">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="731" spans="1:6">
       <c r="A731">
-        <v>9781604065763</v>
+        <v>9781684205561</v>
       </c>
       <c r="B731" t="s">
-        <v>1246</v>
+        <v>1248</v>
       </c>
       <c r="C731" t="s">
-        <v>1247</v>
+        <v>1249</v>
       </c>
       <c r="D731" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E731">
-        <v>2012</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="732" spans="1:6">
       <c r="A732">
-        <v>9781588903709</v>
+        <v>9781626233461</v>
       </c>
       <c r="B732" t="s">
-        <v>1248</v>
+        <v>1250</v>
       </c>
       <c r="C732" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="D732" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E732">
-        <v>2007</v>
+        <v>2018</v>
+      </c>
+      <c r="F732">
+        <v>59.99</v>
       </c>
     </row>
     <row r="733" spans="1:6">
       <c r="A733">
-        <v>9781626230989</v>
+        <v>9783132431720</v>
       </c>
       <c r="B733" t="s">
-        <v>729</v>
+        <v>1252</v>
       </c>
       <c r="C733" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
       <c r="D733" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E733">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="734" spans="1:6">
       <c r="A734">
-        <v>9781626234673</v>
+        <v>9783131724212</v>
       </c>
       <c r="B734" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="C734" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="D734" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E734">
-        <v>2021</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="735" spans="1:6">
       <c r="A735">
-        <v>9783132411449</v>
+        <v>9783131658517</v>
       </c>
       <c r="B735" t="s">
-        <v>1253</v>
+        <v>358</v>
       </c>
       <c r="C735" t="s">
-        <v>1254</v>
+        <v>1256</v>
       </c>
       <c r="D735" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E735">
-        <v>2019</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="736" spans="1:6">
       <c r="A736">
-        <v>9781626239180</v>
+        <v>9781604066807</v>
       </c>
       <c r="B736" t="s">
-        <v>1255</v>
+        <v>1257</v>
       </c>
       <c r="C736" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="D736" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E736">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="737" spans="1:6">
       <c r="A737">
-        <v>9781626237148</v>
+        <v>9781626238558</v>
       </c>
       <c r="B737" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="C737" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="D737" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E737">
         <v>2019</v>
       </c>
     </row>
     <row r="738" spans="1:6">
       <c r="A738">
-        <v>9781604060515</v>
+        <v>9783131471512</v>
       </c>
       <c r="B738" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="C738" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="D738" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E738">
-        <v>2011</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="739" spans="1:6">
       <c r="A739">
-        <v>9781626232341</v>
+        <v>9781604065763</v>
       </c>
       <c r="B739" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="C739" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="D739" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E739">
-        <v>2017</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="740" spans="1:6">
       <c r="A740">
-        <v>9781604060591</v>
+        <v>9781588903709</v>
       </c>
       <c r="B740" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="C740" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="D740" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E740">
-        <v>2015</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="741" spans="1:6">
       <c r="A741">
-        <v>9781684201532</v>
+        <v>9781626230989</v>
       </c>
       <c r="B741" t="s">
-        <v>1265</v>
+        <v>746</v>
       </c>
       <c r="C741" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="D741" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E741">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="742" spans="1:6">
       <c r="A742">
-        <v>9781684200191</v>
+        <v>9781626234673</v>
       </c>
       <c r="B742" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C742" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D742" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E742">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="743" spans="1:6">
       <c r="A743">
-        <v>9783131261632</v>
+        <v>9783132411449</v>
       </c>
       <c r="B743" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C743" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D743" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E743">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="744" spans="1:6">
       <c r="A744">
-        <v>9781626234901</v>
+        <v>9781626239180</v>
       </c>
       <c r="B744" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C744" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D744" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E744">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="745" spans="1:6">
       <c r="A745">
-        <v>9781626237292</v>
+        <v>9781626237148</v>
       </c>
       <c r="B745" t="s">
-        <v>541</v>
+        <v>1274</v>
       </c>
       <c r="C745" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D745" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E745">
         <v>2019</v>
       </c>
     </row>
     <row r="746" spans="1:6">
       <c r="A746">
-        <v>9781626234253</v>
+        <v>9781604060515</v>
       </c>
       <c r="B746" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="C746" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="D746" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E746">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="747" spans="1:6">
       <c r="A747">
-        <v>9781626233201</v>
+        <v>9781626232341</v>
       </c>
       <c r="B747" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
       <c r="C747" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="D747" t="s">
-        <v>23</v>
+        <v>119</v>
       </c>
       <c r="E747">
         <v>2017</v>
       </c>
     </row>
     <row r="748" spans="1:6">
       <c r="A748">
-        <v>9781626235038</v>
+        <v>9781604060591</v>
       </c>
       <c r="B748" t="s">
-        <v>1278</v>
+        <v>1280</v>
       </c>
       <c r="C748" t="s">
-        <v>1279</v>
+        <v>1281</v>
       </c>
       <c r="D748" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E748">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="749" spans="1:6">
       <c r="A749">
-        <v>9781626233584</v>
+        <v>9781684201532</v>
       </c>
       <c r="B749" t="s">
-        <v>1280</v>
+        <v>1282</v>
       </c>
       <c r="C749" t="s">
-        <v>1281</v>
+        <v>1283</v>
       </c>
       <c r="D749" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E749">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="750" spans="1:6">
       <c r="A750">
-        <v>9781626236936</v>
+        <v>9781684200191</v>
       </c>
       <c r="B750" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="C750" t="s">
-        <v>1283</v>
+        <v>1285</v>
       </c>
       <c r="D750" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E750">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="751" spans="1:6">
       <c r="A751">
-        <v>9783131486219</v>
+        <v>9783131261632</v>
       </c>
       <c r="B751" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
       <c r="C751" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="D751" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E751">
-        <v>2010</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="752" spans="1:6">
       <c r="A752">
-        <v>9783131646019</v>
+        <v>9781626234901</v>
       </c>
       <c r="B752" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="C752" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="D752" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E752">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="753" spans="1:6">
       <c r="A753">
-        <v>9781626232082</v>
+        <v>9781626237292</v>
       </c>
       <c r="B753" t="s">
-        <v>1105</v>
+        <v>558</v>
       </c>
       <c r="C753" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="D753" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E753">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="754" spans="1:6">
       <c r="A754">
-        <v>9783131731111</v>
+        <v>9781626234253</v>
       </c>
       <c r="B754" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="C754" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="D754" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E754">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="755" spans="1:6">
       <c r="A755">
-        <v>9783137055020</v>
+        <v>9781626233201</v>
       </c>
       <c r="B755" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="C755" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="D755" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="E755">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="756" spans="1:6">
       <c r="A756">
-        <v>9781626237032</v>
+        <v>9781626235038</v>
       </c>
       <c r="B756" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="C756" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="D756" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E756">
-        <v>2011</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="757" spans="1:6">
       <c r="A757">
-        <v>9781684201518</v>
+        <v>9781626233584</v>
       </c>
       <c r="B757" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="C757" t="s">
-        <v>1296</v>
+        <v>1298</v>
       </c>
       <c r="D757" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E757">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="758" spans="1:6">
       <c r="A758">
-        <v>9781626233706</v>
+        <v>9781626236936</v>
       </c>
       <c r="B758" t="s">
-        <v>1297</v>
+        <v>1299</v>
       </c>
       <c r="C758" t="s">
-        <v>1298</v>
+        <v>1300</v>
       </c>
       <c r="D758" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E758">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="759" spans="1:6">
       <c r="A759">
-        <v>9781588904010</v>
+        <v>9783131486219</v>
       </c>
       <c r="B759" t="s">
-        <v>1299</v>
+        <v>1301</v>
       </c>
       <c r="C759" t="s">
-        <v>1300</v>
+        <v>1302</v>
       </c>
       <c r="D759" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E759">
-        <v>2008</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="760" spans="1:6">
       <c r="A760">
-        <v>9783131997210</v>
+        <v>9783131646019</v>
       </c>
       <c r="B760" t="s">
-        <v>1301</v>
+        <v>1303</v>
       </c>
       <c r="C760" t="s">
-        <v>1302</v>
+        <v>1304</v>
       </c>
       <c r="D760" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E760">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="761" spans="1:6">
       <c r="A761">
-        <v>9781684201679</v>
+        <v>9781626232082</v>
       </c>
       <c r="B761" t="s">
-        <v>1303</v>
+        <v>1122</v>
       </c>
       <c r="C761" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="D761" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E761">
-        <v>2022</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="762" spans="1:6">
       <c r="A762">
-        <v>9781626235533</v>
+        <v>9783131731111</v>
       </c>
       <c r="B762" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="C762" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="D762" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E762">
-        <v>2009</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="763" spans="1:6">
       <c r="A763">
-        <v>9781626239678</v>
+        <v>9783137055020</v>
       </c>
       <c r="B763" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="C763" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="D763" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E763">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="764" spans="1:6">
       <c r="A764">
-        <v>9781626236448</v>
+        <v>9781626237032</v>
       </c>
       <c r="B764" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C764" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D764" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E764">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="765" spans="1:6">
       <c r="A765">
-        <v>9783131427113</v>
+        <v>9781684201518</v>
       </c>
       <c r="B765" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C765" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D765" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E765">
-        <v>2007</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="766" spans="1:6">
       <c r="A766">
-        <v>9783131697318</v>
+        <v>9781626233706</v>
       </c>
       <c r="B766" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C766" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D766" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E766">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="767" spans="1:6">
       <c r="A767">
-        <v>9781626236011</v>
+        <v>9781588904010</v>
       </c>
       <c r="B767" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C767" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D767" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E767">
-        <v>2018</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="768" spans="1:6">
       <c r="A768">
-        <v>9783137407034</v>
+        <v>9783131997210</v>
       </c>
       <c r="B768" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C768" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D768" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E768">
-        <v>2007</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="769" spans="1:6">
       <c r="A769">
-        <v>9781604067682</v>
+        <v>9781684201679</v>
       </c>
       <c r="B769" t="s">
-        <v>1062</v>
+        <v>1320</v>
       </c>
       <c r="C769" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="D769" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E769">
-        <v>2015</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="770" spans="1:6">
       <c r="A770">
-        <v>9783132431744</v>
+        <v>9781626235533</v>
       </c>
       <c r="B770" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="C770" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="D770" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E770">
-        <v>2021</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="771" spans="1:6">
       <c r="A771">
-        <v>9781626238312</v>
+        <v>9781626239678</v>
       </c>
       <c r="B771" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="C771" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
       <c r="D771" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E771">
         <v>2020</v>
       </c>
     </row>
     <row r="772" spans="1:6">
       <c r="A772">
-        <v>9783131499813</v>
+        <v>9781626236448</v>
       </c>
       <c r="B772" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C772" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D772" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E772">
-        <v>2009</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="773" spans="1:6">
       <c r="A773">
-        <v>9783131492715</v>
+        <v>9783131427113</v>
       </c>
       <c r="B773" t="s">
-        <v>1127</v>
+        <v>1328</v>
       </c>
       <c r="C773" t="s">
-        <v>1326</v>
+        <v>1329</v>
       </c>
       <c r="D773" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E773">
-        <v>2009</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="774" spans="1:6">
       <c r="A774">
-        <v>9781626238237</v>
+        <v>9783131697318</v>
       </c>
       <c r="B774" t="s">
-        <v>1327</v>
+        <v>1330</v>
       </c>
       <c r="C774" t="s">
-        <v>1328</v>
+        <v>1331</v>
       </c>
       <c r="D774" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E774">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="775" spans="1:6">
       <c r="A775">
-        <v>9783132053618</v>
+        <v>9781626236011</v>
       </c>
       <c r="B775" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C775" t="s">
-        <v>1330</v>
+        <v>1333</v>
       </c>
       <c r="D775" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E775">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="776" spans="1:6">
       <c r="A776">
-        <v>9781604067729</v>
+        <v>9783137407034</v>
       </c>
       <c r="B776" t="s">
-        <v>1331</v>
+        <v>1334</v>
       </c>
       <c r="C776" t="s">
-        <v>1332</v>
+        <v>1335</v>
       </c>
       <c r="D776" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E776">
-        <v>2016</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="777" spans="1:6">
       <c r="A777">
-        <v>9781684202171</v>
+        <v>9781604067682</v>
       </c>
       <c r="B777" t="s">
-        <v>126</v>
+        <v>1079</v>
       </c>
       <c r="C777" t="s">
-        <v>1333</v>
+        <v>1336</v>
       </c>
       <c r="D777" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E777">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="778" spans="1:6">
       <c r="A778">
-        <v>9783134535020</v>
+        <v>9783132431744</v>
       </c>
       <c r="B778" t="s">
-        <v>359</v>
+        <v>1337</v>
       </c>
       <c r="C778" t="s">
-        <v>1334</v>
+        <v>1338</v>
       </c>
       <c r="D778" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E778">
-        <v>2006</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="779" spans="1:6">
       <c r="A779">
-        <v>9781604060362</v>
+        <v>9781626238312</v>
       </c>
       <c r="B779" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="C779" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="D779" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E779">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="780" spans="1:6">
       <c r="A780">
-        <v>9789388257060</v>
+        <v>9783131499813</v>
       </c>
       <c r="B780" t="s">
-        <v>189</v>
+        <v>1341</v>
       </c>
       <c r="C780" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="D780" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E780">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>104.99</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="781" spans="1:6">
       <c r="A781">
-        <v>9781588901866</v>
+        <v>9783131492715</v>
       </c>
       <c r="B781" t="s">
-        <v>1119</v>
+        <v>1144</v>
       </c>
       <c r="C781" t="s">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="D781" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E781">
-        <v>2003</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="782" spans="1:6">
       <c r="A782">
-        <v>9781684201464</v>
+        <v>9781626238237</v>
       </c>
       <c r="B782" t="s">
-        <v>529</v>
+        <v>1344</v>
       </c>
       <c r="C782" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="D782" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E782">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="783" spans="1:6">
       <c r="A783">
-        <v>9781626236493</v>
+        <v>9783132053618</v>
       </c>
       <c r="B783" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="C783" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
       <c r="D783" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E783">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="784" spans="1:6">
       <c r="A784">
-        <v>9781626235328</v>
+        <v>9781604067729</v>
       </c>
       <c r="B784" t="s">
-        <v>1271</v>
+        <v>1348</v>
       </c>
       <c r="C784" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="D784" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E784">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="785" spans="1:6">
       <c r="A785">
-        <v>9781626233461</v>
+        <v>9781684202171</v>
       </c>
       <c r="B785" t="s">
-        <v>1233</v>
+        <v>143</v>
       </c>
       <c r="C785" t="s">
-        <v>37</v>
+        <v>1350</v>
       </c>
       <c r="D785" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E785">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="786" spans="1:6">
       <c r="A786">
-        <v>9781604063752</v>
+        <v>9783134535020</v>
       </c>
       <c r="B786" t="s">
-        <v>1343</v>
+        <v>376</v>
       </c>
       <c r="C786" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D786" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E786">
-        <v>2011</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="787" spans="1:6">
       <c r="A787">
-        <v>9783131746412</v>
+        <v>9781604060362</v>
       </c>
       <c r="B787" t="s">
-        <v>1345</v>
+        <v>1352</v>
       </c>
       <c r="C787" t="s">
-        <v>1346</v>
+        <v>1353</v>
       </c>
       <c r="D787" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E787">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="788" spans="1:6">
       <c r="A788">
-        <v>9783132428416</v>
+        <v>9789388257060</v>
       </c>
       <c r="B788" t="s">
-        <v>1127</v>
+        <v>206</v>
       </c>
       <c r="C788" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="D788" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E788">
         <v>2019</v>
       </c>
+      <c r="F788">
+        <v>104.99</v>
+      </c>
     </row>
     <row r="789" spans="1:6">
       <c r="A789">
-        <v>9781626233607</v>
+        <v>9781588901866</v>
       </c>
       <c r="B789" t="s">
-        <v>1195</v>
+        <v>1136</v>
       </c>
       <c r="C789" t="s">
-        <v>1348</v>
+        <v>1355</v>
       </c>
       <c r="D789" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E789">
-        <v>2018</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="790" spans="1:6">
       <c r="A790">
-        <v>9781626232501</v>
+        <v>9781684201464</v>
       </c>
       <c r="B790" t="s">
-        <v>1193</v>
+        <v>546</v>
       </c>
       <c r="C790" t="s">
-        <v>1349</v>
+        <v>1356</v>
       </c>
       <c r="D790" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E790">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="791" spans="1:6">
       <c r="A791">
-        <v>9783131538819</v>
+        <v>9781626236493</v>
       </c>
       <c r="B791" t="s">
-        <v>1350</v>
+        <v>1357</v>
       </c>
       <c r="C791" t="s">
-        <v>1351</v>
+        <v>1358</v>
       </c>
       <c r="D791" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E791">
-        <v>2011</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="792" spans="1:6">
       <c r="A792">
-        <v>9783131076120</v>
+        <v>9781626235328</v>
       </c>
       <c r="B792" t="s">
-        <v>392</v>
+        <v>1288</v>
       </c>
       <c r="C792" t="s">
-        <v>644</v>
+        <v>1359</v>
       </c>
       <c r="D792" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E792">
-        <v>2006</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="793" spans="1:6">
       <c r="A793">
-        <v>9781684200580</v>
+        <v>9781626233461</v>
       </c>
       <c r="B793" t="s">
-        <v>1352</v>
+        <v>1250</v>
       </c>
       <c r="C793" t="s">
-        <v>1353</v>
+        <v>54</v>
       </c>
       <c r="D793" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E793">
-        <v>2020</v>
+        <v>2016</v>
+      </c>
+      <c r="F793">
+        <v>59.99</v>
       </c>
     </row>
     <row r="794" spans="1:6">
       <c r="A794">
-        <v>9781626231566</v>
+        <v>9781604063752</v>
+      </c>
+      <c r="B794" t="s">
+        <v>1360</v>
       </c>
       <c r="C794" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="D794" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E794">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="795" spans="1:6">
       <c r="A795">
-        <v>9783131463319</v>
+        <v>9783131746412</v>
       </c>
       <c r="B795" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="C795" t="s">
-        <v>1356</v>
+        <v>1363</v>
       </c>
       <c r="D795" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E795">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="796" spans="1:6">
       <c r="A796">
-        <v>9783132415607</v>
+        <v>9783132428416</v>
       </c>
       <c r="B796" t="s">
-        <v>1357</v>
+        <v>1144</v>
       </c>
       <c r="C796" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="D796" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E796">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="797" spans="1:6">
       <c r="A797">
-        <v>9781604066838</v>
+        <v>9781626233607</v>
       </c>
       <c r="B797" t="s">
-        <v>1359</v>
+        <v>1212</v>
       </c>
       <c r="C797" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="D797" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E797">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="798" spans="1:6">
       <c r="A798">
-        <v>9781626231597</v>
+        <v>9781626232501</v>
       </c>
       <c r="B798" t="s">
-        <v>1361</v>
+        <v>1210</v>
       </c>
       <c r="C798" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="D798" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E798">
         <v>2017</v>
       </c>
     </row>
     <row r="799" spans="1:6">
       <c r="A799">
-        <v>9781626236820</v>
+        <v>9783131538819</v>
       </c>
       <c r="B799" t="s">
-        <v>1363</v>
+        <v>1367</v>
       </c>
       <c r="C799" t="s">
-        <v>1364</v>
+        <v>1368</v>
       </c>
       <c r="D799" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E799">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="800" spans="1:6">
       <c r="A800">
-        <v>9781626235410</v>
+        <v>9783131076120</v>
       </c>
       <c r="B800" t="s">
-        <v>370</v>
+        <v>409</v>
       </c>
       <c r="C800" t="s">
-        <v>1365</v>
+        <v>661</v>
       </c>
       <c r="D800" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E800">
-        <v>2022</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="801" spans="1:6">
       <c r="A801">
-        <v>9783132412774</v>
+        <v>9781684200580</v>
       </c>
       <c r="B801" t="s">
-        <v>1366</v>
+        <v>1369</v>
       </c>
       <c r="C801" t="s">
-        <v>1367</v>
+        <v>1370</v>
       </c>
       <c r="D801" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E801">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="802" spans="1:6">
       <c r="A802">
-        <v>9783131528810</v>
-[...2 lines deleted...]
-        <v>1368</v>
+        <v>9781626231566</v>
       </c>
       <c r="C802" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="D802" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E802">
-        <v>2010</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="803" spans="1:6">
       <c r="A803">
-        <v>9781626231474</v>
+        <v>9783131463319</v>
       </c>
       <c r="B803" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="C803" t="s">
-        <v>1371</v>
+        <v>1373</v>
       </c>
       <c r="D803" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E803">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="804" spans="1:6">
       <c r="A804">
-        <v>9781626232365</v>
+        <v>9783132415607</v>
       </c>
       <c r="B804" t="s">
-        <v>1372</v>
+        <v>1374</v>
       </c>
       <c r="C804" t="s">
-        <v>1373</v>
+        <v>1375</v>
       </c>
       <c r="D804" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E804">
         <v>2018</v>
       </c>
     </row>
     <row r="805" spans="1:6">
       <c r="A805">
-        <v>9783132400528</v>
+        <v>9781604066838</v>
       </c>
       <c r="B805" t="s">
-        <v>1374</v>
+        <v>1376</v>
       </c>
       <c r="C805" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D805" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E805">
-        <v>2022</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="806" spans="1:6">
       <c r="A806">
-        <v>9781626230965</v>
+        <v>9781626231597</v>
       </c>
       <c r="B806" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="C806" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="D806" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E806">
         <v>2017</v>
       </c>
     </row>
     <row r="807" spans="1:6">
       <c r="A807">
-        <v>9781626231931</v>
+        <v>9781626236820</v>
       </c>
       <c r="B807" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="C807" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="D807" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E807">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="808" spans="1:6">
       <c r="A808">
-        <v>9781626232730</v>
+        <v>9781626235410</v>
       </c>
       <c r="B808" t="s">
-        <v>1380</v>
+        <v>387</v>
       </c>
       <c r="C808" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D808" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E808">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="809" spans="1:6">
       <c r="A809">
-        <v>9783131364524</v>
+        <v>9783132412774</v>
       </c>
       <c r="B809" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C809" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D809" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E809">
-        <v>2017</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="810" spans="1:6">
       <c r="A810">
-        <v>9781626232488</v>
+        <v>9783131528810</v>
       </c>
       <c r="B810" t="s">
-        <v>1265</v>
+        <v>1385</v>
       </c>
       <c r="C810" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
       <c r="D810" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E810">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="811" spans="1:6">
       <c r="A811">
-        <v>9781626238688</v>
+        <v>9781626231474</v>
       </c>
       <c r="B811" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C811" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="D811" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E811">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="812" spans="1:6">
       <c r="A812">
-        <v>9781626235137</v>
+        <v>9781626232365</v>
       </c>
       <c r="B812" t="s">
-        <v>658</v>
+        <v>1389</v>
       </c>
       <c r="C812" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="D812" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E812">
         <v>2018</v>
       </c>
     </row>
     <row r="813" spans="1:6">
       <c r="A813">
-        <v>9781626237964</v>
+        <v>9783132400528</v>
       </c>
       <c r="B813" t="s">
-        <v>541</v>
+        <v>1391</v>
       </c>
       <c r="C813" t="s">
-        <v>1388</v>
+        <v>1392</v>
       </c>
       <c r="D813" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E813">
-        <v>2017</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="814" spans="1:6">
       <c r="A814">
-        <v>9783132405516</v>
+        <v>9781626230965</v>
       </c>
       <c r="B814" t="s">
-        <v>1389</v>
+        <v>1393</v>
       </c>
       <c r="C814" t="s">
-        <v>1390</v>
+        <v>1394</v>
       </c>
       <c r="D814" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E814">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="815" spans="1:6">
       <c r="A815">
-        <v>9781626236837</v>
+        <v>9781626231931</v>
       </c>
       <c r="B815" t="s">
-        <v>1391</v>
+        <v>1395</v>
       </c>
       <c r="C815" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="D815" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E815">
         <v>2017</v>
       </c>
     </row>
     <row r="816" spans="1:6">
       <c r="A816">
-        <v>9783131746214</v>
+        <v>9781626232730</v>
       </c>
       <c r="B816" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
       <c r="C816" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="D816" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E816">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="817" spans="1:6">
       <c r="A817">
-        <v>9783132412866</v>
+        <v>9783131364524</v>
       </c>
       <c r="B817" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="C817" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="D817" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E817">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="818" spans="1:6">
       <c r="A818">
-        <v>9783131699015</v>
+        <v>9781626232488</v>
       </c>
       <c r="B818" t="s">
-        <v>1397</v>
+        <v>1282</v>
       </c>
       <c r="C818" t="s">
-        <v>889</v>
+        <v>1401</v>
       </c>
       <c r="D818" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E818">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="819" spans="1:6">
       <c r="A819">
-        <v>9781604068467</v>
+        <v>9781626238688</v>
       </c>
       <c r="B819" t="s">
-        <v>1398</v>
+        <v>1402</v>
       </c>
       <c r="C819" t="s">
-        <v>1399</v>
+        <v>1403</v>
       </c>
       <c r="D819" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E819">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="820" spans="1:6">
       <c r="A820">
-        <v>9781626238978</v>
+        <v>9781626235137</v>
       </c>
       <c r="B820" t="s">
-        <v>1327</v>
+        <v>675</v>
       </c>
       <c r="C820" t="s">
-        <v>1400</v>
+        <v>1404</v>
       </c>
       <c r="D820" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E820">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="821" spans="1:6">
       <c r="A821">
-        <v>9783131751812</v>
+        <v>9781626237964</v>
       </c>
       <c r="B821" t="s">
-        <v>1401</v>
+        <v>558</v>
       </c>
       <c r="C821" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="D821" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E821">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="822" spans="1:6">
       <c r="A822">
-        <v>9781626235465</v>
+        <v>9783132405516</v>
       </c>
       <c r="B822" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="C822" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="D822" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E822">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="823" spans="1:6">
       <c r="A823">
-        <v>9781684200016</v>
+        <v>9781626236837</v>
       </c>
       <c r="B823" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="C823" t="s">
-        <v>1406</v>
+        <v>1409</v>
       </c>
       <c r="D823" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E823">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="824" spans="1:6">
       <c r="A824">
-        <v>9789386293411</v>
+        <v>9783131746214</v>
       </c>
       <c r="B824" t="s">
-        <v>1215</v>
+        <v>1410</v>
       </c>
       <c r="C824" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="D824" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E824">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>171.0</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="825" spans="1:6">
       <c r="A825">
-        <v>9781684201280</v>
+        <v>9783132412866</v>
       </c>
       <c r="B825" t="s">
-        <v>1408</v>
+        <v>1412</v>
       </c>
       <c r="C825" t="s">
-        <v>1409</v>
+        <v>1413</v>
       </c>
       <c r="D825" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E825">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="826" spans="1:6">
       <c r="A826">
-        <v>9783131367938</v>
+        <v>9783131699015</v>
       </c>
       <c r="B826" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="C826" t="s">
-        <v>1411</v>
+        <v>906</v>
       </c>
       <c r="D826" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E826">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="827" spans="1:6">
       <c r="A827">
-        <v>9781626236806</v>
+        <v>9781604068467</v>
       </c>
       <c r="B827" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="C827" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="D827" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E827">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="828" spans="1:6">
       <c r="A828">
-        <v>9783131164629</v>
+        <v>9781626238978</v>
       </c>
       <c r="B828" t="s">
-        <v>1414</v>
+        <v>1344</v>
       </c>
       <c r="C828" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="D828" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E828">
-        <v>2011</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="829" spans="1:6">
       <c r="A829">
-        <v>9781626239210</v>
+        <v>9783131751812</v>
       </c>
       <c r="B829" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="C829" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="D829" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E829">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="830" spans="1:6">
       <c r="A830">
-        <v>9781626236561</v>
+        <v>9781626235465</v>
       </c>
       <c r="B830" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="C830" t="s">
-        <v>209</v>
+        <v>1421</v>
       </c>
       <c r="D830" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E830">
-        <v>2017</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="831" spans="1:6">
       <c r="A831">
-        <v>9781626236912</v>
+        <v>9781684200016</v>
       </c>
       <c r="B831" t="s">
-        <v>363</v>
+        <v>1422</v>
       </c>
       <c r="C831" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="D831" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E831">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="832" spans="1:6">
       <c r="A832">
-        <v>9781626234796</v>
+        <v>9789386293411</v>
       </c>
       <c r="B832" t="s">
-        <v>1420</v>
+        <v>1232</v>
       </c>
       <c r="C832" t="s">
-        <v>1421</v>
+        <v>1424</v>
       </c>
       <c r="D832" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E832">
-        <v>2020</v>
+        <v>2018</v>
+      </c>
+      <c r="F832">
+        <v>171.0</v>
       </c>
     </row>
     <row r="833" spans="1:6">
       <c r="A833">
-        <v>9781604068641</v>
+        <v>9781684201280</v>
       </c>
       <c r="B833" t="s">
-        <v>1422</v>
+        <v>1425</v>
       </c>
       <c r="C833" t="s">
-        <v>1423</v>
+        <v>1426</v>
       </c>
       <c r="D833" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E833">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="834" spans="1:6">
       <c r="A834">
-        <v>9781626232310</v>
+        <v>9783131367938</v>
       </c>
       <c r="B834" t="s">
-        <v>1246</v>
+        <v>1427</v>
       </c>
       <c r="C834" t="s">
-        <v>1424</v>
+        <v>1428</v>
       </c>
       <c r="D834" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E834">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="835" spans="1:6">
       <c r="A835">
-        <v>9783132031616</v>
+        <v>9781626236806</v>
       </c>
       <c r="B835" t="s">
-        <v>1425</v>
+        <v>1429</v>
       </c>
       <c r="C835" t="s">
-        <v>1426</v>
+        <v>1430</v>
       </c>
       <c r="D835" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E835">
         <v>2016</v>
       </c>
     </row>
     <row r="836" spans="1:6">
       <c r="A836">
-        <v>9789390553402</v>
+        <v>9783131164629</v>
       </c>
       <c r="B836" t="s">
-        <v>1427</v>
+        <v>1431</v>
       </c>
       <c r="C836" t="s">
-        <v>1428</v>
+        <v>1432</v>
       </c>
       <c r="D836" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E836">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="837" spans="1:6">
       <c r="A837">
-        <v>9783131758316</v>
+        <v>9781626239210</v>
       </c>
       <c r="B837" t="s">
-        <v>1010</v>
+        <v>1433</v>
       </c>
       <c r="C837" t="s">
-        <v>1429</v>
+        <v>1434</v>
       </c>
       <c r="D837" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E837">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="838" spans="1:6">
       <c r="A838">
-        <v>9783131252524</v>
+        <v>9781626236561</v>
       </c>
       <c r="B838" t="s">
-        <v>1430</v>
+        <v>1435</v>
       </c>
       <c r="C838" t="s">
-        <v>1431</v>
+        <v>226</v>
       </c>
       <c r="D838" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E838">
         <v>2017</v>
       </c>
     </row>
     <row r="839" spans="1:6">
       <c r="A839">
-        <v>9781684200177</v>
+        <v>9781626236912</v>
       </c>
       <c r="B839" t="s">
-        <v>576</v>
+        <v>380</v>
       </c>
       <c r="C839" t="s">
-        <v>1432</v>
+        <v>1436</v>
       </c>
       <c r="D839" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E839">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="840" spans="1:6">
       <c r="A840">
-        <v>9783131165534</v>
+        <v>9781626234796</v>
       </c>
       <c r="B840" t="s">
-        <v>1433</v>
+        <v>1437</v>
       </c>
       <c r="C840" t="s">
-        <v>1434</v>
+        <v>1438</v>
       </c>
       <c r="D840" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E840">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="841" spans="1:6">
       <c r="A841">
-        <v>9783131301116</v>
+        <v>9781604068641</v>
       </c>
       <c r="B841" t="s">
-        <v>570</v>
+        <v>1439</v>
       </c>
       <c r="C841" t="s">
-        <v>1435</v>
+        <v>1440</v>
       </c>
       <c r="D841" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E841">
-        <v>2004</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="842" spans="1:6">
       <c r="A842">
-        <v>9781604068733</v>
+        <v>9781626232310</v>
       </c>
       <c r="B842" t="s">
-        <v>462</v>
+        <v>1263</v>
       </c>
       <c r="C842" t="s">
-        <v>1436</v>
+        <v>1441</v>
       </c>
       <c r="D842" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E842">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="843" spans="1:6">
       <c r="A843">
-        <v>9781626236684</v>
+        <v>9783132031616</v>
       </c>
       <c r="B843" t="s">
-        <v>331</v>
+        <v>1442</v>
       </c>
       <c r="C843" t="s">
-        <v>1437</v>
+        <v>1443</v>
       </c>
       <c r="D843" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E843">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="844" spans="1:6">
       <c r="A844">
-        <v>9783131994011</v>
+        <v>9789390553402</v>
       </c>
       <c r="B844" t="s">
-        <v>1438</v>
+        <v>1444</v>
       </c>
       <c r="C844" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="D844" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E844">
-        <v>2015</v>
+        <v>2022</v>
+      </c>
+      <c r="F844">
+        <v>142.0</v>
       </c>
     </row>
     <row r="845" spans="1:6">
       <c r="A845">
-        <v>9789388257190</v>
+        <v>9783131758316</v>
       </c>
       <c r="B845" t="s">
-        <v>1215</v>
+        <v>1027</v>
       </c>
       <c r="C845" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="D845" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E845">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>206.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="846" spans="1:6">
       <c r="A846">
-        <v>9781626238305</v>
+        <v>9783131252524</v>
       </c>
       <c r="B846" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="C846" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="D846" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E846">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="847" spans="1:6">
       <c r="A847">
-        <v>9781684200764</v>
+        <v>9781684200177</v>
       </c>
       <c r="B847" t="s">
-        <v>1443</v>
+        <v>593</v>
       </c>
       <c r="C847" t="s">
-        <v>1444</v>
+        <v>1449</v>
       </c>
       <c r="D847" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E847">
         <v>2021</v>
       </c>
     </row>
     <row r="848" spans="1:6">
       <c r="A848">
-        <v>9789390553136</v>
+        <v>9783131165534</v>
       </c>
       <c r="B848" t="s">
-        <v>1445</v>
+        <v>1450</v>
       </c>
       <c r="C848" t="s">
-        <v>1446</v>
+        <v>1451</v>
       </c>
       <c r="D848" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E848">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>566.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="849" spans="1:6">
       <c r="A849">
-        <v>9783132432833</v>
+        <v>9783131301116</v>
       </c>
       <c r="B849" t="s">
-        <v>1447</v>
+        <v>587</v>
       </c>
       <c r="C849" t="s">
-        <v>1448</v>
+        <v>1452</v>
       </c>
       <c r="D849" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E849">
-        <v>2020</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="850" spans="1:6">
       <c r="A850">
-        <v>9783131488411</v>
+        <v>9781604068733</v>
       </c>
       <c r="B850" t="s">
-        <v>517</v>
+        <v>479</v>
       </c>
       <c r="C850" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="D850" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E850">
-        <v>2008</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="851" spans="1:6">
       <c r="A851">
-        <v>9781604063226</v>
+        <v>9781626236684</v>
       </c>
       <c r="B851" t="s">
-        <v>1450</v>
+        <v>348</v>
       </c>
       <c r="C851" t="s">
-        <v>1451</v>
+        <v>1454</v>
       </c>
       <c r="D851" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E851">
         <v>2015</v>
       </c>
     </row>
     <row r="852" spans="1:6">
       <c r="A852">
-        <v>9783131165312</v>
+        <v>9783131994011</v>
       </c>
       <c r="B852" t="s">
-        <v>432</v>
+        <v>1455</v>
       </c>
       <c r="C852" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="D852" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E852">
-        <v>1999</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="853" spans="1:6">
       <c r="A853">
-        <v>9783132414273</v>
+        <v>9789388257190</v>
       </c>
       <c r="B853" t="s">
-        <v>1453</v>
+        <v>1232</v>
       </c>
       <c r="C853" t="s">
-        <v>1454</v>
+        <v>1457</v>
       </c>
       <c r="D853" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E853">
-        <v>2021</v>
+        <v>2019</v>
+      </c>
+      <c r="F853">
+        <v>206.0</v>
       </c>
     </row>
     <row r="854" spans="1:6">
       <c r="A854">
-        <v>9781626234598</v>
+        <v>9781626238305</v>
       </c>
       <c r="B854" t="s">
-        <v>923</v>
+        <v>1458</v>
       </c>
       <c r="C854" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="D854" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E854">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="855" spans="1:6">
       <c r="A855">
-        <v>9781588902283</v>
+        <v>9781684200764</v>
       </c>
       <c r="B855" t="s">
-        <v>715</v>
+        <v>1460</v>
       </c>
       <c r="C855" t="s">
-        <v>1456</v>
+        <v>1461</v>
       </c>
       <c r="D855" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E855">
-        <v>2004</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="856" spans="1:6">
       <c r="A856">
-        <v>9783131997012</v>
+        <v>9789390553136</v>
       </c>
       <c r="B856" t="s">
-        <v>1457</v>
+        <v>1462</v>
       </c>
       <c r="C856" t="s">
-        <v>1458</v>
+        <v>1463</v>
       </c>
       <c r="D856" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E856">
-        <v>2016</v>
+        <v>2021</v>
+      </c>
+      <c r="F856">
+        <v>566.0</v>
       </c>
     </row>
     <row r="857" spans="1:6">
       <c r="A857">
-        <v>9781626235014</v>
+        <v>9783132432833</v>
       </c>
       <c r="B857" t="s">
-        <v>139</v>
+        <v>1464</v>
       </c>
       <c r="C857" t="s">
-        <v>1459</v>
+        <v>1465</v>
       </c>
       <c r="D857" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E857">
         <v>2020</v>
       </c>
     </row>
     <row r="858" spans="1:6">
       <c r="A858">
-        <v>9789388257756</v>
+        <v>9783131488411</v>
       </c>
       <c r="B858" t="s">
-        <v>187</v>
+        <v>534</v>
       </c>
       <c r="C858" t="s">
-        <v>1460</v>
+        <v>1466</v>
       </c>
       <c r="D858" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E858">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="859" spans="1:6">
       <c r="A859">
-        <v>9789390553341</v>
+        <v>9781604063226</v>
       </c>
       <c r="B859" t="s">
-        <v>187</v>
+        <v>1467</v>
       </c>
       <c r="C859" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="D859" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E859">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="860" spans="1:6">
       <c r="A860">
-        <v>9781626238268</v>
+        <v>9783131165312</v>
       </c>
       <c r="B860" t="s">
-        <v>1462</v>
+        <v>449</v>
       </c>
       <c r="C860" t="s">
-        <v>1463</v>
+        <v>1469</v>
       </c>
       <c r="D860" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E860">
-        <v>2021</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="861" spans="1:6">
       <c r="A861">
-        <v>9783131994219</v>
+        <v>9783132414273</v>
       </c>
       <c r="B861" t="s">
-        <v>1464</v>
+        <v>1470</v>
       </c>
       <c r="C861" t="s">
-        <v>1465</v>
+        <v>1471</v>
       </c>
       <c r="D861" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E861">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="862" spans="1:6">
       <c r="A862">
-        <v>9789388257541</v>
+        <v>9781626234598</v>
       </c>
       <c r="B862" t="s">
-        <v>1466</v>
+        <v>940</v>
       </c>
       <c r="C862" t="s">
-        <v>1467</v>
+        <v>1472</v>
       </c>
       <c r="D862" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E862">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>142.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="863" spans="1:6">
       <c r="A863">
-        <v>9781604068160</v>
+        <v>9781588902283</v>
       </c>
       <c r="B863" t="s">
-        <v>153</v>
+        <v>732</v>
       </c>
       <c r="C863" t="s">
-        <v>1468</v>
+        <v>1473</v>
       </c>
       <c r="D863" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E863">
-        <v>2021</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="864" spans="1:6">
       <c r="A864">
-        <v>9789388257534</v>
+        <v>9783131997012</v>
       </c>
       <c r="B864" t="s">
-        <v>189</v>
+        <v>1474</v>
       </c>
       <c r="C864" t="s">
-        <v>1469</v>
+        <v>1475</v>
       </c>
       <c r="D864" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E864">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>319.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="865" spans="1:6">
       <c r="A865">
-        <v>9789390553877</v>
+        <v>9781626235014</v>
       </c>
       <c r="B865" t="s">
-        <v>1470</v>
+        <v>156</v>
       </c>
       <c r="C865" t="s">
-        <v>1471</v>
+        <v>1476</v>
       </c>
       <c r="D865" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E865">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="866" spans="1:6">
       <c r="A866">
-        <v>9781626236233</v>
+        <v>9789388257756</v>
       </c>
       <c r="B866" t="s">
-        <v>139</v>
+        <v>204</v>
       </c>
       <c r="C866" t="s">
-        <v>1472</v>
+        <v>1477</v>
       </c>
       <c r="D866" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E866">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F866">
+        <v>90.0</v>
       </c>
     </row>
     <row r="867" spans="1:6">
       <c r="A867">
-        <v>9781684202287</v>
+        <v>9789390553341</v>
       </c>
       <c r="B867" t="s">
-        <v>1335</v>
+        <v>204</v>
       </c>
       <c r="C867" t="s">
-        <v>1473</v>
+        <v>1478</v>
       </c>
       <c r="D867" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E867">
-        <v>2021</v>
+        <v>2022</v>
+      </c>
+      <c r="F867">
+        <v>90.0</v>
       </c>
     </row>
     <row r="868" spans="1:6">
       <c r="A868">
-        <v>9783131489913</v>
+        <v>9781626238268</v>
       </c>
       <c r="B868" t="s">
-        <v>1474</v>
+        <v>1479</v>
       </c>
       <c r="C868" t="s">
-        <v>1475</v>
+        <v>1480</v>
       </c>
       <c r="D868" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E868">
-        <v>2010</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="869" spans="1:6">
       <c r="A869">
-        <v>9781626231436</v>
+        <v>9783131994219</v>
       </c>
       <c r="B869" t="s">
-        <v>1476</v>
+        <v>1481</v>
       </c>
       <c r="C869" t="s">
-        <v>1477</v>
+        <v>1482</v>
       </c>
       <c r="D869" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E869">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="870" spans="1:6">
       <c r="A870">
-        <v>9781626239661</v>
+        <v>9789388257541</v>
       </c>
       <c r="B870" t="s">
-        <v>1478</v>
+        <v>1483</v>
       </c>
       <c r="C870" t="s">
-        <v>1479</v>
+        <v>1484</v>
       </c>
       <c r="D870" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E870">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F870">
+        <v>142.0</v>
       </c>
     </row>
     <row r="871" spans="1:6">
       <c r="A871">
-        <v>9789388257947</v>
+        <v>9781604068160</v>
       </c>
       <c r="B871" t="s">
-        <v>1480</v>
+        <v>170</v>
       </c>
       <c r="C871" t="s">
-        <v>1481</v>
+        <v>1485</v>
       </c>
       <c r="D871" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E871">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>53.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="872" spans="1:6">
       <c r="A872">
-        <v>9783136561034</v>
+        <v>9789388257534</v>
       </c>
       <c r="B872" t="s">
-        <v>392</v>
+        <v>206</v>
       </c>
       <c r="C872" t="s">
-        <v>1482</v>
+        <v>1486</v>
       </c>
       <c r="D872" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E872">
-        <v>2008</v>
+        <v>2020</v>
+      </c>
+      <c r="F872">
+        <v>319.0</v>
       </c>
     </row>
     <row r="873" spans="1:6">
       <c r="A873">
-        <v>9781684202577</v>
+        <v>9789390553877</v>
       </c>
       <c r="B873" t="s">
-        <v>456</v>
+        <v>1487</v>
       </c>
       <c r="C873" t="s">
-        <v>1483</v>
+        <v>1488</v>
       </c>
       <c r="D873" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E873">
         <v>2022</v>
       </c>
+      <c r="F873">
+        <v>90.0</v>
+      </c>
     </row>
     <row r="874" spans="1:6">
       <c r="A874">
-        <v>9783132012110</v>
+        <v>9781626236233</v>
       </c>
       <c r="B874" t="s">
-        <v>1484</v>
+        <v>156</v>
       </c>
       <c r="C874" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="D874" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E874">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="875" spans="1:6">
       <c r="A875">
-        <v>9783131630414</v>
+        <v>9781684202287</v>
       </c>
       <c r="B875" t="s">
-        <v>1486</v>
+        <v>1352</v>
       </c>
       <c r="C875" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
       <c r="D875" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E875">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="876" spans="1:6">
       <c r="A876">
-        <v>9781684200511</v>
+        <v>9783131489913</v>
       </c>
       <c r="B876" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="C876" t="s">
-        <v>1489</v>
+        <v>1492</v>
       </c>
       <c r="D876" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E876">
-        <v>2022</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="877" spans="1:6">
       <c r="A877">
-        <v>9781626239258</v>
+        <v>9781626231436</v>
       </c>
       <c r="B877" t="s">
-        <v>1490</v>
+        <v>1493</v>
       </c>
       <c r="C877" t="s">
-        <v>1491</v>
+        <v>1494</v>
       </c>
       <c r="D877" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E877">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="878" spans="1:6">
       <c r="A878">
-        <v>9783132408722</v>
+        <v>9781626239661</v>
       </c>
       <c r="B878" t="s">
-        <v>1278</v>
+        <v>1495</v>
       </c>
       <c r="C878" t="s">
-        <v>1492</v>
+        <v>1496</v>
       </c>
       <c r="D878" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E878">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="879" spans="1:6">
       <c r="A879">
-        <v>9783132416031</v>
+        <v>9789388257947</v>
       </c>
       <c r="B879" t="s">
-        <v>1493</v>
+        <v>1497</v>
       </c>
       <c r="C879" t="s">
-        <v>1494</v>
+        <v>1498</v>
       </c>
       <c r="D879" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E879">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F879">
+        <v>53.0</v>
       </c>
     </row>
     <row r="880" spans="1:6">
       <c r="A880">
-        <v>9789390553204</v>
+        <v>9783136561034</v>
       </c>
       <c r="B880" t="s">
-        <v>130</v>
+        <v>409</v>
       </c>
       <c r="C880" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="D880" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E880">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>152.0</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="881" spans="1:6">
       <c r="A881">
-        <v>9789390553624</v>
+        <v>9781684202577</v>
       </c>
       <c r="B881" t="s">
-        <v>1496</v>
+        <v>473</v>
       </c>
       <c r="C881" t="s">
-        <v>1497</v>
+        <v>1500</v>
       </c>
       <c r="D881" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E881">
         <v>2022</v>
       </c>
-      <c r="F881">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="882" spans="1:6">
       <c r="A882">
-        <v>9789388257923</v>
+        <v>9783132012110</v>
+      </c>
+      <c r="B882" t="s">
+        <v>1501</v>
       </c>
       <c r="C882" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="D882" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E882">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="883" spans="1:6">
       <c r="A883">
-        <v>9783131275936</v>
+        <v>9781684200511</v>
       </c>
       <c r="B883" t="s">
-        <v>643</v>
+        <v>1503</v>
       </c>
       <c r="C883" t="s">
-        <v>1499</v>
+        <v>1504</v>
       </c>
       <c r="D883" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E883">
-        <v>2010</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="884" spans="1:6">
       <c r="A884">
-        <v>9783132417229</v>
+        <v>9781626239258</v>
       </c>
       <c r="B884" t="s">
-        <v>1500</v>
+        <v>1505</v>
       </c>
       <c r="C884" t="s">
-        <v>1501</v>
+        <v>1506</v>
       </c>
       <c r="D884" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E884">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="885" spans="1:6">
       <c r="A885">
-        <v>9789388257916</v>
+        <v>9783132408722</v>
+      </c>
+      <c r="B885" t="s">
+        <v>1295</v>
       </c>
       <c r="C885" t="s">
-        <v>1502</v>
+        <v>1507</v>
       </c>
       <c r="D885" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E885">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="886" spans="1:6">
       <c r="A886">
-        <v>9781626233843</v>
+        <v>9783132416031</v>
       </c>
       <c r="B886" t="s">
-        <v>1503</v>
+        <v>1508</v>
       </c>
       <c r="C886" t="s">
-        <v>1504</v>
+        <v>1509</v>
       </c>
       <c r="D886" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E886">
         <v>2018</v>
       </c>
     </row>
     <row r="887" spans="1:6">
       <c r="A887">
-        <v>9788194857099</v>
+        <v>9789390553204</v>
       </c>
       <c r="B887" t="s">
-        <v>717</v>
+        <v>147</v>
       </c>
       <c r="C887" t="s">
-        <v>1505</v>
+        <v>1510</v>
       </c>
       <c r="D887" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E887">
         <v>2021</v>
       </c>
       <c r="F887">
-        <v>160.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="888" spans="1:6">
       <c r="A888">
-        <v>9781684200887</v>
+        <v>9789390553624</v>
       </c>
       <c r="B888" t="s">
-        <v>1506</v>
+        <v>1511</v>
       </c>
       <c r="C888" t="s">
-        <v>1507</v>
+        <v>1512</v>
       </c>
       <c r="D888" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E888">
-        <v>2021</v>
+        <v>2022</v>
+      </c>
+      <c r="F888">
+        <v>136.0</v>
       </c>
     </row>
     <row r="889" spans="1:6">
       <c r="A889">
-        <v>9781684201105</v>
-[...2 lines deleted...]
-        <v>1508</v>
+        <v>9789388257923</v>
       </c>
       <c r="C889" t="s">
-        <v>1509</v>
+        <v>1513</v>
       </c>
       <c r="D889" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E889">
         <v>2020</v>
       </c>
+      <c r="F889">
+        <v>178.0</v>
+      </c>
     </row>
     <row r="890" spans="1:6">
       <c r="A890">
-        <v>9789388257664</v>
+        <v>9783131275936</v>
       </c>
       <c r="B890" t="s">
-        <v>1510</v>
+        <v>660</v>
       </c>
       <c r="C890" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="D890" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E890">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>79.99</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="891" spans="1:6">
       <c r="A891">
-        <v>9781626233805</v>
+        <v>9783132417229</v>
       </c>
       <c r="B891" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="C891" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="D891" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E891">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="892" spans="1:6">
       <c r="A892">
-        <v>9783132434547</v>
-[...2 lines deleted...]
-        <v>1514</v>
+        <v>9789388257916</v>
       </c>
       <c r="C892" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="D892" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E892">
-        <v>2022</v>
+        <v>2020</v>
+      </c>
+      <c r="F892">
+        <v>178.0</v>
       </c>
     </row>
     <row r="893" spans="1:6">
       <c r="A893">
-        <v>9781604066425</v>
+        <v>9781626233843</v>
       </c>
       <c r="B893" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="C893" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
       <c r="D893" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E893">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="894" spans="1:6">
       <c r="A894">
-        <v>9781604068283</v>
+        <v>9788194857099</v>
       </c>
       <c r="B894" t="s">
-        <v>1518</v>
+        <v>734</v>
       </c>
       <c r="C894" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="D894" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E894">
-        <v>2013</v>
+        <v>2021</v>
+      </c>
+      <c r="F894">
+        <v>160.0</v>
       </c>
     </row>
     <row r="895" spans="1:6">
       <c r="A895">
-        <v>9789388257718</v>
+        <v>9781684200887</v>
       </c>
       <c r="B895" t="s">
-        <v>422</v>
+        <v>1521</v>
       </c>
       <c r="C895" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="D895" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E895">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="896" spans="1:6">
       <c r="A896">
-        <v>9783131768414</v>
+        <v>9781684201105</v>
       </c>
       <c r="B896" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="C896" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="D896" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E896">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="897" spans="1:6">
       <c r="A897">
-        <v>9788194857075</v>
+        <v>9789388257664</v>
       </c>
       <c r="B897" t="s">
-        <v>422</v>
+        <v>1525</v>
       </c>
       <c r="C897" t="s">
-        <v>1523</v>
+        <v>1526</v>
       </c>
       <c r="D897" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E897">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F897">
-        <v>199.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="898" spans="1:6">
       <c r="A898">
-        <v>9781684201969</v>
+        <v>9781626233805</v>
       </c>
       <c r="B898" t="s">
-        <v>1524</v>
+        <v>1527</v>
       </c>
       <c r="C898" t="s">
-        <v>1525</v>
+        <v>1528</v>
       </c>
       <c r="D898" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E898">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="899" spans="1:6">
       <c r="A899">
-        <v>9781626235373</v>
+        <v>9783132434547</v>
       </c>
       <c r="B899" t="s">
-        <v>1526</v>
+        <v>1529</v>
       </c>
       <c r="C899" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="D899" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="E899">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="900" spans="1:6">
       <c r="A900">
-        <v>9783132004016</v>
+        <v>9781604066425</v>
       </c>
       <c r="B900" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="C900" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
       <c r="D900" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E900">
-        <v>2015</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="901" spans="1:6">
       <c r="A901">
-        <v>9783132421462</v>
+        <v>9781604068283</v>
       </c>
       <c r="B901" t="s">
-        <v>1042</v>
+        <v>1533</v>
       </c>
       <c r="C901" t="s">
-        <v>1530</v>
+        <v>1534</v>
       </c>
       <c r="D901" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E901">
-        <v>2022</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="902" spans="1:6">
       <c r="A902">
-        <v>9783132442634</v>
+        <v>9789388257718</v>
       </c>
       <c r="B902" t="s">
-        <v>643</v>
+        <v>439</v>
       </c>
       <c r="C902" t="s">
-        <v>1531</v>
+        <v>1535</v>
       </c>
       <c r="D902" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E902">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F902">
+        <v>199.99</v>
       </c>
     </row>
     <row r="903" spans="1:6">
       <c r="A903">
-        <v>9783132437609</v>
+        <v>9783131768414</v>
       </c>
       <c r="B903" t="s">
-        <v>643</v>
+        <v>1536</v>
       </c>
       <c r="C903" t="s">
-        <v>1532</v>
+        <v>1537</v>
       </c>
       <c r="D903" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E903">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="904" spans="1:6">
       <c r="A904">
-        <v>9788194857082</v>
+        <v>9788194857075</v>
       </c>
       <c r="B904" t="s">
-        <v>1533</v>
+        <v>439</v>
       </c>
       <c r="C904" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="D904" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E904">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F904">
-        <v>213.0</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="905" spans="1:6">
       <c r="A905">
-        <v>9789386293091</v>
+        <v>9781684201969</v>
       </c>
       <c r="B905" t="s">
-        <v>1535</v>
+        <v>1539</v>
       </c>
       <c r="C905" t="s">
-        <v>1536</v>
+        <v>1540</v>
       </c>
       <c r="D905" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E905">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="906" spans="1:6">
       <c r="A906">
-        <v>9789386293336</v>
+        <v>9781626235373</v>
       </c>
       <c r="B906" t="s">
-        <v>422</v>
+        <v>1541</v>
       </c>
       <c r="C906" t="s">
-        <v>1537</v>
+        <v>1542</v>
       </c>
       <c r="D906" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E906">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="907" spans="1:6">
       <c r="A907">
-        <v>9789388257152</v>
+        <v>9783132004016</v>
       </c>
       <c r="B907" t="s">
-        <v>422</v>
+        <v>1543</v>
       </c>
       <c r="C907" t="s">
-        <v>1538</v>
+        <v>1544</v>
       </c>
       <c r="D907" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E907">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="908" spans="1:6">
       <c r="A908">
-        <v>9789388257855</v>
+        <v>9783132421462</v>
       </c>
       <c r="B908" t="s">
-        <v>422</v>
+        <v>1059</v>
       </c>
       <c r="C908" t="s">
-        <v>1539</v>
+        <v>1545</v>
       </c>
       <c r="D908" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E908">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="909" spans="1:6">
       <c r="A909">
-        <v>9789388257237</v>
+        <v>9783132442634</v>
       </c>
       <c r="B909" t="s">
-        <v>748</v>
+        <v>660</v>
       </c>
       <c r="C909" t="s">
-        <v>1540</v>
+        <v>1546</v>
       </c>
       <c r="D909" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E909">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>150.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="910" spans="1:6">
       <c r="A910">
-        <v>9789390553334</v>
+        <v>9783132437609</v>
       </c>
       <c r="B910" t="s">
-        <v>1541</v>
+        <v>660</v>
       </c>
       <c r="C910" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="D910" t="s">
-        <v>8</v>
+        <v>119</v>
       </c>
       <c r="E910">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="911" spans="1:6">
       <c r="A911">
-        <v>9789385062339</v>
+        <v>9788194857082</v>
       </c>
       <c r="B911" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="C911" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="D911" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E911">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F911">
-        <v>104.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="912" spans="1:6">
       <c r="A912">
-        <v>9781604068818</v>
+        <v>9789386293091</v>
       </c>
       <c r="B912" t="s">
-        <v>786</v>
+        <v>1550</v>
       </c>
       <c r="C912" t="s">
-        <v>1545</v>
+        <v>1551</v>
       </c>
       <c r="D912" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E912">
-        <v>2018</v>
+        <v>2017</v>
+      </c>
+      <c r="F912">
+        <v>168.0</v>
       </c>
     </row>
     <row r="913" spans="1:6">
       <c r="A913">
-        <v>9789385062124</v>
+        <v>9789386293336</v>
       </c>
       <c r="B913" t="s">
-        <v>1546</v>
+        <v>439</v>
       </c>
       <c r="C913" t="s">
-        <v>1547</v>
+        <v>1552</v>
       </c>
       <c r="D913" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E913">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F913">
-        <v>203.0</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="914" spans="1:6">
       <c r="A914">
-        <v>9781684201334</v>
+        <v>9789388257152</v>
       </c>
       <c r="B914" t="s">
-        <v>1548</v>
+        <v>439</v>
       </c>
       <c r="C914" t="s">
-        <v>1549</v>
+        <v>1553</v>
       </c>
       <c r="D914" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E914">
-        <v>2021</v>
+        <v>2019</v>
+      </c>
+      <c r="F914">
+        <v>199.99</v>
       </c>
     </row>
     <row r="915" spans="1:6">
       <c r="A915">
-        <v>9789388257879</v>
+        <v>9789388257855</v>
       </c>
       <c r="B915" t="s">
-        <v>1550</v>
+        <v>439</v>
       </c>
       <c r="C915" t="s">
-        <v>1551</v>
+        <v>1554</v>
       </c>
       <c r="D915" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E915">
         <v>2020</v>
       </c>
       <c r="F915">
-        <v>107.0</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="916" spans="1:6">
       <c r="A916">
-        <v>9789385062230</v>
+        <v>9789388257237</v>
       </c>
       <c r="B916" t="s">
-        <v>748</v>
+        <v>765</v>
       </c>
       <c r="C916" t="s">
-        <v>1552</v>
+        <v>1555</v>
       </c>
       <c r="D916" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E916">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="F916">
-        <v>64.0</v>
+        <v>150.0</v>
       </c>
     </row>
     <row r="917" spans="1:6">
       <c r="A917">
-        <v>9781626235458</v>
+        <v>9789390553334</v>
       </c>
       <c r="B917" t="s">
-        <v>1553</v>
+        <v>1556</v>
       </c>
       <c r="C917" t="s">
-        <v>1554</v>
+        <v>1557</v>
       </c>
       <c r="D917" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E917">
-        <v>2013</v>
+        <v>2022</v>
+      </c>
+      <c r="F917">
+        <v>178.0</v>
       </c>
     </row>
     <row r="918" spans="1:6">
       <c r="A918">
-        <v>9789388257107</v>
+        <v>9789385062339</v>
       </c>
       <c r="B918" t="s">
-        <v>1555</v>
+        <v>1558</v>
       </c>
       <c r="C918" t="s">
-        <v>1556</v>
+        <v>1559</v>
       </c>
       <c r="D918" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E918">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F918">
-        <v>224.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="919" spans="1:6">
       <c r="A919">
-        <v>9781626239067</v>
+        <v>9781604068818</v>
       </c>
       <c r="B919" t="s">
-        <v>1557</v>
+        <v>803</v>
       </c>
       <c r="C919" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D919" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E919">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="920" spans="1:6">
       <c r="A920">
-        <v>9789388257084</v>
+        <v>9789385062124</v>
       </c>
       <c r="B920" t="s">
-        <v>974</v>
+        <v>1561</v>
       </c>
       <c r="C920" t="s">
-        <v>1559</v>
+        <v>1562</v>
       </c>
       <c r="D920" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E920">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F920">
-        <v>20.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="921" spans="1:6">
       <c r="A921">
+        <v>9781684201334</v>
+      </c>
+      <c r="B921" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C921" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D921" t="s">
+        <v>119</v>
+      </c>
+      <c r="E921">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="922" spans="1:6">
+      <c r="A922">
+        <v>9789388257879</v>
+      </c>
+      <c r="B922" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C922" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D922" t="s">
+        <v>11</v>
+      </c>
+      <c r="E922">
+        <v>2020</v>
+      </c>
+      <c r="F922">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="923" spans="1:6">
+      <c r="A923">
+        <v>9789385062230</v>
+      </c>
+      <c r="B923" t="s">
+        <v>765</v>
+      </c>
+      <c r="C923" t="s">
+        <v>1567</v>
+      </c>
+      <c r="D923" t="s">
+        <v>119</v>
+      </c>
+      <c r="E923">
+        <v>2016</v>
+      </c>
+      <c r="F923">
+        <v>64.0</v>
+      </c>
+    </row>
+    <row r="924" spans="1:6">
+      <c r="A924">
+        <v>9781626235458</v>
+      </c>
+      <c r="B924" t="s">
+        <v>1568</v>
+      </c>
+      <c r="C924" t="s">
+        <v>1569</v>
+      </c>
+      <c r="D924" t="s">
+        <v>119</v>
+      </c>
+      <c r="E924">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="925" spans="1:6">
+      <c r="A925">
+        <v>9789388257107</v>
+      </c>
+      <c r="B925" t="s">
+        <v>1570</v>
+      </c>
+      <c r="C925" t="s">
+        <v>1571</v>
+      </c>
+      <c r="D925" t="s">
+        <v>11</v>
+      </c>
+      <c r="E925">
+        <v>2019</v>
+      </c>
+      <c r="F925">
+        <v>224.0</v>
+      </c>
+    </row>
+    <row r="926" spans="1:6">
+      <c r="A926">
+        <v>9781626239067</v>
+      </c>
+      <c r="B926" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C926" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D926" t="s">
+        <v>119</v>
+      </c>
+      <c r="E926">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="927" spans="1:6">
+      <c r="A927">
+        <v>9789388257084</v>
+      </c>
+      <c r="B927" t="s">
+        <v>991</v>
+      </c>
+      <c r="C927" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D927" t="s">
+        <v>119</v>
+      </c>
+      <c r="E927">
+        <v>2019</v>
+      </c>
+      <c r="F927">
+        <v>20.0</v>
+      </c>
+    </row>
+    <row r="928" spans="1:6">
+      <c r="A928">
         <v>9783132411364</v>
       </c>
-      <c r="B921" t="s">
-[...8 lines deleted...]
-      <c r="E921">
+      <c r="B928" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C928" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D928" t="s">
+        <v>11</v>
+      </c>
+      <c r="E928">
         <v>2017</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>