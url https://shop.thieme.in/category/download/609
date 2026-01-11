--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -466,51 +466,51 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9789390553174</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2023</v>
       </c>
       <c r="F3">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9781604063684</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
         <v>2015</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>