--- v0 (2025-11-03)
+++ v1 (2025-11-27)
@@ -485,51 +485,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9781626236639</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2016</v>
       </c>
       <c r="F2">
-        <v>324.99</v>
+        <v>374.99</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9781626236660</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
         <v>7</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3">
         <v>2016</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9781626236646</v>
       </c>
       <c r="B4" t="s">
         <v>6</v>
@@ -658,71 +658,71 @@
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11">
         <v>2017</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9789388257718</v>
       </c>
       <c r="B12" t="s">
         <v>23</v>
       </c>
       <c r="C12" t="s">
         <v>24</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12">
         <v>2020</v>
       </c>
       <c r="F12">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9788194857082</v>
       </c>
       <c r="B13" t="s">
         <v>25</v>
       </c>
       <c r="C13" t="s">
         <v>26</v>
       </c>
       <c r="D13" t="s">
         <v>8</v>
       </c>
       <c r="E13">
         <v>2022</v>
       </c>
       <c r="F13">
-        <v>193.0</v>
+        <v>213.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">