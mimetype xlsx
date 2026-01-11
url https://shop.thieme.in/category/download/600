--- v0 (2025-10-29)
+++ v1 (2026-01-11)
@@ -569,51 +569,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9789390553426</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2022</v>
       </c>
       <c r="F2">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9781684205073</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9781604063592</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
@@ -623,88 +623,88 @@
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
         <v>2011</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9783132422292</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
         <v>2020</v>
       </c>
       <c r="F5">
-        <v>89.99</v>
+        <v>99.99</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9781588902993</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6">
         <v>2007</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9781927363782</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>14</v>
       </c>
       <c r="E7">
         <v>2021</v>
       </c>
       <c r="F7">
-        <v>34.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9783131397935</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8">
         <v>2015</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9783131658111</v>
       </c>
       <c r="B9" t="s">
         <v>15</v>
@@ -731,51 +731,51 @@
       </c>
       <c r="D10" t="s">
         <v>14</v>
       </c>
       <c r="E10">
         <v>2017</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9789388257640</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>14</v>
       </c>
       <c r="E11">
         <v>2020</v>
       </c>
       <c r="F11">
-        <v>10.99</v>
+        <v>14.99</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9781626237032</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12">
         <v>2011</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9783132053618</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
@@ -955,51 +955,51 @@
       </c>
       <c r="D23" t="s">
         <v>14</v>
       </c>
       <c r="E23">
         <v>2013</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>9789388257084</v>
       </c>
       <c r="B24" t="s">
         <v>26</v>
       </c>
       <c r="C24" t="s">
         <v>52</v>
       </c>
       <c r="D24" t="s">
         <v>14</v>
       </c>
       <c r="E24">
         <v>2019</v>
       </c>
       <c r="F24">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>9783132411364</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25" t="s">
         <v>54</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2017</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>