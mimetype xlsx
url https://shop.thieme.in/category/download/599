--- v0 (2025-11-06)
+++ v1 (2025-11-27)
@@ -557,151 +557,151 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9788198109484</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
       <c r="F2">
-        <v>45.99</v>
+        <v>50.99</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9789386293183</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2017</v>
       </c>
       <c r="F3">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9789382076292</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4">
         <v>2013</v>
       </c>
       <c r="F4">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9789385062513</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>14</v>
       </c>
       <c r="E5">
         <v>2017</v>
       </c>
       <c r="F5">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9789390553907</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6">
         <v>2022</v>
       </c>
       <c r="F6">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9789395390200</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7">
         <v>2023</v>
       </c>
       <c r="F7">
-        <v>69.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9783137681038</v>
       </c>
       <c r="B8" t="s">
         <v>21</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8">
         <v>2008</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9781684201426</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>