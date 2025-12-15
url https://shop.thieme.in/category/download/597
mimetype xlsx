--- v0 (2025-11-02)
+++ v1 (2025-12-15)
@@ -759,271 +759,271 @@
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9">
         <v>2022</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9789380378978</v>
       </c>
       <c r="B10" t="s">
         <v>23</v>
       </c>
       <c r="C10" t="s">
         <v>24</v>
       </c>
       <c r="D10" t="s">
         <v>19</v>
       </c>
       <c r="E10">
         <v>2012</v>
       </c>
       <c r="F10">
-        <v>39.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9789395390989</v>
       </c>
       <c r="B11" t="s">
         <v>25</v>
       </c>
       <c r="C11" t="s">
         <v>26</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11">
         <v>2024</v>
       </c>
       <c r="F11">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9789386293695</v>
       </c>
       <c r="B12" t="s">
         <v>27</v>
       </c>
       <c r="C12" t="s">
         <v>28</v>
       </c>
       <c r="D12" t="s">
         <v>29</v>
       </c>
       <c r="E12">
         <v>2018</v>
       </c>
       <c r="F12">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9789388257589</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>29</v>
       </c>
       <c r="E13">
         <v>2019</v>
       </c>
       <c r="F13">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9789392819193</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
         <v>2022</v>
       </c>
       <c r="F14">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9789392819384</v>
       </c>
       <c r="B15" t="s">
         <v>32</v>
       </c>
       <c r="C15" t="s">
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2022</v>
       </c>
       <c r="F15">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9789392819469</v>
       </c>
       <c r="B16" t="s">
         <v>32</v>
       </c>
       <c r="C16" t="s">
         <v>35</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16">
         <v>2023</v>
       </c>
       <c r="F16">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9789395390811</v>
       </c>
       <c r="B17" t="s">
         <v>36</v>
       </c>
       <c r="C17" t="s">
         <v>37</v>
       </c>
       <c r="D17" t="s">
         <v>8</v>
       </c>
       <c r="E17">
         <v>2023</v>
       </c>
       <c r="F17">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>9789392819094</v>
       </c>
       <c r="B18" t="s">
         <v>21</v>
       </c>
       <c r="C18" t="s">
         <v>38</v>
       </c>
       <c r="D18" t="s">
         <v>8</v>
       </c>
       <c r="E18">
         <v>2022</v>
       </c>
       <c r="F18">
-        <v>65.99</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>9789392819254</v>
       </c>
       <c r="B19" t="s">
         <v>21</v>
       </c>
       <c r="C19" t="s">
         <v>39</v>
       </c>
       <c r="D19" t="s">
         <v>8</v>
       </c>
       <c r="E19">
         <v>2022</v>
       </c>
       <c r="F19">
-        <v>64.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>9789392819179</v>
       </c>
       <c r="B20" t="s">
         <v>21</v>
       </c>
       <c r="C20" t="s">
         <v>40</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20">
         <v>2022</v>
       </c>
       <c r="F20">
-        <v>65.99</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9789390553464</v>
       </c>
       <c r="B21" t="s">
         <v>17</v>
       </c>
       <c r="C21" t="s">
         <v>41</v>
       </c>
       <c r="D21" t="s">
         <v>19</v>
       </c>
       <c r="E21">
         <v>2021</v>
       </c>
       <c r="F21">
-        <v>74.99</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>9781626237445</v>
       </c>
       <c r="B22" t="s">
         <v>42</v>
       </c>
       <c r="C22" t="s">
         <v>43</v>
       </c>
       <c r="D22" t="s">
         <v>19</v>
       </c>
       <c r="E22">
         <v>2021</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>9781626234130</v>
       </c>
       <c r="B23" t="s">
         <v>44</v>