--- v0 (2025-12-15)
+++ v1 (2026-02-05)
@@ -467,51 +467,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9789390553075</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2022</v>
       </c>
       <c r="F2">
-        <v>72.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="C3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="C4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="C5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="C6" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="C7" t="s">
         <v>13</v>