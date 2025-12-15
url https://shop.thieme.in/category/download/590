--- v0 (2025-11-25)
+++ v1 (2025-12-15)
@@ -480,89 +480,92 @@
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9789349433564</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="C3" t="s">
         <v>9</v>
       </c>
+      <c r="F3">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9789390553068</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4">
         <v>2021</v>
       </c>
       <c r="F4">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9789390553174</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5">
         <v>2023</v>
       </c>
       <c r="F5">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="C6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="C7" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="C8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="C9" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="C10" t="s">
         <v>20</v>