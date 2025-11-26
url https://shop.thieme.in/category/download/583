--- v0 (2025-10-27)
+++ v1 (2025-11-26)
@@ -524,51 +524,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F35"/>
+  <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -824,320 +824,218 @@
         <v>35</v>
       </c>
       <c r="E18">
         <v>2020</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>9781684201693</v>
       </c>
       <c r="B19" t="s">
         <v>36</v>
       </c>
       <c r="C19" t="s">
         <v>37</v>
       </c>
       <c r="D19" t="s">
         <v>18</v>
       </c>
       <c r="E19">
         <v>2020</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9781684201693</v>
+        <v>9783131547118</v>
       </c>
       <c r="B20" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C20" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="D20" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E20">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9781684201693</v>
+        <v>9781626239685</v>
       </c>
       <c r="B21" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C21" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D21" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E21">
         <v>2020</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9783131547118</v>
+        <v>9783131383723</v>
       </c>
       <c r="B22" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C22" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E22">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9781626239685</v>
+        <v>9783132417878</v>
       </c>
       <c r="B23" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="C23" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E23">
         <v>2020</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9781626239685</v>
+        <v>9783131164629</v>
       </c>
       <c r="B24" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="C24" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9783131383723</v>
+        <v>9783131301116</v>
       </c>
       <c r="B25" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="C25" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="D25" t="s">
         <v>18</v>
       </c>
       <c r="E25">
-        <v>2016</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9783132417878</v>
+        <v>9781626236684</v>
       </c>
       <c r="B26" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C26" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="D26" t="s">
         <v>18</v>
       </c>
       <c r="E26">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9783131164629</v>
+        <v>9783131997012</v>
       </c>
       <c r="B27" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="C27" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27">
-        <v>2011</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9783131164629</v>
+        <v>9783132004016</v>
       </c>
       <c r="B28" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="C28" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9783131301116</v>
+        <v>9788194857082</v>
       </c>
       <c r="B29" t="s">
-        <v>19</v>
+        <v>53</v>
       </c>
       <c r="C29" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="D29" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E29">
-        <v>2004</v>
-[...100 lines deleted...]
-      <c r="E35">
         <v>2022</v>
       </c>
-      <c r="F35">
+      <c r="F29">
         <v>193.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>