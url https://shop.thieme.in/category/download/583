--- v1 (2025-11-26)
+++ v2 (2026-02-05)
@@ -598,51 +598,51 @@
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="C5" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9781626236639</v>
       </c>
       <c r="B6" t="s">
         <v>11</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6">
         <v>2016</v>
       </c>
       <c r="F6">
-        <v>324.99</v>
+        <v>374.99</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9781626236660</v>
       </c>
       <c r="B7" t="s">
         <v>11</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7">
         <v>2016</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9781626236646</v>
       </c>
       <c r="B8" t="s">
         <v>11</v>
@@ -992,51 +992,51 @@
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28">
         <v>2015</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>9788194857082</v>
       </c>
       <c r="B29" t="s">
         <v>53</v>
       </c>
       <c r="C29" t="s">
         <v>54</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29">
         <v>2022</v>
       </c>
       <c r="F29">
-        <v>193.0</v>
+        <v>213.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">