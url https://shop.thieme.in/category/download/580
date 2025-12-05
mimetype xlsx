--- v0 (2025-10-26)
+++ v1 (2025-12-05)
@@ -698,50 +698,53 @@
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
         <v>2019</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9781604066517</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10">
         <v>2012</v>
       </c>
+      <c r="F10">
+        <v>294.99</v>
+      </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9781588905147</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2008</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9781626233287</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>