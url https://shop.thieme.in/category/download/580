--- v1 (2025-12-05)
+++ v2 (2026-01-12)
@@ -699,51 +699,51 @@
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
         <v>2019</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9781604066517</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>8</v>
       </c>
       <c r="E10">
         <v>2012</v>
       </c>
       <c r="F10">
-        <v>294.99</v>
+        <v>134.99</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9781588905147</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2008</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9781626233287</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>