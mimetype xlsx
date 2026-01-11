--- v0 (2025-12-16)
+++ v1 (2026-01-11)
@@ -1189,51 +1189,51 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9788197299032</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3">
-        <v>199.99</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9781684200603</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9781684201358</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
@@ -1328,108 +1328,108 @@
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9788196691493</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2023</v>
       </c>
       <c r="F11">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9789392819360</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12">
         <v>2023</v>
       </c>
       <c r="F12">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9781626236875</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13">
         <v>2014</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9789392819131</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14">
         <v>2023</v>
       </c>
       <c r="F14">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9781626238473</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2023</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9781626238916</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
@@ -1507,51 +1507,51 @@
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20">
         <v>2024</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9783132428379</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21">
         <v>2024</v>
       </c>
       <c r="F21">
-        <v>129.99</v>
+        <v>144.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="C22" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="C23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="C24" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="C25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="C26" t="s">
         <v>50</v>
@@ -1713,51 +1713,51 @@
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39">
         <v>2010</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9783132442566</v>
       </c>
       <c r="B40" t="s">
         <v>70</v>
       </c>
       <c r="C40" t="s">
         <v>71</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40">
         <v>2021</v>
       </c>
       <c r="F40">
-        <v>271.99</v>
+        <v>311.99</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9781626236189</v>
       </c>
       <c r="B41" t="s">
         <v>72</v>
       </c>
       <c r="C41" t="s">
         <v>73</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41">
         <v>2012</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9781626236486</v>
       </c>
       <c r="B42" t="s">
         <v>74</v>
@@ -1920,51 +1920,51 @@
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51">
         <v>2018</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>9789385062759</v>
       </c>
       <c r="B52" t="s">
         <v>93</v>
       </c>
       <c r="C52" t="s">
         <v>94</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52">
         <v>2017</v>
       </c>
       <c r="F52">
-        <v>187.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>9781626237094</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53">
         <v>2020</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>9781626236677</v>
       </c>
       <c r="B54" t="s">
         <v>97</v>
@@ -3334,171 +3334,171 @@
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134">
         <v>2016</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
         <v>9789388257664</v>
       </c>
       <c r="B135" t="s">
         <v>247</v>
       </c>
       <c r="C135" t="s">
         <v>248</v>
       </c>
       <c r="D135" t="s">
         <v>102</v>
       </c>
       <c r="E135">
         <v>2020</v>
       </c>
       <c r="F135">
-        <v>74.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
         <v>9789388257718</v>
       </c>
       <c r="B136" t="s">
         <v>93</v>
       </c>
       <c r="C136" t="s">
         <v>249</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136">
         <v>2020</v>
       </c>
       <c r="F136">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
         <v>9788194857075</v>
       </c>
       <c r="B137" t="s">
         <v>93</v>
       </c>
       <c r="C137" t="s">
         <v>250</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137">
         <v>2021</v>
       </c>
       <c r="F137">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
         <v>9788194857082</v>
       </c>
       <c r="B138" t="s">
         <v>251</v>
       </c>
       <c r="C138" t="s">
         <v>252</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138">
         <v>2022</v>
       </c>
       <c r="F138">
-        <v>193.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
         <v>9789386293336</v>
       </c>
       <c r="B139" t="s">
         <v>93</v>
       </c>
       <c r="C139" t="s">
         <v>253</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139">
         <v>2018</v>
       </c>
       <c r="F139">
-        <v>187.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
         <v>9789388257152</v>
       </c>
       <c r="B140" t="s">
         <v>93</v>
       </c>
       <c r="C140" t="s">
         <v>254</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140">
         <v>2019</v>
       </c>
       <c r="F140">
-        <v>187.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
         <v>9789388257855</v>
       </c>
       <c r="B141" t="s">
         <v>93</v>
       </c>
       <c r="C141" t="s">
         <v>255</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141">
         <v>2020</v>
       </c>
       <c r="F141">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">