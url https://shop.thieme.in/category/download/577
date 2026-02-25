--- v1 (2026-01-11)
+++ v2 (2026-02-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="254">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Preetha Kamath Agarwal</t>
   </si>
   <si>
     <t>Dermatology Fundamentals</t>
   </si>
   <si>
@@ -735,56 +735,50 @@
     <t>Ophthalmic Plastic Surgery</t>
   </si>
   <si>
     <t>Roth</t>
   </si>
   <si>
     <t>The Essential Burn Unit Handbook</t>
   </si>
   <si>
     <t>Burnstine</t>
   </si>
   <si>
     <t>Ophthalmic Plastic Surgery of the Upper Face</t>
   </si>
   <si>
     <t>Aly</t>
   </si>
   <si>
     <t>Partial Breast Reconstruction</t>
   </si>
   <si>
     <t>Beredjiklian</t>
   </si>
   <si>
     <t>Hand Surgery</t>
-  </si>
-[...4 lines deleted...]
-    <t>Management of Complications in Common Hand and Wrist Procedures</t>
   </si>
   <si>
     <t>Gupta</t>
   </si>
   <si>
     <t>The Grasping Hand</t>
   </si>
   <si>
     <t>Jin</t>
   </si>
   <si>
     <t>Aesthetic Plastic Surgery of the East Asian Face</t>
   </si>
   <si>
     <t>Chandrasekharam</t>
   </si>
   <si>
     <t>Hypospadias Surgery</t>
   </si>
   <si>
     <t>Textbook of Plastic, Reconstructive, and Aesthetic Surgery, Vol 4</t>
   </si>
   <si>
     <t>Textbook of Plastic, Reconstructive, and Aesthetic Surgery, Vol 6</t>
   </si>
@@ -1127,51 +1121,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F141"/>
+  <dimension ref="A1:F140"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1189,51 +1183,51 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9788197299032</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3">
-        <v>219.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9781684200603</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9781684201358</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
@@ -1328,108 +1322,108 @@
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9788196691493</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2023</v>
       </c>
       <c r="F11">
-        <v>142.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9789392819360</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12">
         <v>2023</v>
       </c>
       <c r="F12">
-        <v>142.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9781626236875</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13">
         <v>2014</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9789392819131</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14">
         <v>2023</v>
       </c>
       <c r="F14">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9781626238473</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2023</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9781626238916</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
@@ -1507,51 +1501,51 @@
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20">
         <v>2024</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9783132428379</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21">
         <v>2024</v>
       </c>
       <c r="F21">
-        <v>144.99</v>
+        <v>129.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="C22" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="C23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="C24" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="C25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="C26" t="s">
         <v>50</v>
@@ -1713,51 +1707,51 @@
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39">
         <v>2010</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9783132442566</v>
       </c>
       <c r="B40" t="s">
         <v>70</v>
       </c>
       <c r="C40" t="s">
         <v>71</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40">
         <v>2021</v>
       </c>
       <c r="F40">
-        <v>311.99</v>
+        <v>271.99</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9781626236189</v>
       </c>
       <c r="B41" t="s">
         <v>72</v>
       </c>
       <c r="C41" t="s">
         <v>73</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41">
         <v>2012</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9781626236486</v>
       </c>
       <c r="B42" t="s">
         <v>74</v>
@@ -1920,51 +1914,51 @@
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51">
         <v>2018</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>9789385062759</v>
       </c>
       <c r="B52" t="s">
         <v>93</v>
       </c>
       <c r="C52" t="s">
         <v>94</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52">
         <v>2017</v>
       </c>
       <c r="F52">
-        <v>199.99</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>9781626237094</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53">
         <v>2020</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>9781626236677</v>
       </c>
       <c r="B54" t="s">
         <v>97</v>
@@ -3268,237 +3262,220 @@
         <v>11</v>
       </c>
       <c r="E130">
         <v>2017</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
         <v>9781626234796</v>
       </c>
       <c r="B131" t="s">
         <v>239</v>
       </c>
       <c r="C131" t="s">
         <v>240</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131">
         <v>2020</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9783132436039</v>
+        <v>9781604068160</v>
       </c>
       <c r="B132" t="s">
         <v>241</v>
       </c>
       <c r="C132" t="s">
         <v>242</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781604068160</v>
+        <v>9781626231436</v>
       </c>
       <c r="B133" t="s">
         <v>243</v>
       </c>
       <c r="C133" t="s">
         <v>244</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781626231436</v>
+        <v>9789388257664</v>
       </c>
       <c r="B134" t="s">
         <v>245</v>
       </c>
       <c r="C134" t="s">
         <v>246</v>
       </c>
       <c r="D134" t="s">
-        <v>11</v>
+        <v>102</v>
       </c>
       <c r="E134">
-        <v>2016</v>
+        <v>2020</v>
+      </c>
+      <c r="F134">
+        <v>74.99</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9789388257664</v>
+        <v>9789388257718</v>
       </c>
       <c r="B135" t="s">
+        <v>93</v>
+      </c>
+      <c r="C135" t="s">
         <v>247</v>
       </c>
-      <c r="C135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135" t="s">
-        <v>102</v>
+        <v>11</v>
       </c>
       <c r="E135">
         <v>2020</v>
       </c>
       <c r="F135">
-        <v>79.99</v>
+        <v>181.99</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9789388257718</v>
+        <v>9788194857075</v>
       </c>
       <c r="B136" t="s">
         <v>93</v>
       </c>
       <c r="C136" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F136">
-        <v>199.99</v>
+        <v>181.99</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9788194857075</v>
+        <v>9788194857082</v>
       </c>
       <c r="B137" t="s">
-        <v>93</v>
+        <v>249</v>
       </c>
       <c r="C137" t="s">
         <v>250</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F137">
-        <v>199.99</v>
+        <v>193.0</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9788194857082</v>
+        <v>9789386293336</v>
       </c>
       <c r="B138" t="s">
+        <v>93</v>
+      </c>
+      <c r="C138" t="s">
         <v>251</v>
       </c>
-      <c r="C138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F138">
-        <v>213.0</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9789386293336</v>
+        <v>9789388257152</v>
       </c>
       <c r="B139" t="s">
         <v>93</v>
       </c>
       <c r="C139" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F139">
-        <v>199.99</v>
+        <v>187.99</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9789388257152</v>
+        <v>9789388257855</v>
       </c>
       <c r="B140" t="s">
         <v>93</v>
       </c>
       <c r="C140" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="F140">
-        <v>199.99</v>
-[...19 lines deleted...]
-        <v>199.99</v>
+        <v>181.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">