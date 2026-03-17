--- v2 (2026-02-25)
+++ v3 (2026-03-17)
@@ -1183,51 +1183,51 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9788197299032</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3">
-        <v>199.99</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9781684200603</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9781684201358</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
@@ -1322,108 +1322,108 @@
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10">
         <v>2024</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9788196691493</v>
       </c>
       <c r="B11" t="s">
         <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>28</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11">
         <v>2023</v>
       </c>
       <c r="F11">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9789392819360</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12">
         <v>2023</v>
       </c>
       <c r="F12">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9781626236875</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13">
         <v>2014</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9789392819131</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14">
         <v>2023</v>
       </c>
       <c r="F14">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9781626238473</v>
       </c>
       <c r="B15" t="s">
         <v>14</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2023</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9781626238916</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
@@ -1501,51 +1501,51 @@
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20">
         <v>2024</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9783132428379</v>
       </c>
       <c r="B21" t="s">
         <v>44</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21">
         <v>2024</v>
       </c>
       <c r="F21">
-        <v>129.99</v>
+        <v>144.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="C22" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="C23" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="C24" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="C25" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="C26" t="s">
         <v>50</v>
@@ -1707,51 +1707,51 @@
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39">
         <v>2010</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9783132442566</v>
       </c>
       <c r="B40" t="s">
         <v>70</v>
       </c>
       <c r="C40" t="s">
         <v>71</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40">
         <v>2021</v>
       </c>
       <c r="F40">
-        <v>271.99</v>
+        <v>311.99</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9781626236189</v>
       </c>
       <c r="B41" t="s">
         <v>72</v>
       </c>
       <c r="C41" t="s">
         <v>73</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41">
         <v>2012</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9781626236486</v>
       </c>
       <c r="B42" t="s">
         <v>74</v>
@@ -1914,51 +1914,51 @@
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51">
         <v>2018</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
         <v>9789385062759</v>
       </c>
       <c r="B52" t="s">
         <v>93</v>
       </c>
       <c r="C52" t="s">
         <v>94</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52">
         <v>2017</v>
       </c>
       <c r="F52">
-        <v>187.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
         <v>9781626237094</v>
       </c>
       <c r="B53" t="s">
         <v>95</v>
       </c>
       <c r="C53" t="s">
         <v>96</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53">
         <v>2020</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
         <v>9781626236677</v>
       </c>
       <c r="B54" t="s">
         <v>97</v>
@@ -3311,171 +3311,171 @@
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133">
         <v>2016</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
         <v>9789388257664</v>
       </c>
       <c r="B134" t="s">
         <v>245</v>
       </c>
       <c r="C134" t="s">
         <v>246</v>
       </c>
       <c r="D134" t="s">
         <v>102</v>
       </c>
       <c r="E134">
         <v>2020</v>
       </c>
       <c r="F134">
-        <v>74.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
         <v>9789388257718</v>
       </c>
       <c r="B135" t="s">
         <v>93</v>
       </c>
       <c r="C135" t="s">
         <v>247</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135">
         <v>2020</v>
       </c>
       <c r="F135">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
         <v>9788194857075</v>
       </c>
       <c r="B136" t="s">
         <v>93</v>
       </c>
       <c r="C136" t="s">
         <v>248</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136">
         <v>2021</v>
       </c>
       <c r="F136">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
         <v>9788194857082</v>
       </c>
       <c r="B137" t="s">
         <v>249</v>
       </c>
       <c r="C137" t="s">
         <v>250</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137">
         <v>2022</v>
       </c>
       <c r="F137">
-        <v>193.0</v>
+        <v>213.0</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
         <v>9789386293336</v>
       </c>
       <c r="B138" t="s">
         <v>93</v>
       </c>
       <c r="C138" t="s">
         <v>251</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138">
         <v>2018</v>
       </c>
       <c r="F138">
-        <v>187.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
         <v>9789388257152</v>
       </c>
       <c r="B139" t="s">
         <v>93</v>
       </c>
       <c r="C139" t="s">
         <v>252</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139">
         <v>2019</v>
       </c>
       <c r="F139">
-        <v>187.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
         <v>9789388257855</v>
       </c>
       <c r="B140" t="s">
         <v>93</v>
       </c>
       <c r="C140" t="s">
         <v>253</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140">
         <v>2020</v>
       </c>
       <c r="F140">
-        <v>181.99</v>
+        <v>199.99</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">