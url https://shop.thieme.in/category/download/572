--- v0 (2025-12-05)
+++ v1 (2026-01-12)
@@ -670,91 +670,91 @@
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2019</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9788198109484</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
       <c r="F3">
-        <v>45.99</v>
+        <v>50.99</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9788196736781</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
         <v>2024</v>
       </c>
       <c r="F4">
-        <v>120.0</v>
+        <v>132.0</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9788194857013</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5">
         <v>2021</v>
       </c>
       <c r="F5">
-        <v>85.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="C6" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9783131405517</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7">
         <v>2006</v>
       </c>
     </row>
     <row r="8" spans="1:6">
@@ -1007,51 +1007,51 @@
       </c>
       <c r="D22" t="s">
         <v>25</v>
       </c>
       <c r="E22">
         <v>2019</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>9789388257398</v>
       </c>
       <c r="B23" t="s">
         <v>49</v>
       </c>
       <c r="C23" t="s">
         <v>7</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23">
         <v>2019</v>
       </c>
       <c r="F23">
-        <v>109.99</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>9781626235267</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" t="s">
         <v>51</v>
       </c>
       <c r="D24" t="s">
         <v>25</v>
       </c>
       <c r="E24">
         <v>2021</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>9781626238930</v>
       </c>
       <c r="B25" t="s">
         <v>52</v>
@@ -1313,71 +1313,71 @@
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40">
         <v>2022</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9789385062339</v>
       </c>
       <c r="B41" t="s">
         <v>79</v>
       </c>
       <c r="C41" t="s">
         <v>80</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41">
         <v>2016</v>
       </c>
       <c r="F41">
-        <v>94.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9789388257879</v>
       </c>
       <c r="B42" t="s">
         <v>81</v>
       </c>
       <c r="C42" t="s">
         <v>82</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42">
         <v>2020</v>
       </c>
       <c r="F42">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">