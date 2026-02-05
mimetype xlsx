--- v0 (2025-10-28)
+++ v1 (2026-02-05)
@@ -502,50 +502,53 @@
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="C2" t="s">
         <v>6</v>
       </c>
+      <c r="F2">
+        <v>0.0</v>
+      </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9781684204960</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
       <c r="D3" t="s">
         <v>9</v>
       </c>
       <c r="E3">
         <v>2024</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="C4" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="C5" t="s">
@@ -586,51 +589,51 @@
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8">
         <v>2016</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9783132204010</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9">
         <v>2018</v>
       </c>
       <c r="F9">
-        <v>49.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9783131318824</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
       </c>
       <c r="C10" t="s">
         <v>22</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10">
         <v>2004</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9783131732217</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
@@ -708,51 +711,51 @@
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15">
         <v>2017</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9789390553877</v>
       </c>
       <c r="B16" t="s">
         <v>33</v>
       </c>
       <c r="C16" t="s">
         <v>34</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16">
         <v>2022</v>
       </c>
       <c r="F16">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9783131489913</v>
       </c>
       <c r="B17" t="s">
         <v>35</v>
       </c>
       <c r="C17" t="s">
         <v>36</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17">
         <v>2010</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>