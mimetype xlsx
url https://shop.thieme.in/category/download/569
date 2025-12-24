--- v0 (2025-12-03)
+++ v1 (2025-12-24)
@@ -32,59 +32,65 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
+    <t>Walter C. Jean</t>
+  </si>
+  <si>
+    <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
+  </si>
+  <si>
+    <t>Hardback</t>
+  </si>
+  <si>
     <t>Muhammad M. Abd-El-Barr</t>
   </si>
   <si>
     <t>Awake Spine Surgery</t>
   </si>
   <si>
-    <t>Hardback</t>
-[...1 lines deleted...]
-  <si>
     <t>Andrew J. Kobets</t>
   </si>
   <si>
     <t>Neurosurgical Operative Atlas</t>
   </si>
   <si>
     <t>Susan E. Mackinnon</t>
   </si>
   <si>
     <t>Nerve Surgery</t>
   </si>
   <si>
     <t>Abigail G. Crum</t>
   </si>
   <si>
     <t>Neurosurgery Fundamentals for Advanced Practice Providers</t>
   </si>
   <si>
     <t>Paperback</t>
   </si>
   <si>
     <t>Michael T. Lawton</t>
   </si>
   <si>
     <t>Seven Carvernomas</t>
@@ -585,56 +591,50 @@
     <t>Atlas of Acoustic Neurinoma Microsurgery</t>
   </si>
   <si>
     <t>Burchiel</t>
   </si>
   <si>
     <t>Surgical Management of Pain</t>
   </si>
   <si>
     <t>Wanebo</t>
   </si>
   <si>
     <t>Moyamoya Disease</t>
   </si>
   <si>
     <t>Schwartz</t>
   </si>
   <si>
     <t>Endoscopic Pituitary Surgery</t>
   </si>
   <si>
     <t>Jain</t>
   </si>
   <si>
     <t>Brain Tumor Imaging</t>
-  </si>
-[...4 lines deleted...]
-    <t>Essentials of Spinal Cord Injury</t>
   </si>
   <si>
     <t>Vialle</t>
   </si>
   <si>
     <t>AOSpine Masters Series, Volume 7</t>
   </si>
   <si>
     <t>An</t>
   </si>
   <si>
     <t>Video Atlas of Spine Surgery</t>
   </si>
   <si>
     <t>Yu</t>
   </si>
   <si>
     <t>Skull Base Cancer Imaging</t>
   </si>
   <si>
     <t>Casiano</t>
   </si>
   <si>
     <t>Endoscopic Sinonasal Dissection Guide</t>
   </si>
@@ -1655,1761 +1655,1761 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781684206735</v>
+        <v>9781684206391</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9781626231061</v>
+        <v>9781684206735</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9781684204700</v>
+        <v>9781626231061</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9781684206698</v>
+        <v>9781684204700</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9781684204946</v>
+        <v>9781684206698</v>
       </c>
       <c r="B6" t="s">
+        <v>15</v>
+      </c>
+      <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9781684200702</v>
+        <v>9781684204946</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9781604062410</v>
+        <v>9781684200702</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E8">
-        <v>2010</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9781626233478</v>
+        <v>9781604062410</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E9">
-        <v>2016</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9781684206261</v>
+        <v>9781626233478</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E10">
-        <v>2025</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9781626231085</v>
+        <v>9781684206261</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11">
         <v>2025</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>9781684204984</v>
+        <v>9781626231085</v>
       </c>
       <c r="B12" t="s">
         <v>28</v>
       </c>
       <c r="C12" t="s">
         <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E12">
         <v>2025</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>9781684201631</v>
+        <v>9781684204984</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E13">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9788198109491</v>
+        <v>9781684201631</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
         <v>2025</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9781684206308</v>
+        <v>9788198109491</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E15">
         <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9781684205790</v>
+        <v>9781684206308</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
+      <c r="D16" t="s">
+        <v>17</v>
+      </c>
       <c r="E16">
         <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9781684201372</v>
+        <v>9781684205790</v>
       </c>
       <c r="B17" t="s">
         <v>38</v>
       </c>
       <c r="C17" t="s">
         <v>39</v>
       </c>
       <c r="E17">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>9781684201372</v>
+      </c>
+      <c r="B18" t="s">
+        <v>40</v>
+      </c>
+      <c r="C18" t="s">
+        <v>41</v>
+      </c>
+      <c r="E18">
         <v>2019</v>
       </c>
     </row>
-    <row r="18" spans="1:6">
-[...3 lines deleted...]
-    </row>
     <row r="19" spans="1:6">
-      <c r="A19">
-[...4 lines deleted...]
-      </c>
       <c r="C19" t="s">
         <v>42</v>
       </c>
-      <c r="D19" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9781684205547</v>
+        <v>9781626233720</v>
       </c>
       <c r="B20" t="s">
-        <v>24</v>
+        <v>43</v>
       </c>
       <c r="C20" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E20">
         <v>2024</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9781684206612</v>
+        <v>9781684205547</v>
       </c>
       <c r="B21" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
       <c r="C21" t="s">
         <v>45</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E21">
         <v>2024</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" t="s">
+      <c r="A22">
+        <v>9781684206612</v>
+      </c>
+      <c r="B22" t="s">
         <v>46</v>
       </c>
-      <c r="B22" t="s">
+      <c r="C22" t="s">
         <v>47</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" t="s">
         <v>48</v>
       </c>
-      <c r="D22" t="s">
+      <c r="B23" t="s">
         <v>49</v>
       </c>
-      <c r="E22">
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" t="s">
+        <v>51</v>
+      </c>
+      <c r="E23">
         <v>2019</v>
-      </c>
-[...15 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9781684200436</v>
+        <v>9781684205011</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24">
         <v>2024</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9781684201143</v>
+        <v>9781684200436</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2024</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9788197475887</v>
+        <v>9781684201143</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26">
         <v>2024</v>
       </c>
-      <c r="F26">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9789395390101</v>
+        <v>9788197475887</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F27">
-        <v>97.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9789386293534</v>
+        <v>9789395390101</v>
       </c>
       <c r="B28" t="s">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F28">
-        <v>68.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9789386293497</v>
+        <v>9789386293534</v>
       </c>
       <c r="B29" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29">
         <v>2018</v>
       </c>
       <c r="F29">
-        <v>68.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9789386293510</v>
+        <v>9789386293497</v>
       </c>
       <c r="B30" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C30" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30">
-        <v>68.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9789386293985</v>
+        <v>9789386293510</v>
       </c>
       <c r="B31" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C31" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31">
-        <v>74.99</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9789386293923</v>
+        <v>9789386293985</v>
       </c>
       <c r="B32" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C32" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32">
-        <v>97.0</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9789388257329</v>
+        <v>9789386293923</v>
       </c>
       <c r="B33" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C33" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F33">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9789388257305</v>
+        <v>9789388257329</v>
       </c>
       <c r="B34" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C34" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34">
         <v>2019</v>
       </c>
       <c r="F34">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9789382076070</v>
+        <v>9789388257305</v>
       </c>
       <c r="B35" t="s">
-        <v>67</v>
+        <v>49</v>
       </c>
       <c r="C35" t="s">
         <v>68</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F35">
-        <v>124.99</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9789395390576</v>
+        <v>9789382076070</v>
       </c>
       <c r="B36" t="s">
         <v>69</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="F36">
-        <v>161.0</v>
+        <v>149.99</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9789388257602</v>
+        <v>9789395390576</v>
       </c>
       <c r="B37" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F37">
-        <v>65.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9789395390620</v>
+        <v>9789388257602</v>
       </c>
       <c r="B38" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38">
-        <v>2023</v>
+        <v>2019</v>
+      </c>
+      <c r="F38">
+        <v>72.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9789395390613</v>
+        <v>9789395390620</v>
       </c>
       <c r="B39" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="C39" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39">
         <v>2023</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9789395390057</v>
+        <v>9789395390613</v>
       </c>
       <c r="B40" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="C40" t="s">
         <v>76</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40">
         <v>2023</v>
       </c>
-      <c r="F40">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9789395390248</v>
+        <v>9789395390057</v>
       </c>
       <c r="B41" t="s">
         <v>77</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41">
         <v>2023</v>
       </c>
       <c r="F41">
-        <v>161.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9789392819957</v>
+        <v>9789395390248</v>
       </c>
       <c r="B42" t="s">
         <v>79</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42">
         <v>2023</v>
       </c>
       <c r="F42">
-        <v>81.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9789395390316</v>
+        <v>9789392819957</v>
       </c>
       <c r="B43" t="s">
         <v>81</v>
       </c>
       <c r="C43" t="s">
         <v>82</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43">
         <v>2023</v>
       </c>
       <c r="F43">
-        <v>161.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9781684205042</v>
+        <v>9789395390316</v>
       </c>
       <c r="B44" t="s">
         <v>83</v>
       </c>
       <c r="C44" t="s">
         <v>84</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="E44">
         <v>2023</v>
       </c>
+      <c r="F44">
+        <v>178.0</v>
+      </c>
     </row>
     <row r="45" spans="1:6">
+      <c r="A45">
+        <v>9781684205042</v>
+      </c>
+      <c r="B45" t="s">
+        <v>85</v>
+      </c>
       <c r="C45" t="s">
-        <v>85</v>
+        <v>86</v>
+      </c>
+      <c r="D45" t="s">
+        <v>17</v>
+      </c>
+      <c r="E45">
+        <v>2023</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="C46" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="C47" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="C48" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="C49" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="C50" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="C51" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="C52" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="C53" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="C54" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="C55" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="56" spans="1:6">
-      <c r="A56">
-[...4 lines deleted...]
-      </c>
       <c r="C56" t="s">
         <v>97</v>
       </c>
-      <c r="D56" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9783131111029</v>
+        <v>9781626239272</v>
       </c>
       <c r="B57" t="s">
+        <v>98</v>
+      </c>
+      <c r="C57" t="s">
         <v>99</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D57" t="s">
         <v>100</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E57">
-        <v>1996</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9789385062629</v>
+        <v>9783131111029</v>
       </c>
       <c r="B58" t="s">
         <v>101</v>
       </c>
       <c r="C58" t="s">
         <v>102</v>
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>399.99</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9781604067590</v>
+        <v>9789385062629</v>
       </c>
       <c r="B59" t="s">
         <v>103</v>
       </c>
       <c r="C59" t="s">
         <v>104</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59">
-        <v>2015</v>
+        <v>2016</v>
+      </c>
+      <c r="F59">
+        <v>464.99</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9783131455819</v>
+        <v>9781604067590</v>
       </c>
       <c r="B60" t="s">
         <v>105</v>
       </c>
       <c r="C60" t="s">
         <v>106</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9783136450017</v>
+        <v>9783131455819</v>
       </c>
       <c r="B61" t="s">
         <v>107</v>
       </c>
       <c r="C61" t="s">
         <v>108</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61">
-        <v>1987</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9781588900890</v>
+        <v>9783136450017</v>
+      </c>
+      <c r="B62" t="s">
+        <v>109</v>
       </c>
       <c r="C62" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62">
-        <v>2003</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9781604068696</v>
-[...2 lines deleted...]
-        <v>110</v>
+        <v>9781588900890</v>
       </c>
       <c r="C63" t="s">
         <v>111</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63">
-        <v>2015</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9781626230279</v>
+        <v>9781604068696</v>
       </c>
       <c r="B64" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C64" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9781604063684</v>
+        <v>9781626230279</v>
       </c>
       <c r="B65" t="s">
-        <v>113</v>
+        <v>105</v>
       </c>
       <c r="C65" t="s">
         <v>114</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9781626231115</v>
+        <v>9781604063684</v>
       </c>
       <c r="B66" t="s">
         <v>115</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9781604069006</v>
+        <v>9781626231115</v>
       </c>
       <c r="B67" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C67" t="s">
-        <v>117</v>
+        <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67">
         <v>2018</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9783132431867</v>
+        <v>9781604069006</v>
       </c>
       <c r="B68" t="s">
         <v>118</v>
       </c>
       <c r="C68" t="s">
         <v>119</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68">
         <v>2018</v>
       </c>
-      <c r="F68">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9781604065466</v>
+        <v>9783132431867</v>
       </c>
       <c r="B69" t="s">
         <v>120</v>
       </c>
       <c r="C69" t="s">
         <v>121</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69">
-        <v>2013</v>
+        <v>2018</v>
+      </c>
+      <c r="F69">
+        <v>224.99</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9789385062438</v>
+        <v>9781604065466</v>
       </c>
       <c r="B70" t="s">
         <v>122</v>
       </c>
       <c r="C70" t="s">
         <v>123</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9781626234833</v>
+        <v>9789385062438</v>
       </c>
       <c r="B71" t="s">
         <v>124</v>
       </c>
       <c r="C71" t="s">
         <v>125</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71">
-        <v>2018</v>
+        <v>2015</v>
+      </c>
+      <c r="F71">
+        <v>219.99</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9781684200559</v>
+        <v>9781626234833</v>
       </c>
       <c r="B72" t="s">
         <v>126</v>
       </c>
       <c r="C72" t="s">
         <v>127</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>209.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9783131711915</v>
+        <v>9781684200559</v>
       </c>
       <c r="B73" t="s">
         <v>128</v>
       </c>
       <c r="C73" t="s">
         <v>129</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73">
-        <v>2012</v>
+        <v>2022</v>
+      </c>
+      <c r="F73">
+        <v>249.99</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9781604063349</v>
+        <v>9783131711915</v>
       </c>
       <c r="B74" t="s">
         <v>130</v>
       </c>
       <c r="C74" t="s">
         <v>131</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74">
-        <v>2014</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9783135824031</v>
+        <v>9781604063349</v>
       </c>
       <c r="B75" t="s">
         <v>132</v>
       </c>
       <c r="C75" t="s">
         <v>133</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75">
-        <v>2008</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9781626238169</v>
+        <v>9783135824031</v>
       </c>
       <c r="B76" t="s">
         <v>134</v>
       </c>
       <c r="C76" t="s">
         <v>135</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9781626236929</v>
+        <v>9781626238169</v>
       </c>
       <c r="B77" t="s">
         <v>136</v>
       </c>
       <c r="C77" t="s">
         <v>137</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9781604068955</v>
+        <v>9781626236929</v>
       </c>
       <c r="B78" t="s">
         <v>138</v>
       </c>
       <c r="C78" t="s">
         <v>139</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78">
         <v>2018</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9781588903891</v>
+        <v>9781604068955</v>
       </c>
       <c r="B79" t="s">
         <v>140</v>
       </c>
       <c r="C79" t="s">
         <v>141</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79">
-        <v>2007</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9781588903440</v>
+        <v>9781588903891</v>
       </c>
       <c r="B80" t="s">
-        <v>124</v>
+        <v>142</v>
       </c>
       <c r="C80" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80">
-        <v>2006</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9781626231023</v>
+        <v>9781588903440</v>
       </c>
       <c r="B81" t="s">
-        <v>143</v>
+        <v>126</v>
       </c>
       <c r="C81" t="s">
         <v>144</v>
       </c>
       <c r="D81" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E81">
-        <v>2020</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9781684200153</v>
+        <v>9781626231023</v>
       </c>
       <c r="B82" t="s">
         <v>145</v>
       </c>
       <c r="C82" t="s">
         <v>146</v>
       </c>
       <c r="D82" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E82">
         <v>2020</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9781684202324</v>
+        <v>9781684200153</v>
       </c>
       <c r="B83" t="s">
         <v>147</v>
       </c>
       <c r="C83" t="s">
         <v>148</v>
       </c>
       <c r="D83" t="s">
         <v>8</v>
       </c>
       <c r="E83">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9781684201181</v>
+        <v>9781684202324</v>
       </c>
       <c r="B84" t="s">
         <v>149</v>
       </c>
       <c r="C84" t="s">
         <v>150</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9789385062780</v>
+        <v>9781684201181</v>
       </c>
       <c r="B85" t="s">
         <v>151</v>
       </c>
       <c r="C85" t="s">
         <v>152</v>
       </c>
       <c r="D85" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E85">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>184.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9783136726044</v>
+        <v>9789385062780</v>
       </c>
       <c r="B86" t="s">
         <v>153</v>
       </c>
       <c r="C86" t="s">
         <v>154</v>
       </c>
       <c r="D86" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E86">
-        <v>2019</v>
+        <v>2017</v>
+      </c>
+      <c r="F86">
+        <v>203.0</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9781604068542</v>
+        <v>9783136726044</v>
       </c>
       <c r="B87" t="s">
         <v>155</v>
       </c>
       <c r="C87" t="s">
         <v>156</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9783131440716</v>
+        <v>9781604068542</v>
       </c>
       <c r="B88" t="s">
         <v>157</v>
       </c>
       <c r="C88" t="s">
         <v>158</v>
       </c>
       <c r="D88" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E88">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9781626233416</v>
+        <v>9783131440716</v>
       </c>
       <c r="B89" t="s">
         <v>159</v>
       </c>
       <c r="C89" t="s">
         <v>160</v>
       </c>
       <c r="D89" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E89">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9781684201266</v>
+        <v>9781626233416</v>
       </c>
       <c r="B90" t="s">
-        <v>143</v>
+        <v>161</v>
       </c>
       <c r="C90" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D90" t="s">
-        <v>98</v>
+        <v>8</v>
       </c>
       <c r="E90">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9783131255044</v>
+        <v>9781684201266</v>
       </c>
       <c r="B91" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="C91" t="s">
         <v>163</v>
       </c>
       <c r="D91" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E91">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9781626235885</v>
+        <v>9783131255044</v>
       </c>
       <c r="B92" t="s">
         <v>164</v>
       </c>
       <c r="C92" t="s">
         <v>165</v>
       </c>
       <c r="D92" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E92">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9783131699213</v>
+        <v>9781626235885</v>
       </c>
       <c r="B93" t="s">
         <v>166</v>
       </c>
       <c r="C93" t="s">
         <v>167</v>
       </c>
       <c r="D93" t="s">
-        <v>8</v>
+        <v>100</v>
       </c>
       <c r="E93">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9781604060546</v>
+        <v>9783131699213</v>
       </c>
       <c r="B94" t="s">
-        <v>124</v>
+        <v>168</v>
       </c>
       <c r="C94" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D94" t="s">
         <v>8</v>
       </c>
       <c r="E94">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9781626233331</v>
+        <v>9781604060546</v>
       </c>
       <c r="B95" t="s">
-        <v>169</v>
+        <v>126</v>
       </c>
       <c r="C95" t="s">
         <v>170</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781626233225</v>
+        <v>9781626233331</v>
       </c>
       <c r="B96" t="s">
         <v>171</v>
       </c>
       <c r="C96" t="s">
         <v>172</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
       <c r="E96">
         <v>2018</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9783132018815</v>
+        <v>9781626233225</v>
       </c>
       <c r="B97" t="s">
         <v>173</v>
       </c>
       <c r="C97" t="s">
         <v>174</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9789382076704</v>
+        <v>9783132018815</v>
       </c>
       <c r="B98" t="s">
         <v>175</v>
       </c>
       <c r="C98" t="s">
         <v>176</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>144.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9781604060744</v>
+        <v>9789382076704</v>
       </c>
       <c r="B99" t="s">
-        <v>159</v>
+        <v>177</v>
       </c>
       <c r="C99" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
-        <v>2011</v>
+        <v>2014</v>
+      </c>
+      <c r="F99">
+        <v>159.99</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9781626237773</v>
+        <v>9781604060744</v>
       </c>
       <c r="B100" t="s">
-        <v>178</v>
+        <v>161</v>
       </c>
       <c r="C100" t="s">
         <v>179</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781626232914</v>
+        <v>9781626237773</v>
       </c>
       <c r="B101" t="s">
-        <v>103</v>
+        <v>180</v>
       </c>
       <c r="C101" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9783131102829</v>
+        <v>9781626232914</v>
       </c>
       <c r="B102" t="s">
-        <v>181</v>
+        <v>105</v>
       </c>
       <c r="C102" t="s">
         <v>182</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9781604067514</v>
+        <v>9783131102829</v>
       </c>
       <c r="B103" t="s">
         <v>183</v>
       </c>
       <c r="C103" t="s">
         <v>184</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781604067309</v>
+        <v>9781604067514</v>
       </c>
       <c r="B104" t="s">
         <v>185</v>
       </c>
       <c r="C104" t="s">
         <v>186</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781604063479</v>
+        <v>9781604067309</v>
       </c>
       <c r="B105" t="s">
         <v>187</v>
       </c>
       <c r="C105" t="s">
         <v>188</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781604068061</v>
+        <v>9781604063479</v>
       </c>
       <c r="B106" t="s">
         <v>189</v>
       </c>
       <c r="C106" t="s">
         <v>190</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
       <c r="E106">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781604067262</v>
+        <v>9781604068061</v>
       </c>
       <c r="B107" t="s">
         <v>191</v>
       </c>
       <c r="C107" t="s">
         <v>192</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
         <v>9781626232273</v>
       </c>
       <c r="B108" t="s">
         <v>193</v>
       </c>
       <c r="C108" t="s">
         <v>194</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
       <c r="E108">
         <v>2017</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
         <v>9781684200054</v>
       </c>
       <c r="B109" t="s">
         <v>195</v>
@@ -3430,190 +3430,190 @@
       </c>
       <c r="B110" t="s">
         <v>197</v>
       </c>
       <c r="C110" t="s">
         <v>198</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
       <c r="E110">
         <v>2018</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
         <v>9781626232105</v>
       </c>
       <c r="B111" t="s">
         <v>199</v>
       </c>
       <c r="C111" t="s">
         <v>200</v>
       </c>
       <c r="D111" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E111">
         <v>2017</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
         <v>9789385062490</v>
       </c>
       <c r="B112" t="s">
         <v>201</v>
       </c>
       <c r="C112" t="s">
         <v>202</v>
       </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
       <c r="E112">
         <v>2016</v>
       </c>
       <c r="F112">
-        <v>152.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
         <v>9781604067286</v>
       </c>
       <c r="B113" t="s">
         <v>203</v>
       </c>
       <c r="C113" t="s">
         <v>204</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113">
         <v>2015</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
         <v>9783132057913</v>
       </c>
       <c r="B114" t="s">
         <v>205</v>
       </c>
       <c r="C114" t="s">
         <v>206</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
       <c r="E114">
         <v>2019</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
         <v>9781684200238</v>
       </c>
       <c r="B115" t="s">
         <v>207</v>
       </c>
       <c r="C115" t="s">
         <v>208</v>
       </c>
       <c r="D115" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E115">
         <v>2020</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
         <v>9781626238718</v>
       </c>
       <c r="B116" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C116" t="s">
         <v>209</v>
       </c>
       <c r="D116" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E116">
         <v>2018</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
         <v>9781626237742</v>
       </c>
       <c r="B117" t="s">
         <v>210</v>
       </c>
       <c r="C117" t="s">
         <v>211</v>
       </c>
       <c r="D117" t="s">
         <v>8</v>
       </c>
       <c r="E117">
         <v>2020</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
         <v>9781684200689</v>
       </c>
       <c r="B118" t="s">
         <v>212</v>
       </c>
       <c r="C118" t="s">
         <v>213</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118">
         <v>2022</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
         <v>9781626233782</v>
       </c>
       <c r="B119" t="s">
         <v>214</v>
       </c>
       <c r="C119" t="s">
         <v>215</v>
       </c>
       <c r="D119" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E119">
         <v>2019</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
         <v>9783131450616</v>
       </c>
       <c r="B120" t="s">
         <v>216</v>
       </c>
       <c r="C120" t="s">
         <v>217</v>
       </c>
       <c r="D120" t="s">
         <v>8</v>
       </c>
       <c r="E120">
         <v>2020</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
         <v>9781604067644</v>
@@ -3631,51 +3631,51 @@
         <v>2012</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
         <v>9781604068054</v>
       </c>
       <c r="B122" t="s">
         <v>220</v>
       </c>
       <c r="C122" t="s">
         <v>221</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122">
         <v>2013</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
         <v>9781684200573</v>
       </c>
       <c r="B123" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C123" t="s">
         <v>222</v>
       </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
       <c r="E123">
         <v>2018</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
         <v>9781626239579</v>
       </c>
       <c r="B124" t="s">
         <v>223</v>
       </c>
       <c r="C124" t="s">
         <v>224</v>
       </c>
       <c r="D124" t="s">
         <v>8</v>
       </c>
       <c r="E124">
@@ -3699,51 +3699,51 @@
         <v>2020</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
         <v>9781604068856</v>
       </c>
       <c r="B126" t="s">
         <v>227</v>
       </c>
       <c r="C126" t="s">
         <v>228</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126">
         <v>2015</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
         <v>9781604068757</v>
       </c>
       <c r="B127" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C127" t="s">
         <v>229</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127">
         <v>2014</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
         <v>9781684200313</v>
       </c>
       <c r="B128" t="s">
         <v>230</v>
       </c>
       <c r="C128" t="s">
         <v>231</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128">
@@ -3841,181 +3841,181 @@
       </c>
       <c r="B134" t="s">
         <v>242</v>
       </c>
       <c r="C134" t="s">
         <v>243</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134">
         <v>2019</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
         <v>9781626231047</v>
       </c>
       <c r="B135" t="s">
         <v>244</v>
       </c>
       <c r="C135" t="s">
         <v>245</v>
       </c>
       <c r="D135" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E135">
         <v>2016</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
         <v>9781626231719</v>
       </c>
       <c r="B136" t="s">
         <v>246</v>
       </c>
       <c r="C136" t="s">
         <v>247</v>
       </c>
       <c r="D136" t="s">
         <v>8</v>
       </c>
       <c r="E136">
         <v>2015</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
         <v>9781604065442</v>
       </c>
       <c r="B137" t="s">
         <v>248</v>
       </c>
       <c r="C137" t="s">
         <v>249</v>
       </c>
       <c r="D137" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E137">
         <v>2015</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
         <v>9781626235304</v>
       </c>
       <c r="B138" t="s">
         <v>250</v>
       </c>
       <c r="C138" t="s">
         <v>251</v>
       </c>
       <c r="D138" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E138">
         <v>2020</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
         <v>9781626230385</v>
       </c>
       <c r="B139" t="s">
         <v>252</v>
       </c>
       <c r="C139" t="s">
         <v>253</v>
       </c>
       <c r="D139" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E139">
         <v>2015</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
         <v>9781626234536</v>
       </c>
       <c r="B140" t="s">
         <v>193</v>
       </c>
       <c r="C140" t="s">
         <v>254</v>
       </c>
       <c r="D140" t="s">
         <v>8</v>
       </c>
       <c r="E140">
         <v>2018</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
         <v>9781626232600</v>
       </c>
       <c r="B141" t="s">
         <v>255</v>
       </c>
       <c r="C141" t="s">
         <v>256</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
       <c r="E141">
         <v>2018</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
         <v>9781626230545</v>
       </c>
       <c r="B142" t="s">
         <v>257</v>
       </c>
       <c r="C142" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="D142" t="s">
         <v>8</v>
       </c>
       <c r="E142">
         <v>2016</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
         <v>9783131486110</v>
       </c>
       <c r="B143" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C143" t="s">
         <v>258</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143">
         <v>2013</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
         <v>9783132026810</v>
       </c>
       <c r="B144" t="s">
         <v>259</v>
       </c>
       <c r="C144" t="s">
         <v>260</v>
       </c>
       <c r="D144" t="s">
         <v>8</v>
       </c>
       <c r="E144">
@@ -4045,51 +4045,51 @@
       </c>
       <c r="B146" t="s">
         <v>262</v>
       </c>
       <c r="C146" t="s">
         <v>263</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
       <c r="E146">
         <v>2016</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
         <v>9781626232754</v>
       </c>
       <c r="B147" t="s">
         <v>264</v>
       </c>
       <c r="C147" t="s">
         <v>265</v>
       </c>
       <c r="D147" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E147">
         <v>2021</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
         <v>9783132414471</v>
       </c>
       <c r="B148" t="s">
         <v>266</v>
       </c>
       <c r="C148" t="s">
         <v>267</v>
       </c>
       <c r="D148" t="s">
         <v>8</v>
       </c>
       <c r="E148">
         <v>2019</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
         <v>9783131726612</v>
@@ -4113,51 +4113,51 @@
       </c>
       <c r="B150" t="s">
         <v>270</v>
       </c>
       <c r="C150" t="s">
         <v>271</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150">
         <v>2020</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
         <v>9781604067231</v>
       </c>
       <c r="B151" t="s">
         <v>272</v>
       </c>
       <c r="C151" t="s">
         <v>273</v>
       </c>
       <c r="D151" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E151">
         <v>2015</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
         <v>9781684200924</v>
       </c>
       <c r="B152" t="s">
         <v>274</v>
       </c>
       <c r="C152" t="s">
         <v>275</v>
       </c>
       <c r="D152" t="s">
         <v>8</v>
       </c>
       <c r="E152">
         <v>2020</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
         <v>9781626232167</v>
@@ -4175,119 +4175,119 @@
         <v>2019</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
         <v>9781626239012</v>
       </c>
       <c r="B154" t="s">
         <v>278</v>
       </c>
       <c r="C154" t="s">
         <v>279</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154">
         <v>2020</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
         <v>9781684200078</v>
       </c>
       <c r="B155" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="C155" t="s">
         <v>280</v>
       </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="E155">
         <v>2021</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
         <v>9781588904027</v>
       </c>
       <c r="B156" t="s">
         <v>281</v>
       </c>
       <c r="C156" t="s">
         <v>282</v>
       </c>
       <c r="D156" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E156">
         <v>2010</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
         <v>9781684200214</v>
       </c>
       <c r="B157" t="s">
         <v>283</v>
       </c>
       <c r="C157" t="s">
         <v>284</v>
       </c>
       <c r="D157" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E157">
         <v>2020</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
         <v>9781604065930</v>
       </c>
       <c r="B158" t="s">
         <v>285</v>
       </c>
       <c r="C158" t="s">
         <v>286</v>
       </c>
       <c r="D158" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E158">
         <v>2013</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
         <v>9783131165015</v>
       </c>
       <c r="B159" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C159" t="s">
         <v>287</v>
       </c>
       <c r="D159" t="s">
         <v>8</v>
       </c>
       <c r="E159">
         <v>1995</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
         <v>9781626230323</v>
       </c>
       <c r="B160" t="s">
         <v>288</v>
       </c>
       <c r="C160" t="s">
         <v>289</v>
       </c>
       <c r="D160" t="s">
         <v>8</v>
       </c>
       <c r="E160">
@@ -4311,238 +4311,238 @@
         <v>2020</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
         <v>9781684202492</v>
       </c>
       <c r="B162" t="s">
         <v>292</v>
       </c>
       <c r="C162" t="s">
         <v>293</v>
       </c>
       <c r="D162" t="s">
         <v>8</v>
       </c>
       <c r="E162">
         <v>2022</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
         <v>9781626231986</v>
       </c>
       <c r="B163" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C163" t="s">
         <v>294</v>
       </c>
       <c r="D163" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E163">
         <v>2020</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
         <v>9781604068795</v>
       </c>
       <c r="B164" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C164" t="s">
         <v>295</v>
       </c>
       <c r="D164" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E164">
         <v>2018</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
         <v>9781626232808</v>
       </c>
       <c r="B165" t="s">
         <v>296</v>
       </c>
       <c r="C165" t="s">
         <v>297</v>
       </c>
       <c r="D165" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E165">
         <v>2016</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
         <v>9781684200740</v>
       </c>
       <c r="B166" t="s">
         <v>298</v>
       </c>
       <c r="C166" t="s">
         <v>299</v>
       </c>
       <c r="D166" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E166">
         <v>2020</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
         <v>9781604064179</v>
       </c>
       <c r="B167" t="s">
         <v>300</v>
       </c>
       <c r="C167" t="s">
         <v>301</v>
       </c>
       <c r="D167" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E167">
         <v>2013</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
         <v>9781626230309</v>
       </c>
       <c r="B168" t="s">
         <v>195</v>
       </c>
       <c r="C168" t="s">
         <v>302</v>
       </c>
       <c r="D168" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E168">
         <v>2016</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
         <v>9781626238893</v>
       </c>
       <c r="B169" t="s">
         <v>303</v>
       </c>
       <c r="C169" t="s">
         <v>304</v>
       </c>
       <c r="D169" t="s">
         <v>8</v>
       </c>
       <c r="E169">
         <v>2019</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
         <v>9781626232068</v>
       </c>
       <c r="B170" t="s">
         <v>305</v>
       </c>
       <c r="C170" t="s">
         <v>306</v>
       </c>
       <c r="D170" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E170">
         <v>2017</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
         <v>9783132409576</v>
       </c>
       <c r="B171" t="s">
         <v>307</v>
       </c>
       <c r="C171" t="s">
         <v>308</v>
       </c>
       <c r="D171" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E171">
         <v>2017</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
         <v>9783131444813</v>
       </c>
       <c r="B172" t="s">
         <v>309</v>
       </c>
       <c r="C172" t="s">
         <v>310</v>
       </c>
       <c r="D172" t="s">
         <v>8</v>
       </c>
       <c r="E172">
         <v>2007</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
         <v>9781604068986</v>
       </c>
       <c r="B173" t="s">
         <v>311</v>
       </c>
       <c r="C173" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D173" t="s">
         <v>8</v>
       </c>
       <c r="E173">
         <v>2017</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
         <v>9781626233362</v>
       </c>
       <c r="B174" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C174" t="s">
         <v>312</v>
       </c>
       <c r="D174" t="s">
         <v>8</v>
       </c>
       <c r="E174">
         <v>2018</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
         <v>9781626236431</v>
       </c>
       <c r="B175" t="s">
         <v>313</v>
       </c>
       <c r="C175" t="s">
         <v>314</v>
       </c>
       <c r="D175" t="s">
         <v>8</v>
       </c>
       <c r="E175">
@@ -4623,289 +4623,289 @@
       </c>
       <c r="B180" t="s">
         <v>323</v>
       </c>
       <c r="C180" t="s">
         <v>324</v>
       </c>
       <c r="D180" t="s">
         <v>8</v>
       </c>
       <c r="E180">
         <v>2019</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
         <v>9781626230255</v>
       </c>
       <c r="B181" t="s">
         <v>325</v>
       </c>
       <c r="C181" t="s">
         <v>326</v>
       </c>
       <c r="D181" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E181">
         <v>2016</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
         <v>9781604064117</v>
       </c>
       <c r="B182" t="s">
         <v>236</v>
       </c>
       <c r="C182" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D182" t="s">
         <v>8</v>
       </c>
       <c r="E182">
         <v>2014</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
         <v>9781626237322</v>
       </c>
       <c r="B183" t="s">
         <v>327</v>
       </c>
       <c r="C183" t="s">
         <v>328</v>
       </c>
       <c r="D183" t="s">
         <v>8</v>
       </c>
       <c r="E183">
         <v>2019</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
         <v>9781626234949</v>
       </c>
       <c r="B184" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C184" t="s">
         <v>329</v>
       </c>
       <c r="D184" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E184">
         <v>2021</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
         <v>9781684202249</v>
       </c>
       <c r="B185" t="s">
         <v>330</v>
       </c>
       <c r="C185" t="s">
         <v>331</v>
       </c>
       <c r="D185" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E185">
         <v>2020</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
         <v>9781626238060</v>
       </c>
       <c r="B186" t="s">
         <v>332</v>
       </c>
       <c r="C186" t="s">
         <v>333</v>
       </c>
       <c r="D186" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E186">
         <v>2018</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
         <v>9781604060577</v>
       </c>
       <c r="B187" t="s">
         <v>334</v>
       </c>
       <c r="C187" t="s">
         <v>335</v>
       </c>
       <c r="D187" t="s">
         <v>8</v>
       </c>
       <c r="E187">
         <v>2015</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
         <v>9781626231108</v>
       </c>
       <c r="B188" t="s">
         <v>336</v>
       </c>
       <c r="C188" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D188" t="s">
         <v>8</v>
       </c>
       <c r="E188">
         <v>2019</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
         <v>9783131418722</v>
       </c>
       <c r="B189" t="s">
         <v>337</v>
       </c>
       <c r="C189" t="s">
         <v>338</v>
       </c>
       <c r="D189" t="s">
         <v>8</v>
       </c>
       <c r="E189">
         <v>2017</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
         <v>9781684200535</v>
       </c>
       <c r="B190" t="s">
         <v>339</v>
       </c>
       <c r="C190" t="s">
         <v>340</v>
       </c>
       <c r="D190" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E190">
         <v>2020</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
         <v>9781626234550</v>
       </c>
       <c r="B191" t="s">
         <v>193</v>
       </c>
       <c r="C191" t="s">
         <v>341</v>
       </c>
       <c r="D191" t="s">
         <v>8</v>
       </c>
       <c r="E191">
         <v>2018</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
         <v>9781626230217</v>
       </c>
       <c r="B192" t="s">
         <v>342</v>
       </c>
       <c r="C192" t="s">
         <v>343</v>
       </c>
       <c r="D192" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E192">
         <v>2016</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
         <v>9781626237971</v>
       </c>
       <c r="B193" t="s">
         <v>300</v>
       </c>
       <c r="C193" t="s">
         <v>344</v>
       </c>
       <c r="D193" t="s">
         <v>8</v>
       </c>
       <c r="E193">
         <v>2019</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
         <v>9783132417182</v>
       </c>
       <c r="B194" t="s">
         <v>345</v>
       </c>
       <c r="C194" t="s">
         <v>346</v>
       </c>
       <c r="D194" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E194">
         <v>2019</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
         <v>9781626232020</v>
       </c>
       <c r="B195" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C195" t="s">
         <v>347</v>
       </c>
       <c r="D195" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E195">
         <v>2021</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
         <v>9781684200092</v>
       </c>
       <c r="B196" t="s">
         <v>348</v>
       </c>
       <c r="C196" t="s">
         <v>349</v>
       </c>
       <c r="D196" t="s">
         <v>8</v>
       </c>
       <c r="E196">
         <v>2022</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
         <v>9783131723819</v>
@@ -4918,125 +4918,125 @@
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197">
         <v>2013</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
         <v>9789386293565</v>
       </c>
       <c r="B198" t="s">
         <v>352</v>
       </c>
       <c r="C198" t="s">
         <v>353</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198">
         <v>2019</v>
       </c>
       <c r="F198">
-        <v>155.0</v>
+        <v>171.0</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
         <v>9789382076933</v>
       </c>
       <c r="B199" t="s">
         <v>354</v>
       </c>
       <c r="C199" t="s">
         <v>355</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199">
         <v>2016</v>
       </c>
       <c r="F199">
-        <v>152.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
         <v>9781626235076</v>
       </c>
       <c r="B200" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C200" t="s">
         <v>356</v>
       </c>
       <c r="D200" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E200">
         <v>2019</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
         <v>9781626232372</v>
       </c>
       <c r="B201" t="s">
         <v>357</v>
       </c>
       <c r="C201" t="s">
         <v>358</v>
       </c>
       <c r="D201" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E201">
         <v>2019</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
         <v>9781626233461</v>
       </c>
       <c r="B202" t="s">
         <v>359</v>
       </c>
       <c r="C202" t="s">
         <v>360</v>
       </c>
       <c r="D202" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E202">
         <v>2018</v>
       </c>
       <c r="F202">
-        <v>49.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
         <v>9781626238558</v>
       </c>
       <c r="B203" t="s">
         <v>361</v>
       </c>
       <c r="C203" t="s">
         <v>362</v>
       </c>
       <c r="D203" t="s">
         <v>8</v>
       </c>
       <c r="E203">
         <v>2019</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
         <v>9783131471512</v>
       </c>
       <c r="B204" t="s">
         <v>363</v>
@@ -5057,193 +5057,193 @@
       </c>
       <c r="B205" t="s">
         <v>365</v>
       </c>
       <c r="C205" t="s">
         <v>366</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
       <c r="E205">
         <v>2019</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
         <v>9781626232341</v>
       </c>
       <c r="B206" t="s">
         <v>367</v>
       </c>
       <c r="C206" t="s">
         <v>368</v>
       </c>
       <c r="D206" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E206">
         <v>2017</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
         <v>9781684201532</v>
       </c>
       <c r="B207" t="s">
         <v>369</v>
       </c>
       <c r="C207" t="s">
         <v>370</v>
       </c>
       <c r="D207" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E207">
         <v>2021</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
         <v>9781684200191</v>
       </c>
       <c r="B208" t="s">
         <v>371</v>
       </c>
       <c r="C208" t="s">
         <v>372</v>
       </c>
       <c r="D208" t="s">
         <v>8</v>
       </c>
       <c r="E208">
         <v>2020</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
         <v>9781626234901</v>
       </c>
       <c r="B209" t="s">
         <v>373</v>
       </c>
       <c r="C209" t="s">
         <v>374</v>
       </c>
       <c r="D209" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E209">
         <v>2019</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
         <v>9781626233201</v>
       </c>
       <c r="B210" t="s">
         <v>375</v>
       </c>
       <c r="C210" t="s">
         <v>376</v>
       </c>
       <c r="D210" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E210">
         <v>2017</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
         <v>9783131646019</v>
       </c>
       <c r="B211" t="s">
         <v>377</v>
       </c>
       <c r="C211" t="s">
         <v>378</v>
       </c>
       <c r="D211" t="s">
         <v>8</v>
       </c>
       <c r="E211">
         <v>2014</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
         <v>9783134535020</v>
       </c>
       <c r="B212" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C212" t="s">
         <v>379</v>
       </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212">
         <v>2006</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
         <v>9781626235328</v>
       </c>
       <c r="B213" t="s">
         <v>373</v>
       </c>
       <c r="C213" t="s">
         <v>380</v>
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213">
         <v>2021</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
         <v>9781626233461</v>
       </c>
       <c r="B214" t="s">
         <v>359</v>
       </c>
       <c r="C214" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D214" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E214">
         <v>2016</v>
       </c>
       <c r="F214">
-        <v>49.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
         <v>9781626232501</v>
       </c>
       <c r="B215" t="s">
         <v>348</v>
       </c>
       <c r="C215" t="s">
         <v>381</v>
       </c>
       <c r="D215" t="s">
         <v>8</v>
       </c>
       <c r="E215">
         <v>2017</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
         <v>9781626231597</v>
       </c>
       <c r="B216" t="s">
         <v>382</v>
@@ -5281,475 +5281,475 @@
       </c>
       <c r="B218" t="s">
         <v>386</v>
       </c>
       <c r="C218" t="s">
         <v>387</v>
       </c>
       <c r="D218" t="s">
         <v>8</v>
       </c>
       <c r="E218">
         <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
         <v>9783131364524</v>
       </c>
       <c r="B219" t="s">
         <v>388</v>
       </c>
       <c r="C219" t="s">
         <v>389</v>
       </c>
       <c r="D219" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E219">
         <v>2017</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
         <v>9781626232488</v>
       </c>
       <c r="B220" t="s">
         <v>369</v>
       </c>
       <c r="C220" t="s">
         <v>390</v>
       </c>
       <c r="D220" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E220">
         <v>2016</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
         <v>9783132412866</v>
       </c>
       <c r="B221" t="s">
         <v>391</v>
       </c>
       <c r="C221" t="s">
         <v>392</v>
       </c>
       <c r="D221" t="s">
         <v>8</v>
       </c>
       <c r="E221">
         <v>2019</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
         <v>9781684200177</v>
       </c>
       <c r="B222" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C222" t="s">
         <v>393</v>
       </c>
       <c r="D222" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E222">
         <v>2021</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
         <v>9781604068733</v>
       </c>
       <c r="B223" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C223" t="s">
         <v>394</v>
       </c>
       <c r="D223" t="s">
         <v>8</v>
       </c>
       <c r="E223">
         <v>2015</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
         <v>9789390553136</v>
       </c>
       <c r="B224" t="s">
         <v>395</v>
       </c>
       <c r="C224" t="s">
         <v>396</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224">
         <v>2021</v>
       </c>
       <c r="F224">
-        <v>514.0</v>
+        <v>566.0</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
         <v>9781626235014</v>
       </c>
       <c r="B225" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C225" t="s">
         <v>397</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225">
         <v>2020</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
         <v>9789388257756</v>
       </c>
       <c r="B226" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C226" t="s">
         <v>398</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226">
         <v>2020</v>
       </c>
       <c r="F226">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
         <v>9789390553341</v>
       </c>
       <c r="B227" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C227" t="s">
         <v>399</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
         <v>2022</v>
       </c>
       <c r="F227">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
         <v>9783131994219</v>
       </c>
       <c r="B228" t="s">
         <v>400</v>
       </c>
       <c r="C228" t="s">
         <v>401</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228">
         <v>2017</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
         <v>9789388257541</v>
       </c>
       <c r="B229" t="s">
         <v>402</v>
       </c>
       <c r="C229" t="s">
         <v>403</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
         <v>2020</v>
       </c>
       <c r="F229">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
         <v>9789388257534</v>
       </c>
       <c r="B230" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C230" t="s">
         <v>404</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
         <v>2020</v>
       </c>
       <c r="F230">
-        <v>290.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
         <v>9781626236233</v>
       </c>
       <c r="B231" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C231" t="s">
         <v>405</v>
       </c>
       <c r="D231" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="E231">
         <v>2018</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
         <v>9781626239661</v>
       </c>
       <c r="B232" t="s">
         <v>406</v>
       </c>
       <c r="C232" t="s">
         <v>407</v>
       </c>
       <c r="D232" t="s">
         <v>8</v>
       </c>
       <c r="E232">
         <v>2021</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
         <v>9781684200511</v>
       </c>
       <c r="B233" t="s">
         <v>408</v>
       </c>
       <c r="C233" t="s">
         <v>409</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233">
         <v>2022</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
         <v>9789390553204</v>
       </c>
       <c r="B234" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="C234" t="s">
         <v>410</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234">
         <v>2021</v>
       </c>
       <c r="F234">
-        <v>138.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
         <v>9789388257923</v>
       </c>
       <c r="C235" t="s">
         <v>411</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235">
         <v>2020</v>
       </c>
       <c r="F235">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
         <v>9789388257916</v>
       </c>
       <c r="C236" t="s">
         <v>412</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236">
         <v>2020</v>
       </c>
       <c r="F236">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
         <v>9788194857099</v>
       </c>
       <c r="B237" t="s">
         <v>201</v>
       </c>
       <c r="C237" t="s">
         <v>413</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237">
         <v>2021</v>
       </c>
       <c r="F237">
-        <v>145.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
         <v>9783132421462</v>
       </c>
       <c r="B238" t="s">
         <v>307</v>
       </c>
       <c r="C238" t="s">
         <v>414</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238">
         <v>2022</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
         <v>9789390553334</v>
       </c>
       <c r="B239" t="s">
         <v>415</v>
       </c>
       <c r="C239" t="s">
         <v>416</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239">
         <v>2022</v>
       </c>
       <c r="F239">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
         <v>9781604068818</v>
       </c>
       <c r="B240" t="s">
         <v>230</v>
       </c>
       <c r="C240" t="s">
         <v>417</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240">
         <v>2018</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
         <v>9789385062124</v>
       </c>
       <c r="B241" t="s">
         <v>418</v>
       </c>
       <c r="C241" t="s">
         <v>419</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241">
         <v>2017</v>
       </c>
       <c r="F241">
-        <v>184.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
         <v>9789388257107</v>
       </c>
       <c r="B242" t="s">
         <v>420</v>
       </c>
       <c r="C242" t="s">
         <v>421</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242">
         <v>2019</v>
       </c>
       <c r="F242">
-        <v>203.0</v>
+        <v>224.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">