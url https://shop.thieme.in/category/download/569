--- v1 (2025-12-24)
+++ v2 (2026-01-13)
@@ -2077,271 +2077,271 @@
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26">
         <v>2024</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>9788197475887</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27">
         <v>2024</v>
       </c>
       <c r="F27">
-        <v>64.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>9789395390101</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28">
         <v>2023</v>
       </c>
       <c r="F28">
-        <v>107.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>9789386293534</v>
       </c>
       <c r="B29" t="s">
         <v>49</v>
       </c>
       <c r="C29" t="s">
         <v>62</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29">
         <v>2018</v>
       </c>
       <c r="F29">
-        <v>75.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>9789386293497</v>
       </c>
       <c r="B30" t="s">
         <v>49</v>
       </c>
       <c r="C30" t="s">
         <v>63</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30">
-        <v>75.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>9789386293510</v>
       </c>
       <c r="B31" t="s">
         <v>49</v>
       </c>
       <c r="C31" t="s">
         <v>64</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31">
-        <v>75.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>9789386293985</v>
       </c>
       <c r="B32" t="s">
         <v>49</v>
       </c>
       <c r="C32" t="s">
         <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32">
-        <v>104.99</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>9789386293923</v>
       </c>
       <c r="B33" t="s">
         <v>49</v>
       </c>
       <c r="C33" t="s">
         <v>66</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
         <v>2018</v>
       </c>
       <c r="F33">
-        <v>107.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>9789388257329</v>
       </c>
       <c r="B34" t="s">
         <v>49</v>
       </c>
       <c r="C34" t="s">
         <v>67</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34">
         <v>2019</v>
       </c>
       <c r="F34">
-        <v>107.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>9789388257305</v>
       </c>
       <c r="B35" t="s">
         <v>49</v>
       </c>
       <c r="C35" t="s">
         <v>68</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35">
         <v>2019</v>
       </c>
       <c r="F35">
-        <v>107.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>9789382076070</v>
       </c>
       <c r="B36" t="s">
         <v>69</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36">
         <v>2013</v>
       </c>
       <c r="F36">
-        <v>149.99</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>9789395390576</v>
       </c>
       <c r="B37" t="s">
         <v>71</v>
       </c>
       <c r="C37" t="s">
         <v>72</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37">
         <v>2023</v>
       </c>
       <c r="F37">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>9789388257602</v>
       </c>
       <c r="B38" t="s">
         <v>49</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38">
         <v>2019</v>
       </c>
       <c r="F38">
-        <v>72.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>9789395390620</v>
       </c>
       <c r="B39" t="s">
         <v>74</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39">
         <v>2023</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9789395390613</v>
       </c>
       <c r="B40" t="s">
         <v>74</v>
@@ -2351,111 +2351,111 @@
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40">
         <v>2023</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9789395390057</v>
       </c>
       <c r="B41" t="s">
         <v>77</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41">
         <v>2023</v>
       </c>
       <c r="F41">
-        <v>142.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9789395390248</v>
       </c>
       <c r="B42" t="s">
         <v>79</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42">
         <v>2023</v>
       </c>
       <c r="F42">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>9789392819957</v>
       </c>
       <c r="B43" t="s">
         <v>81</v>
       </c>
       <c r="C43" t="s">
         <v>82</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43">
         <v>2023</v>
       </c>
       <c r="F43">
-        <v>90.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>9789395390316</v>
       </c>
       <c r="B44" t="s">
         <v>83</v>
       </c>
       <c r="C44" t="s">
         <v>84</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44">
         <v>2023</v>
       </c>
       <c r="F44">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>9781684205042</v>
       </c>
       <c r="B45" t="s">
         <v>85</v>
       </c>
       <c r="C45" t="s">
         <v>86</v>
       </c>
       <c r="D45" t="s">
         <v>17</v>
       </c>
       <c r="E45">
         <v>2023</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="C46" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="47" spans="1:6">
@@ -2537,51 +2537,51 @@
       </c>
       <c r="D58" t="s">
         <v>8</v>
       </c>
       <c r="E58">
         <v>1996</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
         <v>9789385062629</v>
       </c>
       <c r="B59" t="s">
         <v>103</v>
       </c>
       <c r="C59" t="s">
         <v>104</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59">
         <v>2016</v>
       </c>
       <c r="F59">
-        <v>464.99</v>
+        <v>399.99</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>9781604067590</v>
       </c>
       <c r="B60" t="s">
         <v>105</v>
       </c>
       <c r="C60" t="s">
         <v>106</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60">
         <v>2015</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>9783131455819</v>
       </c>
       <c r="B61" t="s">
         <v>107</v>
@@ -2707,125 +2707,125 @@
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68">
         <v>2018</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
         <v>9783132431867</v>
       </c>
       <c r="B69" t="s">
         <v>120</v>
       </c>
       <c r="C69" t="s">
         <v>121</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69">
         <v>2018</v>
       </c>
       <c r="F69">
-        <v>224.99</v>
+        <v>204.99</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
         <v>9781604065466</v>
       </c>
       <c r="B70" t="s">
         <v>122</v>
       </c>
       <c r="C70" t="s">
         <v>123</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70">
         <v>2013</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
         <v>9789385062438</v>
       </c>
       <c r="B71" t="s">
         <v>124</v>
       </c>
       <c r="C71" t="s">
         <v>125</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71">
         <v>2015</v>
       </c>
       <c r="F71">
-        <v>219.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
         <v>9781626234833</v>
       </c>
       <c r="B72" t="s">
         <v>126</v>
       </c>
       <c r="C72" t="s">
         <v>127</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72">
         <v>2018</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
         <v>9781684200559</v>
       </c>
       <c r="B73" t="s">
         <v>128</v>
       </c>
       <c r="C73" t="s">
         <v>129</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73">
         <v>2022</v>
       </c>
       <c r="F73">
-        <v>249.99</v>
+        <v>209.99</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
         <v>9783131711915</v>
       </c>
       <c r="B74" t="s">
         <v>130</v>
       </c>
       <c r="C74" t="s">
         <v>131</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74">
         <v>2012</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
         <v>9781604063349</v>
       </c>
       <c r="B75" t="s">
         <v>132</v>
@@ -3005,51 +3005,51 @@
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85">
         <v>2020</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
         <v>9789385062780</v>
       </c>
       <c r="B86" t="s">
         <v>153</v>
       </c>
       <c r="C86" t="s">
         <v>154</v>
       </c>
       <c r="D86" t="s">
         <v>100</v>
       </c>
       <c r="E86">
         <v>2017</v>
       </c>
       <c r="F86">
-        <v>203.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
         <v>9783136726044</v>
       </c>
       <c r="B87" t="s">
         <v>155</v>
       </c>
       <c r="C87" t="s">
         <v>156</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87">
         <v>2019</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
         <v>9781604068542</v>
       </c>
       <c r="B88" t="s">
         <v>157</v>
@@ -3229,51 +3229,51 @@
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98">
         <v>2017</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
         <v>9789382076704</v>
       </c>
       <c r="B99" t="s">
         <v>177</v>
       </c>
       <c r="C99" t="s">
         <v>178</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
         <v>2014</v>
       </c>
       <c r="F99">
-        <v>159.99</v>
+        <v>144.99</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
         <v>9781604060744</v>
       </c>
       <c r="B100" t="s">
         <v>161</v>
       </c>
       <c r="C100" t="s">
         <v>179</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100">
         <v>2011</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
         <v>9781626237773</v>
       </c>
       <c r="B101" t="s">
         <v>180</v>
@@ -3453,51 +3453,51 @@
       </c>
       <c r="D111" t="s">
         <v>100</v>
       </c>
       <c r="E111">
         <v>2017</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
         <v>9789385062490</v>
       </c>
       <c r="B112" t="s">
         <v>201</v>
       </c>
       <c r="C112" t="s">
         <v>202</v>
       </c>
       <c r="D112" t="s">
         <v>8</v>
       </c>
       <c r="E112">
         <v>2016</v>
       </c>
       <c r="F112">
-        <v>168.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
         <v>9781604067286</v>
       </c>
       <c r="B113" t="s">
         <v>203</v>
       </c>
       <c r="C113" t="s">
         <v>204</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113">
         <v>2015</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
         <v>9783132057913</v>
       </c>
       <c r="B114" t="s">
         <v>205</v>
@@ -4918,71 +4918,71 @@
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197">
         <v>2013</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
         <v>9789386293565</v>
       </c>
       <c r="B198" t="s">
         <v>352</v>
       </c>
       <c r="C198" t="s">
         <v>353</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198">
         <v>2019</v>
       </c>
       <c r="F198">
-        <v>171.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
         <v>9789382076933</v>
       </c>
       <c r="B199" t="s">
         <v>354</v>
       </c>
       <c r="C199" t="s">
         <v>355</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199">
         <v>2016</v>
       </c>
       <c r="F199">
-        <v>168.0</v>
+        <v>152.0</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
         <v>9781626235076</v>
       </c>
       <c r="B200" t="s">
         <v>79</v>
       </c>
       <c r="C200" t="s">
         <v>356</v>
       </c>
       <c r="D200" t="s">
         <v>100</v>
       </c>
       <c r="E200">
         <v>2019</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
         <v>9781626232372</v>
       </c>
       <c r="B201" t="s">
         <v>357</v>
@@ -4992,51 +4992,51 @@
       </c>
       <c r="D201" t="s">
         <v>100</v>
       </c>
       <c r="E201">
         <v>2019</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
         <v>9781626233461</v>
       </c>
       <c r="B202" t="s">
         <v>359</v>
       </c>
       <c r="C202" t="s">
         <v>360</v>
       </c>
       <c r="D202" t="s">
         <v>100</v>
       </c>
       <c r="E202">
         <v>2018</v>
       </c>
       <c r="F202">
-        <v>59.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
         <v>9781626238558</v>
       </c>
       <c r="B203" t="s">
         <v>361</v>
       </c>
       <c r="C203" t="s">
         <v>362</v>
       </c>
       <c r="D203" t="s">
         <v>8</v>
       </c>
       <c r="E203">
         <v>2019</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
         <v>9783131471512</v>
       </c>
       <c r="B204" t="s">
         <v>363</v>
@@ -5199,51 +5199,51 @@
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213">
         <v>2021</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
         <v>9781626233461</v>
       </c>
       <c r="B214" t="s">
         <v>359</v>
       </c>
       <c r="C214" t="s">
         <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>100</v>
       </c>
       <c r="E214">
         <v>2016</v>
       </c>
       <c r="F214">
-        <v>59.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
         <v>9781626232501</v>
       </c>
       <c r="B215" t="s">
         <v>348</v>
       </c>
       <c r="C215" t="s">
         <v>381</v>
       </c>
       <c r="D215" t="s">
         <v>8</v>
       </c>
       <c r="E215">
         <v>2017</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
         <v>9781626231597</v>
       </c>
       <c r="B216" t="s">
         <v>382</v>
@@ -5372,165 +5372,165 @@
       </c>
       <c r="D223" t="s">
         <v>8</v>
       </c>
       <c r="E223">
         <v>2015</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
         <v>9789390553136</v>
       </c>
       <c r="B224" t="s">
         <v>395</v>
       </c>
       <c r="C224" t="s">
         <v>396</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224">
         <v>2021</v>
       </c>
       <c r="F224">
-        <v>566.0</v>
+        <v>514.0</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
         <v>9781626235014</v>
       </c>
       <c r="B225" t="s">
         <v>79</v>
       </c>
       <c r="C225" t="s">
         <v>397</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225">
         <v>2020</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
         <v>9789388257756</v>
       </c>
       <c r="B226" t="s">
         <v>81</v>
       </c>
       <c r="C226" t="s">
         <v>398</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226">
         <v>2020</v>
       </c>
       <c r="F226">
-        <v>90.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
         <v>9789390553341</v>
       </c>
       <c r="B227" t="s">
         <v>81</v>
       </c>
       <c r="C227" t="s">
         <v>399</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
         <v>2022</v>
       </c>
       <c r="F227">
-        <v>90.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
         <v>9783131994219</v>
       </c>
       <c r="B228" t="s">
         <v>400</v>
       </c>
       <c r="C228" t="s">
         <v>401</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228">
         <v>2017</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
         <v>9789388257541</v>
       </c>
       <c r="B229" t="s">
         <v>402</v>
       </c>
       <c r="C229" t="s">
         <v>403</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
         <v>2020</v>
       </c>
       <c r="F229">
-        <v>142.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
         <v>9789388257534</v>
       </c>
       <c r="B230" t="s">
         <v>83</v>
       </c>
       <c r="C230" t="s">
         <v>404</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
         <v>2020</v>
       </c>
       <c r="F230">
-        <v>319.0</v>
+        <v>290.0</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
         <v>9781626236233</v>
       </c>
       <c r="B231" t="s">
         <v>79</v>
       </c>
       <c r="C231" t="s">
         <v>405</v>
       </c>
       <c r="D231" t="s">
         <v>100</v>
       </c>
       <c r="E231">
         <v>2018</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
         <v>9781626239661</v>
       </c>
       <c r="B232" t="s">
         <v>406</v>
@@ -5557,199 +5557,199 @@
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233">
         <v>2022</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
         <v>9789390553204</v>
       </c>
       <c r="B234" t="s">
         <v>60</v>
       </c>
       <c r="C234" t="s">
         <v>410</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234">
         <v>2021</v>
       </c>
       <c r="F234">
-        <v>152.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
         <v>9789388257923</v>
       </c>
       <c r="C235" t="s">
         <v>411</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235">
         <v>2020</v>
       </c>
       <c r="F235">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
         <v>9789388257916</v>
       </c>
       <c r="C236" t="s">
         <v>412</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236">
         <v>2020</v>
       </c>
       <c r="F236">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
         <v>9788194857099</v>
       </c>
       <c r="B237" t="s">
         <v>201</v>
       </c>
       <c r="C237" t="s">
         <v>413</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237">
         <v>2021</v>
       </c>
       <c r="F237">
-        <v>160.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
         <v>9783132421462</v>
       </c>
       <c r="B238" t="s">
         <v>307</v>
       </c>
       <c r="C238" t="s">
         <v>414</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238">
         <v>2022</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
         <v>9789390553334</v>
       </c>
       <c r="B239" t="s">
         <v>415</v>
       </c>
       <c r="C239" t="s">
         <v>416</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239">
         <v>2022</v>
       </c>
       <c r="F239">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
         <v>9781604068818</v>
       </c>
       <c r="B240" t="s">
         <v>230</v>
       </c>
       <c r="C240" t="s">
         <v>417</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240">
         <v>2018</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
         <v>9789385062124</v>
       </c>
       <c r="B241" t="s">
         <v>418</v>
       </c>
       <c r="C241" t="s">
         <v>419</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241">
         <v>2017</v>
       </c>
       <c r="F241">
-        <v>203.0</v>
+        <v>184.0</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
         <v>9789388257107</v>
       </c>
       <c r="B242" t="s">
         <v>420</v>
       </c>
       <c r="C242" t="s">
         <v>421</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242">
         <v>2019</v>
       </c>
       <c r="F242">
-        <v>224.0</v>
+        <v>203.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">