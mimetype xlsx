--- v2 (2026-01-13)
+++ v3 (2026-02-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Walter C. Jean</t>
   </si>
   <si>
     <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
   </si>
   <si>
@@ -147,50 +147,56 @@
     <t>Mark R. Shaya</t>
   </si>
   <si>
     <t>Neurosurgery Rounds: Questions and Answers</t>
   </si>
   <si>
     <t>Maxwell Boakye</t>
   </si>
   <si>
     <t>Biomechanics of Spine Stabilization</t>
   </si>
   <si>
     <t>Mark S Greenberg</t>
   </si>
   <si>
     <t>Handbook of Neurosurgery (9th Edition)</t>
   </si>
   <si>
     <t>Journal of Peripheral Nerve Surgery ISPNS</t>
   </si>
   <si>
     <t>Christopher DeWald</t>
   </si>
   <si>
     <t>Spinal Deformities The Comprehensive Text</t>
+  </si>
+  <si>
+    <t>Peter Nakaji</t>
+  </si>
+  <si>
+    <t>Colloid Cysts of the Third Ventricle</t>
   </si>
   <si>
     <t>Handbook of Spine Surgery</t>
   </si>
   <si>
     <t>Shehzad Safdar Tarar</t>
   </si>
   <si>
     <t>Top Score for the Neurosurgery Board Examination Q &amp; A</t>
   </si>
   <si>
     <t>ASSI-BOX-SET</t>
   </si>
   <si>
     <t>Zaveri</t>
   </si>
   <si>
     <t>The ASSI Monographs - 8 Volume Set</t>
   </si>
   <si>
     <t>Case</t>
   </si>
   <si>
     <t>Alexander Ropper</t>
   </si>
@@ -1625,51 +1631,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F242"/>
+  <dimension ref="A1:F243"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -1960,3795 +1966,3812 @@
     </row>
     <row r="19" spans="1:6">
       <c r="C19" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>9781626233720</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20">
         <v>2024</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9781684205547</v>
+        <v>9781684201563</v>
       </c>
       <c r="B21" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="C21" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D21" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E21">
         <v>2024</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9781684206612</v>
+        <v>9781684205547</v>
       </c>
       <c r="B22" t="s">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22" t="s">
         <v>17</v>
       </c>
       <c r="E22">
         <v>2024</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" t="s">
+      <c r="A23">
+        <v>9781684206612</v>
+      </c>
+      <c r="B23" t="s">
         <v>48</v>
       </c>
-      <c r="B23" t="s">
+      <c r="C23" t="s">
         <v>49</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" t="s">
         <v>50</v>
       </c>
-      <c r="D23" t="s">
+      <c r="B24" t="s">
         <v>51</v>
       </c>
-      <c r="E23">
+      <c r="C24" t="s">
+        <v>52</v>
+      </c>
+      <c r="D24" t="s">
+        <v>53</v>
+      </c>
+      <c r="E24">
         <v>2019</v>
-      </c>
-[...15 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9781684200436</v>
+        <v>9781684205011</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2024</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9781684201143</v>
+        <v>9781684200436</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26" t="s">
         <v>8</v>
       </c>
       <c r="E26">
         <v>2024</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9788197475887</v>
+        <v>9781684201143</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
       </c>
       <c r="C27" t="s">
         <v>59</v>
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27">
         <v>2024</v>
       </c>
-      <c r="F27">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9789395390101</v>
+        <v>9788197475887</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="F28">
-        <v>97.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9789386293534</v>
+        <v>9789395390101</v>
       </c>
       <c r="B29" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="C29" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F29">
-        <v>68.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9789386293497</v>
+        <v>9789386293534</v>
       </c>
       <c r="B30" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C30" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30">
         <v>68.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9789386293510</v>
+        <v>9789386293497</v>
       </c>
       <c r="B31" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C31" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31">
         <v>68.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9789386293985</v>
+        <v>9789386293510</v>
       </c>
       <c r="B32" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C32" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32">
-        <v>74.99</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9789386293923</v>
+        <v>9789386293985</v>
       </c>
       <c r="B33" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C33" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
         <v>2018</v>
       </c>
       <c r="F33">
-        <v>97.0</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9789388257329</v>
+        <v>9789386293923</v>
       </c>
       <c r="B34" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C34" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F34">
         <v>97.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9789388257305</v>
+        <v>9789388257329</v>
       </c>
       <c r="B35" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C35" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35">
         <v>2019</v>
       </c>
       <c r="F35">
         <v>97.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9789382076070</v>
+        <v>9789388257305</v>
       </c>
       <c r="B36" t="s">
-        <v>69</v>
+        <v>51</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F36">
-        <v>124.99</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9789395390576</v>
+        <v>9789382076070</v>
       </c>
       <c r="B37" t="s">
         <v>71</v>
       </c>
       <c r="C37" t="s">
         <v>72</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="F37">
-        <v>161.0</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9789388257602</v>
+        <v>9789395390576</v>
       </c>
       <c r="B38" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="C38" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F38">
-        <v>65.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9789395390620</v>
+        <v>9789388257602</v>
       </c>
       <c r="B39" t="s">
-        <v>74</v>
+        <v>51</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39">
-        <v>2023</v>
+        <v>2019</v>
+      </c>
+      <c r="F39">
+        <v>65.0</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9789395390613</v>
+        <v>9789395390620</v>
       </c>
       <c r="B40" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C40" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40">
         <v>2023</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9789395390057</v>
+        <v>9789395390613</v>
       </c>
       <c r="B41" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41">
         <v>2023</v>
       </c>
-      <c r="F41">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9789395390248</v>
+        <v>9789395390057</v>
       </c>
       <c r="B42" t="s">
         <v>79</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42">
         <v>2023</v>
       </c>
       <c r="F42">
-        <v>161.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9789392819957</v>
+        <v>9789395390248</v>
       </c>
       <c r="B43" t="s">
         <v>81</v>
       </c>
       <c r="C43" t="s">
         <v>82</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43">
         <v>2023</v>
       </c>
       <c r="F43">
-        <v>81.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9789395390316</v>
+        <v>9789392819957</v>
       </c>
       <c r="B44" t="s">
         <v>83</v>
       </c>
       <c r="C44" t="s">
         <v>84</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44">
         <v>2023</v>
       </c>
       <c r="F44">
-        <v>161.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9781684205042</v>
+        <v>9789395390316</v>
       </c>
       <c r="B45" t="s">
         <v>85</v>
       </c>
       <c r="C45" t="s">
         <v>86</v>
       </c>
       <c r="D45" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E45">
         <v>2023</v>
       </c>
+      <c r="F45">
+        <v>161.0</v>
+      </c>
     </row>
     <row r="46" spans="1:6">
+      <c r="A46">
+        <v>9781684205042</v>
+      </c>
+      <c r="B46" t="s">
+        <v>87</v>
+      </c>
       <c r="C46" t="s">
-        <v>87</v>
+        <v>88</v>
+      </c>
+      <c r="D46" t="s">
+        <v>17</v>
+      </c>
+      <c r="E46">
+        <v>2023</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="C47" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="C48" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="C49" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="C50" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="C51" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="C52" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="C53" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="C54" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="C55" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="C56" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="57" spans="1:6">
-      <c r="A57">
-[...4 lines deleted...]
-      </c>
       <c r="C57" t="s">
         <v>99</v>
       </c>
-      <c r="D57" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9783131111029</v>
+        <v>9781626239272</v>
       </c>
       <c r="B58" t="s">
+        <v>100</v>
+      </c>
+      <c r="C58" t="s">
         <v>101</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>102</v>
       </c>
-      <c r="D58" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E58">
-        <v>1996</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9789385062629</v>
+        <v>9783131111029</v>
       </c>
       <c r="B59" t="s">
         <v>103</v>
       </c>
       <c r="C59" t="s">
         <v>104</v>
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>399.99</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9781604067590</v>
+        <v>9789385062629</v>
       </c>
       <c r="B60" t="s">
         <v>105</v>
       </c>
       <c r="C60" t="s">
         <v>106</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60">
-        <v>2015</v>
+        <v>2016</v>
+      </c>
+      <c r="F60">
+        <v>399.99</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9783131455819</v>
+        <v>9781604067590</v>
       </c>
       <c r="B61" t="s">
         <v>107</v>
       </c>
       <c r="C61" t="s">
         <v>108</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61">
-        <v>2011</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9783136450017</v>
+        <v>9783131455819</v>
       </c>
       <c r="B62" t="s">
         <v>109</v>
       </c>
       <c r="C62" t="s">
         <v>110</v>
       </c>
       <c r="D62" t="s">
         <v>8</v>
       </c>
       <c r="E62">
-        <v>1987</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9781588900890</v>
+        <v>9783136450017</v>
+      </c>
+      <c r="B63" t="s">
+        <v>111</v>
       </c>
       <c r="C63" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D63" t="s">
         <v>8</v>
       </c>
       <c r="E63">
-        <v>2003</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9781604068696</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>9781588900890</v>
       </c>
       <c r="C64" t="s">
         <v>113</v>
       </c>
       <c r="D64" t="s">
         <v>8</v>
       </c>
       <c r="E64">
-        <v>2015</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9781626230279</v>
+        <v>9781604068696</v>
       </c>
       <c r="B65" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="C65" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D65" t="s">
         <v>8</v>
       </c>
       <c r="E65">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9781604063684</v>
+        <v>9781626230279</v>
       </c>
       <c r="B66" t="s">
-        <v>115</v>
+        <v>107</v>
       </c>
       <c r="C66" t="s">
         <v>116</v>
       </c>
       <c r="D66" t="s">
         <v>8</v>
       </c>
       <c r="E66">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9781626231115</v>
+        <v>9781604063684</v>
       </c>
       <c r="B67" t="s">
         <v>117</v>
       </c>
       <c r="C67" t="s">
-        <v>12</v>
+        <v>118</v>
       </c>
       <c r="D67" t="s">
         <v>8</v>
       </c>
       <c r="E67">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9781604069006</v>
+        <v>9781626231115</v>
       </c>
       <c r="B68" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C68" t="s">
-        <v>119</v>
+        <v>12</v>
       </c>
       <c r="D68" t="s">
         <v>8</v>
       </c>
       <c r="E68">
         <v>2018</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9783132431867</v>
+        <v>9781604069006</v>
       </c>
       <c r="B69" t="s">
         <v>120</v>
       </c>
       <c r="C69" t="s">
         <v>121</v>
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69">
         <v>2018</v>
       </c>
-      <c r="F69">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9781604065466</v>
+        <v>9783132431867</v>
       </c>
       <c r="B70" t="s">
         <v>122</v>
       </c>
       <c r="C70" t="s">
         <v>123</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70">
-        <v>2013</v>
+        <v>2018</v>
+      </c>
+      <c r="F70">
+        <v>204.99</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9789385062438</v>
+        <v>9781604065466</v>
       </c>
       <c r="B71" t="s">
         <v>124</v>
       </c>
       <c r="C71" t="s">
         <v>125</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71">
-        <v>2015</v>
-[...2 lines deleted...]
-        <v>199.99</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9781626234833</v>
+        <v>9789385062438</v>
       </c>
       <c r="B72" t="s">
         <v>126</v>
       </c>
       <c r="C72" t="s">
         <v>127</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72">
-        <v>2018</v>
+        <v>2015</v>
+      </c>
+      <c r="F72">
+        <v>199.99</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9781684200559</v>
+        <v>9781626234833</v>
       </c>
       <c r="B73" t="s">
         <v>128</v>
       </c>
       <c r="C73" t="s">
         <v>129</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>209.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9783131711915</v>
+        <v>9781684200559</v>
       </c>
       <c r="B74" t="s">
         <v>130</v>
       </c>
       <c r="C74" t="s">
         <v>131</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74">
-        <v>2012</v>
+        <v>2022</v>
+      </c>
+      <c r="F74">
+        <v>209.99</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9781604063349</v>
+        <v>9783131711915</v>
       </c>
       <c r="B75" t="s">
         <v>132</v>
       </c>
       <c r="C75" t="s">
         <v>133</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75">
-        <v>2014</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9783135824031</v>
+        <v>9781604063349</v>
       </c>
       <c r="B76" t="s">
         <v>134</v>
       </c>
       <c r="C76" t="s">
         <v>135</v>
       </c>
       <c r="D76" t="s">
         <v>8</v>
       </c>
       <c r="E76">
-        <v>2008</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9781626238169</v>
+        <v>9783135824031</v>
       </c>
       <c r="B77" t="s">
         <v>136</v>
       </c>
       <c r="C77" t="s">
         <v>137</v>
       </c>
       <c r="D77" t="s">
         <v>8</v>
       </c>
       <c r="E77">
-        <v>2019</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9781626236929</v>
+        <v>9781626238169</v>
       </c>
       <c r="B78" t="s">
         <v>138</v>
       </c>
       <c r="C78" t="s">
         <v>139</v>
       </c>
       <c r="D78" t="s">
         <v>8</v>
       </c>
       <c r="E78">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9781604068955</v>
+        <v>9781626236929</v>
       </c>
       <c r="B79" t="s">
         <v>140</v>
       </c>
       <c r="C79" t="s">
         <v>141</v>
       </c>
       <c r="D79" t="s">
         <v>8</v>
       </c>
       <c r="E79">
         <v>2018</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9781588903891</v>
+        <v>9781604068955</v>
       </c>
       <c r="B80" t="s">
         <v>142</v>
       </c>
       <c r="C80" t="s">
         <v>143</v>
       </c>
       <c r="D80" t="s">
         <v>8</v>
       </c>
       <c r="E80">
-        <v>2007</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9781588903440</v>
+        <v>9781588903891</v>
       </c>
       <c r="B81" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="C81" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D81" t="s">
         <v>8</v>
       </c>
       <c r="E81">
-        <v>2006</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9781626231023</v>
+        <v>9781588903440</v>
       </c>
       <c r="B82" t="s">
-        <v>145</v>
+        <v>128</v>
       </c>
       <c r="C82" t="s">
         <v>146</v>
       </c>
       <c r="D82" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E82">
-        <v>2020</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9781684200153</v>
+        <v>9781626231023</v>
       </c>
       <c r="B83" t="s">
         <v>147</v>
       </c>
       <c r="C83" t="s">
         <v>148</v>
       </c>
       <c r="D83" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E83">
         <v>2020</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9781684202324</v>
+        <v>9781684200153</v>
       </c>
       <c r="B84" t="s">
         <v>149</v>
       </c>
       <c r="C84" t="s">
         <v>150</v>
       </c>
       <c r="D84" t="s">
         <v>8</v>
       </c>
       <c r="E84">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9781684201181</v>
+        <v>9781684202324</v>
       </c>
       <c r="B85" t="s">
         <v>151</v>
       </c>
       <c r="C85" t="s">
         <v>152</v>
       </c>
       <c r="D85" t="s">
         <v>8</v>
       </c>
       <c r="E85">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9789385062780</v>
+        <v>9781684201181</v>
       </c>
       <c r="B86" t="s">
         <v>153</v>
       </c>
       <c r="C86" t="s">
         <v>154</v>
       </c>
       <c r="D86" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E86">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>184.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9783136726044</v>
+        <v>9789385062780</v>
       </c>
       <c r="B87" t="s">
         <v>155</v>
       </c>
       <c r="C87" t="s">
         <v>156</v>
       </c>
       <c r="D87" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E87">
-        <v>2019</v>
+        <v>2017</v>
+      </c>
+      <c r="F87">
+        <v>184.0</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9781604068542</v>
+        <v>9783136726044</v>
       </c>
       <c r="B88" t="s">
         <v>157</v>
       </c>
       <c r="C88" t="s">
         <v>158</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9783131440716</v>
+        <v>9781604068542</v>
       </c>
       <c r="B89" t="s">
         <v>159</v>
       </c>
       <c r="C89" t="s">
         <v>160</v>
       </c>
       <c r="D89" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E89">
-        <v>2007</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9781626233416</v>
+        <v>9783131440716</v>
       </c>
       <c r="B90" t="s">
         <v>161</v>
       </c>
       <c r="C90" t="s">
         <v>162</v>
       </c>
       <c r="D90" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E90">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9781684201266</v>
+        <v>9781626233416</v>
       </c>
       <c r="B91" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="C91" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D91" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E91">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9783131255044</v>
+        <v>9781684201266</v>
       </c>
       <c r="B92" t="s">
-        <v>164</v>
+        <v>147</v>
       </c>
       <c r="C92" t="s">
         <v>165</v>
       </c>
       <c r="D92" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E92">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9781626235885</v>
+        <v>9783131255044</v>
       </c>
       <c r="B93" t="s">
         <v>166</v>
       </c>
       <c r="C93" t="s">
         <v>167</v>
       </c>
       <c r="D93" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E93">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9783131699213</v>
+        <v>9781626235885</v>
       </c>
       <c r="B94" t="s">
         <v>168</v>
       </c>
       <c r="C94" t="s">
         <v>169</v>
       </c>
       <c r="D94" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E94">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9781604060546</v>
+        <v>9783131699213</v>
       </c>
       <c r="B95" t="s">
-        <v>126</v>
+        <v>170</v>
       </c>
       <c r="C95" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781626233331</v>
+        <v>9781604060546</v>
       </c>
       <c r="B96" t="s">
-        <v>171</v>
+        <v>128</v>
       </c>
       <c r="C96" t="s">
         <v>172</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
       <c r="E96">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9781626233225</v>
+        <v>9781626233331</v>
       </c>
       <c r="B97" t="s">
         <v>173</v>
       </c>
       <c r="C97" t="s">
         <v>174</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97">
         <v>2018</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9783132018815</v>
+        <v>9781626233225</v>
       </c>
       <c r="B98" t="s">
         <v>175</v>
       </c>
       <c r="C98" t="s">
         <v>176</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9789382076704</v>
+        <v>9783132018815</v>
       </c>
       <c r="B99" t="s">
         <v>177</v>
       </c>
       <c r="C99" t="s">
         <v>178</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>144.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9781604060744</v>
+        <v>9789382076704</v>
       </c>
       <c r="B100" t="s">
-        <v>161</v>
+        <v>179</v>
       </c>
       <c r="C100" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100">
-        <v>2011</v>
+        <v>2014</v>
+      </c>
+      <c r="F100">
+        <v>144.99</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781626237773</v>
+        <v>9781604060744</v>
       </c>
       <c r="B101" t="s">
-        <v>180</v>
+        <v>163</v>
       </c>
       <c r="C101" t="s">
         <v>181</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781626232914</v>
+        <v>9781626237773</v>
       </c>
       <c r="B102" t="s">
-        <v>105</v>
+        <v>182</v>
       </c>
       <c r="C102" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9783131102829</v>
+        <v>9781626232914</v>
       </c>
       <c r="B103" t="s">
-        <v>183</v>
+        <v>107</v>
       </c>
       <c r="C103" t="s">
         <v>184</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781604067514</v>
+        <v>9783131102829</v>
       </c>
       <c r="B104" t="s">
         <v>185</v>
       </c>
       <c r="C104" t="s">
         <v>186</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104">
-        <v>2015</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781604067309</v>
+        <v>9781604067514</v>
       </c>
       <c r="B105" t="s">
         <v>187</v>
       </c>
       <c r="C105" t="s">
         <v>188</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105">
-        <v>2013</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781604063479</v>
+        <v>9781604067309</v>
       </c>
       <c r="B106" t="s">
         <v>189</v>
       </c>
       <c r="C106" t="s">
         <v>190</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
       <c r="E106">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781604068061</v>
+        <v>9781604063479</v>
       </c>
       <c r="B107" t="s">
         <v>191</v>
       </c>
       <c r="C107" t="s">
         <v>192</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107">
-        <v>2016</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781626232273</v>
+        <v>9781604068061</v>
       </c>
       <c r="B108" t="s">
         <v>193</v>
       </c>
       <c r="C108" t="s">
         <v>194</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
       <c r="E108">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781684200054</v>
+        <v>9781626232273</v>
       </c>
       <c r="B109" t="s">
         <v>195</v>
       </c>
       <c r="C109" t="s">
         <v>196</v>
       </c>
       <c r="D109" t="s">
         <v>8</v>
       </c>
       <c r="E109">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781626232969</v>
+        <v>9781684200054</v>
       </c>
       <c r="B110" t="s">
         <v>197</v>
       </c>
       <c r="C110" t="s">
         <v>198</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
       <c r="E110">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781626232105</v>
+        <v>9781626232969</v>
       </c>
       <c r="B111" t="s">
         <v>199</v>
       </c>
       <c r="C111" t="s">
         <v>200</v>
       </c>
       <c r="D111" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E111">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9789385062490</v>
+        <v>9781626232105</v>
       </c>
       <c r="B112" t="s">
         <v>201</v>
       </c>
       <c r="C112" t="s">
         <v>202</v>
       </c>
       <c r="D112" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E112">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>152.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9781604067286</v>
+        <v>9789385062490</v>
       </c>
       <c r="B113" t="s">
         <v>203</v>
       </c>
       <c r="C113" t="s">
         <v>204</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113">
-        <v>2015</v>
+        <v>2016</v>
+      </c>
+      <c r="F113">
+        <v>152.0</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9783132057913</v>
+        <v>9781604067286</v>
       </c>
       <c r="B114" t="s">
         <v>205</v>
       </c>
       <c r="C114" t="s">
         <v>206</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
       <c r="E114">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9781684200238</v>
+        <v>9783132057913</v>
       </c>
       <c r="B115" t="s">
         <v>207</v>
       </c>
       <c r="C115" t="s">
         <v>208</v>
       </c>
       <c r="D115" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E115">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9781626238718</v>
+        <v>9781684200238</v>
       </c>
       <c r="B116" t="s">
-        <v>185</v>
+        <v>209</v>
       </c>
       <c r="C116" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D116" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E116">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9781626237742</v>
+        <v>9781626238718</v>
       </c>
       <c r="B117" t="s">
-        <v>210</v>
+        <v>187</v>
       </c>
       <c r="C117" t="s">
         <v>211</v>
       </c>
       <c r="D117" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E117">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9781684200689</v>
+        <v>9781626237742</v>
       </c>
       <c r="B118" t="s">
         <v>212</v>
       </c>
       <c r="C118" t="s">
         <v>213</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9781626233782</v>
+        <v>9781684200689</v>
       </c>
       <c r="B119" t="s">
         <v>214</v>
       </c>
       <c r="C119" t="s">
         <v>215</v>
       </c>
       <c r="D119" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E119">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9783131450616</v>
+        <v>9781626233782</v>
       </c>
       <c r="B120" t="s">
         <v>216</v>
       </c>
       <c r="C120" t="s">
         <v>217</v>
       </c>
       <c r="D120" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E120">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9781604067644</v>
+        <v>9783131450616</v>
       </c>
       <c r="B121" t="s">
         <v>218</v>
       </c>
       <c r="C121" t="s">
         <v>219</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
       <c r="E121">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9781604068054</v>
+        <v>9781604067644</v>
       </c>
       <c r="B122" t="s">
         <v>220</v>
       </c>
       <c r="C122" t="s">
         <v>221</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>9781684200573</v>
+        <v>9781604068054</v>
       </c>
       <c r="B123" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="C123" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
       <c r="E123">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>9781626239579</v>
+        <v>9781684200573</v>
       </c>
       <c r="B124" t="s">
-        <v>223</v>
+        <v>153</v>
       </c>
       <c r="C124" t="s">
         <v>224</v>
       </c>
       <c r="D124" t="s">
         <v>8</v>
       </c>
       <c r="E124">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>9781626238282</v>
+        <v>9781626239579</v>
       </c>
       <c r="B125" t="s">
         <v>225</v>
       </c>
       <c r="C125" t="s">
         <v>226</v>
       </c>
       <c r="D125" t="s">
         <v>8</v>
       </c>
       <c r="E125">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>9781604068856</v>
+        <v>9781626238282</v>
       </c>
       <c r="B126" t="s">
         <v>227</v>
       </c>
       <c r="C126" t="s">
         <v>228</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>9781604068757</v>
+        <v>9781604068856</v>
       </c>
       <c r="B127" t="s">
-        <v>126</v>
+        <v>229</v>
       </c>
       <c r="C127" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127">
-        <v>2014</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>9781684200313</v>
+        <v>9781604068757</v>
       </c>
       <c r="B128" t="s">
-        <v>230</v>
+        <v>128</v>
       </c>
       <c r="C128" t="s">
         <v>231</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128">
-        <v>2020</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>9783132409552</v>
+        <v>9781684200313</v>
       </c>
       <c r="B129" t="s">
         <v>232</v>
       </c>
       <c r="C129" t="s">
         <v>233</v>
       </c>
       <c r="D129" t="s">
         <v>8</v>
       </c>
       <c r="E129">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>9781626234772</v>
+        <v>9783132409552</v>
       </c>
       <c r="B130" t="s">
         <v>234</v>
       </c>
       <c r="C130" t="s">
         <v>235</v>
       </c>
       <c r="D130" t="s">
         <v>8</v>
       </c>
       <c r="E130">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>9781626238534</v>
+        <v>9781626234772</v>
       </c>
       <c r="B131" t="s">
         <v>236</v>
       </c>
       <c r="C131" t="s">
         <v>237</v>
       </c>
       <c r="D131" t="s">
         <v>8</v>
       </c>
       <c r="E131">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9781626232853</v>
+        <v>9781626238534</v>
       </c>
       <c r="B132" t="s">
         <v>238</v>
       </c>
       <c r="C132" t="s">
         <v>239</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
       <c r="E132">
         <v>2019</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781626239081</v>
+        <v>9781626232853</v>
       </c>
       <c r="B133" t="s">
         <v>240</v>
       </c>
       <c r="C133" t="s">
         <v>241</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
       <c r="E133">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781626235052</v>
+        <v>9781626239081</v>
       </c>
       <c r="B134" t="s">
         <v>242</v>
       </c>
       <c r="C134" t="s">
         <v>243</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9781626231047</v>
+        <v>9781626235052</v>
       </c>
       <c r="B135" t="s">
         <v>244</v>
       </c>
       <c r="C135" t="s">
         <v>245</v>
       </c>
       <c r="D135" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E135">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9781626231719</v>
+        <v>9781626231047</v>
       </c>
       <c r="B136" t="s">
         <v>246</v>
       </c>
       <c r="C136" t="s">
         <v>247</v>
       </c>
       <c r="D136" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E136">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9781604065442</v>
+        <v>9781626231719</v>
       </c>
       <c r="B137" t="s">
         <v>248</v>
       </c>
       <c r="C137" t="s">
         <v>249</v>
       </c>
       <c r="D137" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E137">
         <v>2015</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9781626235304</v>
+        <v>9781604065442</v>
       </c>
       <c r="B138" t="s">
         <v>250</v>
       </c>
       <c r="C138" t="s">
         <v>251</v>
       </c>
       <c r="D138" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E138">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9781626230385</v>
+        <v>9781626235304</v>
       </c>
       <c r="B139" t="s">
         <v>252</v>
       </c>
       <c r="C139" t="s">
         <v>253</v>
       </c>
       <c r="D139" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E139">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9781626234536</v>
+        <v>9781626230385</v>
       </c>
       <c r="B140" t="s">
-        <v>193</v>
+        <v>254</v>
       </c>
       <c r="C140" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D140" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E140">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>9781626232600</v>
+        <v>9781626234536</v>
       </c>
       <c r="B141" t="s">
-        <v>255</v>
+        <v>195</v>
       </c>
       <c r="C141" t="s">
         <v>256</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
       <c r="E141">
         <v>2018</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>9781626230545</v>
+        <v>9781626232600</v>
       </c>
       <c r="B142" t="s">
         <v>257</v>
       </c>
       <c r="C142" t="s">
-        <v>104</v>
+        <v>258</v>
       </c>
       <c r="D142" t="s">
         <v>8</v>
       </c>
       <c r="E142">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>9783131486110</v>
+        <v>9781626230545</v>
       </c>
       <c r="B143" t="s">
-        <v>183</v>
+        <v>259</v>
       </c>
       <c r="C143" t="s">
-        <v>258</v>
+        <v>106</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>9783132026810</v>
+        <v>9783131486110</v>
       </c>
       <c r="B144" t="s">
-        <v>259</v>
+        <v>185</v>
       </c>
       <c r="C144" t="s">
         <v>260</v>
       </c>
       <c r="D144" t="s">
         <v>8</v>
       </c>
       <c r="E144">
-        <v>2017</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>9781604067002</v>
+        <v>9783132026810</v>
       </c>
       <c r="B145" t="s">
-        <v>234</v>
+        <v>261</v>
       </c>
       <c r="C145" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
       <c r="E145">
         <v>2017</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>9781626230910</v>
+        <v>9781604067002</v>
       </c>
       <c r="B146" t="s">
-        <v>262</v>
+        <v>236</v>
       </c>
       <c r="C146" t="s">
         <v>263</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
       <c r="E146">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>9781626232754</v>
+        <v>9781626230910</v>
       </c>
       <c r="B147" t="s">
         <v>264</v>
       </c>
       <c r="C147" t="s">
         <v>265</v>
       </c>
       <c r="D147" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E147">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>9783132414471</v>
+        <v>9781626232754</v>
       </c>
       <c r="B148" t="s">
         <v>266</v>
       </c>
       <c r="C148" t="s">
         <v>267</v>
       </c>
       <c r="D148" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E148">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>9783131726612</v>
+        <v>9783132414471</v>
       </c>
       <c r="B149" t="s">
         <v>268</v>
       </c>
       <c r="C149" t="s">
         <v>269</v>
       </c>
       <c r="D149" t="s">
         <v>8</v>
       </c>
       <c r="E149">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>9783132415621</v>
+        <v>9783131726612</v>
       </c>
       <c r="B150" t="s">
         <v>270</v>
       </c>
       <c r="C150" t="s">
         <v>271</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>9781604067231</v>
+        <v>9783132415621</v>
       </c>
       <c r="B151" t="s">
         <v>272</v>
       </c>
       <c r="C151" t="s">
         <v>273</v>
       </c>
       <c r="D151" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E151">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>9781684200924</v>
+        <v>9781604067231</v>
       </c>
       <c r="B152" t="s">
         <v>274</v>
       </c>
       <c r="C152" t="s">
         <v>275</v>
       </c>
       <c r="D152" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E152">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9781626232167</v>
+        <v>9781684200924</v>
       </c>
       <c r="B153" t="s">
         <v>276</v>
       </c>
       <c r="C153" t="s">
         <v>277</v>
       </c>
       <c r="D153" t="s">
         <v>8</v>
       </c>
       <c r="E153">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>9781626239012</v>
+        <v>9781626232167</v>
       </c>
       <c r="B154" t="s">
         <v>278</v>
       </c>
       <c r="C154" t="s">
         <v>279</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>9781684200078</v>
+        <v>9781626239012</v>
       </c>
       <c r="B155" t="s">
-        <v>180</v>
+        <v>280</v>
       </c>
       <c r="C155" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="E155">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>9781588904027</v>
+        <v>9781684200078</v>
       </c>
       <c r="B156" t="s">
-        <v>281</v>
+        <v>182</v>
       </c>
       <c r="C156" t="s">
         <v>282</v>
       </c>
       <c r="D156" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E156">
-        <v>2010</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>9781684200214</v>
+        <v>9781588904027</v>
       </c>
       <c r="B157" t="s">
         <v>283</v>
       </c>
       <c r="C157" t="s">
         <v>284</v>
       </c>
       <c r="D157" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E157">
-        <v>2020</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>9781604065930</v>
+        <v>9781684200214</v>
       </c>
       <c r="B158" t="s">
         <v>285</v>
       </c>
       <c r="C158" t="s">
         <v>286</v>
       </c>
       <c r="D158" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E158">
-        <v>2013</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>9783131165015</v>
+        <v>9781604065930</v>
       </c>
       <c r="B159" t="s">
-        <v>109</v>
+        <v>287</v>
       </c>
       <c r="C159" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D159" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E159">
-        <v>1995</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>9781626230323</v>
+        <v>9783131165015</v>
       </c>
       <c r="B160" t="s">
-        <v>288</v>
+        <v>111</v>
       </c>
       <c r="C160" t="s">
         <v>289</v>
       </c>
       <c r="D160" t="s">
         <v>8</v>
       </c>
       <c r="E160">
-        <v>2015</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>9781626232181</v>
+        <v>9781626230323</v>
       </c>
       <c r="B161" t="s">
         <v>290</v>
       </c>
       <c r="C161" t="s">
         <v>291</v>
       </c>
       <c r="D161" t="s">
         <v>8</v>
       </c>
       <c r="E161">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>9781684202492</v>
+        <v>9781626232181</v>
       </c>
       <c r="B162" t="s">
         <v>292</v>
       </c>
       <c r="C162" t="s">
         <v>293</v>
       </c>
       <c r="D162" t="s">
         <v>8</v>
       </c>
       <c r="E162">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>9781626231986</v>
+        <v>9781684202492</v>
       </c>
       <c r="B163" t="s">
-        <v>132</v>
+        <v>294</v>
       </c>
       <c r="C163" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="D163" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E163">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>9781604068795</v>
+        <v>9781626231986</v>
       </c>
       <c r="B164" t="s">
-        <v>161</v>
+        <v>134</v>
       </c>
       <c r="C164" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D164" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E164">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>9781626232808</v>
+        <v>9781604068795</v>
       </c>
       <c r="B165" t="s">
-        <v>296</v>
+        <v>163</v>
       </c>
       <c r="C165" t="s">
         <v>297</v>
       </c>
       <c r="D165" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E165">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>9781684200740</v>
+        <v>9781626232808</v>
       </c>
       <c r="B166" t="s">
         <v>298</v>
       </c>
       <c r="C166" t="s">
         <v>299</v>
       </c>
       <c r="D166" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E166">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>9781604064179</v>
+        <v>9781684200740</v>
       </c>
       <c r="B167" t="s">
         <v>300</v>
       </c>
       <c r="C167" t="s">
         <v>301</v>
       </c>
       <c r="D167" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E167">
-        <v>2013</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>9781626230309</v>
+        <v>9781604064179</v>
       </c>
       <c r="B168" t="s">
-        <v>195</v>
+        <v>302</v>
       </c>
       <c r="C168" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D168" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E168">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>9781626238893</v>
+        <v>9781626230309</v>
       </c>
       <c r="B169" t="s">
-        <v>303</v>
+        <v>197</v>
       </c>
       <c r="C169" t="s">
         <v>304</v>
       </c>
       <c r="D169" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E169">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>9781626232068</v>
+        <v>9781626238893</v>
       </c>
       <c r="B170" t="s">
         <v>305</v>
       </c>
       <c r="C170" t="s">
         <v>306</v>
       </c>
       <c r="D170" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E170">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>9783132409576</v>
+        <v>9781626232068</v>
       </c>
       <c r="B171" t="s">
         <v>307</v>
       </c>
       <c r="C171" t="s">
         <v>308</v>
       </c>
       <c r="D171" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E171">
         <v>2017</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>9783131444813</v>
+        <v>9783132409576</v>
       </c>
       <c r="B172" t="s">
         <v>309</v>
       </c>
       <c r="C172" t="s">
         <v>310</v>
       </c>
       <c r="D172" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E172">
-        <v>2007</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>9781604068986</v>
+        <v>9783131444813</v>
       </c>
       <c r="B173" t="s">
         <v>311</v>
       </c>
       <c r="C173" t="s">
-        <v>12</v>
+        <v>312</v>
       </c>
       <c r="D173" t="s">
         <v>8</v>
       </c>
       <c r="E173">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>9781626233362</v>
+        <v>9781604068986</v>
       </c>
       <c r="B174" t="s">
-        <v>161</v>
+        <v>313</v>
       </c>
       <c r="C174" t="s">
-        <v>312</v>
+        <v>12</v>
       </c>
       <c r="D174" t="s">
         <v>8</v>
       </c>
       <c r="E174">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>9781626236431</v>
+        <v>9781626233362</v>
       </c>
       <c r="B175" t="s">
-        <v>313</v>
+        <v>163</v>
       </c>
       <c r="C175" t="s">
         <v>314</v>
       </c>
       <c r="D175" t="s">
         <v>8</v>
       </c>
       <c r="E175">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>9781626237100</v>
+        <v>9781626236431</v>
       </c>
       <c r="B176" t="s">
         <v>315</v>
       </c>
       <c r="C176" t="s">
         <v>316</v>
       </c>
       <c r="D176" t="s">
         <v>8</v>
       </c>
       <c r="E176">
         <v>2019</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>9781626233317</v>
+        <v>9781626237100</v>
       </c>
       <c r="B177" t="s">
         <v>317</v>
       </c>
       <c r="C177" t="s">
         <v>318</v>
       </c>
       <c r="D177" t="s">
         <v>8</v>
       </c>
       <c r="E177">
         <v>2019</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>9781626239531</v>
+        <v>9781626233317</v>
       </c>
       <c r="B178" t="s">
         <v>319</v>
       </c>
       <c r="C178" t="s">
         <v>320</v>
       </c>
       <c r="D178" t="s">
         <v>8</v>
       </c>
       <c r="E178">
         <v>2019</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>9781626239319</v>
+        <v>9781626239531</v>
       </c>
       <c r="B179" t="s">
         <v>321</v>
       </c>
       <c r="C179" t="s">
         <v>322</v>
       </c>
       <c r="D179" t="s">
         <v>8</v>
       </c>
       <c r="E179">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>9781626233539</v>
+        <v>9781626239319</v>
       </c>
       <c r="B180" t="s">
         <v>323</v>
       </c>
       <c r="C180" t="s">
         <v>324</v>
       </c>
       <c r="D180" t="s">
         <v>8</v>
       </c>
       <c r="E180">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>9781626230255</v>
+        <v>9781626233539</v>
       </c>
       <c r="B181" t="s">
         <v>325</v>
       </c>
       <c r="C181" t="s">
         <v>326</v>
       </c>
       <c r="D181" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E181">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>9781604064117</v>
+        <v>9781626230255</v>
       </c>
       <c r="B182" t="s">
-        <v>236</v>
+        <v>327</v>
       </c>
       <c r="C182" t="s">
-        <v>111</v>
+        <v>328</v>
       </c>
       <c r="D182" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E182">
-        <v>2014</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>9781626237322</v>
+        <v>9781604064117</v>
       </c>
       <c r="B183" t="s">
-        <v>327</v>
+        <v>238</v>
       </c>
       <c r="C183" t="s">
-        <v>328</v>
+        <v>113</v>
       </c>
       <c r="D183" t="s">
         <v>8</v>
       </c>
       <c r="E183">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>9781626234949</v>
+        <v>9781626237322</v>
       </c>
       <c r="B184" t="s">
-        <v>161</v>
+        <v>329</v>
       </c>
       <c r="C184" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D184" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E184">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>9781684202249</v>
+        <v>9781626234949</v>
       </c>
       <c r="B185" t="s">
-        <v>330</v>
+        <v>163</v>
       </c>
       <c r="C185" t="s">
         <v>331</v>
       </c>
       <c r="D185" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E185">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>9781626238060</v>
+        <v>9781684202249</v>
       </c>
       <c r="B186" t="s">
         <v>332</v>
       </c>
       <c r="C186" t="s">
         <v>333</v>
       </c>
       <c r="D186" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E186">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>9781604060577</v>
+        <v>9781626238060</v>
       </c>
       <c r="B187" t="s">
         <v>334</v>
       </c>
       <c r="C187" t="s">
         <v>335</v>
       </c>
       <c r="D187" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E187">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>9781626231108</v>
+        <v>9781604060577</v>
       </c>
       <c r="B188" t="s">
         <v>336</v>
       </c>
       <c r="C188" t="s">
-        <v>12</v>
+        <v>337</v>
       </c>
       <c r="D188" t="s">
         <v>8</v>
       </c>
       <c r="E188">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>9783131418722</v>
+        <v>9781626231108</v>
       </c>
       <c r="B189" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C189" t="s">
-        <v>338</v>
+        <v>12</v>
       </c>
       <c r="D189" t="s">
         <v>8</v>
       </c>
       <c r="E189">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>9781684200535</v>
+        <v>9783131418722</v>
       </c>
       <c r="B190" t="s">
         <v>339</v>
       </c>
       <c r="C190" t="s">
         <v>340</v>
       </c>
       <c r="D190" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E190">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>9781626234550</v>
+        <v>9781684200535</v>
       </c>
       <c r="B191" t="s">
-        <v>193</v>
+        <v>341</v>
       </c>
       <c r="C191" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="D191" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E191">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>9781626230217</v>
+        <v>9781626234550</v>
       </c>
       <c r="B192" t="s">
-        <v>342</v>
+        <v>195</v>
       </c>
       <c r="C192" t="s">
         <v>343</v>
       </c>
       <c r="D192" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E192">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>9781626237971</v>
+        <v>9781626230217</v>
       </c>
       <c r="B193" t="s">
-        <v>300</v>
+        <v>344</v>
       </c>
       <c r="C193" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D193" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E193">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>9783132417182</v>
+        <v>9781626237971</v>
       </c>
       <c r="B194" t="s">
-        <v>345</v>
+        <v>302</v>
       </c>
       <c r="C194" t="s">
         <v>346</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E194">
         <v>2019</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>9781626232020</v>
+        <v>9783132417182</v>
       </c>
       <c r="B195" t="s">
-        <v>79</v>
+        <v>347</v>
       </c>
       <c r="C195" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="D195" t="s">
-        <v>100</v>
+        <v>17</v>
       </c>
       <c r="E195">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>9781684200092</v>
+        <v>9781626232020</v>
       </c>
       <c r="B196" t="s">
-        <v>348</v>
+        <v>81</v>
       </c>
       <c r="C196" t="s">
         <v>349</v>
       </c>
       <c r="D196" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E196">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>9783131723819</v>
+        <v>9781684200092</v>
       </c>
       <c r="B197" t="s">
         <v>350</v>
       </c>
       <c r="C197" t="s">
         <v>351</v>
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197">
-        <v>2013</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>9789386293565</v>
+        <v>9783131723819</v>
       </c>
       <c r="B198" t="s">
         <v>352</v>
       </c>
       <c r="C198" t="s">
         <v>353</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>155.0</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>9789382076933</v>
+        <v>9789386293565</v>
       </c>
       <c r="B199" t="s">
         <v>354</v>
       </c>
       <c r="C199" t="s">
         <v>355</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="F199">
-        <v>152.0</v>
+        <v>155.0</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>9781626235076</v>
+        <v>9789382076933</v>
       </c>
       <c r="B200" t="s">
-        <v>79</v>
+        <v>356</v>
       </c>
       <c r="C200" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="D200" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E200">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F200">
+        <v>152.0</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>9781626232372</v>
+        <v>9781626235076</v>
       </c>
       <c r="B201" t="s">
-        <v>357</v>
+        <v>81</v>
       </c>
       <c r="C201" t="s">
         <v>358</v>
       </c>
       <c r="D201" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E201">
         <v>2019</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>9781626233461</v>
+        <v>9781626232372</v>
       </c>
       <c r="B202" t="s">
         <v>359</v>
       </c>
       <c r="C202" t="s">
         <v>360</v>
       </c>
       <c r="D202" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E202">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>9781626238558</v>
+        <v>9781626233461</v>
       </c>
       <c r="B203" t="s">
         <v>361</v>
       </c>
       <c r="C203" t="s">
         <v>362</v>
       </c>
       <c r="D203" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E203">
-        <v>2019</v>
+        <v>2018</v>
+      </c>
+      <c r="F203">
+        <v>49.99</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>9783131471512</v>
+        <v>9781626238558</v>
       </c>
       <c r="B204" t="s">
         <v>363</v>
       </c>
       <c r="C204" t="s">
         <v>364</v>
       </c>
       <c r="D204" t="s">
         <v>8</v>
       </c>
       <c r="E204">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>9781626237148</v>
+        <v>9783131471512</v>
       </c>
       <c r="B205" t="s">
         <v>365</v>
       </c>
       <c r="C205" t="s">
         <v>366</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
       <c r="E205">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>9781626232341</v>
+        <v>9781626237148</v>
       </c>
       <c r="B206" t="s">
         <v>367</v>
       </c>
       <c r="C206" t="s">
         <v>368</v>
       </c>
       <c r="D206" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E206">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>9781684201532</v>
+        <v>9781626232341</v>
       </c>
       <c r="B207" t="s">
         <v>369</v>
       </c>
       <c r="C207" t="s">
         <v>370</v>
       </c>
       <c r="D207" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E207">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>9781684200191</v>
+        <v>9781684201532</v>
       </c>
       <c r="B208" t="s">
         <v>371</v>
       </c>
       <c r="C208" t="s">
         <v>372</v>
       </c>
       <c r="D208" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E208">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>9781626234901</v>
+        <v>9781684200191</v>
       </c>
       <c r="B209" t="s">
         <v>373</v>
       </c>
       <c r="C209" t="s">
         <v>374</v>
       </c>
       <c r="D209" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E209">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>9781626233201</v>
+        <v>9781626234901</v>
       </c>
       <c r="B210" t="s">
         <v>375</v>
       </c>
       <c r="C210" t="s">
         <v>376</v>
       </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E210">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>9783131646019</v>
+        <v>9781626233201</v>
       </c>
       <c r="B211" t="s">
         <v>377</v>
       </c>
       <c r="C211" t="s">
         <v>378</v>
       </c>
       <c r="D211" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E211">
-        <v>2014</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>9783134535020</v>
+        <v>9783131646019</v>
       </c>
       <c r="B212" t="s">
-        <v>109</v>
+        <v>379</v>
       </c>
       <c r="C212" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212">
-        <v>2006</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>9781626235328</v>
+        <v>9783134535020</v>
       </c>
       <c r="B213" t="s">
-        <v>373</v>
+        <v>111</v>
       </c>
       <c r="C213" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213">
-        <v>2021</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>9781626233461</v>
+        <v>9781626235328</v>
       </c>
       <c r="B214" t="s">
-        <v>359</v>
+        <v>375</v>
       </c>
       <c r="C214" t="s">
-        <v>25</v>
+        <v>382</v>
       </c>
       <c r="D214" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E214">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>9781626232501</v>
+        <v>9781626233461</v>
       </c>
       <c r="B215" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="C215" t="s">
-        <v>381</v>
+        <v>25</v>
       </c>
       <c r="D215" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E215">
-        <v>2017</v>
+        <v>2016</v>
+      </c>
+      <c r="F215">
+        <v>49.99</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>9781626231597</v>
+        <v>9781626232501</v>
       </c>
       <c r="B216" t="s">
-        <v>382</v>
+        <v>350</v>
       </c>
       <c r="C216" t="s">
         <v>383</v>
       </c>
       <c r="D216" t="s">
         <v>8</v>
       </c>
       <c r="E216">
         <v>2017</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>9783132412774</v>
+        <v>9781626231597</v>
       </c>
       <c r="B217" t="s">
         <v>384</v>
       </c>
       <c r="C217" t="s">
         <v>385</v>
       </c>
       <c r="D217" t="s">
         <v>8</v>
       </c>
       <c r="E217">
-        <v>2023</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>9781626230965</v>
+        <v>9783132412774</v>
       </c>
       <c r="B218" t="s">
         <v>386</v>
       </c>
       <c r="C218" t="s">
         <v>387</v>
       </c>
       <c r="D218" t="s">
         <v>8</v>
       </c>
       <c r="E218">
-        <v>2017</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>9783131364524</v>
+        <v>9781626230965</v>
       </c>
       <c r="B219" t="s">
         <v>388</v>
       </c>
       <c r="C219" t="s">
         <v>389</v>
       </c>
       <c r="D219" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E219">
         <v>2017</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>9781626232488</v>
+        <v>9783131364524</v>
       </c>
       <c r="B220" t="s">
-        <v>369</v>
+        <v>390</v>
       </c>
       <c r="C220" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D220" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E220">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>9783132412866</v>
+        <v>9781626232488</v>
       </c>
       <c r="B221" t="s">
-        <v>391</v>
+        <v>371</v>
       </c>
       <c r="C221" t="s">
         <v>392</v>
       </c>
       <c r="D221" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E221">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>9781684200177</v>
+        <v>9783132412866</v>
       </c>
       <c r="B222" t="s">
-        <v>161</v>
+        <v>393</v>
       </c>
       <c r="C222" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D222" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E222">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>9781604068733</v>
+        <v>9781684200177</v>
       </c>
       <c r="B223" t="s">
-        <v>140</v>
+        <v>163</v>
       </c>
       <c r="C223" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D223" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E223">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>9789390553136</v>
+        <v>9781604068733</v>
       </c>
       <c r="B224" t="s">
-        <v>395</v>
+        <v>142</v>
       </c>
       <c r="C224" t="s">
         <v>396</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>514.0</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>9781626235014</v>
+        <v>9789390553136</v>
       </c>
       <c r="B225" t="s">
-        <v>79</v>
+        <v>397</v>
       </c>
       <c r="C225" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225">
-        <v>2020</v>
+        <v>2021</v>
+      </c>
+      <c r="F225">
+        <v>514.0</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>9789388257756</v>
+        <v>9781626235014</v>
       </c>
       <c r="B226" t="s">
         <v>81</v>
       </c>
       <c r="C226" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226">
         <v>2020</v>
       </c>
-      <c r="F226">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>9789390553341</v>
+        <v>9789388257756</v>
       </c>
       <c r="B227" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C227" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F227">
         <v>81.0</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>9783131994219</v>
+        <v>9789390553341</v>
       </c>
       <c r="B228" t="s">
-        <v>400</v>
+        <v>83</v>
       </c>
       <c r="C228" t="s">
         <v>401</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228">
-        <v>2017</v>
+        <v>2022</v>
+      </c>
+      <c r="F228">
+        <v>81.0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>9789388257541</v>
+        <v>9783131994219</v>
       </c>
       <c r="B229" t="s">
         <v>402</v>
       </c>
       <c r="C229" t="s">
         <v>403</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>129.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>9789388257534</v>
+        <v>9789388257541</v>
       </c>
       <c r="B230" t="s">
-        <v>83</v>
+        <v>404</v>
       </c>
       <c r="C230" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
         <v>2020</v>
       </c>
       <c r="F230">
-        <v>290.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>9781626236233</v>
+        <v>9789388257534</v>
       </c>
       <c r="B231" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C231" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D231" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
       <c r="E231">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F231">
+        <v>290.0</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>9781626239661</v>
+        <v>9781626236233</v>
       </c>
       <c r="B232" t="s">
-        <v>406</v>
+        <v>81</v>
       </c>
       <c r="C232" t="s">
         <v>407</v>
       </c>
       <c r="D232" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E232">
-        <v>2021</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>9781684200511</v>
+        <v>9781626239661</v>
       </c>
       <c r="B233" t="s">
         <v>408</v>
       </c>
       <c r="C233" t="s">
         <v>409</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>9789390553204</v>
+        <v>9781684200511</v>
       </c>
       <c r="B234" t="s">
-        <v>60</v>
+        <v>410</v>
       </c>
       <c r="C234" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>138.0</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>9789388257923</v>
+        <v>9789390553204</v>
+      </c>
+      <c r="B235" t="s">
+        <v>62</v>
       </c>
       <c r="C235" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F235">
-        <v>161.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>9789388257916</v>
+        <v>9789388257923</v>
       </c>
       <c r="C236" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236">
         <v>2020</v>
       </c>
       <c r="F236">
         <v>161.0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>9788194857099</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>9789388257916</v>
       </c>
       <c r="C237" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F237">
-        <v>145.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>9783132421462</v>
+        <v>9788194857099</v>
       </c>
       <c r="B238" t="s">
-        <v>307</v>
+        <v>203</v>
       </c>
       <c r="C238" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238">
-        <v>2022</v>
+        <v>2021</v>
+      </c>
+      <c r="F238">
+        <v>145.0</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>9789390553334</v>
+        <v>9783132421462</v>
       </c>
       <c r="B239" t="s">
-        <v>415</v>
+        <v>309</v>
       </c>
       <c r="C239" t="s">
         <v>416</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239">
         <v>2022</v>
       </c>
-      <c r="F239">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>9781604068818</v>
+        <v>9789390553334</v>
       </c>
       <c r="B240" t="s">
-        <v>230</v>
+        <v>417</v>
       </c>
       <c r="C240" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240">
-        <v>2018</v>
+        <v>2022</v>
+      </c>
+      <c r="F240">
+        <v>161.0</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>9789385062124</v>
+        <v>9781604068818</v>
       </c>
       <c r="B241" t="s">
-        <v>418</v>
+        <v>232</v>
       </c>
       <c r="C241" t="s">
         <v>419</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>184.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>9789388257107</v>
+        <v>9789385062124</v>
       </c>
       <c r="B242" t="s">
         <v>420</v>
       </c>
       <c r="C242" t="s">
         <v>421</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242">
+        <v>2017</v>
+      </c>
+      <c r="F242">
+        <v>184.0</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243">
+        <v>9789388257107</v>
+      </c>
+      <c r="B243" t="s">
+        <v>422</v>
+      </c>
+      <c r="C243" t="s">
+        <v>423</v>
+      </c>
+      <c r="D243" t="s">
+        <v>8</v>
+      </c>
+      <c r="E243">
         <v>2019</v>
       </c>
-      <c r="F242">
+      <c r="F243">
         <v>203.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>