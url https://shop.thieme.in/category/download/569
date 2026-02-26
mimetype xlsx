--- v3 (2026-02-05)
+++ v4 (2026-02-26)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Walter C. Jean</t>
   </si>
   <si>
     <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
   </si>
   <si>
@@ -516,56 +516,50 @@
     <t>Kanekar</t>
   </si>
   <si>
     <t>Imaging of Neurodegenerative Disorders</t>
   </si>
   <si>
     <t>Imhof</t>
   </si>
   <si>
     <t>Spinal Imaging</t>
   </si>
   <si>
     <t>Jallo</t>
   </si>
   <si>
     <t>Neurotrauma and Critical Care of the Spine</t>
   </si>
   <si>
     <t>Neurosurgery Oral Board Review</t>
   </si>
   <si>
     <t>Möller</t>
   </si>
   <si>
     <t>Pocket Atlas of Sectional Anatomy, Volume I: Head and Neck</t>
-  </si>
-[...4 lines deleted...]
-    <t>Handbook of Minimally Invasive and Percutaneous Spine Surgery</t>
   </si>
   <si>
     <t>Jansen</t>
   </si>
   <si>
     <t>Interventional Stroke Therapy</t>
   </si>
   <si>
     <t>Seven Aneurysms</t>
   </si>
   <si>
     <t>Loftus</t>
   </si>
   <si>
     <t>Neurosurgical Emergencies</t>
   </si>
   <si>
     <t>Dumont</t>
   </si>
   <si>
     <t>Brain Arteriovenous Malformations and Arteriovenous Fistulas</t>
   </si>
   <si>
     <t>Bernal-Sprekelsen</t>
   </si>
@@ -1631,51 +1625,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F243"/>
+  <dimension ref="A1:F242"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2100,271 +2094,271 @@
       </c>
       <c r="D27" t="s">
         <v>8</v>
       </c>
       <c r="E27">
         <v>2024</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>9788197475887</v>
       </c>
       <c r="B28" t="s">
         <v>60</v>
       </c>
       <c r="C28" t="s">
         <v>61</v>
       </c>
       <c r="D28" t="s">
         <v>8</v>
       </c>
       <c r="E28">
         <v>2024</v>
       </c>
       <c r="F28">
-        <v>58.0</v>
+        <v>64.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>9789395390101</v>
       </c>
       <c r="B29" t="s">
         <v>62</v>
       </c>
       <c r="C29" t="s">
         <v>63</v>
       </c>
       <c r="D29" t="s">
         <v>8</v>
       </c>
       <c r="E29">
         <v>2023</v>
       </c>
       <c r="F29">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>9789386293534</v>
       </c>
       <c r="B30" t="s">
         <v>51</v>
       </c>
       <c r="C30" t="s">
         <v>64</v>
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30">
         <v>2018</v>
       </c>
       <c r="F30">
-        <v>68.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>9789386293497</v>
       </c>
       <c r="B31" t="s">
         <v>51</v>
       </c>
       <c r="C31" t="s">
         <v>65</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31">
         <v>2018</v>
       </c>
       <c r="F31">
-        <v>68.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>9789386293510</v>
       </c>
       <c r="B32" t="s">
         <v>51</v>
       </c>
       <c r="C32" t="s">
         <v>66</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32">
-        <v>68.0</v>
+        <v>75.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>9789386293985</v>
       </c>
       <c r="B33" t="s">
         <v>51</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
         <v>2018</v>
       </c>
       <c r="F33">
-        <v>74.99</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>9789386293923</v>
       </c>
       <c r="B34" t="s">
         <v>51</v>
       </c>
       <c r="C34" t="s">
         <v>68</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34">
         <v>2018</v>
       </c>
       <c r="F34">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>9789388257329</v>
       </c>
       <c r="B35" t="s">
         <v>51</v>
       </c>
       <c r="C35" t="s">
         <v>69</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35">
         <v>2019</v>
       </c>
       <c r="F35">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>9789388257305</v>
       </c>
       <c r="B36" t="s">
         <v>51</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36">
         <v>2019</v>
       </c>
       <c r="F36">
-        <v>97.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>9789382076070</v>
       </c>
       <c r="B37" t="s">
         <v>71</v>
       </c>
       <c r="C37" t="s">
         <v>72</v>
       </c>
       <c r="D37" t="s">
         <v>8</v>
       </c>
       <c r="E37">
         <v>2013</v>
       </c>
       <c r="F37">
-        <v>124.99</v>
+        <v>149.99</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>9789395390576</v>
       </c>
       <c r="B38" t="s">
         <v>73</v>
       </c>
       <c r="C38" t="s">
         <v>74</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38">
         <v>2023</v>
       </c>
       <c r="F38">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>9789388257602</v>
       </c>
       <c r="B39" t="s">
         <v>51</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39">
         <v>2019</v>
       </c>
       <c r="F39">
-        <v>65.0</v>
+        <v>72.0</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9789395390620</v>
       </c>
       <c r="B40" t="s">
         <v>76</v>
       </c>
       <c r="C40" t="s">
         <v>77</v>
       </c>
       <c r="D40" t="s">
         <v>8</v>
       </c>
       <c r="E40">
         <v>2023</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
         <v>9789395390613</v>
       </c>
       <c r="B41" t="s">
         <v>76</v>
@@ -2374,111 +2368,111 @@
       </c>
       <c r="D41" t="s">
         <v>8</v>
       </c>
       <c r="E41">
         <v>2023</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
         <v>9789395390057</v>
       </c>
       <c r="B42" t="s">
         <v>79</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
         <v>8</v>
       </c>
       <c r="E42">
         <v>2023</v>
       </c>
       <c r="F42">
-        <v>129.0</v>
+        <v>142.0</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
         <v>9789395390248</v>
       </c>
       <c r="B43" t="s">
         <v>81</v>
       </c>
       <c r="C43" t="s">
         <v>82</v>
       </c>
       <c r="D43" t="s">
         <v>8</v>
       </c>
       <c r="E43">
         <v>2023</v>
       </c>
       <c r="F43">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
         <v>9789392819957</v>
       </c>
       <c r="B44" t="s">
         <v>83</v>
       </c>
       <c r="C44" t="s">
         <v>84</v>
       </c>
       <c r="D44" t="s">
         <v>8</v>
       </c>
       <c r="E44">
         <v>2023</v>
       </c>
       <c r="F44">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
         <v>9789395390316</v>
       </c>
       <c r="B45" t="s">
         <v>85</v>
       </c>
       <c r="C45" t="s">
         <v>86</v>
       </c>
       <c r="D45" t="s">
         <v>8</v>
       </c>
       <c r="E45">
         <v>2023</v>
       </c>
       <c r="F45">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
         <v>9781684205042</v>
       </c>
       <c r="B46" t="s">
         <v>87</v>
       </c>
       <c r="C46" t="s">
         <v>88</v>
       </c>
       <c r="D46" t="s">
         <v>17</v>
       </c>
       <c r="E46">
         <v>2023</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="C47" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="48" spans="1:6">
@@ -2560,51 +2554,51 @@
       </c>
       <c r="D59" t="s">
         <v>8</v>
       </c>
       <c r="E59">
         <v>1996</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
         <v>9789385062629</v>
       </c>
       <c r="B60" t="s">
         <v>105</v>
       </c>
       <c r="C60" t="s">
         <v>106</v>
       </c>
       <c r="D60" t="s">
         <v>8</v>
       </c>
       <c r="E60">
         <v>2016</v>
       </c>
       <c r="F60">
-        <v>399.99</v>
+        <v>464.99</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
         <v>9781604067590</v>
       </c>
       <c r="B61" t="s">
         <v>107</v>
       </c>
       <c r="C61" t="s">
         <v>108</v>
       </c>
       <c r="D61" t="s">
         <v>8</v>
       </c>
       <c r="E61">
         <v>2015</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
         <v>9783131455819</v>
       </c>
       <c r="B62" t="s">
         <v>109</v>
@@ -2730,125 +2724,125 @@
       </c>
       <c r="D69" t="s">
         <v>8</v>
       </c>
       <c r="E69">
         <v>2018</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
         <v>9783132431867</v>
       </c>
       <c r="B70" t="s">
         <v>122</v>
       </c>
       <c r="C70" t="s">
         <v>123</v>
       </c>
       <c r="D70" t="s">
         <v>8</v>
       </c>
       <c r="E70">
         <v>2018</v>
       </c>
       <c r="F70">
-        <v>204.99</v>
+        <v>224.99</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
         <v>9781604065466</v>
       </c>
       <c r="B71" t="s">
         <v>124</v>
       </c>
       <c r="C71" t="s">
         <v>125</v>
       </c>
       <c r="D71" t="s">
         <v>8</v>
       </c>
       <c r="E71">
         <v>2013</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
         <v>9789385062438</v>
       </c>
       <c r="B72" t="s">
         <v>126</v>
       </c>
       <c r="C72" t="s">
         <v>127</v>
       </c>
       <c r="D72" t="s">
         <v>8</v>
       </c>
       <c r="E72">
         <v>2015</v>
       </c>
       <c r="F72">
-        <v>199.99</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
         <v>9781626234833</v>
       </c>
       <c r="B73" t="s">
         <v>128</v>
       </c>
       <c r="C73" t="s">
         <v>129</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73">
         <v>2018</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
         <v>9781684200559</v>
       </c>
       <c r="B74" t="s">
         <v>130</v>
       </c>
       <c r="C74" t="s">
         <v>131</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74">
         <v>2022</v>
       </c>
       <c r="F74">
-        <v>209.99</v>
+        <v>249.99</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
         <v>9783131711915</v>
       </c>
       <c r="B75" t="s">
         <v>132</v>
       </c>
       <c r="C75" t="s">
         <v>133</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75">
         <v>2012</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
         <v>9781604063349</v>
       </c>
       <c r="B76" t="s">
         <v>134</v>
@@ -3028,51 +3022,51 @@
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86">
         <v>2020</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
         <v>9789385062780</v>
       </c>
       <c r="B87" t="s">
         <v>155</v>
       </c>
       <c r="C87" t="s">
         <v>156</v>
       </c>
       <c r="D87" t="s">
         <v>102</v>
       </c>
       <c r="E87">
         <v>2017</v>
       </c>
       <c r="F87">
-        <v>184.0</v>
+        <v>203.0</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
         <v>9783136726044</v>
       </c>
       <c r="B88" t="s">
         <v>157</v>
       </c>
       <c r="C88" t="s">
         <v>158</v>
       </c>
       <c r="D88" t="s">
         <v>8</v>
       </c>
       <c r="E88">
         <v>2019</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
         <v>9781604068542</v>
       </c>
       <c r="B89" t="s">
         <v>159</v>
@@ -3135,2644 +3129,2627 @@
         <v>102</v>
       </c>
       <c r="E92">
         <v>2019</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
         <v>9783131255044</v>
       </c>
       <c r="B93" t="s">
         <v>166</v>
       </c>
       <c r="C93" t="s">
         <v>167</v>
       </c>
       <c r="D93" t="s">
         <v>102</v>
       </c>
       <c r="E93">
         <v>2014</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9781626235885</v>
+        <v>9783131699213</v>
       </c>
       <c r="B94" t="s">
         <v>168</v>
       </c>
       <c r="C94" t="s">
         <v>169</v>
       </c>
       <c r="D94" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E94">
-        <v>2011</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9783131699213</v>
+        <v>9781604060546</v>
       </c>
       <c r="B95" t="s">
+        <v>128</v>
+      </c>
+      <c r="C95" t="s">
         <v>170</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" t="s">
         <v>8</v>
       </c>
       <c r="E95">
-        <v>2013</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781604060546</v>
+        <v>9781626233331</v>
       </c>
       <c r="B96" t="s">
-        <v>128</v>
+        <v>171</v>
       </c>
       <c r="C96" t="s">
         <v>172</v>
       </c>
       <c r="D96" t="s">
         <v>8</v>
       </c>
       <c r="E96">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9781626233331</v>
+        <v>9781626233225</v>
       </c>
       <c r="B97" t="s">
         <v>173</v>
       </c>
       <c r="C97" t="s">
         <v>174</v>
       </c>
       <c r="D97" t="s">
         <v>8</v>
       </c>
       <c r="E97">
         <v>2018</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9781626233225</v>
+        <v>9783132018815</v>
       </c>
       <c r="B98" t="s">
         <v>175</v>
       </c>
       <c r="C98" t="s">
         <v>176</v>
       </c>
       <c r="D98" t="s">
         <v>8</v>
       </c>
       <c r="E98">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9783132018815</v>
+        <v>9789382076704</v>
       </c>
       <c r="B99" t="s">
         <v>177</v>
       </c>
       <c r="C99" t="s">
         <v>178</v>
       </c>
       <c r="D99" t="s">
         <v>8</v>
       </c>
       <c r="E99">
-        <v>2017</v>
+        <v>2014</v>
+      </c>
+      <c r="F99">
+        <v>159.99</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9789382076704</v>
+        <v>9781604060744</v>
       </c>
       <c r="B100" t="s">
+        <v>163</v>
+      </c>
+      <c r="C100" t="s">
         <v>179</v>
       </c>
-      <c r="C100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D100" t="s">
         <v>8</v>
       </c>
       <c r="E100">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>144.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781604060744</v>
+        <v>9781626237773</v>
       </c>
       <c r="B101" t="s">
-        <v>163</v>
+        <v>180</v>
       </c>
       <c r="C101" t="s">
         <v>181</v>
       </c>
       <c r="D101" t="s">
         <v>8</v>
       </c>
       <c r="E101">
-        <v>2011</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781626237773</v>
+        <v>9781626232914</v>
       </c>
       <c r="B102" t="s">
+        <v>107</v>
+      </c>
+      <c r="C102" t="s">
         <v>182</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" t="s">
         <v>8</v>
       </c>
       <c r="E102">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9781626232914</v>
+        <v>9783131102829</v>
       </c>
       <c r="B103" t="s">
-        <v>107</v>
+        <v>183</v>
       </c>
       <c r="C103" t="s">
         <v>184</v>
       </c>
       <c r="D103" t="s">
         <v>8</v>
       </c>
       <c r="E103">
-        <v>2020</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9783131102829</v>
+        <v>9781604067514</v>
       </c>
       <c r="B104" t="s">
         <v>185</v>
       </c>
       <c r="C104" t="s">
         <v>186</v>
       </c>
       <c r="D104" t="s">
         <v>8</v>
       </c>
       <c r="E104">
-        <v>2010</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781604067514</v>
+        <v>9781604067309</v>
       </c>
       <c r="B105" t="s">
         <v>187</v>
       </c>
       <c r="C105" t="s">
         <v>188</v>
       </c>
       <c r="D105" t="s">
         <v>8</v>
       </c>
       <c r="E105">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781604067309</v>
+        <v>9781604063479</v>
       </c>
       <c r="B106" t="s">
         <v>189</v>
       </c>
       <c r="C106" t="s">
         <v>190</v>
       </c>
       <c r="D106" t="s">
         <v>8</v>
       </c>
       <c r="E106">
-        <v>2013</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781604063479</v>
+        <v>9781604068061</v>
       </c>
       <c r="B107" t="s">
         <v>191</v>
       </c>
       <c r="C107" t="s">
         <v>192</v>
       </c>
       <c r="D107" t="s">
         <v>8</v>
       </c>
       <c r="E107">
-        <v>2012</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781604068061</v>
+        <v>9781626232273</v>
       </c>
       <c r="B108" t="s">
         <v>193</v>
       </c>
       <c r="C108" t="s">
         <v>194</v>
       </c>
       <c r="D108" t="s">
         <v>8</v>
       </c>
       <c r="E108">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781626232273</v>
+        <v>9781684200054</v>
       </c>
       <c r="B109" t="s">
         <v>195</v>
       </c>
       <c r="C109" t="s">
         <v>196</v>
       </c>
       <c r="D109" t="s">
         <v>8</v>
       </c>
       <c r="E109">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781684200054</v>
+        <v>9781626232969</v>
       </c>
       <c r="B110" t="s">
         <v>197</v>
       </c>
       <c r="C110" t="s">
         <v>198</v>
       </c>
       <c r="D110" t="s">
         <v>8</v>
       </c>
       <c r="E110">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781626232969</v>
+        <v>9781626232105</v>
       </c>
       <c r="B111" t="s">
         <v>199</v>
       </c>
       <c r="C111" t="s">
         <v>200</v>
       </c>
       <c r="D111" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E111">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9781626232105</v>
+        <v>9789385062490</v>
       </c>
       <c r="B112" t="s">
         <v>201</v>
       </c>
       <c r="C112" t="s">
         <v>202</v>
       </c>
       <c r="D112" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E112">
-        <v>2017</v>
+        <v>2016</v>
+      </c>
+      <c r="F112">
+        <v>168.0</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9789385062490</v>
+        <v>9781604067286</v>
       </c>
       <c r="B113" t="s">
         <v>203</v>
       </c>
       <c r="C113" t="s">
         <v>204</v>
       </c>
       <c r="D113" t="s">
         <v>8</v>
       </c>
       <c r="E113">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>152.0</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9781604067286</v>
+        <v>9783132057913</v>
       </c>
       <c r="B114" t="s">
         <v>205</v>
       </c>
       <c r="C114" t="s">
         <v>206</v>
       </c>
       <c r="D114" t="s">
         <v>8</v>
       </c>
       <c r="E114">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9783132057913</v>
+        <v>9781684200238</v>
       </c>
       <c r="B115" t="s">
         <v>207</v>
       </c>
       <c r="C115" t="s">
         <v>208</v>
       </c>
       <c r="D115" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E115">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9781684200238</v>
+        <v>9781626238718</v>
       </c>
       <c r="B116" t="s">
+        <v>185</v>
+      </c>
+      <c r="C116" t="s">
         <v>209</v>
-      </c>
-[...1 lines deleted...]
-        <v>210</v>
       </c>
       <c r="D116" t="s">
         <v>102</v>
       </c>
       <c r="E116">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9781626238718</v>
+        <v>9781626237742</v>
       </c>
       <c r="B117" t="s">
-        <v>187</v>
+        <v>210</v>
       </c>
       <c r="C117" t="s">
         <v>211</v>
       </c>
       <c r="D117" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E117">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9781626237742</v>
+        <v>9781684200689</v>
       </c>
       <c r="B118" t="s">
         <v>212</v>
       </c>
       <c r="C118" t="s">
         <v>213</v>
       </c>
       <c r="D118" t="s">
         <v>8</v>
       </c>
       <c r="E118">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9781684200689</v>
+        <v>9781626233782</v>
       </c>
       <c r="B119" t="s">
         <v>214</v>
       </c>
       <c r="C119" t="s">
         <v>215</v>
       </c>
       <c r="D119" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E119">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9781626233782</v>
+        <v>9783131450616</v>
       </c>
       <c r="B120" t="s">
         <v>216</v>
       </c>
       <c r="C120" t="s">
         <v>217</v>
       </c>
       <c r="D120" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E120">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9783131450616</v>
+        <v>9781604067644</v>
       </c>
       <c r="B121" t="s">
         <v>218</v>
       </c>
       <c r="C121" t="s">
         <v>219</v>
       </c>
       <c r="D121" t="s">
         <v>8</v>
       </c>
       <c r="E121">
-        <v>2020</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9781604067644</v>
+        <v>9781604068054</v>
       </c>
       <c r="B122" t="s">
         <v>220</v>
       </c>
       <c r="C122" t="s">
         <v>221</v>
       </c>
       <c r="D122" t="s">
         <v>8</v>
       </c>
       <c r="E122">
-        <v>2012</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>9781604068054</v>
+        <v>9781684200573</v>
       </c>
       <c r="B123" t="s">
+        <v>153</v>
+      </c>
+      <c r="C123" t="s">
         <v>222</v>
       </c>
-      <c r="C123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" t="s">
         <v>8</v>
       </c>
       <c r="E123">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>9781684200573</v>
+        <v>9781626239579</v>
       </c>
       <c r="B124" t="s">
-        <v>153</v>
+        <v>223</v>
       </c>
       <c r="C124" t="s">
         <v>224</v>
       </c>
       <c r="D124" t="s">
         <v>8</v>
       </c>
       <c r="E124">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>9781626239579</v>
+        <v>9781626238282</v>
       </c>
       <c r="B125" t="s">
         <v>225</v>
       </c>
       <c r="C125" t="s">
         <v>226</v>
       </c>
       <c r="D125" t="s">
         <v>8</v>
       </c>
       <c r="E125">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>9781626238282</v>
+        <v>9781604068856</v>
       </c>
       <c r="B126" t="s">
         <v>227</v>
       </c>
       <c r="C126" t="s">
         <v>228</v>
       </c>
       <c r="D126" t="s">
         <v>8</v>
       </c>
       <c r="E126">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>9781604068856</v>
+        <v>9781604068757</v>
       </c>
       <c r="B127" t="s">
+        <v>128</v>
+      </c>
+      <c r="C127" t="s">
         <v>229</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D127" t="s">
         <v>8</v>
       </c>
       <c r="E127">
-        <v>2015</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>9781604068757</v>
+        <v>9781684200313</v>
       </c>
       <c r="B128" t="s">
-        <v>128</v>
+        <v>230</v>
       </c>
       <c r="C128" t="s">
         <v>231</v>
       </c>
       <c r="D128" t="s">
         <v>8</v>
       </c>
       <c r="E128">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>9781684200313</v>
+        <v>9783132409552</v>
       </c>
       <c r="B129" t="s">
         <v>232</v>
       </c>
       <c r="C129" t="s">
         <v>233</v>
       </c>
       <c r="D129" t="s">
         <v>8</v>
       </c>
       <c r="E129">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>9783132409552</v>
+        <v>9781626234772</v>
       </c>
       <c r="B130" t="s">
         <v>234</v>
       </c>
       <c r="C130" t="s">
         <v>235</v>
       </c>
       <c r="D130" t="s">
         <v>8</v>
       </c>
       <c r="E130">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>9781626234772</v>
+        <v>9781626238534</v>
       </c>
       <c r="B131" t="s">
         <v>236</v>
       </c>
       <c r="C131" t="s">
         <v>237</v>
       </c>
       <c r="D131" t="s">
         <v>8</v>
       </c>
       <c r="E131">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9781626238534</v>
+        <v>9781626232853</v>
       </c>
       <c r="B132" t="s">
         <v>238</v>
       </c>
       <c r="C132" t="s">
         <v>239</v>
       </c>
       <c r="D132" t="s">
         <v>8</v>
       </c>
       <c r="E132">
         <v>2019</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781626232853</v>
+        <v>9781626239081</v>
       </c>
       <c r="B133" t="s">
         <v>240</v>
       </c>
       <c r="C133" t="s">
         <v>241</v>
       </c>
       <c r="D133" t="s">
         <v>8</v>
       </c>
       <c r="E133">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781626239081</v>
+        <v>9781626235052</v>
       </c>
       <c r="B134" t="s">
         <v>242</v>
       </c>
       <c r="C134" t="s">
         <v>243</v>
       </c>
       <c r="D134" t="s">
         <v>8</v>
       </c>
       <c r="E134">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9781626235052</v>
+        <v>9781626231047</v>
       </c>
       <c r="B135" t="s">
         <v>244</v>
       </c>
       <c r="C135" t="s">
         <v>245</v>
       </c>
       <c r="D135" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E135">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9781626231047</v>
+        <v>9781626231719</v>
       </c>
       <c r="B136" t="s">
         <v>246</v>
       </c>
       <c r="C136" t="s">
         <v>247</v>
       </c>
       <c r="D136" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E136">
-        <v>2016</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9781626231719</v>
+        <v>9781604065442</v>
       </c>
       <c r="B137" t="s">
         <v>248</v>
       </c>
       <c r="C137" t="s">
         <v>249</v>
       </c>
       <c r="D137" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E137">
         <v>2015</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9781604065442</v>
+        <v>9781626235304</v>
       </c>
       <c r="B138" t="s">
         <v>250</v>
       </c>
       <c r="C138" t="s">
         <v>251</v>
       </c>
       <c r="D138" t="s">
         <v>102</v>
       </c>
       <c r="E138">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9781626235304</v>
+        <v>9781626230385</v>
       </c>
       <c r="B139" t="s">
         <v>252</v>
       </c>
       <c r="C139" t="s">
         <v>253</v>
       </c>
       <c r="D139" t="s">
         <v>102</v>
       </c>
       <c r="E139">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9781626230385</v>
+        <v>9781626234536</v>
       </c>
       <c r="B140" t="s">
+        <v>193</v>
+      </c>
+      <c r="C140" t="s">
         <v>254</v>
       </c>
-      <c r="C140" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D140" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E140">
-        <v>2015</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>9781626234536</v>
+        <v>9781626232600</v>
       </c>
       <c r="B141" t="s">
-        <v>195</v>
+        <v>255</v>
       </c>
       <c r="C141" t="s">
         <v>256</v>
       </c>
       <c r="D141" t="s">
         <v>8</v>
       </c>
       <c r="E141">
         <v>2018</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>9781626232600</v>
+        <v>9781626230545</v>
       </c>
       <c r="B142" t="s">
         <v>257</v>
       </c>
       <c r="C142" t="s">
-        <v>258</v>
+        <v>106</v>
       </c>
       <c r="D142" t="s">
         <v>8</v>
       </c>
       <c r="E142">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>9781626230545</v>
+        <v>9783131486110</v>
       </c>
       <c r="B143" t="s">
-        <v>259</v>
+        <v>183</v>
       </c>
       <c r="C143" t="s">
-        <v>106</v>
+        <v>258</v>
       </c>
       <c r="D143" t="s">
         <v>8</v>
       </c>
       <c r="E143">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>9783131486110</v>
+        <v>9783132026810</v>
       </c>
       <c r="B144" t="s">
-        <v>185</v>
+        <v>259</v>
       </c>
       <c r="C144" t="s">
         <v>260</v>
       </c>
       <c r="D144" t="s">
         <v>8</v>
       </c>
       <c r="E144">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>9783132026810</v>
+        <v>9781604067002</v>
       </c>
       <c r="B145" t="s">
+        <v>234</v>
+      </c>
+      <c r="C145" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
       <c r="D145" t="s">
         <v>8</v>
       </c>
       <c r="E145">
         <v>2017</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>9781604067002</v>
+        <v>9781626230910</v>
       </c>
       <c r="B146" t="s">
-        <v>236</v>
+        <v>262</v>
       </c>
       <c r="C146" t="s">
         <v>263</v>
       </c>
       <c r="D146" t="s">
         <v>8</v>
       </c>
       <c r="E146">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>9781626230910</v>
+        <v>9781626232754</v>
       </c>
       <c r="B147" t="s">
         <v>264</v>
       </c>
       <c r="C147" t="s">
         <v>265</v>
       </c>
       <c r="D147" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E147">
-        <v>2016</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>9781626232754</v>
+        <v>9783132414471</v>
       </c>
       <c r="B148" t="s">
         <v>266</v>
       </c>
       <c r="C148" t="s">
         <v>267</v>
       </c>
       <c r="D148" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E148">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>9783132414471</v>
+        <v>9783131726612</v>
       </c>
       <c r="B149" t="s">
         <v>268</v>
       </c>
       <c r="C149" t="s">
         <v>269</v>
       </c>
       <c r="D149" t="s">
         <v>8</v>
       </c>
       <c r="E149">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>9783131726612</v>
+        <v>9783132415621</v>
       </c>
       <c r="B150" t="s">
         <v>270</v>
       </c>
       <c r="C150" t="s">
         <v>271</v>
       </c>
       <c r="D150" t="s">
         <v>8</v>
       </c>
       <c r="E150">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>9783132415621</v>
+        <v>9781604067231</v>
       </c>
       <c r="B151" t="s">
         <v>272</v>
       </c>
       <c r="C151" t="s">
         <v>273</v>
       </c>
       <c r="D151" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E151">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>9781604067231</v>
+        <v>9781684200924</v>
       </c>
       <c r="B152" t="s">
         <v>274</v>
       </c>
       <c r="C152" t="s">
         <v>275</v>
       </c>
       <c r="D152" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E152">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9781684200924</v>
+        <v>9781626232167</v>
       </c>
       <c r="B153" t="s">
         <v>276</v>
       </c>
       <c r="C153" t="s">
         <v>277</v>
       </c>
       <c r="D153" t="s">
         <v>8</v>
       </c>
       <c r="E153">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>9781626232167</v>
+        <v>9781626239012</v>
       </c>
       <c r="B154" t="s">
         <v>278</v>
       </c>
       <c r="C154" t="s">
         <v>279</v>
       </c>
       <c r="D154" t="s">
         <v>8</v>
       </c>
       <c r="E154">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>9781626239012</v>
+        <v>9781684200078</v>
       </c>
       <c r="B155" t="s">
+        <v>180</v>
+      </c>
+      <c r="C155" t="s">
         <v>280</v>
       </c>
-      <c r="C155" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D155" t="s">
         <v>8</v>
       </c>
       <c r="E155">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>9781684200078</v>
+        <v>9781588904027</v>
       </c>
       <c r="B156" t="s">
-        <v>182</v>
+        <v>281</v>
       </c>
       <c r="C156" t="s">
         <v>282</v>
       </c>
       <c r="D156" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E156">
-        <v>2021</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>9781588904027</v>
+        <v>9781684200214</v>
       </c>
       <c r="B157" t="s">
         <v>283</v>
       </c>
       <c r="C157" t="s">
         <v>284</v>
       </c>
       <c r="D157" t="s">
         <v>102</v>
       </c>
       <c r="E157">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>9781684200214</v>
+        <v>9781604065930</v>
       </c>
       <c r="B158" t="s">
         <v>285</v>
       </c>
       <c r="C158" t="s">
         <v>286</v>
       </c>
       <c r="D158" t="s">
         <v>102</v>
       </c>
       <c r="E158">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>9781604065930</v>
+        <v>9783131165015</v>
       </c>
       <c r="B159" t="s">
+        <v>111</v>
+      </c>
+      <c r="C159" t="s">
         <v>287</v>
       </c>
-      <c r="C159" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D159" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E159">
-        <v>2013</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>9783131165015</v>
+        <v>9781626230323</v>
       </c>
       <c r="B160" t="s">
-        <v>111</v>
+        <v>288</v>
       </c>
       <c r="C160" t="s">
         <v>289</v>
       </c>
       <c r="D160" t="s">
         <v>8</v>
       </c>
       <c r="E160">
-        <v>1995</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>9781626230323</v>
+        <v>9781626232181</v>
       </c>
       <c r="B161" t="s">
         <v>290</v>
       </c>
       <c r="C161" t="s">
         <v>291</v>
       </c>
       <c r="D161" t="s">
         <v>8</v>
       </c>
       <c r="E161">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>9781626232181</v>
+        <v>9781684202492</v>
       </c>
       <c r="B162" t="s">
         <v>292</v>
       </c>
       <c r="C162" t="s">
         <v>293</v>
       </c>
       <c r="D162" t="s">
         <v>8</v>
       </c>
       <c r="E162">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>9781684202492</v>
+        <v>9781626231986</v>
       </c>
       <c r="B163" t="s">
+        <v>134</v>
+      </c>
+      <c r="C163" t="s">
         <v>294</v>
       </c>
-      <c r="C163" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E163">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>9781626231986</v>
+        <v>9781604068795</v>
       </c>
       <c r="B164" t="s">
-        <v>134</v>
+        <v>163</v>
       </c>
       <c r="C164" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="D164" t="s">
         <v>102</v>
       </c>
       <c r="E164">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>9781604068795</v>
+        <v>9781626232808</v>
       </c>
       <c r="B165" t="s">
-        <v>163</v>
+        <v>296</v>
       </c>
       <c r="C165" t="s">
         <v>297</v>
       </c>
       <c r="D165" t="s">
         <v>102</v>
       </c>
       <c r="E165">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>9781626232808</v>
+        <v>9781684200740</v>
       </c>
       <c r="B166" t="s">
         <v>298</v>
       </c>
       <c r="C166" t="s">
         <v>299</v>
       </c>
       <c r="D166" t="s">
         <v>102</v>
       </c>
       <c r="E166">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>9781684200740</v>
+        <v>9781604064179</v>
       </c>
       <c r="B167" t="s">
         <v>300</v>
       </c>
       <c r="C167" t="s">
         <v>301</v>
       </c>
       <c r="D167" t="s">
         <v>102</v>
       </c>
       <c r="E167">
-        <v>2020</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>9781604064179</v>
+        <v>9781626230309</v>
       </c>
       <c r="B168" t="s">
+        <v>195</v>
+      </c>
+      <c r="C168" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
       <c r="D168" t="s">
         <v>102</v>
       </c>
       <c r="E168">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>9781626230309</v>
+        <v>9781626238893</v>
       </c>
       <c r="B169" t="s">
-        <v>197</v>
+        <v>303</v>
       </c>
       <c r="C169" t="s">
         <v>304</v>
       </c>
       <c r="D169" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E169">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>9781626238893</v>
+        <v>9781626232068</v>
       </c>
       <c r="B170" t="s">
         <v>305</v>
       </c>
       <c r="C170" t="s">
         <v>306</v>
       </c>
       <c r="D170" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E170">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>9781626232068</v>
+        <v>9783132409576</v>
       </c>
       <c r="B171" t="s">
         <v>307</v>
       </c>
       <c r="C171" t="s">
         <v>308</v>
       </c>
       <c r="D171" t="s">
         <v>102</v>
       </c>
       <c r="E171">
         <v>2017</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>9783132409576</v>
+        <v>9783131444813</v>
       </c>
       <c r="B172" t="s">
         <v>309</v>
       </c>
       <c r="C172" t="s">
         <v>310</v>
       </c>
       <c r="D172" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E172">
-        <v>2017</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>9783131444813</v>
+        <v>9781604068986</v>
       </c>
       <c r="B173" t="s">
         <v>311</v>
       </c>
       <c r="C173" t="s">
-        <v>312</v>
+        <v>12</v>
       </c>
       <c r="D173" t="s">
         <v>8</v>
       </c>
       <c r="E173">
-        <v>2007</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>9781604068986</v>
+        <v>9781626233362</v>
       </c>
       <c r="B174" t="s">
-        <v>313</v>
+        <v>163</v>
       </c>
       <c r="C174" t="s">
-        <v>12</v>
+        <v>312</v>
       </c>
       <c r="D174" t="s">
         <v>8</v>
       </c>
       <c r="E174">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>9781626233362</v>
+        <v>9781626236431</v>
       </c>
       <c r="B175" t="s">
-        <v>163</v>
+        <v>313</v>
       </c>
       <c r="C175" t="s">
         <v>314</v>
       </c>
       <c r="D175" t="s">
         <v>8</v>
       </c>
       <c r="E175">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>9781626236431</v>
+        <v>9781626237100</v>
       </c>
       <c r="B176" t="s">
         <v>315</v>
       </c>
       <c r="C176" t="s">
         <v>316</v>
       </c>
       <c r="D176" t="s">
         <v>8</v>
       </c>
       <c r="E176">
         <v>2019</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>9781626237100</v>
+        <v>9781626233317</v>
       </c>
       <c r="B177" t="s">
         <v>317</v>
       </c>
       <c r="C177" t="s">
         <v>318</v>
       </c>
       <c r="D177" t="s">
         <v>8</v>
       </c>
       <c r="E177">
         <v>2019</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>9781626233317</v>
+        <v>9781626239531</v>
       </c>
       <c r="B178" t="s">
         <v>319</v>
       </c>
       <c r="C178" t="s">
         <v>320</v>
       </c>
       <c r="D178" t="s">
         <v>8</v>
       </c>
       <c r="E178">
         <v>2019</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>9781626239531</v>
+        <v>9781626239319</v>
       </c>
       <c r="B179" t="s">
         <v>321</v>
       </c>
       <c r="C179" t="s">
         <v>322</v>
       </c>
       <c r="D179" t="s">
         <v>8</v>
       </c>
       <c r="E179">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>9781626239319</v>
+        <v>9781626233539</v>
       </c>
       <c r="B180" t="s">
         <v>323</v>
       </c>
       <c r="C180" t="s">
         <v>324</v>
       </c>
       <c r="D180" t="s">
         <v>8</v>
       </c>
       <c r="E180">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>9781626233539</v>
+        <v>9781626230255</v>
       </c>
       <c r="B181" t="s">
         <v>325</v>
       </c>
       <c r="C181" t="s">
         <v>326</v>
       </c>
       <c r="D181" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E181">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>9781626230255</v>
+        <v>9781604064117</v>
       </c>
       <c r="B182" t="s">
-        <v>327</v>
+        <v>236</v>
       </c>
       <c r="C182" t="s">
-        <v>328</v>
+        <v>113</v>
       </c>
       <c r="D182" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E182">
-        <v>2016</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>9781604064117</v>
+        <v>9781626237322</v>
       </c>
       <c r="B183" t="s">
-        <v>238</v>
+        <v>327</v>
       </c>
       <c r="C183" t="s">
-        <v>113</v>
+        <v>328</v>
       </c>
       <c r="D183" t="s">
         <v>8</v>
       </c>
       <c r="E183">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>9781626237322</v>
+        <v>9781626234949</v>
       </c>
       <c r="B184" t="s">
+        <v>163</v>
+      </c>
+      <c r="C184" t="s">
         <v>329</v>
       </c>
-      <c r="C184" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E184">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>9781626234949</v>
+        <v>9781684202249</v>
       </c>
       <c r="B185" t="s">
-        <v>163</v>
+        <v>330</v>
       </c>
       <c r="C185" t="s">
         <v>331</v>
       </c>
       <c r="D185" t="s">
         <v>102</v>
       </c>
       <c r="E185">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>9781684202249</v>
+        <v>9781626238060</v>
       </c>
       <c r="B186" t="s">
         <v>332</v>
       </c>
       <c r="C186" t="s">
         <v>333</v>
       </c>
       <c r="D186" t="s">
         <v>102</v>
       </c>
       <c r="E186">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>9781626238060</v>
+        <v>9781604060577</v>
       </c>
       <c r="B187" t="s">
         <v>334</v>
       </c>
       <c r="C187" t="s">
         <v>335</v>
       </c>
       <c r="D187" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E187">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>9781604060577</v>
+        <v>9781626231108</v>
       </c>
       <c r="B188" t="s">
         <v>336</v>
       </c>
       <c r="C188" t="s">
-        <v>337</v>
+        <v>12</v>
       </c>
       <c r="D188" t="s">
         <v>8</v>
       </c>
       <c r="E188">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>9781626231108</v>
+        <v>9783131418722</v>
       </c>
       <c r="B189" t="s">
+        <v>337</v>
+      </c>
+      <c r="C189" t="s">
         <v>338</v>
       </c>
-      <c r="C189" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" t="s">
         <v>8</v>
       </c>
       <c r="E189">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>9783131418722</v>
+        <v>9781684200535</v>
       </c>
       <c r="B190" t="s">
         <v>339</v>
       </c>
       <c r="C190" t="s">
         <v>340</v>
       </c>
       <c r="D190" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E190">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>9781684200535</v>
+        <v>9781626234550</v>
       </c>
       <c r="B191" t="s">
+        <v>193</v>
+      </c>
+      <c r="C191" t="s">
         <v>341</v>
       </c>
-      <c r="C191" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D191" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E191">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>9781626234550</v>
+        <v>9781626230217</v>
       </c>
       <c r="B192" t="s">
-        <v>195</v>
+        <v>342</v>
       </c>
       <c r="C192" t="s">
         <v>343</v>
       </c>
       <c r="D192" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E192">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>9781626230217</v>
+        <v>9781626237971</v>
       </c>
       <c r="B193" t="s">
+        <v>300</v>
+      </c>
+      <c r="C193" t="s">
         <v>344</v>
       </c>
-      <c r="C193" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D193" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E193">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>9781626237971</v>
+        <v>9783132417182</v>
       </c>
       <c r="B194" t="s">
-        <v>302</v>
+        <v>345</v>
       </c>
       <c r="C194" t="s">
         <v>346</v>
       </c>
       <c r="D194" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="E194">
         <v>2019</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>9783132417182</v>
+        <v>9781626232020</v>
       </c>
       <c r="B195" t="s">
+        <v>81</v>
+      </c>
+      <c r="C195" t="s">
         <v>347</v>
       </c>
-      <c r="C195" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D195" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="E195">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>9781626232020</v>
+        <v>9781684200092</v>
       </c>
       <c r="B196" t="s">
-        <v>81</v>
+        <v>348</v>
       </c>
       <c r="C196" t="s">
         <v>349</v>
       </c>
       <c r="D196" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E196">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>9781684200092</v>
+        <v>9783131723819</v>
       </c>
       <c r="B197" t="s">
         <v>350</v>
       </c>
       <c r="C197" t="s">
         <v>351</v>
       </c>
       <c r="D197" t="s">
         <v>8</v>
       </c>
       <c r="E197">
-        <v>2022</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>9783131723819</v>
+        <v>9789386293565</v>
       </c>
       <c r="B198" t="s">
         <v>352</v>
       </c>
       <c r="C198" t="s">
         <v>353</v>
       </c>
       <c r="D198" t="s">
         <v>8</v>
       </c>
       <c r="E198">
-        <v>2013</v>
+        <v>2019</v>
+      </c>
+      <c r="F198">
+        <v>171.0</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>9789386293565</v>
+        <v>9789382076933</v>
       </c>
       <c r="B199" t="s">
         <v>354</v>
       </c>
       <c r="C199" t="s">
         <v>355</v>
       </c>
       <c r="D199" t="s">
         <v>8</v>
       </c>
       <c r="E199">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F199">
-        <v>155.0</v>
+        <v>168.0</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>9789382076933</v>
+        <v>9781626235076</v>
       </c>
       <c r="B200" t="s">
+        <v>81</v>
+      </c>
+      <c r="C200" t="s">
         <v>356</v>
       </c>
-      <c r="C200" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D200" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E200">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>152.0</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>9781626235076</v>
+        <v>9781626232372</v>
       </c>
       <c r="B201" t="s">
-        <v>81</v>
+        <v>357</v>
       </c>
       <c r="C201" t="s">
         <v>358</v>
       </c>
       <c r="D201" t="s">
         <v>102</v>
       </c>
       <c r="E201">
         <v>2019</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>9781626232372</v>
+        <v>9781626233461</v>
       </c>
       <c r="B202" t="s">
         <v>359</v>
       </c>
       <c r="C202" t="s">
         <v>360</v>
       </c>
       <c r="D202" t="s">
         <v>102</v>
       </c>
       <c r="E202">
-        <v>2019</v>
+        <v>2018</v>
+      </c>
+      <c r="F202">
+        <v>59.99</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>9781626233461</v>
+        <v>9781626238558</v>
       </c>
       <c r="B203" t="s">
         <v>361</v>
       </c>
       <c r="C203" t="s">
         <v>362</v>
       </c>
       <c r="D203" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E203">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>9781626238558</v>
+        <v>9783131471512</v>
       </c>
       <c r="B204" t="s">
         <v>363</v>
       </c>
       <c r="C204" t="s">
         <v>364</v>
       </c>
       <c r="D204" t="s">
         <v>8</v>
       </c>
       <c r="E204">
-        <v>2019</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>9783131471512</v>
+        <v>9781626237148</v>
       </c>
       <c r="B205" t="s">
         <v>365</v>
       </c>
       <c r="C205" t="s">
         <v>366</v>
       </c>
       <c r="D205" t="s">
         <v>8</v>
       </c>
       <c r="E205">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>9781626237148</v>
+        <v>9781626232341</v>
       </c>
       <c r="B206" t="s">
         <v>367</v>
       </c>
       <c r="C206" t="s">
         <v>368</v>
       </c>
       <c r="D206" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E206">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>9781626232341</v>
+        <v>9781684201532</v>
       </c>
       <c r="B207" t="s">
         <v>369</v>
       </c>
       <c r="C207" t="s">
         <v>370</v>
       </c>
       <c r="D207" t="s">
         <v>102</v>
       </c>
       <c r="E207">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>9781684201532</v>
+        <v>9781684200191</v>
       </c>
       <c r="B208" t="s">
         <v>371</v>
       </c>
       <c r="C208" t="s">
         <v>372</v>
       </c>
       <c r="D208" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E208">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>9781684200191</v>
+        <v>9781626234901</v>
       </c>
       <c r="B209" t="s">
         <v>373</v>
       </c>
       <c r="C209" t="s">
         <v>374</v>
       </c>
       <c r="D209" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E209">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>9781626234901</v>
+        <v>9781626233201</v>
       </c>
       <c r="B210" t="s">
         <v>375</v>
       </c>
       <c r="C210" t="s">
         <v>376</v>
       </c>
       <c r="D210" t="s">
-        <v>102</v>
+        <v>17</v>
       </c>
       <c r="E210">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>9781626233201</v>
+        <v>9783131646019</v>
       </c>
       <c r="B211" t="s">
         <v>377</v>
       </c>
       <c r="C211" t="s">
         <v>378</v>
       </c>
       <c r="D211" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E211">
-        <v>2017</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>9783131646019</v>
+        <v>9783134535020</v>
       </c>
       <c r="B212" t="s">
+        <v>111</v>
+      </c>
+      <c r="C212" t="s">
         <v>379</v>
       </c>
-      <c r="C212" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212">
-        <v>2014</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>9783134535020</v>
+        <v>9781626235328</v>
       </c>
       <c r="B213" t="s">
-        <v>111</v>
+        <v>373</v>
       </c>
       <c r="C213" t="s">
-        <v>381</v>
+        <v>380</v>
       </c>
       <c r="D213" t="s">
         <v>8</v>
       </c>
       <c r="E213">
-        <v>2006</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>9781626235328</v>
+        <v>9781626233461</v>
       </c>
       <c r="B214" t="s">
-        <v>375</v>
+        <v>359</v>
       </c>
       <c r="C214" t="s">
-        <v>382</v>
+        <v>25</v>
       </c>
       <c r="D214" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E214">
-        <v>2021</v>
+        <v>2016</v>
+      </c>
+      <c r="F214">
+        <v>59.99</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>9781626233461</v>
+        <v>9781626232501</v>
       </c>
       <c r="B215" t="s">
-        <v>361</v>
+        <v>348</v>
       </c>
       <c r="C215" t="s">
-        <v>25</v>
+        <v>381</v>
       </c>
       <c r="D215" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E215">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>49.99</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>9781626232501</v>
+        <v>9781626231597</v>
       </c>
       <c r="B216" t="s">
-        <v>350</v>
+        <v>382</v>
       </c>
       <c r="C216" t="s">
         <v>383</v>
       </c>
       <c r="D216" t="s">
         <v>8</v>
       </c>
       <c r="E216">
         <v>2017</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>9781626231597</v>
+        <v>9783132412774</v>
       </c>
       <c r="B217" t="s">
         <v>384</v>
       </c>
       <c r="C217" t="s">
         <v>385</v>
       </c>
       <c r="D217" t="s">
         <v>8</v>
       </c>
       <c r="E217">
-        <v>2017</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>9783132412774</v>
+        <v>9781626230965</v>
       </c>
       <c r="B218" t="s">
         <v>386</v>
       </c>
       <c r="C218" t="s">
         <v>387</v>
       </c>
       <c r="D218" t="s">
         <v>8</v>
       </c>
       <c r="E218">
-        <v>2023</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>9781626230965</v>
+        <v>9783131364524</v>
       </c>
       <c r="B219" t="s">
         <v>388</v>
       </c>
       <c r="C219" t="s">
         <v>389</v>
       </c>
       <c r="D219" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E219">
         <v>2017</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>9783131364524</v>
+        <v>9781626232488</v>
       </c>
       <c r="B220" t="s">
+        <v>369</v>
+      </c>
+      <c r="C220" t="s">
         <v>390</v>
-      </c>
-[...1 lines deleted...]
-        <v>391</v>
       </c>
       <c r="D220" t="s">
         <v>102</v>
       </c>
       <c r="E220">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>9781626232488</v>
+        <v>9783132412866</v>
       </c>
       <c r="B221" t="s">
-        <v>371</v>
+        <v>391</v>
       </c>
       <c r="C221" t="s">
         <v>392</v>
       </c>
       <c r="D221" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E221">
-        <v>2016</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>9783132412866</v>
+        <v>9781684200177</v>
       </c>
       <c r="B222" t="s">
+        <v>163</v>
+      </c>
+      <c r="C222" t="s">
         <v>393</v>
       </c>
-      <c r="C222" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D222" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E222">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>9781684200177</v>
+        <v>9781604068733</v>
       </c>
       <c r="B223" t="s">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="C223" t="s">
-        <v>395</v>
+        <v>394</v>
       </c>
       <c r="D223" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E223">
-        <v>2021</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>9781604068733</v>
+        <v>9789390553136</v>
       </c>
       <c r="B224" t="s">
-        <v>142</v>
+        <v>395</v>
       </c>
       <c r="C224" t="s">
         <v>396</v>
       </c>
       <c r="D224" t="s">
         <v>8</v>
       </c>
       <c r="E224">
-        <v>2015</v>
+        <v>2021</v>
+      </c>
+      <c r="F224">
+        <v>566.0</v>
       </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>9789390553136</v>
+        <v>9781626235014</v>
       </c>
       <c r="B225" t="s">
+        <v>81</v>
+      </c>
+      <c r="C225" t="s">
         <v>397</v>
       </c>
-      <c r="C225" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D225" t="s">
         <v>8</v>
       </c>
       <c r="E225">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>514.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>9781626235014</v>
+        <v>9789388257756</v>
       </c>
       <c r="B226" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="C226" t="s">
-        <v>399</v>
+        <v>398</v>
       </c>
       <c r="D226" t="s">
         <v>8</v>
       </c>
       <c r="E226">
         <v>2020</v>
       </c>
+      <c r="F226">
+        <v>90.0</v>
+      </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>9789388257756</v>
+        <v>9789390553341</v>
       </c>
       <c r="B227" t="s">
         <v>83</v>
       </c>
       <c r="C227" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="D227" t="s">
         <v>8</v>
       </c>
       <c r="E227">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F227">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>9789390553341</v>
+        <v>9783131994219</v>
       </c>
       <c r="B228" t="s">
-        <v>83</v>
+        <v>400</v>
       </c>
       <c r="C228" t="s">
         <v>401</v>
       </c>
       <c r="D228" t="s">
         <v>8</v>
       </c>
       <c r="E228">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>81.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>9783131994219</v>
+        <v>9789388257541</v>
       </c>
       <c r="B229" t="s">
         <v>402</v>
       </c>
       <c r="C229" t="s">
         <v>403</v>
       </c>
       <c r="D229" t="s">
         <v>8</v>
       </c>
       <c r="E229">
-        <v>2017</v>
+        <v>2020</v>
+      </c>
+      <c r="F229">
+        <v>142.0</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>9789388257541</v>
+        <v>9789388257534</v>
       </c>
       <c r="B230" t="s">
+        <v>85</v>
+      </c>
+      <c r="C230" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
       <c r="D230" t="s">
         <v>8</v>
       </c>
       <c r="E230">
         <v>2020</v>
       </c>
       <c r="F230">
-        <v>129.0</v>
+        <v>319.0</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>9789388257534</v>
+        <v>9781626236233</v>
       </c>
       <c r="B231" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C231" t="s">
-        <v>406</v>
+        <v>405</v>
       </c>
       <c r="D231" t="s">
-        <v>8</v>
+        <v>102</v>
       </c>
       <c r="E231">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>290.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>9781626236233</v>
+        <v>9781626239661</v>
       </c>
       <c r="B232" t="s">
-        <v>81</v>
+        <v>406</v>
       </c>
       <c r="C232" t="s">
         <v>407</v>
       </c>
       <c r="D232" t="s">
-        <v>102</v>
+        <v>8</v>
       </c>
       <c r="E232">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>9781626239661</v>
+        <v>9781684200511</v>
       </c>
       <c r="B233" t="s">
         <v>408</v>
       </c>
       <c r="C233" t="s">
         <v>409</v>
       </c>
       <c r="D233" t="s">
         <v>8</v>
       </c>
       <c r="E233">
-        <v>2021</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>9781684200511</v>
+        <v>9789390553204</v>
       </c>
       <c r="B234" t="s">
+        <v>62</v>
+      </c>
+      <c r="C234" t="s">
         <v>410</v>
       </c>
-      <c r="C234" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" t="s">
         <v>8</v>
       </c>
       <c r="E234">
-        <v>2022</v>
+        <v>2021</v>
+      </c>
+      <c r="F234">
+        <v>152.0</v>
       </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>9789390553204</v>
-[...2 lines deleted...]
-        <v>62</v>
+        <v>9789388257923</v>
       </c>
       <c r="C235" t="s">
-        <v>412</v>
+        <v>411</v>
       </c>
       <c r="D235" t="s">
         <v>8</v>
       </c>
       <c r="E235">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F235">
-        <v>138.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>9789388257923</v>
+        <v>9789388257916</v>
       </c>
       <c r="C236" t="s">
-        <v>413</v>
+        <v>412</v>
       </c>
       <c r="D236" t="s">
         <v>8</v>
       </c>
       <c r="E236">
         <v>2020</v>
       </c>
       <c r="F236">
-        <v>161.0</v>
+        <v>178.0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>9789388257916</v>
+        <v>9788194857099</v>
+      </c>
+      <c r="B237" t="s">
+        <v>201</v>
       </c>
       <c r="C237" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="D237" t="s">
         <v>8</v>
       </c>
       <c r="E237">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F237">
-        <v>161.0</v>
+        <v>160.0</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>9788194857099</v>
+        <v>9783132421462</v>
       </c>
       <c r="B238" t="s">
-        <v>203</v>
+        <v>307</v>
       </c>
       <c r="C238" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="D238" t="s">
         <v>8</v>
       </c>
       <c r="E238">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>145.0</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>9783132421462</v>
+        <v>9789390553334</v>
       </c>
       <c r="B239" t="s">
-        <v>309</v>
+        <v>415</v>
       </c>
       <c r="C239" t="s">
         <v>416</v>
       </c>
       <c r="D239" t="s">
         <v>8</v>
       </c>
       <c r="E239">
         <v>2022</v>
       </c>
+      <c r="F239">
+        <v>178.0</v>
+      </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>9789390553334</v>
+        <v>9781604068818</v>
       </c>
       <c r="B240" t="s">
+        <v>230</v>
+      </c>
+      <c r="C240" t="s">
         <v>417</v>
       </c>
-      <c r="C240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D240" t="s">
         <v>8</v>
       </c>
       <c r="E240">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>161.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>9781604068818</v>
+        <v>9789385062124</v>
       </c>
       <c r="B241" t="s">
-        <v>232</v>
+        <v>418</v>
       </c>
       <c r="C241" t="s">
         <v>419</v>
       </c>
       <c r="D241" t="s">
         <v>8</v>
       </c>
       <c r="E241">
-        <v>2018</v>
+        <v>2017</v>
+      </c>
+      <c r="F241">
+        <v>203.0</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
-        <v>9789385062124</v>
+        <v>9789388257107</v>
       </c>
       <c r="B242" t="s">
         <v>420</v>
       </c>
       <c r="C242" t="s">
         <v>421</v>
       </c>
       <c r="D242" t="s">
         <v>8</v>
       </c>
       <c r="E242">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="F242">
-        <v>184.0</v>
-[...19 lines deleted...]
-        <v>203.0</v>
+        <v>224.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">