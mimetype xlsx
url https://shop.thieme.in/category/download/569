--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -12,104 +12,113 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="422">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="425">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
+    <t>Nitin Agarwal MD</t>
+  </si>
+  <si>
+    <t>Operative Fundamentals in Neurological Surgery</t>
+  </si>
+  <si>
+    <t>Paperback</t>
+  </si>
+  <si>
     <t>Walter C. Jean</t>
   </si>
   <si>
     <t>Video Atlas of Minimally Invasive Cranial Surgery</t>
   </si>
   <si>
+    <t>Hardcover</t>
+  </si>
+  <si>
     <t>Hardback</t>
   </si>
   <si>
     <t>Muhammad M. Abd-El-Barr</t>
   </si>
   <si>
     <t>Awake Spine Surgery</t>
   </si>
   <si>
     <t>Andrew J. Kobets</t>
   </si>
   <si>
     <t>Neurosurgical Operative Atlas</t>
   </si>
   <si>
     <t>Susan E. Mackinnon</t>
   </si>
   <si>
     <t>Nerve Surgery</t>
   </si>
   <si>
     <t>Abigail G. Crum</t>
   </si>
   <si>
     <t>Neurosurgery Fundamentals for Advanced Practice Providers</t>
-  </si>
-[...1 lines deleted...]
-    <t>Paperback</t>
   </si>
   <si>
     <t>Michael T. Lawton</t>
   </si>
   <si>
     <t>Seven Carvernomas</t>
   </si>
   <si>
     <t>Timo Krings</t>
   </si>
   <si>
     <t>Case-Based Interventional Neuroradiology</t>
   </si>
   <si>
     <t>Shokei Yamada</t>
   </si>
   <si>
     <t>Tethered Cord Syndrome in Children and Adults</t>
   </si>
   <si>
     <t>Mark R Shaya</t>
   </si>
   <si>
     <t>Neurosurgery Practice Questions and Answers</t>
   </si>
@@ -1625,4131 +1634,4165 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F242"/>
+  <dimension ref="A1:F244"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781684206391</v>
+        <v>9781684205615</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9781684206735</v>
+        <v>9781684206391</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="E3">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9781626231061</v>
+        <v>9781684206391</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E4">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9781684204700</v>
+        <v>9781684206735</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9781684206698</v>
+        <v>9781626231061</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9781684204946</v>
+        <v>9781684204700</v>
       </c>
       <c r="B7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9781684200702</v>
+        <v>9781684206698</v>
       </c>
       <c r="B8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="C8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E8">
         <v>2025</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9781604062410</v>
+        <v>9781684204946</v>
       </c>
       <c r="B9" t="s">
+        <v>21</v>
+      </c>
+      <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E9">
-        <v>2010</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9781626233478</v>
+        <v>9781684200702</v>
       </c>
       <c r="B10" t="s">
+        <v>23</v>
+      </c>
+      <c r="C10" t="s">
         <v>24</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="E10">
-        <v>2016</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9781684206261</v>
+        <v>9781604062410</v>
       </c>
       <c r="B11" t="s">
+        <v>25</v>
+      </c>
+      <c r="C11" t="s">
         <v>26</v>
       </c>
-      <c r="C11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E11">
-        <v>2025</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>9781626231085</v>
+        <v>9781626233478</v>
       </c>
       <c r="B12" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12">
-        <v>2025</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>9781684204984</v>
+        <v>9781684206261</v>
       </c>
       <c r="B13" t="s">
+        <v>29</v>
+      </c>
+      <c r="C13" t="s">
         <v>30</v>
       </c>
-      <c r="C13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E13">
         <v>2025</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9781684201631</v>
+        <v>9781626231085</v>
       </c>
       <c r="B14" t="s">
+        <v>31</v>
+      </c>
+      <c r="C14" t="s">
         <v>32</v>
       </c>
-      <c r="C14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E14">
         <v>2025</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9788198109491</v>
+        <v>9781684204984</v>
       </c>
       <c r="B15" t="s">
+        <v>33</v>
+      </c>
+      <c r="C15" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2025</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9781684206308</v>
+        <v>9781684201631</v>
       </c>
       <c r="B16" t="s">
+        <v>35</v>
+      </c>
+      <c r="C16" t="s">
         <v>36</v>
       </c>
-      <c r="C16" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E16">
         <v>2025</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9781684205790</v>
+        <v>9788198109491</v>
       </c>
       <c r="B17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C17" t="s">
         <v>38</v>
       </c>
-      <c r="C17" t="s">
-        <v>39</v>
+      <c r="D17" t="s">
+        <v>12</v>
       </c>
       <c r="E17">
         <v>2025</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9781684201372</v>
+        <v>9781684206308</v>
       </c>
       <c r="B18" t="s">
+        <v>39</v>
+      </c>
+      <c r="C18" t="s">
         <v>40</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>8</v>
+      </c>
+      <c r="E18">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>9781684205790</v>
+      </c>
+      <c r="B19" t="s">
         <v>41</v>
       </c>
-      <c r="E18">
-[...3 lines deleted...]
-    <row r="19" spans="1:6">
       <c r="C19" t="s">
         <v>42</v>
       </c>
+      <c r="E19">
+        <v>2025</v>
+      </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9781626233720</v>
+        <v>9781684201372</v>
       </c>
       <c r="B20" t="s">
         <v>43</v>
       </c>
       <c r="C20" t="s">
         <v>44</v>
       </c>
-      <c r="D20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E20">
-        <v>2024</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="21" spans="1:6">
-      <c r="A21">
-[...2 lines deleted...]
-      <c r="B21" t="s">
+      <c r="C21" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9781684205547</v>
+        <v>9781626233720</v>
       </c>
       <c r="B22" t="s">
-        <v>26</v>
+        <v>46</v>
       </c>
       <c r="C22" t="s">
         <v>47</v>
       </c>
       <c r="D22" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E22">
         <v>2024</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9781684206612</v>
+        <v>9781684201563</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s">
         <v>49</v>
       </c>
       <c r="D23" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E23">
         <v>2024</v>
       </c>
     </row>
     <row r="24" spans="1:6">
-      <c r="A24" t="s">
+      <c r="A24">
+        <v>9781684205547</v>
+      </c>
+      <c r="B24" t="s">
+        <v>29</v>
+      </c>
+      <c r="C24" t="s">
         <v>50</v>
       </c>
-      <c r="B24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" t="s">
-        <v>53</v>
+        <v>8</v>
       </c>
       <c r="E24">
-        <v>2019</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9781684205011</v>
+        <v>9781684206612</v>
       </c>
       <c r="B25" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="C25" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2024</v>
       </c>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26">
-        <v>9781684200436</v>
+      <c r="A26" t="s">
+        <v>53</v>
       </c>
       <c r="B26" t="s">
+        <v>54</v>
+      </c>
+      <c r="C26" t="s">
+        <v>55</v>
+      </c>
+      <c r="D26" t="s">
         <v>56</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26">
-        <v>2024</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9781684201143</v>
+        <v>9781684205011</v>
       </c>
       <c r="B27" t="s">
+        <v>57</v>
+      </c>
+      <c r="C27" t="s">
         <v>58</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E27">
         <v>2024</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9788197475887</v>
+        <v>9781684200436</v>
       </c>
       <c r="B28" t="s">
+        <v>59</v>
+      </c>
+      <c r="C28" t="s">
         <v>60</v>
       </c>
-      <c r="C28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E28">
         <v>2024</v>
       </c>
-      <c r="F28">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9789395390101</v>
+        <v>9781684201143</v>
       </c>
       <c r="B29" t="s">
+        <v>61</v>
+      </c>
+      <c r="C29" t="s">
         <v>62</v>
       </c>
-      <c r="C29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E29">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9789386293534</v>
+        <v>9788197475887</v>
       </c>
       <c r="B30" t="s">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="C30" t="s">
         <v>64</v>
       </c>
       <c r="D30" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E30">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="F30">
-        <v>75.0</v>
+        <v>58.0</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9789386293497</v>
+        <v>9789395390101</v>
       </c>
       <c r="B31" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="C31" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D31" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E31">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F31">
-        <v>75.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9789386293510</v>
+        <v>9789386293534</v>
       </c>
       <c r="B32" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C32" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D32" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E32">
         <v>2018</v>
       </c>
       <c r="F32">
-        <v>75.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9789386293985</v>
+        <v>9789386293497</v>
       </c>
       <c r="B33" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C33" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D33" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E33">
         <v>2018</v>
       </c>
       <c r="F33">
-        <v>104.99</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9789386293923</v>
+        <v>9789386293510</v>
       </c>
       <c r="B34" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C34" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D34" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E34">
         <v>2018</v>
       </c>
       <c r="F34">
-        <v>107.0</v>
+        <v>68.0</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9789388257329</v>
+        <v>9789386293985</v>
       </c>
       <c r="B35" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C35" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D35" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E35">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F35">
-        <v>107.0</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9789388257305</v>
+        <v>9789386293923</v>
       </c>
       <c r="B36" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C36" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D36" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E36">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F36">
-        <v>107.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9789382076070</v>
+        <v>9789388257329</v>
       </c>
       <c r="B37" t="s">
-        <v>71</v>
+        <v>54</v>
       </c>
       <c r="C37" t="s">
         <v>72</v>
       </c>
       <c r="D37" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E37">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F37">
-        <v>149.99</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9789395390576</v>
+        <v>9789388257305</v>
       </c>
       <c r="B38" t="s">
+        <v>54</v>
+      </c>
+      <c r="C38" t="s">
         <v>73</v>
       </c>
-      <c r="C38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D38" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E38">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F38">
-        <v>178.0</v>
+        <v>97.0</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9789388257602</v>
+        <v>9789382076070</v>
       </c>
       <c r="B39" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E39">
-        <v>2019</v>
+        <v>2013</v>
       </c>
       <c r="F39">
-        <v>72.0</v>
+        <v>124.99</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9789395390620</v>
+        <v>9789395390576</v>
       </c>
       <c r="B40" t="s">
         <v>76</v>
       </c>
       <c r="C40" t="s">
         <v>77</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E40">
         <v>2023</v>
       </c>
+      <c r="F40">
+        <v>161.0</v>
+      </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9789395390613</v>
+        <v>9789388257602</v>
       </c>
       <c r="B41" t="s">
-        <v>76</v>
+        <v>54</v>
       </c>
       <c r="C41" t="s">
         <v>78</v>
       </c>
       <c r="D41" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E41">
-        <v>2023</v>
+        <v>2019</v>
+      </c>
+      <c r="F41">
+        <v>65.0</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9789395390057</v>
+        <v>9789395390620</v>
       </c>
       <c r="B42" t="s">
         <v>79</v>
       </c>
       <c r="C42" t="s">
         <v>80</v>
       </c>
       <c r="D42" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E42">
         <v>2023</v>
       </c>
-      <c r="F42">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9789395390248</v>
+        <v>9789395390613</v>
       </c>
       <c r="B43" t="s">
+        <v>79</v>
+      </c>
+      <c r="C43" t="s">
         <v>81</v>
       </c>
-      <c r="C43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D43" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E43">
         <v>2023</v>
       </c>
-      <c r="F43">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9789392819957</v>
+        <v>9789395390057</v>
       </c>
       <c r="B44" t="s">
+        <v>82</v>
+      </c>
+      <c r="C44" t="s">
         <v>83</v>
       </c>
-      <c r="C44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D44" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E44">
         <v>2023</v>
       </c>
       <c r="F44">
-        <v>90.0</v>
+        <v>129.0</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9789395390316</v>
+        <v>9789395390248</v>
       </c>
       <c r="B45" t="s">
+        <v>84</v>
+      </c>
+      <c r="C45" t="s">
         <v>85</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E45">
         <v>2023</v>
       </c>
       <c r="F45">
-        <v>178.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>9781684205042</v>
+        <v>9789392819957</v>
       </c>
       <c r="B46" t="s">
+        <v>86</v>
+      </c>
+      <c r="C46" t="s">
         <v>87</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E46">
         <v>2023</v>
       </c>
+      <c r="F46">
+        <v>81.0</v>
+      </c>
     </row>
     <row r="47" spans="1:6">
+      <c r="A47">
+        <v>9789395390316</v>
+      </c>
+      <c r="B47" t="s">
+        <v>88</v>
+      </c>
       <c r="C47" t="s">
         <v>89</v>
       </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47">
+        <v>2023</v>
+      </c>
+      <c r="F47">
+        <v>161.0</v>
+      </c>
     </row>
     <row r="48" spans="1:6">
+      <c r="A48">
+        <v>9781684205042</v>
+      </c>
+      <c r="B48" t="s">
+        <v>90</v>
+      </c>
       <c r="C48" t="s">
-        <v>90</v>
+        <v>91</v>
+      </c>
+      <c r="D48" t="s">
+        <v>8</v>
+      </c>
+      <c r="E48">
+        <v>2023</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="C49" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="C50" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="C51" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="C52" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="C53" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="C54" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="C55" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="C56" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="C57" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:6">
-      <c r="A58">
-[...4 lines deleted...]
-      </c>
       <c r="C58" t="s">
         <v>101</v>
       </c>
-      <c r="D58" t="s">
+    </row>
+    <row r="59" spans="1:6">
+      <c r="C59" t="s">
         <v>102</v>
-      </c>
-[...18 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9789385062629</v>
+        <v>9781626239272</v>
       </c>
       <c r="B60" t="s">
+        <v>103</v>
+      </c>
+      <c r="C60" t="s">
+        <v>104</v>
+      </c>
+      <c r="D60" t="s">
         <v>105</v>
       </c>
-      <c r="C60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E60">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>464.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9781604067590</v>
+        <v>9783131111029</v>
       </c>
       <c r="B61" t="s">
+        <v>106</v>
+      </c>
+      <c r="C61" t="s">
         <v>107</v>
       </c>
-      <c r="C61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D61" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E61">
-        <v>2015</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9783131455819</v>
+        <v>9789385062629</v>
       </c>
       <c r="B62" t="s">
+        <v>108</v>
+      </c>
+      <c r="C62" t="s">
         <v>109</v>
       </c>
-      <c r="C62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E62">
-        <v>2011</v>
+        <v>2016</v>
+      </c>
+      <c r="F62">
+        <v>399.99</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9783136450017</v>
+        <v>9781604067590</v>
       </c>
       <c r="B63" t="s">
+        <v>110</v>
+      </c>
+      <c r="C63" t="s">
         <v>111</v>
       </c>
-      <c r="C63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D63" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E63">
-        <v>1987</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9781588900890</v>
+        <v>9783131455819</v>
+      </c>
+      <c r="B64" t="s">
+        <v>112</v>
       </c>
       <c r="C64" t="s">
         <v>113</v>
       </c>
       <c r="D64" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E64">
-        <v>2003</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9781604068696</v>
+        <v>9783136450017</v>
       </c>
       <c r="B65" t="s">
         <v>114</v>
       </c>
       <c r="C65" t="s">
         <v>115</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E65">
-        <v>2015</v>
+        <v>1987</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9781626230279</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>9781588900890</v>
       </c>
       <c r="C66" t="s">
         <v>116</v>
       </c>
       <c r="D66" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E66">
-        <v>2017</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9781604063684</v>
+        <v>9781604068696</v>
       </c>
       <c r="B67" t="s">
         <v>117</v>
       </c>
       <c r="C67" t="s">
         <v>118</v>
       </c>
       <c r="D67" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E67">
         <v>2015</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9781626231115</v>
+        <v>9781626230279</v>
       </c>
       <c r="B68" t="s">
+        <v>110</v>
+      </c>
+      <c r="C68" t="s">
         <v>119</v>
       </c>
-      <c r="C68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E68">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9781604069006</v>
+        <v>9781604063684</v>
       </c>
       <c r="B69" t="s">
         <v>120</v>
       </c>
       <c r="C69" t="s">
         <v>121</v>
       </c>
       <c r="D69" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E69">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9783132431867</v>
+        <v>9781626231115</v>
       </c>
       <c r="B70" t="s">
         <v>122</v>
       </c>
       <c r="C70" t="s">
-        <v>123</v>
+        <v>16</v>
       </c>
       <c r="D70" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E70">
         <v>2018</v>
       </c>
-      <c r="F70">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9781604065466</v>
+        <v>9781604069006</v>
       </c>
       <c r="B71" t="s">
+        <v>123</v>
+      </c>
+      <c r="C71" t="s">
         <v>124</v>
       </c>
-      <c r="C71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D71" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E71">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9789385062438</v>
+        <v>9783132431867</v>
       </c>
       <c r="B72" t="s">
+        <v>125</v>
+      </c>
+      <c r="C72" t="s">
         <v>126</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E72">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="F72">
-        <v>219.99</v>
+        <v>204.99</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9781626234833</v>
+        <v>9781604065466</v>
       </c>
       <c r="B73" t="s">
+        <v>127</v>
+      </c>
+      <c r="C73" t="s">
         <v>128</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E73">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9781684200559</v>
+        <v>9789385062438</v>
       </c>
       <c r="B74" t="s">
+        <v>129</v>
+      </c>
+      <c r="C74" t="s">
         <v>130</v>
       </c>
-      <c r="C74" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D74" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E74">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F74">
-        <v>249.99</v>
+        <v>199.99</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
-        <v>9783131711915</v>
+        <v>9781626234833</v>
       </c>
       <c r="B75" t="s">
+        <v>131</v>
+      </c>
+      <c r="C75" t="s">
         <v>132</v>
       </c>
-      <c r="C75" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D75" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E75">
-        <v>2012</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76">
-        <v>9781604063349</v>
+        <v>9781684200559</v>
       </c>
       <c r="B76" t="s">
+        <v>133</v>
+      </c>
+      <c r="C76" t="s">
         <v>134</v>
       </c>
-      <c r="C76" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E76">
-        <v>2014</v>
+        <v>2022</v>
+      </c>
+      <c r="F76">
+        <v>209.99</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77">
-        <v>9783135824031</v>
+        <v>9783131711915</v>
       </c>
       <c r="B77" t="s">
+        <v>135</v>
+      </c>
+      <c r="C77" t="s">
         <v>136</v>
       </c>
-      <c r="C77" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E77">
-        <v>2008</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78">
-        <v>9781626238169</v>
+        <v>9781604063349</v>
       </c>
       <c r="B78" t="s">
+        <v>137</v>
+      </c>
+      <c r="C78" t="s">
         <v>138</v>
       </c>
-      <c r="C78" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D78" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E78">
-        <v>2019</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79">
-        <v>9781626236929</v>
+        <v>9783135824031</v>
       </c>
       <c r="B79" t="s">
+        <v>139</v>
+      </c>
+      <c r="C79" t="s">
         <v>140</v>
       </c>
-      <c r="C79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D79" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E79">
-        <v>2018</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80">
-        <v>9781604068955</v>
+        <v>9781626238169</v>
       </c>
       <c r="B80" t="s">
+        <v>141</v>
+      </c>
+      <c r="C80" t="s">
         <v>142</v>
       </c>
-      <c r="C80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E80">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81">
-        <v>9781588903891</v>
+        <v>9781626236929</v>
       </c>
       <c r="B81" t="s">
+        <v>143</v>
+      </c>
+      <c r="C81" t="s">
         <v>144</v>
       </c>
-      <c r="C81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D81" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E81">
-        <v>2007</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82">
-        <v>9781588903440</v>
+        <v>9781604068955</v>
       </c>
       <c r="B82" t="s">
-        <v>128</v>
+        <v>145</v>
       </c>
       <c r="C82" t="s">
         <v>146</v>
       </c>
       <c r="D82" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E82">
-        <v>2006</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83">
-        <v>9781626231023</v>
+        <v>9781588903891</v>
       </c>
       <c r="B83" t="s">
         <v>147</v>
       </c>
       <c r="C83" t="s">
         <v>148</v>
       </c>
       <c r="D83" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E83">
-        <v>2020</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84">
-        <v>9781684200153</v>
+        <v>9781588903440</v>
       </c>
       <c r="B84" t="s">
+        <v>131</v>
+      </c>
+      <c r="C84" t="s">
         <v>149</v>
       </c>
-      <c r="C84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D84" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E84">
-        <v>2020</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85">
-        <v>9781684202324</v>
+        <v>9781626231023</v>
       </c>
       <c r="B85" t="s">
+        <v>150</v>
+      </c>
+      <c r="C85" t="s">
         <v>151</v>
       </c>
-      <c r="C85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D85" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E85">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86">
-        <v>9781684201181</v>
+        <v>9781684200153</v>
       </c>
       <c r="B86" t="s">
+        <v>152</v>
+      </c>
+      <c r="C86" t="s">
         <v>153</v>
       </c>
-      <c r="C86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D86" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E86">
         <v>2020</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87">
-        <v>9789385062780</v>
+        <v>9781684202324</v>
       </c>
       <c r="B87" t="s">
+        <v>154</v>
+      </c>
+      <c r="C87" t="s">
         <v>155</v>
       </c>
-      <c r="C87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D87" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E87">
-        <v>2017</v>
-[...2 lines deleted...]
-        <v>203.0</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88">
-        <v>9783136726044</v>
+        <v>9781684201181</v>
       </c>
       <c r="B88" t="s">
+        <v>156</v>
+      </c>
+      <c r="C88" t="s">
         <v>157</v>
       </c>
-      <c r="C88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E88">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89">
-        <v>9781604068542</v>
+        <v>9789385062780</v>
       </c>
       <c r="B89" t="s">
+        <v>158</v>
+      </c>
+      <c r="C89" t="s">
         <v>159</v>
       </c>
-      <c r="C89" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E89">
-        <v>2016</v>
+        <v>2017</v>
+      </c>
+      <c r="F89">
+        <v>184.0</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90">
-        <v>9783131440716</v>
+        <v>9783136726044</v>
       </c>
       <c r="B90" t="s">
+        <v>160</v>
+      </c>
+      <c r="C90" t="s">
         <v>161</v>
       </c>
-      <c r="C90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D90" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E90">
-        <v>2007</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91">
-        <v>9781626233416</v>
+        <v>9781604068542</v>
       </c>
       <c r="B91" t="s">
+        <v>162</v>
+      </c>
+      <c r="C91" t="s">
         <v>163</v>
       </c>
-      <c r="C91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E91">
-        <v>2018</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92">
-        <v>9781684201266</v>
+        <v>9783131440716</v>
       </c>
       <c r="B92" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="C92" t="s">
         <v>165</v>
       </c>
       <c r="D92" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E92">
-        <v>2019</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93">
-        <v>9783131255044</v>
+        <v>9781626233416</v>
       </c>
       <c r="B93" t="s">
         <v>166</v>
       </c>
       <c r="C93" t="s">
         <v>167</v>
       </c>
       <c r="D93" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E93">
-        <v>2014</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94">
-        <v>9783131699213</v>
+        <v>9781684201266</v>
       </c>
       <c r="B94" t="s">
+        <v>150</v>
+      </c>
+      <c r="C94" t="s">
         <v>168</v>
       </c>
-      <c r="C94" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D94" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E94">
-        <v>2013</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95">
-        <v>9781604060546</v>
+        <v>9783131255044</v>
       </c>
       <c r="B95" t="s">
-        <v>128</v>
+        <v>169</v>
       </c>
       <c r="C95" t="s">
         <v>170</v>
       </c>
       <c r="D95" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E95">
-        <v>2011</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96">
-        <v>9781626233331</v>
+        <v>9783131699213</v>
       </c>
       <c r="B96" t="s">
         <v>171</v>
       </c>
       <c r="C96" t="s">
         <v>172</v>
       </c>
       <c r="D96" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E96">
-        <v>2018</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97">
-        <v>9781626233225</v>
+        <v>9781604060546</v>
       </c>
       <c r="B97" t="s">
+        <v>131</v>
+      </c>
+      <c r="C97" t="s">
         <v>173</v>
       </c>
-      <c r="C97" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D97" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E97">
-        <v>2018</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98">
-        <v>9783132018815</v>
+        <v>9781626233331</v>
       </c>
       <c r="B98" t="s">
+        <v>174</v>
+      </c>
+      <c r="C98" t="s">
         <v>175</v>
       </c>
-      <c r="C98" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D98" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E98">
-        <v>2017</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99">
-        <v>9789382076704</v>
+        <v>9781626233225</v>
       </c>
       <c r="B99" t="s">
+        <v>176</v>
+      </c>
+      <c r="C99" t="s">
         <v>177</v>
       </c>
-      <c r="C99" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D99" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E99">
-        <v>2014</v>
-[...2 lines deleted...]
-        <v>159.99</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100">
-        <v>9781604060744</v>
+        <v>9783132018815</v>
       </c>
       <c r="B100" t="s">
-        <v>163</v>
+        <v>178</v>
       </c>
       <c r="C100" t="s">
         <v>179</v>
       </c>
       <c r="D100" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E100">
-        <v>2011</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101">
-        <v>9781626237773</v>
+        <v>9789382076704</v>
       </c>
       <c r="B101" t="s">
         <v>180</v>
       </c>
       <c r="C101" t="s">
         <v>181</v>
       </c>
       <c r="D101" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E101">
-        <v>2018</v>
+        <v>2014</v>
+      </c>
+      <c r="F101">
+        <v>144.99</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102">
-        <v>9781626232914</v>
+        <v>9781604060744</v>
       </c>
       <c r="B102" t="s">
-        <v>107</v>
+        <v>166</v>
       </c>
       <c r="C102" t="s">
         <v>182</v>
       </c>
       <c r="D102" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E102">
-        <v>2020</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103">
-        <v>9783131102829</v>
+        <v>9781626237773</v>
       </c>
       <c r="B103" t="s">
         <v>183</v>
       </c>
       <c r="C103" t="s">
         <v>184</v>
       </c>
       <c r="D103" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E103">
-        <v>2010</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104">
-        <v>9781604067514</v>
+        <v>9781626232914</v>
       </c>
       <c r="B104" t="s">
+        <v>110</v>
+      </c>
+      <c r="C104" t="s">
         <v>185</v>
       </c>
-      <c r="C104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D104" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E104">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105">
-        <v>9781604067309</v>
+        <v>9783131102829</v>
       </c>
       <c r="B105" t="s">
+        <v>186</v>
+      </c>
+      <c r="C105" t="s">
         <v>187</v>
       </c>
-      <c r="C105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D105" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E105">
-        <v>2013</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106">
-        <v>9781604063479</v>
+        <v>9781604067514</v>
       </c>
       <c r="B106" t="s">
+        <v>188</v>
+      </c>
+      <c r="C106" t="s">
         <v>189</v>
       </c>
-      <c r="C106" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D106" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E106">
-        <v>2012</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107">
-        <v>9781604068061</v>
+        <v>9781604067309</v>
       </c>
       <c r="B107" t="s">
+        <v>190</v>
+      </c>
+      <c r="C107" t="s">
         <v>191</v>
       </c>
-      <c r="C107" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D107" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E107">
-        <v>2016</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108">
-        <v>9781626232273</v>
+        <v>9781604063479</v>
       </c>
       <c r="B108" t="s">
+        <v>192</v>
+      </c>
+      <c r="C108" t="s">
         <v>193</v>
       </c>
-      <c r="C108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D108" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E108">
-        <v>2017</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109">
-        <v>9781684200054</v>
+        <v>9781604068061</v>
       </c>
       <c r="B109" t="s">
+        <v>194</v>
+      </c>
+      <c r="C109" t="s">
         <v>195</v>
       </c>
-      <c r="C109" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E109">
-        <v>2020</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110">
-        <v>9781626232969</v>
+        <v>9781626232273</v>
       </c>
       <c r="B110" t="s">
+        <v>196</v>
+      </c>
+      <c r="C110" t="s">
         <v>197</v>
       </c>
-      <c r="C110" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D110" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E110">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111">
-        <v>9781626232105</v>
+        <v>9781684200054</v>
       </c>
       <c r="B111" t="s">
+        <v>198</v>
+      </c>
+      <c r="C111" t="s">
         <v>199</v>
       </c>
-      <c r="C111" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D111" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E111">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112">
-        <v>9789385062490</v>
+        <v>9781626232969</v>
       </c>
       <c r="B112" t="s">
+        <v>200</v>
+      </c>
+      <c r="C112" t="s">
         <v>201</v>
       </c>
-      <c r="C112" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D112" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E112">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113">
-        <v>9781604067286</v>
+        <v>9781626232105</v>
       </c>
       <c r="B113" t="s">
+        <v>202</v>
+      </c>
+      <c r="C113" t="s">
         <v>203</v>
       </c>
-      <c r="C113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D113" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E113">
-        <v>2015</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114">
-        <v>9783132057913</v>
+        <v>9789385062490</v>
       </c>
       <c r="B114" t="s">
+        <v>204</v>
+      </c>
+      <c r="C114" t="s">
         <v>205</v>
       </c>
-      <c r="C114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D114" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E114">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F114">
+        <v>152.0</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115">
-        <v>9781684200238</v>
+        <v>9781604067286</v>
       </c>
       <c r="B115" t="s">
+        <v>206</v>
+      </c>
+      <c r="C115" t="s">
         <v>207</v>
       </c>
-      <c r="C115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D115" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E115">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116">
-        <v>9781626238718</v>
+        <v>9783132057913</v>
       </c>
       <c r="B116" t="s">
-        <v>185</v>
+        <v>208</v>
       </c>
       <c r="C116" t="s">
         <v>209</v>
       </c>
       <c r="D116" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E116">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117">
-        <v>9781626237742</v>
+        <v>9781684200238</v>
       </c>
       <c r="B117" t="s">
         <v>210</v>
       </c>
       <c r="C117" t="s">
         <v>211</v>
       </c>
       <c r="D117" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E117">
         <v>2020</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118">
-        <v>9781684200689</v>
+        <v>9781626238718</v>
       </c>
       <c r="B118" t="s">
+        <v>188</v>
+      </c>
+      <c r="C118" t="s">
         <v>212</v>
       </c>
-      <c r="C118" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D118" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E118">
-        <v>2022</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119">
-        <v>9781626233782</v>
+        <v>9781626237742</v>
       </c>
       <c r="B119" t="s">
+        <v>213</v>
+      </c>
+      <c r="C119" t="s">
         <v>214</v>
       </c>
-      <c r="C119" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D119" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E119">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120">
-        <v>9783131450616</v>
+        <v>9781684200689</v>
       </c>
       <c r="B120" t="s">
+        <v>215</v>
+      </c>
+      <c r="C120" t="s">
         <v>216</v>
       </c>
-      <c r="C120" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E120">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121">
-        <v>9781604067644</v>
+        <v>9781626233782</v>
       </c>
       <c r="B121" t="s">
+        <v>217</v>
+      </c>
+      <c r="C121" t="s">
         <v>218</v>
       </c>
-      <c r="C121" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D121" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E121">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122">
-        <v>9781604068054</v>
+        <v>9783131450616</v>
       </c>
       <c r="B122" t="s">
+        <v>219</v>
+      </c>
+      <c r="C122" t="s">
         <v>220</v>
       </c>
-      <c r="C122" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D122" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E122">
-        <v>2013</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123">
-        <v>9781684200573</v>
+        <v>9781604067644</v>
       </c>
       <c r="B123" t="s">
-        <v>153</v>
+        <v>221</v>
       </c>
       <c r="C123" t="s">
         <v>222</v>
       </c>
       <c r="D123" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E123">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124">
-        <v>9781626239579</v>
+        <v>9781604068054</v>
       </c>
       <c r="B124" t="s">
         <v>223</v>
       </c>
       <c r="C124" t="s">
         <v>224</v>
       </c>
       <c r="D124" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E124">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125">
-        <v>9781626238282</v>
+        <v>9781684200573</v>
       </c>
       <c r="B125" t="s">
+        <v>156</v>
+      </c>
+      <c r="C125" t="s">
         <v>225</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D125" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E125">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126">
-        <v>9781604068856</v>
+        <v>9781626239579</v>
       </c>
       <c r="B126" t="s">
+        <v>226</v>
+      </c>
+      <c r="C126" t="s">
         <v>227</v>
       </c>
-      <c r="C126" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D126" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E126">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127">
-        <v>9781604068757</v>
+        <v>9781626238282</v>
       </c>
       <c r="B127" t="s">
-        <v>128</v>
+        <v>228</v>
       </c>
       <c r="C127" t="s">
         <v>229</v>
       </c>
       <c r="D127" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E127">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128">
-        <v>9781684200313</v>
+        <v>9781604068856</v>
       </c>
       <c r="B128" t="s">
         <v>230</v>
       </c>
       <c r="C128" t="s">
         <v>231</v>
       </c>
       <c r="D128" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E128">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129">
-        <v>9783132409552</v>
+        <v>9781604068757</v>
       </c>
       <c r="B129" t="s">
+        <v>131</v>
+      </c>
+      <c r="C129" t="s">
         <v>232</v>
       </c>
-      <c r="C129" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D129" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E129">
-        <v>2018</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130">
-        <v>9781626234772</v>
+        <v>9781684200313</v>
       </c>
       <c r="B130" t="s">
+        <v>233</v>
+      </c>
+      <c r="C130" t="s">
         <v>234</v>
       </c>
-      <c r="C130" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D130" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E130">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131">
-        <v>9781626238534</v>
+        <v>9783132409552</v>
       </c>
       <c r="B131" t="s">
+        <v>235</v>
+      </c>
+      <c r="C131" t="s">
         <v>236</v>
       </c>
-      <c r="C131" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D131" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E131">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132">
-        <v>9781626232853</v>
+        <v>9781626234772</v>
       </c>
       <c r="B132" t="s">
+        <v>237</v>
+      </c>
+      <c r="C132" t="s">
         <v>238</v>
       </c>
-      <c r="C132" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D132" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E132">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133">
-        <v>9781626239081</v>
+        <v>9781626238534</v>
       </c>
       <c r="B133" t="s">
+        <v>239</v>
+      </c>
+      <c r="C133" t="s">
         <v>240</v>
       </c>
-      <c r="C133" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D133" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E133">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134">
-        <v>9781626235052</v>
+        <v>9781626232853</v>
       </c>
       <c r="B134" t="s">
+        <v>241</v>
+      </c>
+      <c r="C134" t="s">
         <v>242</v>
       </c>
-      <c r="C134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D134" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E134">
         <v>2019</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135">
-        <v>9781626231047</v>
+        <v>9781626239081</v>
       </c>
       <c r="B135" t="s">
+        <v>243</v>
+      </c>
+      <c r="C135" t="s">
         <v>244</v>
       </c>
-      <c r="C135" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D135" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E135">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136">
-        <v>9781626231719</v>
+        <v>9781626235052</v>
       </c>
       <c r="B136" t="s">
+        <v>245</v>
+      </c>
+      <c r="C136" t="s">
         <v>246</v>
       </c>
-      <c r="C136" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D136" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E136">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137">
-        <v>9781604065442</v>
+        <v>9781626231047</v>
       </c>
       <c r="B137" t="s">
+        <v>247</v>
+      </c>
+      <c r="C137" t="s">
         <v>248</v>
       </c>
-      <c r="C137" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D137" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E137">
-        <v>2015</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138">
-        <v>9781626235304</v>
+        <v>9781626231719</v>
       </c>
       <c r="B138" t="s">
+        <v>249</v>
+      </c>
+      <c r="C138" t="s">
         <v>250</v>
       </c>
-      <c r="C138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E138">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139">
-        <v>9781626230385</v>
+        <v>9781604065442</v>
       </c>
       <c r="B139" t="s">
+        <v>251</v>
+      </c>
+      <c r="C139" t="s">
         <v>252</v>
       </c>
-      <c r="C139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D139" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E139">
         <v>2015</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140">
-        <v>9781626234536</v>
+        <v>9781626235304</v>
       </c>
       <c r="B140" t="s">
-        <v>193</v>
+        <v>253</v>
       </c>
       <c r="C140" t="s">
         <v>254</v>
       </c>
       <c r="D140" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E140">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141">
-        <v>9781626232600</v>
+        <v>9781626230385</v>
       </c>
       <c r="B141" t="s">
         <v>255</v>
       </c>
       <c r="C141" t="s">
         <v>256</v>
       </c>
       <c r="D141" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E141">
-        <v>2018</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142">
-        <v>9781626230545</v>
+        <v>9781626234536</v>
       </c>
       <c r="B142" t="s">
+        <v>196</v>
+      </c>
+      <c r="C142" t="s">
         <v>257</v>
       </c>
-      <c r="C142" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D142" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E142">
-        <v>2016</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143">
-        <v>9783131486110</v>
+        <v>9781626232600</v>
       </c>
       <c r="B143" t="s">
-        <v>183</v>
+        <v>258</v>
       </c>
       <c r="C143" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D143" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E143">
-        <v>2013</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144">
-        <v>9783132026810</v>
+        <v>9781626230545</v>
       </c>
       <c r="B144" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C144" t="s">
-        <v>260</v>
+        <v>109</v>
       </c>
       <c r="D144" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E144">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145">
-        <v>9781604067002</v>
+        <v>9783131486110</v>
       </c>
       <c r="B145" t="s">
-        <v>234</v>
+        <v>186</v>
       </c>
       <c r="C145" t="s">
         <v>261</v>
       </c>
       <c r="D145" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E145">
-        <v>2017</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146">
-        <v>9781626230910</v>
+        <v>9783132026810</v>
       </c>
       <c r="B146" t="s">
         <v>262</v>
       </c>
       <c r="C146" t="s">
         <v>263</v>
       </c>
       <c r="D146" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E146">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147">
-        <v>9781626232754</v>
+        <v>9781604067002</v>
       </c>
       <c r="B147" t="s">
+        <v>237</v>
+      </c>
+      <c r="C147" t="s">
         <v>264</v>
       </c>
-      <c r="C147" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D147" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E147">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148">
-        <v>9783132414471</v>
+        <v>9781626230910</v>
       </c>
       <c r="B148" t="s">
+        <v>265</v>
+      </c>
+      <c r="C148" t="s">
         <v>266</v>
       </c>
-      <c r="C148" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D148" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E148">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149">
-        <v>9783131726612</v>
+        <v>9781626232754</v>
       </c>
       <c r="B149" t="s">
+        <v>267</v>
+      </c>
+      <c r="C149" t="s">
         <v>268</v>
       </c>
-      <c r="C149" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D149" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E149">
-        <v>2015</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150">
-        <v>9783132415621</v>
+        <v>9783132414471</v>
       </c>
       <c r="B150" t="s">
+        <v>269</v>
+      </c>
+      <c r="C150" t="s">
         <v>270</v>
       </c>
-      <c r="C150" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D150" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E150">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151">
-        <v>9781604067231</v>
+        <v>9783131726612</v>
       </c>
       <c r="B151" t="s">
+        <v>271</v>
+      </c>
+      <c r="C151" t="s">
         <v>272</v>
       </c>
-      <c r="C151" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E151">
         <v>2015</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152">
-        <v>9781684200924</v>
+        <v>9783132415621</v>
       </c>
       <c r="B152" t="s">
+        <v>273</v>
+      </c>
+      <c r="C152" t="s">
         <v>274</v>
       </c>
-      <c r="C152" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E152">
         <v>2020</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153">
-        <v>9781626232167</v>
+        <v>9781604067231</v>
       </c>
       <c r="B153" t="s">
+        <v>275</v>
+      </c>
+      <c r="C153" t="s">
         <v>276</v>
       </c>
-      <c r="C153" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E153">
-        <v>2019</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154">
-        <v>9781626239012</v>
+        <v>9781684200924</v>
       </c>
       <c r="B154" t="s">
+        <v>277</v>
+      </c>
+      <c r="C154" t="s">
         <v>278</v>
       </c>
-      <c r="C154" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E154">
         <v>2020</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155">
-        <v>9781684200078</v>
+        <v>9781626232167</v>
       </c>
       <c r="B155" t="s">
-        <v>180</v>
+        <v>279</v>
       </c>
       <c r="C155" t="s">
         <v>280</v>
       </c>
       <c r="D155" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E155">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156">
-        <v>9781588904027</v>
+        <v>9781626239012</v>
       </c>
       <c r="B156" t="s">
         <v>281</v>
       </c>
       <c r="C156" t="s">
         <v>282</v>
       </c>
       <c r="D156" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E156">
-        <v>2010</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157">
-        <v>9781684200214</v>
+        <v>9781684200078</v>
       </c>
       <c r="B157" t="s">
+        <v>183</v>
+      </c>
+      <c r="C157" t="s">
         <v>283</v>
       </c>
-      <c r="C157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E157">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158">
-        <v>9781604065930</v>
+        <v>9781588904027</v>
       </c>
       <c r="B158" t="s">
+        <v>284</v>
+      </c>
+      <c r="C158" t="s">
         <v>285</v>
       </c>
-      <c r="C158" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E158">
-        <v>2013</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159">
-        <v>9783131165015</v>
+        <v>9781684200214</v>
       </c>
       <c r="B159" t="s">
-        <v>111</v>
+        <v>286</v>
       </c>
       <c r="C159" t="s">
         <v>287</v>
       </c>
       <c r="D159" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E159">
-        <v>1995</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160">
-        <v>9781626230323</v>
+        <v>9781604065930</v>
       </c>
       <c r="B160" t="s">
         <v>288</v>
       </c>
       <c r="C160" t="s">
         <v>289</v>
       </c>
       <c r="D160" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E160">
-        <v>2015</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161">
-        <v>9781626232181</v>
+        <v>9783131165015</v>
       </c>
       <c r="B161" t="s">
+        <v>114</v>
+      </c>
+      <c r="C161" t="s">
         <v>290</v>
       </c>
-      <c r="C161" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D161" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E161">
-        <v>2020</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162">
-        <v>9781684202492</v>
+        <v>9781626230323</v>
       </c>
       <c r="B162" t="s">
+        <v>291</v>
+      </c>
+      <c r="C162" t="s">
         <v>292</v>
       </c>
-      <c r="C162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E162">
-        <v>2022</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163">
-        <v>9781626231986</v>
+        <v>9781626232181</v>
       </c>
       <c r="B163" t="s">
-        <v>134</v>
+        <v>293</v>
       </c>
       <c r="C163" t="s">
         <v>294</v>
       </c>
       <c r="D163" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E163">
         <v>2020</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164">
-        <v>9781604068795</v>
+        <v>9781684202492</v>
       </c>
       <c r="B164" t="s">
-        <v>163</v>
+        <v>295</v>
       </c>
       <c r="C164" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="D164" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E164">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165">
-        <v>9781626232808</v>
+        <v>9781626231986</v>
       </c>
       <c r="B165" t="s">
-        <v>296</v>
+        <v>137</v>
       </c>
       <c r="C165" t="s">
         <v>297</v>
       </c>
       <c r="D165" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E165">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166">
-        <v>9781684200740</v>
+        <v>9781604068795</v>
       </c>
       <c r="B166" t="s">
+        <v>166</v>
+      </c>
+      <c r="C166" t="s">
         <v>298</v>
       </c>
-      <c r="C166" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D166" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E166">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167">
-        <v>9781604064179</v>
+        <v>9781626232808</v>
       </c>
       <c r="B167" t="s">
+        <v>299</v>
+      </c>
+      <c r="C167" t="s">
         <v>300</v>
       </c>
-      <c r="C167" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D167" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E167">
-        <v>2013</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168">
-        <v>9781626230309</v>
+        <v>9781684200740</v>
       </c>
       <c r="B168" t="s">
-        <v>195</v>
+        <v>301</v>
       </c>
       <c r="C168" t="s">
         <v>302</v>
       </c>
       <c r="D168" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E168">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169">
-        <v>9781626238893</v>
+        <v>9781604064179</v>
       </c>
       <c r="B169" t="s">
         <v>303</v>
       </c>
       <c r="C169" t="s">
         <v>304</v>
       </c>
       <c r="D169" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E169">
-        <v>2019</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170">
-        <v>9781626232068</v>
+        <v>9781626230309</v>
       </c>
       <c r="B170" t="s">
+        <v>198</v>
+      </c>
+      <c r="C170" t="s">
         <v>305</v>
       </c>
-      <c r="C170" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E170">
-        <v>2017</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171">
-        <v>9783132409576</v>
+        <v>9781626238893</v>
       </c>
       <c r="B171" t="s">
+        <v>306</v>
+      </c>
+      <c r="C171" t="s">
         <v>307</v>
       </c>
-      <c r="C171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D171" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E171">
-        <v>2017</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172">
-        <v>9783131444813</v>
+        <v>9781626232068</v>
       </c>
       <c r="B172" t="s">
+        <v>308</v>
+      </c>
+      <c r="C172" t="s">
         <v>309</v>
       </c>
-      <c r="C172" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E172">
-        <v>2007</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173">
-        <v>9781604068986</v>
+        <v>9783132409576</v>
       </c>
       <c r="B173" t="s">
+        <v>310</v>
+      </c>
+      <c r="C173" t="s">
         <v>311</v>
       </c>
-      <c r="C173" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D173" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E173">
         <v>2017</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174">
-        <v>9781626233362</v>
+        <v>9783131444813</v>
       </c>
       <c r="B174" t="s">
-        <v>163</v>
+        <v>312</v>
       </c>
       <c r="C174" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D174" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E174">
-        <v>2018</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175">
-        <v>9781626236431</v>
+        <v>9781604068986</v>
       </c>
       <c r="B175" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C175" t="s">
-        <v>314</v>
+        <v>16</v>
       </c>
       <c r="D175" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E175">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176">
-        <v>9781626237100</v>
+        <v>9781626233362</v>
       </c>
       <c r="B176" t="s">
+        <v>166</v>
+      </c>
+      <c r="C176" t="s">
         <v>315</v>
       </c>
-      <c r="C176" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D176" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E176">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177">
-        <v>9781626233317</v>
+        <v>9781626236431</v>
       </c>
       <c r="B177" t="s">
+        <v>316</v>
+      </c>
+      <c r="C177" t="s">
         <v>317</v>
       </c>
-      <c r="C177" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D177" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E177">
         <v>2019</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178">
-        <v>9781626239531</v>
+        <v>9781626237100</v>
       </c>
       <c r="B178" t="s">
+        <v>318</v>
+      </c>
+      <c r="C178" t="s">
         <v>319</v>
       </c>
-      <c r="C178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D178" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E178">
         <v>2019</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179">
-        <v>9781626239319</v>
+        <v>9781626233317</v>
       </c>
       <c r="B179" t="s">
+        <v>320</v>
+      </c>
+      <c r="C179" t="s">
         <v>321</v>
       </c>
-      <c r="C179" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E179">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180">
-        <v>9781626233539</v>
+        <v>9781626239531</v>
       </c>
       <c r="B180" t="s">
+        <v>322</v>
+      </c>
+      <c r="C180" t="s">
         <v>323</v>
       </c>
-      <c r="C180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E180">
         <v>2019</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181">
-        <v>9781626230255</v>
+        <v>9781626239319</v>
       </c>
       <c r="B181" t="s">
+        <v>324</v>
+      </c>
+      <c r="C181" t="s">
         <v>325</v>
       </c>
-      <c r="C181" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D181" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E181">
-        <v>2016</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182">
-        <v>9781604064117</v>
+        <v>9781626233539</v>
       </c>
       <c r="B182" t="s">
-        <v>236</v>
+        <v>326</v>
       </c>
       <c r="C182" t="s">
-        <v>113</v>
+        <v>327</v>
       </c>
       <c r="D182" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E182">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183">
-        <v>9781626237322</v>
+        <v>9781626230255</v>
       </c>
       <c r="B183" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C183" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D183" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E183">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184">
-        <v>9781626234949</v>
+        <v>9781604064117</v>
       </c>
       <c r="B184" t="s">
-        <v>163</v>
+        <v>239</v>
       </c>
       <c r="C184" t="s">
-        <v>329</v>
+        <v>116</v>
       </c>
       <c r="D184" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E184">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185">
-        <v>9781684202249</v>
+        <v>9781626237322</v>
       </c>
       <c r="B185" t="s">
         <v>330</v>
       </c>
       <c r="C185" t="s">
         <v>331</v>
       </c>
       <c r="D185" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E185">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186">
-        <v>9781626238060</v>
+        <v>9781626234949</v>
       </c>
       <c r="B186" t="s">
+        <v>166</v>
+      </c>
+      <c r="C186" t="s">
         <v>332</v>
       </c>
-      <c r="C186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D186" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E186">
-        <v>2018</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187">
-        <v>9781604060577</v>
+        <v>9781684202249</v>
       </c>
       <c r="B187" t="s">
+        <v>333</v>
+      </c>
+      <c r="C187" t="s">
         <v>334</v>
       </c>
-      <c r="C187" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D187" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E187">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188">
-        <v>9781626231108</v>
+        <v>9781626238060</v>
       </c>
       <c r="B188" t="s">
+        <v>335</v>
+      </c>
+      <c r="C188" t="s">
         <v>336</v>
       </c>
-      <c r="C188" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E188">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189">
-        <v>9783131418722</v>
+        <v>9781604060577</v>
       </c>
       <c r="B189" t="s">
         <v>337</v>
       </c>
       <c r="C189" t="s">
         <v>338</v>
       </c>
       <c r="D189" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E189">
-        <v>2017</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190">
-        <v>9781684200535</v>
+        <v>9781626231108</v>
       </c>
       <c r="B190" t="s">
         <v>339</v>
       </c>
       <c r="C190" t="s">
-        <v>340</v>
+        <v>16</v>
       </c>
       <c r="D190" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E190">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191">
-        <v>9781626234550</v>
+        <v>9783131418722</v>
       </c>
       <c r="B191" t="s">
-        <v>193</v>
+        <v>340</v>
       </c>
       <c r="C191" t="s">
         <v>341</v>
       </c>
       <c r="D191" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E191">
-        <v>2018</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192">
-        <v>9781626230217</v>
+        <v>9781684200535</v>
       </c>
       <c r="B192" t="s">
         <v>342</v>
       </c>
       <c r="C192" t="s">
         <v>343</v>
       </c>
       <c r="D192" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E192">
-        <v>2016</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193">
-        <v>9781626237971</v>
+        <v>9781626234550</v>
       </c>
       <c r="B193" t="s">
-        <v>300</v>
+        <v>196</v>
       </c>
       <c r="C193" t="s">
         <v>344</v>
       </c>
       <c r="D193" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E193">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194">
-        <v>9783132417182</v>
+        <v>9781626230217</v>
       </c>
       <c r="B194" t="s">
         <v>345</v>
       </c>
       <c r="C194" t="s">
         <v>346</v>
       </c>
       <c r="D194" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="E194">
-        <v>2019</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195">
-        <v>9781626232020</v>
+        <v>9781626237971</v>
       </c>
       <c r="B195" t="s">
-        <v>81</v>
+        <v>303</v>
       </c>
       <c r="C195" t="s">
         <v>347</v>
       </c>
       <c r="D195" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E195">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196">
-        <v>9781684200092</v>
+        <v>9783132417182</v>
       </c>
       <c r="B196" t="s">
         <v>348</v>
       </c>
       <c r="C196" t="s">
         <v>349</v>
       </c>
       <c r="D196" t="s">
         <v>8</v>
       </c>
       <c r="E196">
-        <v>2022</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197">
-        <v>9783131723819</v>
+        <v>9781626232020</v>
       </c>
       <c r="B197" t="s">
+        <v>84</v>
+      </c>
+      <c r="C197" t="s">
         <v>350</v>
       </c>
-      <c r="C197" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D197" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E197">
-        <v>2013</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198">
-        <v>9789386293565</v>
+        <v>9781684200092</v>
       </c>
       <c r="B198" t="s">
+        <v>351</v>
+      </c>
+      <c r="C198" t="s">
         <v>352</v>
       </c>
-      <c r="C198" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D198" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E198">
-        <v>2019</v>
-[...2 lines deleted...]
-        <v>171.0</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199">
-        <v>9789382076933</v>
+        <v>9783131723819</v>
       </c>
       <c r="B199" t="s">
+        <v>353</v>
+      </c>
+      <c r="C199" t="s">
         <v>354</v>
       </c>
-      <c r="C199" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D199" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E199">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>168.0</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200">
-        <v>9781626235076</v>
+        <v>9789386293565</v>
       </c>
       <c r="B200" t="s">
-        <v>81</v>
+        <v>355</v>
       </c>
       <c r="C200" t="s">
         <v>356</v>
       </c>
       <c r="D200" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E200">
         <v>2019</v>
       </c>
+      <c r="F200">
+        <v>155.0</v>
+      </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201">
-        <v>9781626232372</v>
+        <v>9789382076933</v>
       </c>
       <c r="B201" t="s">
         <v>357</v>
       </c>
       <c r="C201" t="s">
         <v>358</v>
       </c>
       <c r="D201" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E201">
-        <v>2019</v>
+        <v>2016</v>
+      </c>
+      <c r="F201">
+        <v>152.0</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202">
-        <v>9781626233461</v>
+        <v>9781626235076</v>
       </c>
       <c r="B202" t="s">
+        <v>84</v>
+      </c>
+      <c r="C202" t="s">
         <v>359</v>
       </c>
-      <c r="C202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D202" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E202">
-        <v>2018</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203">
-        <v>9781626238558</v>
+        <v>9781626232372</v>
       </c>
       <c r="B203" t="s">
+        <v>360</v>
+      </c>
+      <c r="C203" t="s">
         <v>361</v>
       </c>
-      <c r="C203" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D203" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E203">
         <v>2019</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204">
-        <v>9783131471512</v>
+        <v>9781626233461</v>
       </c>
       <c r="B204" t="s">
+        <v>362</v>
+      </c>
+      <c r="C204" t="s">
         <v>363</v>
       </c>
-      <c r="C204" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E204">
-        <v>2010</v>
+        <v>2018</v>
+      </c>
+      <c r="F204">
+        <v>49.99</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205">
-        <v>9781626237148</v>
+        <v>9781626238558</v>
       </c>
       <c r="B205" t="s">
+        <v>364</v>
+      </c>
+      <c r="C205" t="s">
         <v>365</v>
       </c>
-      <c r="C205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E205">
         <v>2019</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206">
-        <v>9781626232341</v>
+        <v>9783131471512</v>
       </c>
       <c r="B206" t="s">
+        <v>366</v>
+      </c>
+      <c r="C206" t="s">
         <v>367</v>
       </c>
-      <c r="C206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E206">
-        <v>2017</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207">
-        <v>9781684201532</v>
+        <v>9781626237148</v>
       </c>
       <c r="B207" t="s">
+        <v>368</v>
+      </c>
+      <c r="C207" t="s">
         <v>369</v>
       </c>
-      <c r="C207" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D207" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E207">
-        <v>2021</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208">
-        <v>9781684200191</v>
+        <v>9781626232341</v>
       </c>
       <c r="B208" t="s">
+        <v>370</v>
+      </c>
+      <c r="C208" t="s">
         <v>371</v>
       </c>
-      <c r="C208" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D208" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E208">
-        <v>2020</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209">
-        <v>9781626234901</v>
+        <v>9781684201532</v>
       </c>
       <c r="B209" t="s">
+        <v>372</v>
+      </c>
+      <c r="C209" t="s">
         <v>373</v>
       </c>
-      <c r="C209" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D209" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E209">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210">
-        <v>9781626233201</v>
+        <v>9781684200191</v>
       </c>
       <c r="B210" t="s">
+        <v>374</v>
+      </c>
+      <c r="C210" t="s">
         <v>375</v>
       </c>
-      <c r="C210" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D210" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="E210">
-        <v>2017</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211">
-        <v>9783131646019</v>
+        <v>9781626234901</v>
       </c>
       <c r="B211" t="s">
+        <v>376</v>
+      </c>
+      <c r="C211" t="s">
         <v>377</v>
       </c>
-      <c r="C211" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D211" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E211">
-        <v>2014</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212">
-        <v>9783134535020</v>
+        <v>9781626233201</v>
       </c>
       <c r="B212" t="s">
-        <v>111</v>
+        <v>378</v>
       </c>
       <c r="C212" t="s">
         <v>379</v>
       </c>
       <c r="D212" t="s">
         <v>8</v>
       </c>
       <c r="E212">
-        <v>2006</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213">
-        <v>9781626235328</v>
+        <v>9783131646019</v>
       </c>
       <c r="B213" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="C213" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D213" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E213">
-        <v>2021</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214">
-        <v>9781626233461</v>
+        <v>9783134535020</v>
       </c>
       <c r="B214" t="s">
-        <v>359</v>
+        <v>114</v>
       </c>
       <c r="C214" t="s">
-        <v>25</v>
+        <v>382</v>
       </c>
       <c r="D214" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E214">
-        <v>2016</v>
-[...2 lines deleted...]
-        <v>59.99</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215">
-        <v>9781626232501</v>
+        <v>9781626235328</v>
       </c>
       <c r="B215" t="s">
-        <v>348</v>
+        <v>376</v>
       </c>
       <c r="C215" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D215" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E215">
-        <v>2017</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216">
-        <v>9781626231597</v>
+        <v>9781626233461</v>
       </c>
       <c r="B216" t="s">
-        <v>382</v>
+        <v>362</v>
       </c>
       <c r="C216" t="s">
-        <v>383</v>
+        <v>28</v>
       </c>
       <c r="D216" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E216">
-        <v>2017</v>
+        <v>2016</v>
+      </c>
+      <c r="F216">
+        <v>49.99</v>
       </c>
     </row>
     <row r="217" spans="1:6">
       <c r="A217">
-        <v>9783132412774</v>
+        <v>9781626232501</v>
       </c>
       <c r="B217" t="s">
+        <v>351</v>
+      </c>
+      <c r="C217" t="s">
         <v>384</v>
       </c>
-      <c r="C217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D217" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E217">
-        <v>2023</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="218" spans="1:6">
       <c r="A218">
-        <v>9781626230965</v>
+        <v>9781626231597</v>
       </c>
       <c r="B218" t="s">
+        <v>385</v>
+      </c>
+      <c r="C218" t="s">
         <v>386</v>
       </c>
-      <c r="C218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D218" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E218">
         <v>2017</v>
       </c>
     </row>
     <row r="219" spans="1:6">
       <c r="A219">
-        <v>9783131364524</v>
+        <v>9783132412774</v>
       </c>
       <c r="B219" t="s">
+        <v>387</v>
+      </c>
+      <c r="C219" t="s">
         <v>388</v>
       </c>
-      <c r="C219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D219" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E219">
-        <v>2017</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="220" spans="1:6">
       <c r="A220">
-        <v>9781626232488</v>
+        <v>9781626230965</v>
       </c>
       <c r="B220" t="s">
-        <v>369</v>
+        <v>389</v>
       </c>
       <c r="C220" t="s">
         <v>390</v>
       </c>
       <c r="D220" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E220">
-        <v>2016</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="221" spans="1:6">
       <c r="A221">
-        <v>9783132412866</v>
+        <v>9783131364524</v>
       </c>
       <c r="B221" t="s">
         <v>391</v>
       </c>
       <c r="C221" t="s">
         <v>392</v>
       </c>
       <c r="D221" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E221">
-        <v>2019</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="222" spans="1:6">
       <c r="A222">
-        <v>9781684200177</v>
+        <v>9781626232488</v>
       </c>
       <c r="B222" t="s">
-        <v>163</v>
+        <v>372</v>
       </c>
       <c r="C222" t="s">
         <v>393</v>
       </c>
       <c r="D222" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="E222">
-        <v>2021</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="223" spans="1:6">
       <c r="A223">
-        <v>9781604068733</v>
+        <v>9783132412866</v>
       </c>
       <c r="B223" t="s">
-        <v>142</v>
+        <v>394</v>
       </c>
       <c r="C223" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="D223" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E223">
-        <v>2015</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="224" spans="1:6">
       <c r="A224">
-        <v>9789390553136</v>
+        <v>9781684200177</v>
       </c>
       <c r="B224" t="s">
-        <v>395</v>
+        <v>166</v>
       </c>
       <c r="C224" t="s">
         <v>396</v>
       </c>
       <c r="D224" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E224">
         <v>2021</v>
       </c>
-      <c r="F224">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="225" spans="1:6">
       <c r="A225">
-        <v>9781626235014</v>
+        <v>9781604068733</v>
       </c>
       <c r="B225" t="s">
-        <v>81</v>
+        <v>145</v>
       </c>
       <c r="C225" t="s">
         <v>397</v>
       </c>
       <c r="D225" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E225">
-        <v>2020</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="226" spans="1:6">
       <c r="A226">
-        <v>9789388257756</v>
+        <v>9789390553136</v>
       </c>
       <c r="B226" t="s">
-        <v>83</v>
+        <v>398</v>
       </c>
       <c r="C226" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="D226" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E226">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F226">
-        <v>90.0</v>
+        <v>514.0</v>
       </c>
     </row>
     <row r="227" spans="1:6">
       <c r="A227">
-        <v>9789390553341</v>
+        <v>9781626235014</v>
       </c>
       <c r="B227" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C227" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D227" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E227">
-        <v>2022</v>
-[...2 lines deleted...]
-        <v>90.0</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="228" spans="1:6">
       <c r="A228">
-        <v>9783131994219</v>
+        <v>9789388257756</v>
       </c>
       <c r="B228" t="s">
-        <v>400</v>
+        <v>86</v>
       </c>
       <c r="C228" t="s">
         <v>401</v>
       </c>
       <c r="D228" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E228">
-        <v>2017</v>
+        <v>2020</v>
+      </c>
+      <c r="F228">
+        <v>81.0</v>
       </c>
     </row>
     <row r="229" spans="1:6">
       <c r="A229">
-        <v>9789388257541</v>
+        <v>9789390553341</v>
       </c>
       <c r="B229" t="s">
+        <v>86</v>
+      </c>
+      <c r="C229" t="s">
         <v>402</v>
       </c>
-      <c r="C229" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D229" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E229">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="F229">
-        <v>142.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="230" spans="1:6">
       <c r="A230">
-        <v>9789388257534</v>
+        <v>9783131994219</v>
       </c>
       <c r="B230" t="s">
-        <v>85</v>
+        <v>403</v>
       </c>
       <c r="C230" t="s">
         <v>404</v>
       </c>
       <c r="D230" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E230">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>319.0</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="231" spans="1:6">
       <c r="A231">
-        <v>9781626236233</v>
+        <v>9789388257541</v>
       </c>
       <c r="B231" t="s">
-        <v>81</v>
+        <v>405</v>
       </c>
       <c r="C231" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D231" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="E231">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+      <c r="F231">
+        <v>129.0</v>
       </c>
     </row>
     <row r="232" spans="1:6">
       <c r="A232">
-        <v>9781626239661</v>
+        <v>9789388257534</v>
       </c>
       <c r="B232" t="s">
-        <v>406</v>
+        <v>88</v>
       </c>
       <c r="C232" t="s">
         <v>407</v>
       </c>
       <c r="D232" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E232">
-        <v>2021</v>
+        <v>2020</v>
+      </c>
+      <c r="F232">
+        <v>290.0</v>
       </c>
     </row>
     <row r="233" spans="1:6">
       <c r="A233">
-        <v>9781684200511</v>
+        <v>9781626236233</v>
       </c>
       <c r="B233" t="s">
+        <v>84</v>
+      </c>
+      <c r="C233" t="s">
         <v>408</v>
       </c>
-      <c r="C233" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D233" t="s">
-        <v>8</v>
+        <v>105</v>
       </c>
       <c r="E233">
-        <v>2022</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="234" spans="1:6">
       <c r="A234">
-        <v>9789390553204</v>
+        <v>9781626239661</v>
       </c>
       <c r="B234" t="s">
-        <v>62</v>
+        <v>409</v>
       </c>
       <c r="C234" t="s">
         <v>410</v>
       </c>
       <c r="D234" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E234">
         <v>2021</v>
       </c>
-      <c r="F234">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="235" spans="1:6">
       <c r="A235">
-        <v>9789388257923</v>
+        <v>9781684200511</v>
+      </c>
+      <c r="B235" t="s">
+        <v>411</v>
       </c>
       <c r="C235" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D235" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E235">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>178.0</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="236" spans="1:6">
       <c r="A236">
-        <v>9789388257916</v>
+        <v>9789390553204</v>
+      </c>
+      <c r="B236" t="s">
+        <v>65</v>
       </c>
       <c r="C236" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D236" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E236">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="F236">
-        <v>178.0</v>
+        <v>138.0</v>
       </c>
     </row>
     <row r="237" spans="1:6">
       <c r="A237">
-        <v>9788194857099</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>9789388257923</v>
       </c>
       <c r="C237" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D237" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E237">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F237">
-        <v>160.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="238" spans="1:6">
       <c r="A238">
-        <v>9783132421462</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>9789388257916</v>
       </c>
       <c r="C238" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D238" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E238">
-        <v>2022</v>
+        <v>2020</v>
+      </c>
+      <c r="F238">
+        <v>161.0</v>
       </c>
     </row>
     <row r="239" spans="1:6">
       <c r="A239">
-        <v>9789390553334</v>
+        <v>9788194857099</v>
       </c>
       <c r="B239" t="s">
-        <v>415</v>
+        <v>204</v>
       </c>
       <c r="C239" t="s">
         <v>416</v>
       </c>
       <c r="D239" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E239">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F239">
-        <v>178.0</v>
+        <v>145.0</v>
       </c>
     </row>
     <row r="240" spans="1:6">
       <c r="A240">
-        <v>9781604068818</v>
+        <v>9783132421462</v>
       </c>
       <c r="B240" t="s">
-        <v>230</v>
+        <v>310</v>
       </c>
       <c r="C240" t="s">
         <v>417</v>
       </c>
       <c r="D240" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E240">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="241" spans="1:6">
       <c r="A241">
-        <v>9789385062124</v>
+        <v>9789390553334</v>
       </c>
       <c r="B241" t="s">
         <v>418</v>
       </c>
       <c r="C241" t="s">
         <v>419</v>
       </c>
       <c r="D241" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="E241">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="F241">
-        <v>203.0</v>
+        <v>161.0</v>
       </c>
     </row>
     <row r="242" spans="1:6">
       <c r="A242">
+        <v>9781604068818</v>
+      </c>
+      <c r="B242" t="s">
+        <v>233</v>
+      </c>
+      <c r="C242" t="s">
+        <v>420</v>
+      </c>
+      <c r="D242" t="s">
+        <v>12</v>
+      </c>
+      <c r="E242">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6">
+      <c r="A243">
+        <v>9789385062124</v>
+      </c>
+      <c r="B243" t="s">
+        <v>421</v>
+      </c>
+      <c r="C243" t="s">
+        <v>422</v>
+      </c>
+      <c r="D243" t="s">
+        <v>12</v>
+      </c>
+      <c r="E243">
+        <v>2017</v>
+      </c>
+      <c r="F243">
+        <v>184.0</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6">
+      <c r="A244">
         <v>9789388257107</v>
       </c>
-      <c r="B242" t="s">
-[...8 lines deleted...]
-      <c r="E242">
+      <c r="B244" t="s">
+        <v>423</v>
+      </c>
+      <c r="C244" t="s">
+        <v>424</v>
+      </c>
+      <c r="D244" t="s">
+        <v>12</v>
+      </c>
+      <c r="E244">
         <v>2019</v>
       </c>
-      <c r="F242">
-        <v>224.0</v>
+      <c r="F244">
+        <v>203.0</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">