--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -686,51 +686,51 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
         <v>9789390553075</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
         <v>2022</v>
       </c>
       <c r="F2">
-        <v>72.0</v>
+        <v>65.0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>9781626237858</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>8</v>
       </c>
       <c r="E3">
         <v>2023</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="C4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:6">
@@ -894,51 +894,51 @@
       </c>
       <c r="D18" t="s">
         <v>34</v>
       </c>
       <c r="E18">
         <v>2019</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>9789385062117</v>
       </c>
       <c r="B19" t="s">
         <v>35</v>
       </c>
       <c r="C19" t="s">
         <v>36</v>
       </c>
       <c r="D19" t="s">
         <v>34</v>
       </c>
       <c r="E19">
         <v>2014</v>
       </c>
       <c r="F19">
-        <v>54.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>9781604060744</v>
       </c>
       <c r="B20" t="s">
         <v>37</v>
       </c>
       <c r="C20" t="s">
         <v>38</v>
       </c>
       <c r="D20" t="s">
         <v>8</v>
       </c>
       <c r="E20">
         <v>2011</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9781604067514</v>
       </c>
       <c r="B21" t="s">
         <v>39</v>