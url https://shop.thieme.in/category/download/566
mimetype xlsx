--- v0 (2025-10-22)
+++ v1 (2025-11-27)
@@ -12,68 +12,209 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
+  </si>
+  <si>
+    <t>Preetha Kamath Agarwal</t>
+  </si>
+  <si>
+    <t>Dermatology Fundamentals</t>
+  </si>
+  <si>
+    <t>Paperback</t>
+  </si>
+  <si>
+    <t>Robert H True</t>
+  </si>
+  <si>
+    <t>Practical Guide to Hair Transplantation</t>
+  </si>
+  <si>
+    <t>Hardback</t>
+  </si>
+  <si>
+    <t>Neligan</t>
+  </si>
+  <si>
+    <t>Jackson's Local Flaps in Head and Neck Reconstruction</t>
+  </si>
+  <si>
+    <t>David H. Ciocon</t>
+  </si>
+  <si>
+    <t>Procedural Dermatology Volume I: Reconstruction</t>
+  </si>
+  <si>
+    <t>Yoon-Soo Cindy Bae</t>
+  </si>
+  <si>
+    <t>Procedural Dermatology Volume II</t>
+  </si>
+  <si>
+    <t>Jeremy A. Brauer</t>
+  </si>
+  <si>
+    <t>Men's Aesthetics</t>
+  </si>
+  <si>
+    <t>Laskaris</t>
+  </si>
+  <si>
+    <t>Color Atlas of Oral Diseases</t>
+  </si>
+  <si>
+    <t>Braz</t>
+  </si>
+  <si>
+    <t>Dermal Fillers</t>
+  </si>
+  <si>
+    <t>Kontis</t>
+  </si>
+  <si>
+    <t>Cosmetic Injection Techniques</t>
+  </si>
+  <si>
+    <t>Rocken</t>
+  </si>
+  <si>
+    <t>Color Atlas of Dermatology</t>
+  </si>
+  <si>
+    <t>Paperback/softback</t>
+  </si>
+  <si>
+    <t>Thornton</t>
+  </si>
+  <si>
+    <t>Facial Reconstruction After Mohs Surgery</t>
+  </si>
+  <si>
+    <t>Hausauer</t>
+  </si>
+  <si>
+    <t>PRP and Microneedling in Aesthetic Medicine</t>
+  </si>
+  <si>
+    <t>Janis</t>
+  </si>
+  <si>
+    <t>Essentials of Aesthetic Surgery</t>
+  </si>
+  <si>
+    <t>Dover</t>
+  </si>
+  <si>
+    <t>The Business of Dermatology</t>
+  </si>
+  <si>
+    <t>Harmon</t>
+  </si>
+  <si>
+    <t>Mohs Micrographic Surgery</t>
+  </si>
+  <si>
+    <t>Carniol</t>
+  </si>
+  <si>
+    <t>Complications in Minimally Invasive Facial Rejuvenation</t>
+  </si>
+  <si>
+    <t>Rohrich</t>
+  </si>
+  <si>
+    <t>Facial Danger Zones</t>
+  </si>
+  <si>
+    <t>Collares</t>
+  </si>
+  <si>
+    <t>Varicose Veins</t>
+  </si>
+  <si>
+    <t>Unger</t>
+  </si>
+  <si>
+    <t>Hair Transplantation</t>
+  </si>
+  <si>
+    <t>McCollough</t>
+  </si>
+  <si>
+    <t>The Elite Facial Surgery Practice</t>
+  </si>
+  <si>
+    <t>Freitag</t>
+  </si>
+  <si>
+    <t>Eyelid Reconstruction</t>
+  </si>
+  <si>
+    <t>Gastman</t>
+  </si>
+  <si>
+    <t>Cutaneous Malignancies</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -377,76 +518,456 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F1"/>
+  <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6">
+      <c r="A2">
+        <v>9781684205691</v>
+      </c>
+      <c r="B2" t="s">
+        <v>6</v>
+      </c>
+      <c r="C2" t="s">
+        <v>7</v>
+      </c>
+      <c r="D2" t="s">
+        <v>8</v>
+      </c>
+      <c r="E2">
+        <v>2025</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6">
+      <c r="A3">
+        <v>9788197299032</v>
+      </c>
+      <c r="B3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3">
+        <v>2025</v>
+      </c>
+      <c r="F3">
+        <v>219.99</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6">
+      <c r="A4">
+        <v>9781626238107</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5">
+        <v>9783132424050</v>
+      </c>
+      <c r="B5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6">
+        <v>9783132424074</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7">
+        <v>9783132428379</v>
+      </c>
+      <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
+        <v>19</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7">
+        <v>2024</v>
+      </c>
+      <c r="F7">
+        <v>144.99</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8">
+        <v>9783137170044</v>
+      </c>
+      <c r="B8" t="s">
+        <v>20</v>
+      </c>
+      <c r="C8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>9783132427723</v>
+      </c>
+      <c r="B9" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" t="s">
+        <v>23</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10">
+        <v>9781626234574</v>
+      </c>
+      <c r="B10" t="s">
+        <v>24</v>
+      </c>
+      <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11">
+        <v>9783131323415</v>
+      </c>
+      <c r="B11" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" t="s">
+        <v>28</v>
+      </c>
+      <c r="E11">
+        <v>2012</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12">
+        <v>9781626237346</v>
+      </c>
+      <c r="B12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C12" t="s">
+        <v>30</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
+        <v>9781626239043</v>
+      </c>
+      <c r="B13" t="s">
+        <v>31</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14">
+        <v>9781626236547</v>
+      </c>
+      <c r="B14" t="s">
+        <v>33</v>
+      </c>
+      <c r="C14" t="s">
+        <v>34</v>
+      </c>
+      <c r="D14" t="s">
+        <v>28</v>
+      </c>
+      <c r="E14">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15">
+        <v>9783132427792</v>
+      </c>
+      <c r="B15" t="s">
+        <v>35</v>
+      </c>
+      <c r="C15" t="s">
+        <v>36</v>
+      </c>
+      <c r="D15" t="s">
+        <v>28</v>
+      </c>
+      <c r="E15">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16">
+        <v>9783132420175</v>
+      </c>
+      <c r="B16" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16">
+        <v>2023</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17">
+        <v>9781684200139</v>
+      </c>
+      <c r="B17" t="s">
+        <v>39</v>
+      </c>
+      <c r="C17" t="s">
+        <v>40</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18">
+        <v>9781684200030</v>
+      </c>
+      <c r="B18" t="s">
+        <v>41</v>
+      </c>
+      <c r="C18" t="s">
+        <v>42</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19">
+        <v>9781626230125</v>
+      </c>
+      <c r="B19" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" t="s">
+        <v>44</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20">
+        <v>9781626236936</v>
+      </c>
+      <c r="B20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" t="s">
+        <v>46</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21">
+        <v>9781626236448</v>
+      </c>
+      <c r="B21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" t="s">
+        <v>48</v>
+      </c>
+      <c r="D21" t="s">
+        <v>28</v>
+      </c>
+      <c r="E21">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22">
+        <v>9781626238237</v>
+      </c>
+      <c r="B22" t="s">
+        <v>49</v>
+      </c>
+      <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23">
+        <v>9781626231474</v>
+      </c>
+      <c r="B23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23">
+        <v>2018</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">