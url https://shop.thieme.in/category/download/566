--- v1 (2025-11-27)
+++ v2 (2026-01-11)
@@ -12,86 +12,92 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
+    <t>Neil S. Sadick</t>
+  </si>
+  <si>
+    <t>Dermal Filler Complications</t>
+  </si>
+  <si>
+    <t>Hardback</t>
+  </si>
+  <si>
     <t>Preetha Kamath Agarwal</t>
   </si>
   <si>
     <t>Dermatology Fundamentals</t>
   </si>
   <si>
     <t>Paperback</t>
   </si>
   <si>
     <t>Robert H True</t>
   </si>
   <si>
     <t>Practical Guide to Hair Transplantation</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hardback</t>
   </si>
   <si>
     <t>Neligan</t>
   </si>
   <si>
     <t>Jackson's Local Flaps in Head and Neck Reconstruction</t>
   </si>
   <si>
     <t>David H. Ciocon</t>
   </si>
   <si>
     <t>Procedural Dermatology Volume I: Reconstruction</t>
   </si>
   <si>
     <t>Yoon-Soo Cindy Bae</t>
   </si>
   <si>
     <t>Procedural Dermatology Volume II</t>
   </si>
   <si>
     <t>Jeremy A. Brauer</t>
   </si>
   <si>
     <t>Men's Aesthetics</t>
   </si>
@@ -518,455 +524,472 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F23"/>
+  <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781684205691</v>
+        <v>9783132428492</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
-        <v>2025</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9788197299032</v>
+        <v>9781684205691</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
-      <c r="F3">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9781626238107</v>
+        <v>9788197299032</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4">
-        <v>2023</v>
+        <v>2025</v>
+      </c>
+      <c r="F4">
+        <v>199.99</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9783132424050</v>
+        <v>9781626238107</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E5">
         <v>2023</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9783132424074</v>
+        <v>9783132424050</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E6">
         <v>2023</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9783132428379</v>
+        <v>9783132424074</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7">
-        <v>2024</v>
-[...2 lines deleted...]
-        <v>144.99</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>9783137170044</v>
+        <v>9783132428379</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E8">
-        <v>2017</v>
+        <v>2024</v>
+      </c>
+      <c r="F8">
+        <v>129.99</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>9783132427723</v>
+        <v>9783137170044</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E9">
-        <v>2021</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9781626234574</v>
+        <v>9783132427723</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E10">
-        <v>2019</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9783131323415</v>
+        <v>9781626234574</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E11">
-        <v>2012</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
-        <v>9781626237346</v>
+        <v>9783131323415</v>
       </c>
       <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
         <v>29</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12">
-        <v>2018</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
-        <v>9781626239043</v>
+        <v>9781626237346</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E13">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9781626236547</v>
+        <v>9781626239043</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E14">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9783132427792</v>
+        <v>9781626236547</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15" t="s">
         <v>36</v>
       </c>
       <c r="D15" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="E15">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9783132420175</v>
+        <v>9783132427792</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E16">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9781684200139</v>
+        <v>9783132420175</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E17">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9781684200030</v>
+        <v>9781684200139</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E18">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>9781626230125</v>
+        <v>9781684200030</v>
       </c>
       <c r="B19" t="s">
         <v>43</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E19">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9781626236936</v>
+        <v>9781626230125</v>
       </c>
       <c r="B20" t="s">
         <v>45</v>
       </c>
       <c r="C20" t="s">
         <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E20">
-        <v>2022</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9781626236448</v>
+        <v>9781626236936</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E21">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9781626238237</v>
+        <v>9781626236448</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>30</v>
       </c>
       <c r="E22">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9781626231474</v>
+        <v>9781626238237</v>
       </c>
       <c r="B23" t="s">
         <v>51</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E23">
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24">
+        <v>9781626231474</v>
+      </c>
+      <c r="B24" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>8</v>
+      </c>
+      <c r="E24">
         <v>2018</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>