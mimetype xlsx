--- v2 (2026-01-11)
+++ v3 (2026-02-25)
@@ -603,51 +603,51 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
         <v>9788197299032</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>8</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
       <c r="F4">
-        <v>199.99</v>
+        <v>219.99</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
         <v>9781626238107</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>8</v>
       </c>
       <c r="E5">
         <v>2023</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
         <v>9783132424050</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
@@ -674,51 +674,51 @@
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7">
         <v>2023</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9783132428379</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8">
         <v>2024</v>
       </c>
       <c r="F8">
-        <v>129.99</v>
+        <v>144.99</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9783137170044</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9" t="s">
         <v>8</v>
       </c>
       <c r="E9">
         <v>2017</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9783132427723</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>