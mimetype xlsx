--- v0 (2025-12-03)
+++ v1 (2025-12-24)
@@ -693,71 +693,71 @@
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6">
         <v>2007</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9783131500717</v>
       </c>
       <c r="B7" t="s">
         <v>14</v>
       </c>
       <c r="C7" t="s">
         <v>15</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7">
         <v>2012</v>
       </c>
       <c r="F7">
-        <v>109.99</v>
+        <v>94.99</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9783131500625</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8">
         <v>2016</v>
       </c>
       <c r="F8">
-        <v>89.99</v>
+        <v>79.99</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9783132429871</v>
       </c>
       <c r="B9" t="s">
         <v>18</v>
       </c>
       <c r="C9" t="s">
         <v>19</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9">
         <v>2021</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9783132423770</v>
       </c>
       <c r="B10" t="s">
         <v>21</v>
@@ -767,88 +767,88 @@
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10">
         <v>2021</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
         <v>9783131252425</v>
       </c>
       <c r="B11" t="s">
         <v>23</v>
       </c>
       <c r="C11" t="s">
         <v>24</v>
       </c>
       <c r="D11" t="s">
         <v>8</v>
       </c>
       <c r="E11">
         <v>2017</v>
       </c>
       <c r="F11">
-        <v>69.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
         <v>9783131480019</v>
       </c>
       <c r="B12" t="s">
         <v>25</v>
       </c>
       <c r="C12" t="s">
         <v>26</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12">
         <v>2008</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9783131603616</v>
       </c>
       <c r="B13" t="s">
         <v>27</v>
       </c>
       <c r="C13" t="s">
         <v>28</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13">
         <v>2011</v>
       </c>
       <c r="F13">
-        <v>39.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9783131543011</v>
       </c>
       <c r="B14" t="s">
         <v>29</v>
       </c>
       <c r="C14" t="s">
         <v>30</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
         <v>2011</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9783131538017</v>
       </c>
       <c r="B15" t="s">
         <v>31</v>