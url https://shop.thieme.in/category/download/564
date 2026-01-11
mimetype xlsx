--- v0 (2025-10-26)
+++ v1 (2026-01-11)
@@ -830,50 +830,53 @@
         <v>34</v>
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2017</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9781604066517</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16">
         <v>2012</v>
       </c>
+      <c r="F16">
+        <v>134.99</v>
+      </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9781626231757</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17">
         <v>2016</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>9781626232044</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>
       </c>