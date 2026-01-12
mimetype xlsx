--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -831,51 +831,51 @@
       </c>
       <c r="D15" t="s">
         <v>8</v>
       </c>
       <c r="E15">
         <v>2017</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9781604066517</v>
       </c>
       <c r="B16" t="s">
         <v>35</v>
       </c>
       <c r="C16" t="s">
         <v>36</v>
       </c>
       <c r="D16" t="s">
         <v>22</v>
       </c>
       <c r="E16">
         <v>2012</v>
       </c>
       <c r="F16">
-        <v>134.99</v>
+        <v>294.99</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9781626231757</v>
       </c>
       <c r="B17" t="s">
         <v>37</v>
       </c>
       <c r="C17" t="s">
         <v>38</v>
       </c>
       <c r="D17" t="s">
         <v>22</v>
       </c>
       <c r="E17">
         <v>2016</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>9781626232044</v>
       </c>
       <c r="B18" t="s">
         <v>39</v>