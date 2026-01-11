--- v0 (2025-12-05)
+++ v1 (2026-01-11)
@@ -935,51 +935,51 @@
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
         <v>9788198109484</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>19</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8">
         <v>2025</v>
       </c>
       <c r="F8">
-        <v>45.99</v>
+        <v>50.99</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
         <v>2022</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
         <v>9789395390972</v>
       </c>
       <c r="B10" t="s">
         <v>22</v>
@@ -1040,271 +1040,271 @@
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13">
         <v>2022</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9789380378978</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
         <v>2012</v>
       </c>
       <c r="F14">
-        <v>39.99</v>
+        <v>44.99</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9789395390989</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15">
         <v>2024</v>
       </c>
       <c r="F15">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9789386293183</v>
       </c>
       <c r="B16" t="s">
         <v>36</v>
       </c>
       <c r="C16" t="s">
         <v>37</v>
       </c>
       <c r="D16" t="s">
         <v>38</v>
       </c>
       <c r="E16">
         <v>2017</v>
       </c>
       <c r="F16">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9789392819117</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17">
         <v>2023</v>
       </c>
       <c r="F17">
-        <v>34.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>9789382076292</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
       <c r="D18" t="s">
         <v>43</v>
       </c>
       <c r="E18">
         <v>2013</v>
       </c>
       <c r="F18">
-        <v>34.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>9789385062513</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>43</v>
       </c>
       <c r="E19">
         <v>2017</v>
       </c>
       <c r="F19">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>9789386293695</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>43</v>
       </c>
       <c r="E20">
         <v>2018</v>
       </c>
       <c r="F20">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9789388257589</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
         <v>43</v>
       </c>
       <c r="E21">
         <v>2019</v>
       </c>
       <c r="F21">
-        <v>42.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>9789392819193</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22">
         <v>2022</v>
       </c>
       <c r="F22">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>9789392819384</v>
       </c>
       <c r="B23" t="s">
         <v>50</v>
       </c>
       <c r="C23" t="s">
         <v>52</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23">
         <v>2022</v>
       </c>
       <c r="F23">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>9789392819469</v>
       </c>
       <c r="B24" t="s">
         <v>50</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24">
         <v>2023</v>
       </c>
       <c r="F24">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>9789395390811</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25">
         <v>2023</v>
       </c>
       <c r="F25">
-        <v>21.0</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>9789390553389</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26">
         <v>2021</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>9789390553839</v>
       </c>
       <c r="B27" t="s">
         <v>58</v>
@@ -1382,171 +1382,171 @@
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31">
         <v>2024</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>9789390553150</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" t="s">
         <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32">
         <v>2022</v>
       </c>
       <c r="F32">
-        <v>53.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>9789390553907</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33">
         <v>2022</v>
       </c>
       <c r="F33">
-        <v>42.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>9789395390200</v>
       </c>
       <c r="B34" t="s">
         <v>68</v>
       </c>
       <c r="C34" t="s">
         <v>69</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34">
         <v>2023</v>
       </c>
       <c r="F34">
-        <v>69.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>9789392819094</v>
       </c>
       <c r="B35" t="s">
         <v>30</v>
       </c>
       <c r="C35" t="s">
         <v>70</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35">
         <v>2022</v>
       </c>
       <c r="F35">
-        <v>65.99</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>9789392819254</v>
       </c>
       <c r="B36" t="s">
         <v>30</v>
       </c>
       <c r="C36" t="s">
         <v>71</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36">
         <v>2022</v>
       </c>
       <c r="F36">
-        <v>64.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>9789392819179</v>
       </c>
       <c r="B37" t="s">
         <v>30</v>
       </c>
       <c r="C37" t="s">
         <v>72</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37">
         <v>2022</v>
       </c>
       <c r="F37">
-        <v>65.99</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>9789390553464</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38" t="s">
         <v>8</v>
       </c>
       <c r="E38">
         <v>2021</v>
       </c>
       <c r="F38">
-        <v>74.99</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>9783131269218</v>
       </c>
       <c r="B39" t="s">
         <v>74</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
         <v>8</v>
       </c>
       <c r="E39">
         <v>2011</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
         <v>9781626237445</v>
       </c>
       <c r="B40" t="s">
         <v>76</v>
@@ -2117,51 +2117,51 @@
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73">
         <v>2020</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
         <v>9789388257572</v>
       </c>
       <c r="B74" t="s">
         <v>58</v>
       </c>
       <c r="C74" t="s">
         <v>140</v>
       </c>
       <c r="D74" t="s">
         <v>93</v>
       </c>
       <c r="E74">
         <v>2020</v>
       </c>
       <c r="F74">
-        <v>81.0</v>
+        <v>90.0</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75">
         <v>9781626238992</v>
       </c>
       <c r="B75" t="s">
         <v>141</v>
       </c>
       <c r="C75" t="s">
         <v>142</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75">
         <v>2020</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>