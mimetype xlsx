--- v1 (2026-01-11)
+++ v2 (2026-02-05)
@@ -12,128 +12,122 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="143">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="141">
   <si>
     <t>ISBN</t>
   </si>
   <si>
     <t>Author</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Binding</t>
   </si>
   <si>
     <t>Year</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
-    <t>Garn-Nunn</t>
-[...2 lines deleted...]
-    <t>Thomas McKay</t>
+    <t>Michelle D. Lazarus</t>
+  </si>
+  <si>
+    <t>Embryology</t>
+  </si>
+  <si>
+    <t>Paperback</t>
+  </si>
+  <si>
+    <t>Michael Schuenke</t>
+  </si>
+  <si>
+    <t>Head, Neck, and Neuroanatomy (THIEME Atlas of Anatomy)</t>
+  </si>
+  <si>
+    <t>Internal Organs (THIEME Atlas of Anatomy)</t>
+  </si>
+  <si>
+    <t>General Anatomy and Musculoskeletal System (THIEME Atlas of Anatomy)</t>
+  </si>
+  <si>
+    <t>Reshu Gupta</t>
+  </si>
+  <si>
+    <t>AETCOM Competencies for Indian Medical Graduates</t>
+  </si>
+  <si>
+    <t>Sanjeev Kumar Mittal</t>
+  </si>
+  <si>
+    <t>Textbook of Ophthalmology</t>
+  </si>
+  <si>
+    <t>Thieme Test Prep Series Anatomy Set</t>
+  </si>
+  <si>
+    <t>Subhadra Devi Velichety</t>
+  </si>
+  <si>
+    <t>Sharat Gupta</t>
+  </si>
+  <si>
+    <t>Thieme Test Prep Series Physiology</t>
+  </si>
+  <si>
+    <t>Gilroy</t>
+  </si>
+  <si>
+    <t>Pocket Guide to Anatomy</t>
   </si>
   <si>
     <t>Paperback/softback</t>
-  </si>
-[...49 lines deleted...]
-    <t>Pocket Guide to Anatomy</t>
   </si>
   <si>
     <t>Heinz Luellmann</t>
   </si>
   <si>
     <t>Pocket Atlas of Pharmacology 4</t>
   </si>
   <si>
     <t>Paperback / softback</t>
   </si>
   <si>
     <t>THIEME DISSECTOR SET</t>
   </si>
   <si>
     <t>Singh</t>
   </si>
   <si>
     <t>Thieme Dissector Set</t>
   </si>
   <si>
     <t>TannerThies</t>
   </si>
   <si>
     <t>Physiology - An Illustrated Review</t>
   </si>
@@ -788,1396 +782,1379 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F75"/>
+  <dimension ref="A1:F74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>9781604066517</v>
+        <v>9781626233928</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2">
-        <v>2012</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
-        <v>9781626233928</v>
+        <v>9781684205943</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E3">
         <v>2025</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4">
-        <v>9781684205943</v>
+        <v>9781684205912</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E4">
         <v>2025</v>
       </c>
     </row>
     <row r="5" spans="1:6">
       <c r="A5">
-        <v>9781684205912</v>
+        <v>9781684205899</v>
       </c>
       <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>12</v>
       </c>
-      <c r="C5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E5">
         <v>2025</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6">
-        <v>9781684205899</v>
+        <v>9789349433182</v>
       </c>
       <c r="B6" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
-        <v>9789349433182</v>
+        <v>9788198109484</v>
       </c>
       <c r="B7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C7" t="s">
         <v>16</v>
       </c>
-      <c r="C7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
+      <c r="F7">
+        <v>50.99</v>
+      </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8">
-        <v>9788198109484</v>
+      <c r="A8" t="s">
+        <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" t="s">
+        <v>8</v>
+      </c>
+      <c r="E8">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9">
+        <v>9789395390972</v>
+      </c>
+      <c r="B9" t="s">
         <v>19</v>
-      </c>
-[...15 lines deleted...]
-        <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E9">
-        <v>2022</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>9789395390972</v>
+        <v>9789385062919</v>
       </c>
       <c r="B10" t="s">
+        <v>21</v>
+      </c>
+      <c r="C10" t="s">
         <v>22</v>
       </c>
-      <c r="C10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E10">
-        <v>2024</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>9789385062919</v>
+        <v>9789385062476</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E11">
-        <v>2017</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12">
-        <v>9789385062476</v>
+      <c r="A12" t="s">
+        <v>27</v>
       </c>
       <c r="B12" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="E12">
-        <v>2011</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" t="s">
-        <v>29</v>
+      <c r="A13">
+        <v>9789380378978</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E13">
-        <v>2022</v>
+        <v>2012</v>
+      </c>
+      <c r="F13">
+        <v>44.99</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
-        <v>9789380378978</v>
+        <v>9789395390989</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
-        <v>2012</v>
+        <v>2024</v>
       </c>
       <c r="F14">
-        <v>44.99</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
-        <v>9789395390989</v>
+        <v>9789386293183</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>36</v>
       </c>
       <c r="E15">
-        <v>2024</v>
+        <v>2017</v>
       </c>
       <c r="F15">
-        <v>24.0</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
-        <v>9789386293183</v>
+        <v>9789392819117</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D16" t="s">
-        <v>38</v>
+        <v>8</v>
       </c>
       <c r="E16">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="F16">
         <v>39.99</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
-        <v>9789392819117</v>
+        <v>9789382076292</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E17">
-        <v>2023</v>
+        <v>2013</v>
       </c>
       <c r="F17">
-        <v>39.99</v>
+        <v>36.99</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
-        <v>9789382076292</v>
+        <v>9789385062513</v>
       </c>
       <c r="B18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" t="s">
+        <v>43</v>
+      </c>
+      <c r="D18" t="s">
         <v>41</v>
       </c>
-      <c r="C18" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E18">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F18">
-        <v>36.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
-        <v>9789385062513</v>
+        <v>9789386293695</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E19">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="F19">
         <v>39.99</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
-        <v>9789386293695</v>
+        <v>9789388257589</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="E20">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="F20">
-        <v>39.99</v>
+        <v>49.99</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>9789388257589</v>
+        <v>9789392819193</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="E21">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F21">
         <v>49.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>9789392819193</v>
+        <v>9789392819384</v>
       </c>
       <c r="B22" t="s">
+        <v>48</v>
+      </c>
+      <c r="C22" t="s">
         <v>50</v>
       </c>
-      <c r="C22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E22">
         <v>2022</v>
       </c>
       <c r="F22">
         <v>49.99</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
-        <v>9789392819384</v>
+        <v>9789392819469</v>
       </c>
       <c r="B23" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="C23" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E23">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F23">
         <v>49.99</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
-        <v>9789392819469</v>
+        <v>9789395390811</v>
       </c>
       <c r="B24" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E24">
         <v>2023</v>
       </c>
       <c r="F24">
-        <v>49.99</v>
+        <v>24.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
-        <v>9789395390811</v>
+        <v>9789390553389</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E25">
-        <v>2023</v>
-[...2 lines deleted...]
-        <v>24.0</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
-        <v>9789390553389</v>
+        <v>9789390553839</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
       </c>
       <c r="C26" t="s">
         <v>57</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E26">
         <v>2021</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
-        <v>9789390553839</v>
+        <v>9789390553808</v>
       </c>
       <c r="B27" t="s">
+        <v>56</v>
+      </c>
+      <c r="C27" t="s">
         <v>58</v>
       </c>
-      <c r="C27" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E27">
         <v>2021</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
-        <v>9789390553808</v>
+        <v>9789395390743</v>
       </c>
       <c r="B28" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C28" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E28">
-        <v>2021</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
-        <v>9789395390743</v>
+        <v>9789395390767</v>
       </c>
       <c r="B29" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C29" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E29">
         <v>2023</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
-        <v>9789395390767</v>
+        <v>9789395390996</v>
       </c>
       <c r="B30" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C30" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E30">
-        <v>2023</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
-        <v>9789395390996</v>
+        <v>9789390553150</v>
       </c>
       <c r="B31" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C31" t="s">
         <v>63</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E31">
-        <v>2024</v>
+        <v>2022</v>
+      </c>
+      <c r="F31">
+        <v>49.99</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
-        <v>9789390553150</v>
+        <v>9789390553907</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" t="s">
         <v>65</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E32">
         <v>2022</v>
       </c>
       <c r="F32">
-        <v>49.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
-        <v>9789390553907</v>
+        <v>9789395390200</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E33">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F33">
-        <v>39.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
-        <v>9789395390200</v>
+        <v>9789392819094</v>
       </c>
       <c r="B34" t="s">
+        <v>28</v>
+      </c>
+      <c r="C34" t="s">
         <v>68</v>
       </c>
-      <c r="C34" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E34">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F34">
-        <v>64.99</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
-        <v>9789392819094</v>
+        <v>9789392819254</v>
       </c>
       <c r="B35" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C35" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E35">
         <v>2022</v>
       </c>
       <c r="F35">
-        <v>60.99</v>
+        <v>59.99</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
-        <v>9789392819254</v>
+        <v>9789392819179</v>
       </c>
       <c r="B36" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C36" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="E36">
         <v>2022</v>
       </c>
       <c r="F36">
-        <v>59.99</v>
+        <v>60.99</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
-        <v>9789392819179</v>
+        <v>9789390553464</v>
       </c>
       <c r="B37" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="C37" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E37">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F37">
-        <v>60.99</v>
+        <v>84.99</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
-        <v>9789390553464</v>
+        <v>9783131269218</v>
       </c>
       <c r="B38" t="s">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E38">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>84.99</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
-        <v>9783131269218</v>
+        <v>9781626237445</v>
       </c>
       <c r="B39" t="s">
         <v>74</v>
       </c>
       <c r="C39" t="s">
         <v>75</v>
       </c>
       <c r="D39" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E39">
-        <v>2011</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40">
-        <v>9781626237445</v>
+        <v>9783137681038</v>
       </c>
       <c r="B40" t="s">
         <v>76</v>
       </c>
       <c r="C40" t="s">
         <v>77</v>
       </c>
       <c r="D40" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E40">
-        <v>2021</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41">
-        <v>9783137681038</v>
+        <v>9781626234130</v>
       </c>
       <c r="B41" t="s">
         <v>78</v>
       </c>
       <c r="C41" t="s">
         <v>79</v>
       </c>
       <c r="D41" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E41">
-        <v>2008</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="42" spans="1:6">
       <c r="A42">
-        <v>9781626234130</v>
+        <v>9783132424487</v>
       </c>
       <c r="B42" t="s">
         <v>80</v>
       </c>
       <c r="C42" t="s">
         <v>81</v>
       </c>
       <c r="D42" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E42">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43">
-        <v>9783132424487</v>
+        <v>9783132410657</v>
       </c>
       <c r="B43" t="s">
         <v>82</v>
       </c>
       <c r="C43" t="s">
         <v>83</v>
       </c>
       <c r="D43" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E43">
-        <v>2023</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44">
-        <v>9783132410657</v>
+        <v>9781684201426</v>
       </c>
       <c r="B44" t="s">
         <v>84</v>
       </c>
       <c r="C44" t="s">
         <v>85</v>
       </c>
       <c r="D44" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E44">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="45" spans="1:6">
       <c r="A45">
-        <v>9781684201426</v>
+        <v>9781626233829</v>
       </c>
       <c r="B45" t="s">
         <v>86</v>
       </c>
       <c r="C45" t="s">
         <v>87</v>
       </c>
       <c r="D45" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E45">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46">
-        <v>9781626233829</v>
+        <v>9781626239128</v>
       </c>
       <c r="B46" t="s">
+        <v>21</v>
+      </c>
+      <c r="C46" t="s">
         <v>88</v>
       </c>
-      <c r="C46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E46">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47">
-        <v>9781626239128</v>
+        <v>9781684201792</v>
       </c>
       <c r="B47" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="C47" t="s">
         <v>90</v>
       </c>
       <c r="D47" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="E47">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="48" spans="1:6">
       <c r="A48">
-        <v>9781684201792</v>
+        <v>9781626239616</v>
       </c>
       <c r="B48" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C48" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D48" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="E48">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49">
-        <v>9781626239616</v>
+        <v>9783132414402</v>
       </c>
       <c r="B49" t="s">
         <v>94</v>
       </c>
       <c r="C49" t="s">
         <v>95</v>
       </c>
       <c r="D49" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E49">
-        <v>2019</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="50" spans="1:6">
       <c r="A50">
-        <v>9783132414402</v>
+        <v>9781626234154</v>
       </c>
       <c r="B50" t="s">
+        <v>86</v>
+      </c>
+      <c r="C50" t="s">
         <v>96</v>
       </c>
-      <c r="C50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D50" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="E50">
         <v>2018</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51">
-        <v>9781626234154</v>
+        <v>9781626238008</v>
       </c>
       <c r="B51" t="s">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="C51" t="s">
         <v>98</v>
       </c>
       <c r="D51" t="s">
-        <v>93</v>
+        <v>8</v>
       </c>
       <c r="E51">
-        <v>2018</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="52" spans="1:6">
       <c r="A52">
-        <v>9781626238008</v>
+        <v>9781626239104</v>
       </c>
       <c r="B52" t="s">
         <v>99</v>
       </c>
       <c r="C52" t="s">
         <v>100</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="E52">
-        <v>2020</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="53" spans="1:6">
       <c r="A53">
-        <v>9781626239104</v>
+        <v>9781626237810</v>
       </c>
       <c r="B53" t="s">
         <v>101</v>
       </c>
       <c r="C53" t="s">
         <v>102</v>
       </c>
       <c r="D53" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E53">
-        <v>2019</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="54" spans="1:6">
       <c r="A54">
-        <v>9781626237810</v>
+        <v>9781684202591</v>
       </c>
       <c r="B54" t="s">
+        <v>21</v>
+      </c>
+      <c r="C54" t="s">
         <v>103</v>
       </c>
-      <c r="C54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E54">
-        <v>2022</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="55" spans="1:6">
       <c r="A55">
-        <v>9781684202591</v>
+        <v>9781626237384</v>
       </c>
       <c r="B55" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="C55" t="s">
         <v>105</v>
       </c>
       <c r="D55" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E55">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="56" spans="1:6">
       <c r="A56">
-        <v>9781626237384</v>
+        <v>9781684204915</v>
       </c>
       <c r="B56" t="s">
         <v>106</v>
       </c>
       <c r="C56" t="s">
         <v>107</v>
       </c>
       <c r="D56" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E56">
-        <v>2020</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="57" spans="1:6">
       <c r="A57">
-        <v>9781684204915</v>
+        <v>9781626234031</v>
       </c>
       <c r="B57" t="s">
         <v>108</v>
       </c>
       <c r="C57" t="s">
         <v>109</v>
       </c>
       <c r="D57" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E57">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="58" spans="1:6">
       <c r="A58">
-        <v>9781626234031</v>
+        <v>9781626234116</v>
       </c>
       <c r="B58" t="s">
         <v>110</v>
       </c>
       <c r="C58" t="s">
         <v>111</v>
       </c>
       <c r="D58" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E58">
-        <v>2020</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="59" spans="1:6">
       <c r="A59">
-        <v>9781626234116</v>
+        <v>9783132411487</v>
       </c>
       <c r="B59" t="s">
         <v>112</v>
       </c>
       <c r="C59" t="s">
         <v>113</v>
       </c>
       <c r="D59" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="E59">
-        <v>2023</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60">
-        <v>9783132411487</v>
+        <v>9781684200665</v>
       </c>
       <c r="B60" t="s">
         <v>114</v>
       </c>
       <c r="C60" t="s">
         <v>115</v>
       </c>
       <c r="D60" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="E60">
-        <v>2021</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61">
-        <v>9781684200665</v>
+        <v>9781626235359</v>
       </c>
       <c r="B61" t="s">
         <v>116</v>
       </c>
       <c r="C61" t="s">
         <v>117</v>
       </c>
       <c r="D61" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E61">
-        <v>2020</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62">
-        <v>9781626235359</v>
+        <v>9783131543110</v>
       </c>
       <c r="B62" t="s">
         <v>118</v>
       </c>
       <c r="C62" t="s">
         <v>119</v>
       </c>
       <c r="D62" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="E62">
-        <v>2021</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63">
-        <v>9783131543110</v>
+        <v>9781684200467</v>
       </c>
       <c r="B63" t="s">
         <v>120</v>
       </c>
       <c r="C63" t="s">
         <v>121</v>
       </c>
       <c r="D63" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="E63">
-        <v>2012</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64">
-        <v>9781684200467</v>
+        <v>9783131439512</v>
       </c>
       <c r="B64" t="s">
         <v>122</v>
       </c>
       <c r="C64" t="s">
         <v>123</v>
       </c>
       <c r="D64" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E64">
-        <v>2020</v>
+        <v>2010</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65">
-        <v>9783131439512</v>
+        <v>9781626234635</v>
       </c>
       <c r="B65" t="s">
         <v>124</v>
       </c>
       <c r="C65" t="s">
         <v>125</v>
       </c>
       <c r="D65" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E65">
-        <v>2010</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66">
-        <v>9781626234635</v>
+        <v>9781626234215</v>
       </c>
       <c r="B66" t="s">
         <v>126</v>
       </c>
       <c r="C66" t="s">
         <v>127</v>
       </c>
       <c r="D66" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E66">
-        <v>2019</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67">
-        <v>9781626234215</v>
+        <v>9781626234239</v>
       </c>
       <c r="B67" t="s">
         <v>128</v>
       </c>
       <c r="C67" t="s">
         <v>129</v>
       </c>
       <c r="D67" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E67">
-        <v>2020</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68">
-        <v>9781626234239</v>
+        <v>9781626233348</v>
       </c>
       <c r="B68" t="s">
         <v>130</v>
       </c>
       <c r="C68" t="s">
         <v>131</v>
       </c>
       <c r="D68" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E68">
         <v>2018</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69">
-        <v>9781626233348</v>
+        <v>9781684201877</v>
       </c>
       <c r="B69" t="s">
         <v>132</v>
       </c>
       <c r="C69" t="s">
         <v>133</v>
       </c>
       <c r="D69" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E69">
-        <v>2018</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70">
-        <v>9781684201877</v>
+        <v>9783132424432</v>
       </c>
       <c r="B70" t="s">
         <v>134</v>
       </c>
       <c r="C70" t="s">
-        <v>135</v>
+        <v>81</v>
       </c>
       <c r="D70" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E70">
-        <v>2022</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71">
-        <v>9783132424432</v>
+        <v>9783132424517</v>
       </c>
       <c r="B71" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C71" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="D71" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E71">
         <v>2023</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72">
-        <v>9783132424517</v>
+        <v>9781626235083</v>
       </c>
       <c r="B72" t="s">
+        <v>136</v>
+      </c>
+      <c r="C72" t="s">
         <v>137</v>
       </c>
-      <c r="C72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D72" t="s">
-        <v>8</v>
+        <v>23</v>
       </c>
       <c r="E72">
-        <v>2023</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
-        <v>9781626235083</v>
+        <v>9789388257572</v>
       </c>
       <c r="B73" t="s">
+        <v>56</v>
+      </c>
+      <c r="C73" t="s">
         <v>138</v>
       </c>
-      <c r="C73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" t="s">
-        <v>8</v>
+        <v>91</v>
       </c>
       <c r="E73">
         <v>2020</v>
       </c>
+      <c r="F73">
+        <v>90.0</v>
+      </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
-        <v>9789388257572</v>
+        <v>9781626238992</v>
       </c>
       <c r="B74" t="s">
-        <v>58</v>
+        <v>139</v>
       </c>
       <c r="C74" t="s">
         <v>140</v>
       </c>
       <c r="D74" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="E74">
-        <v>2020</v>
-[...18 lines deleted...]
-      <c r="E75">
         <v>2020</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>