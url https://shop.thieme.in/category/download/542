--- v2 (2026-02-05)
+++ v3 (2026-03-18)
@@ -912,51 +912,51 @@
       </c>
       <c r="D6" t="s">
         <v>8</v>
       </c>
       <c r="E6">
         <v>2025</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>9788198109484</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" t="s">
         <v>16</v>
       </c>
       <c r="D7" t="s">
         <v>8</v>
       </c>
       <c r="E7">
         <v>2025</v>
       </c>
       <c r="F7">
-        <v>50.99</v>
+        <v>45.99</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" t="s">
         <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>18</v>
       </c>
       <c r="C8" t="s">
         <v>17</v>
       </c>
       <c r="D8" t="s">
         <v>8</v>
       </c>
       <c r="E8">
         <v>2022</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
         <v>9789395390972</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
@@ -1017,271 +1017,271 @@
       </c>
       <c r="D12" t="s">
         <v>8</v>
       </c>
       <c r="E12">
         <v>2022</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13">
         <v>9789380378978</v>
       </c>
       <c r="B13" t="s">
         <v>30</v>
       </c>
       <c r="C13" t="s">
         <v>31</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13">
         <v>2012</v>
       </c>
       <c r="F13">
-        <v>44.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14">
         <v>9789395390989</v>
       </c>
       <c r="B14" t="s">
         <v>32</v>
       </c>
       <c r="C14" t="s">
         <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>8</v>
       </c>
       <c r="E14">
         <v>2024</v>
       </c>
       <c r="F14">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15">
         <v>9789386293183</v>
       </c>
       <c r="B15" t="s">
         <v>34</v>
       </c>
       <c r="C15" t="s">
         <v>35</v>
       </c>
       <c r="D15" t="s">
         <v>36</v>
       </c>
       <c r="E15">
         <v>2017</v>
       </c>
       <c r="F15">
-        <v>39.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16">
         <v>9789392819117</v>
       </c>
       <c r="B16" t="s">
         <v>37</v>
       </c>
       <c r="C16" t="s">
         <v>38</v>
       </c>
       <c r="D16" t="s">
         <v>8</v>
       </c>
       <c r="E16">
         <v>2023</v>
       </c>
       <c r="F16">
-        <v>39.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17">
         <v>9789382076292</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17" t="s">
         <v>41</v>
       </c>
       <c r="E17">
         <v>2013</v>
       </c>
       <c r="F17">
-        <v>36.99</v>
+        <v>34.99</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18">
         <v>9789385062513</v>
       </c>
       <c r="B18" t="s">
         <v>42</v>
       </c>
       <c r="C18" t="s">
         <v>43</v>
       </c>
       <c r="D18" t="s">
         <v>41</v>
       </c>
       <c r="E18">
         <v>2017</v>
       </c>
       <c r="F18">
-        <v>39.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19">
         <v>9789386293695</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
       <c r="D19" t="s">
         <v>41</v>
       </c>
       <c r="E19">
         <v>2018</v>
       </c>
       <c r="F19">
-        <v>39.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>9789388257589</v>
       </c>
       <c r="B20" t="s">
         <v>46</v>
       </c>
       <c r="C20" t="s">
         <v>47</v>
       </c>
       <c r="D20" t="s">
         <v>41</v>
       </c>
       <c r="E20">
         <v>2019</v>
       </c>
       <c r="F20">
-        <v>49.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
         <v>9789392819193</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21" t="s">
         <v>8</v>
       </c>
       <c r="E21">
         <v>2022</v>
       </c>
       <c r="F21">
-        <v>49.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
         <v>9789392819384</v>
       </c>
       <c r="B22" t="s">
         <v>48</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22" t="s">
         <v>8</v>
       </c>
       <c r="E22">
         <v>2022</v>
       </c>
       <c r="F22">
-        <v>49.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>9789392819469</v>
       </c>
       <c r="B23" t="s">
         <v>48</v>
       </c>
       <c r="C23" t="s">
         <v>51</v>
       </c>
       <c r="D23" t="s">
         <v>8</v>
       </c>
       <c r="E23">
         <v>2023</v>
       </c>
       <c r="F23">
-        <v>49.99</v>
+        <v>39.99</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>9789395390811</v>
       </c>
       <c r="B24" t="s">
         <v>52</v>
       </c>
       <c r="C24" t="s">
         <v>53</v>
       </c>
       <c r="D24" t="s">
         <v>8</v>
       </c>
       <c r="E24">
         <v>2023</v>
       </c>
       <c r="F24">
-        <v>24.0</v>
+        <v>21.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>9789390553389</v>
       </c>
       <c r="B25" t="s">
         <v>54</v>
       </c>
       <c r="C25" t="s">
         <v>55</v>
       </c>
       <c r="D25" t="s">
         <v>8</v>
       </c>
       <c r="E25">
         <v>2021</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>9789390553839</v>
       </c>
       <c r="B26" t="s">
         <v>56</v>
@@ -1359,171 +1359,171 @@
       </c>
       <c r="D30" t="s">
         <v>8</v>
       </c>
       <c r="E30">
         <v>2024</v>
       </c>
     </row>
     <row r="31" spans="1:6">
       <c r="A31">
         <v>9789390553150</v>
       </c>
       <c r="B31" t="s">
         <v>62</v>
       </c>
       <c r="C31" t="s">
         <v>63</v>
       </c>
       <c r="D31" t="s">
         <v>8</v>
       </c>
       <c r="E31">
         <v>2022</v>
       </c>
       <c r="F31">
-        <v>49.99</v>
+        <v>53.99</v>
       </c>
     </row>
     <row r="32" spans="1:6">
       <c r="A32">
         <v>9789390553907</v>
       </c>
       <c r="B32" t="s">
         <v>64</v>
       </c>
       <c r="C32" t="s">
         <v>65</v>
       </c>
       <c r="D32" t="s">
         <v>8</v>
       </c>
       <c r="E32">
         <v>2022</v>
       </c>
       <c r="F32">
-        <v>39.99</v>
+        <v>42.99</v>
       </c>
     </row>
     <row r="33" spans="1:6">
       <c r="A33">
         <v>9789395390200</v>
       </c>
       <c r="B33" t="s">
         <v>66</v>
       </c>
       <c r="C33" t="s">
         <v>67</v>
       </c>
       <c r="D33" t="s">
         <v>8</v>
       </c>
       <c r="E33">
         <v>2023</v>
       </c>
       <c r="F33">
-        <v>64.99</v>
+        <v>69.99</v>
       </c>
     </row>
     <row r="34" spans="1:6">
       <c r="A34">
         <v>9789392819094</v>
       </c>
       <c r="B34" t="s">
         <v>28</v>
       </c>
       <c r="C34" t="s">
         <v>68</v>
       </c>
       <c r="D34" t="s">
         <v>8</v>
       </c>
       <c r="E34">
         <v>2022</v>
       </c>
       <c r="F34">
-        <v>60.99</v>
+        <v>65.99</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35">
         <v>9789392819254</v>
       </c>
       <c r="B35" t="s">
         <v>28</v>
       </c>
       <c r="C35" t="s">
         <v>69</v>
       </c>
       <c r="D35" t="s">
         <v>8</v>
       </c>
       <c r="E35">
         <v>2022</v>
       </c>
       <c r="F35">
-        <v>59.99</v>
+        <v>64.99</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36">
         <v>9789392819179</v>
       </c>
       <c r="B36" t="s">
         <v>28</v>
       </c>
       <c r="C36" t="s">
         <v>70</v>
       </c>
       <c r="D36" t="s">
         <v>8</v>
       </c>
       <c r="E36">
         <v>2022</v>
       </c>
       <c r="F36">
-        <v>60.99</v>
+        <v>65.99</v>
       </c>
     </row>
     <row r="37" spans="1:6">
       <c r="A37">
         <v>9789390553464</v>
       </c>
       <c r="B37" t="s">
         <v>21</v>
       </c>
       <c r="C37" t="s">
         <v>71</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37">
         <v>2021</v>
       </c>
       <c r="F37">
-        <v>84.99</v>
+        <v>74.99</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38">
         <v>9783131269218</v>
       </c>
       <c r="B38" t="s">
         <v>72</v>
       </c>
       <c r="C38" t="s">
         <v>73</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38">
         <v>2011</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39">
         <v>9781626237445</v>
       </c>
       <c r="B39" t="s">
         <v>74</v>
@@ -2094,51 +2094,51 @@
       </c>
       <c r="D72" t="s">
         <v>23</v>
       </c>
       <c r="E72">
         <v>2020</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73">
         <v>9789388257572</v>
       </c>
       <c r="B73" t="s">
         <v>56</v>
       </c>
       <c r="C73" t="s">
         <v>138</v>
       </c>
       <c r="D73" t="s">
         <v>91</v>
       </c>
       <c r="E73">
         <v>2020</v>
       </c>
       <c r="F73">
-        <v>90.0</v>
+        <v>81.0</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74">
         <v>9781626238992</v>
       </c>
       <c r="B74" t="s">
         <v>139</v>
       </c>
       <c r="C74" t="s">
         <v>140</v>
       </c>
       <c r="D74" t="s">
         <v>23</v>
       </c>
       <c r="E74">
         <v>2020</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>